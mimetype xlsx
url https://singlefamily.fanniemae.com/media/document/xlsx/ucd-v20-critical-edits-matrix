--- v1 (2026-01-13)
+++ v2 (2026-02-02)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\e3uebf\Box\UMDP\UCD\In Progress for Q4 2025\CEMs\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/e3uebf_fanniemae_com/Documents/BETH'S FILES/.Single Family/Specification 2.0/CEMs/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E7E75422-BFD6-41F4-BB29-5543C689B3D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3954A69-F70A-404C-ADED-B2FBFE808A4F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="51840" windowHeight="21120" xr2:uid="{6A747669-9808-4D87-ADF1-E636710E65EA}"/>
+    <workbookView xWindow="-30828" yWindow="-1572" windowWidth="30936" windowHeight="16776" xr2:uid="{6A747669-9808-4D87-ADF1-E636710E65EA}"/>
   </bookViews>
   <sheets>
     <sheet name="Front Cover" sheetId="1" r:id="rId1"/>
     <sheet name="ReadMe" sheetId="2" r:id="rId2"/>
     <sheet name="Version Summary" sheetId="3" r:id="rId3"/>
     <sheet name="Column Descriptions" sheetId="18" r:id="rId4"/>
     <sheet name="Specification Version Edits" sheetId="5" r:id="rId5"/>
     <sheet name="Phase 4" sheetId="22" r:id="rId6"/>
     <sheet name="Phase 3" sheetId="19" r:id="rId7"/>
     <sheet name="Phase 2" sheetId="20" r:id="rId8"/>
     <sheet name="Phase 1" sheetId="17" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'Phase 1'!$A$2:$K$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="1">'Phase 2'!$A$2:$K$33</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="1">'Phase 3'!$A$3:$M$195</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="1">'Phase 4'!$A$3:$O$144</definedName>
     <definedName name="BorrowerRange" localSheetId="5">#REF!</definedName>
     <definedName name="BorrowerRange">#REF!</definedName>
     <definedName name="CEM">#REF!</definedName>
     <definedName name="DocumentVersionIdentifier" localSheetId="3">#REF!</definedName>
     <definedName name="DocumentVersionIdentifier" localSheetId="0">'Front Cover'!$B$13</definedName>
     <definedName name="DocumentVersionIdentifier" localSheetId="5">#REF!</definedName>
     <definedName name="DocumentVersionIdentifier">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Column Descriptions'!$A$14:$C$19</definedName>
@@ -100,60 +100,56 @@
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="G184" i="19" l="1"/>
   <c r="G165" i="19"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3452" uniqueCount="1506">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3659" uniqueCount="1507">
   <si>
     <t>Uniform Closing Dataset (UCD) v2.0 Critical Edits Matrix (CEM)</t>
   </si>
   <si>
     <t>Issued by Fannie Mae and Freddie Mac</t>
-  </si>
-[...2 lines deleted...]
-This document relates to the Uniform Mortgage Data Program®, an effort undertaken jointly by Freddie Mac and Fannie Mae at the direction of the Federal Housing Finance Agency.</t>
   </si>
   <si>
     <t>Purpose of this Update</t>
   </si>
   <si>
     <t>Version Pub. Date</t>
   </si>
   <si>
     <t>Version No.</t>
   </si>
   <si>
     <t>Summary of Changes from Previous Version</t>
   </si>
   <si>
     <t>March 27, 2025</t>
   </si>
   <si>
     <t>Initial Version.  Identifies with red and blue text edits from Phases 1-3 that were updated to account for enumerations and data points removed in UCD v2.0, and removed Phase 2 edits that were not implemented.  Modified all references to ucd:FeeItemType (from FeeType used in UCD v1.5.); these are not identified in red or blue text as changes.  Added GSE Edit IDs and Messages to Specification Version Edits tab; these are not identified in blue text as changes.</t>
   </si>
   <si>
     <t>Column</t>
   </si>
   <si>
     <t>Column Name</t>
   </si>
@@ -1026,98 +1022,113 @@
   <si>
     <t>String 50</t>
   </si>
   <si>
     <t>DQC4356
 CRIT0484</t>
   </si>
   <si>
     <t>CityName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'Borrower'.</t>
   </si>
   <si>
     <t>CountryCode</t>
   </si>
   <si>
     <t>String 2 
 ALL CAPS</t>
   </si>
   <si>
     <t>1/3: Data point is missing from the UCD XML file</t>
   </si>
   <si>
     <t>DQC4361
 CRIT0489</t>
   </si>
   <si>
+    <t xml:space="preserve"> CountryCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'Borrower'.</t>
+  </si>
+  <si>
     <t>2/3: Data point's value is null (blank)</t>
   </si>
   <si>
     <t>3/3: Data point's value is not 2 capitalized alphabetic characters</t>
   </si>
   <si>
     <t>DQV1000
 CRIT0459</t>
   </si>
   <si>
     <t>CountryCode for 'Borrower' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
   </si>
   <si>
     <t>PostalCode</t>
   </si>
   <si>
     <t>IF PartyRoleType = "Borrower" AND CountryCode = "US" or "CA"</t>
   </si>
   <si>
     <t>String 9</t>
   </si>
   <si>
     <t>1/3: Data point is missing from the UCD XML file when the criteria in Col I is met</t>
   </si>
   <si>
     <t>DQC4363
 CRIT0491</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PostalCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'Borrower' and CountryCode = 'US' or 'CA'.</t>
   </si>
   <si>
     <t>3/3: Data point value's length is greater than 9</t>
   </si>
   <si>
     <t xml:space="preserve">DQV1117
 CRIT0501
 </t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 characters for PartyRoleType = 'Borrower'.</t>
+  </si>
+  <si>
     <t>StateCode</t>
   </si>
   <si>
     <t>DQC4368
 CRIT0496</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'Borrower' and CountryCode = 'US' or 'CA'.</t>
+  </si>
+  <si>
     <t>DQV1122
 CRIT0506</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode for 'Borrower' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
+  </si>
+  <si>
     <t>Property Seller</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=PropertySeller]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
     <t xml:space="preserve">PartyRoleType </t>
   </si>
   <si>
     <t>PropertySeller</t>
   </si>
   <si>
     <t>IF LoanPurposeType = "Purchase"</t>
   </si>
   <si>
     <t>1/1: Data point with value listed in Col G is missing from the UCD XML file when the criteria in Col I is met</t>
   </si>
   <si>
     <t>At least one instance of Party Role Type equal to 'PropertySeller' is required.</t>
   </si>
   <si>
     <t>DQC4110
 CRIT0430</t>
   </si>
   <si>
@@ -1183,84 +1194,99 @@
   </si>
   <si>
     <t>AddressLineText is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'PropertySeller'.</t>
   </si>
   <si>
     <t>The City Name is required for the Property Seller.</t>
   </si>
   <si>
     <t>DQC4357
 CRIT0485</t>
   </si>
   <si>
     <t>CityName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'PropertySeller'.</t>
   </si>
   <si>
     <t>IF PartyRoleType = "PropertySeller"</t>
   </si>
   <si>
     <t>The Country Code is required for the Property Seller.</t>
   </si>
   <si>
     <t>DQC4362
 CRIT0490</t>
   </si>
   <si>
+    <t xml:space="preserve"> CountryCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'PropertySeller'.</t>
+  </si>
+  <si>
     <t>The Country Code must be two capitalized alpha characters for the Property Seller.</t>
   </si>
   <si>
     <t xml:space="preserve">IF PartyRoleType = "PropertySeller" AND CountryCode = "US" OR "CA" </t>
   </si>
   <si>
     <t>The Postal Code is required for the Property Seller.</t>
   </si>
   <si>
     <t>DQC4364
 CRIT0492</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'PropertySeller' and CountryCode = 'US' or 'CA'.</t>
+  </si>
+  <si>
     <t>The Postal Code cannot exceed 9 digits for the Property Seller.</t>
   </si>
   <si>
     <t>DQV1118
 CRIT0502</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 characters for PartyRoleType = 'PropertySeller'.</t>
+  </si>
+  <si>
     <t>The State Code is required  for the Property Seller.</t>
   </si>
   <si>
     <t>DQC4369
 CRIT0497</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'PropertySeller' and CountryCode = 'US' or 'CA'.</t>
+  </si>
+  <si>
     <t>The State Code must be two capitalized alpha characters for the Property Seller.</t>
   </si>
   <si>
     <t>DQV1123
 CRIT0507</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode for 'PropertySeller' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
+  </si>
+  <si>
     <t xml:space="preserve"> Note Pay To LEGAL_ENTITY</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[LEGAL_ENTITY and PartyRoleType=NotePayTo]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
     <t>NotePayTo</t>
   </si>
   <si>
     <t>1/1: Data point with value listed in Col G is missing from the UCD XML file</t>
   </si>
   <si>
     <t>At least one instance of Party Role Type equal to 'NotePayTo'  (Lender) is required.</t>
   </si>
   <si>
     <t>DQC4111
 CRIT0431</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=NotePayTo]/LEGAL_ENTITY/LEGAL_ENTITY_DETAIL</t>
   </si>
   <si>
     <t>The Full Name of the legal entity is required for the Lender (Party Role Type = 'NotePayTo').</t>
   </si>
   <si>
@@ -1290,64 +1316,73 @@
     <t>DQC4359
 CRIT0487</t>
   </si>
   <si>
     <t xml:space="preserve">CityName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'NotePayTo'.
 </t>
   </si>
   <si>
     <t>The Postal Code is required for the Lender (Party Role Type = 'NotePayTo').</t>
   </si>
   <si>
     <t>DQC4366
 CRIT0494</t>
   </si>
   <si>
     <t xml:space="preserve"> PostalCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'NotePayTo'.</t>
   </si>
   <si>
     <t>The Postal Code cannot exceed 9 digits for the Lender (Party Role Type = "'NotePayTo').</t>
   </si>
   <si>
     <t>DQV1120
 CRIT0504</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 digits for PartyRoleType = 'NotePayTo'.</t>
+  </si>
+  <si>
     <t>The State Code is required  for the Lender (Party Role Type = 'NotePayTo').</t>
   </si>
   <si>
     <t>DQC4371
 CRIT0499</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'NotePayTo'.</t>
+  </si>
+  <si>
     <t>The State Code must be two capitalized alpha characters for the Lender (Party Role Type = 'NotePayTo').</t>
   </si>
   <si>
     <t>DQV1126
 CRIT0510</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode for 'NotePayTo' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
+  </si>
+  <si>
     <t>Note Pay To INDIVIDUAL</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=NotePayTo]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
     <t>At least one instance of Party Role Type equal to 'NotePayTo'  is required.</t>
   </si>
   <si>
     <t>PartyRoleType = 'NotePayTo'  is missing for the individual in the UCD XML file. There must be one instance of PartyRoleType = 'NotePayTo' for the individual.</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=NotePayTo]/INDIVIDUAL/NAME</t>
   </si>
   <si>
     <t>String 30</t>
   </si>
   <si>
     <t>The First Name is required for the Lender contact (Party Role Type = 'NotePayTo').</t>
   </si>
   <si>
     <t>DQC4377
 CRIT0515</t>
   </si>
   <si>
@@ -1403,78 +1438,94 @@
   </si>
   <si>
     <t>FullName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'MortgageBroker'.</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[LEGAL_ENTITY and PartyRoleType=MortgageBroker]/ADDRESSES/ADDRESS</t>
   </si>
   <si>
     <t>The Address Line Text is required for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQC4355
 CRIT0483</t>
   </si>
   <si>
     <t>AddressLineText is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'MortgageBroker'.</t>
   </si>
   <si>
     <t>The City Name is required for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQC4360
 CRIT0488</t>
   </si>
   <si>
+    <t xml:space="preserve"> CityName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'MortgageBroker'.
+</t>
+  </si>
+  <si>
     <t>The Postal Code is required for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQC4367
 CRIT0495</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'MortgageBroker'.</t>
+  </si>
+  <si>
     <t>The Postal Code cannot exceed 9 digits for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQV1121
 CRIT0505</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 digits for PartyRoleType = 'MortgageBroker'.</t>
+  </si>
+  <si>
     <t>The State Code is required  for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQC4372
 CRIT0500</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'MortgageBroker'.</t>
+  </si>
+  <si>
     <t>The State Code must be two capitalized alpha characters for the Mortgage Broker.</t>
   </si>
   <si>
     <t>DQV1125
 CRIT0509</t>
   </si>
   <si>
+    <t xml:space="preserve"> StateCode for 'MortgageBroker' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
+  </si>
+  <si>
     <t>Mortgage Broker INDIVIDUAL</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=MortgageBroker]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
     <t xml:space="preserve">IF any instance of FeePaidToType = "Broker" with the associated FeeActualPaymentAmount ≠ "0" is present in the UCD XML file  </t>
   </si>
   <si>
     <t>DQC4144
 CRIT0463</t>
   </si>
   <si>
     <t>PartyRoleType = 'MortgageBroker' is missing for the individual in the UCD XML file. One instance of this data point must be present when there is at least one instance of FEE_DETAIL/FeePaidToType = 'Broker' AND FEE_PAYMENT/FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=MortgageBroker]/INDIVIDUAL/NAME</t>
   </si>
   <si>
     <t>The First Name is required for the Mortgage Broker contact.</t>
   </si>
   <si>
     <t>DQC4376
 CRIT0514</t>
   </si>
@@ -1529,50 +1580,53 @@
   <si>
     <t>DQC4353
 CRIT0481</t>
   </si>
   <si>
     <t>AddressLineText is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'ClosingAgent'.</t>
   </si>
   <si>
     <t>The City Name is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
   </si>
   <si>
     <t>DQC4358
 CRIT0486</t>
   </si>
   <si>
     <t>CityName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'ClosingAgent'.</t>
   </si>
   <si>
     <t>The Postal Code is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
   </si>
   <si>
     <t>DQC4365
 CRIT0493</t>
   </si>
   <si>
+    <t xml:space="preserve"> PostalCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'ClosingAgent'.</t>
+  </si>
+  <si>
     <t>The Postal Code cannot exceed 9 digits for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
   </si>
   <si>
     <t>DQV1119
 CRIT0503</t>
   </si>
   <si>
     <t>The State Code is required  for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
   </si>
   <si>
     <t>DQC4370
 CRIT0498</t>
   </si>
   <si>
     <t>The State Code must be two capitalized alpha characters for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
   </si>
   <si>
     <t>DQV1124
 CRIT0508</t>
   </si>
   <si>
     <t>Closing Agent INDIVIDUAL</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=ClosingAgent]/ROLES/ROLE/ROLE_DETAIL</t>
@@ -1673,57 +1727,50 @@
   </si>
   <si>
     <t>DQC4137
 CRIT0457</t>
   </si>
   <si>
     <t>StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'RealEstateAgent' AND RealEstateAgentType = 'Selling'.</t>
   </si>
   <si>
     <t>The State Code must be two capitalized alpha characters for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
   </si>
   <si>
     <t>DQV1029
 CRIT0476</t>
   </si>
   <si>
     <t>StateCode for PartyRoleType = ‘RealEstateAgent’ when RealEstateAgentType = 'Selling' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
   </si>
   <si>
     <t>Real Estate Agent-Selling INDIVIDUAL</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=RealEstateAgent and RealEstateAgentType=Selling]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
-    <t>DQC4177
-[...5 lines deleted...]
-  <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=RealEstateAgent and RealEstateAgentType=Selling]/ROLES/ROLE/REAL_ESTATE_AGENT</t>
   </si>
   <si>
     <t xml:space="preserve">RealEstateAgentType </t>
   </si>
   <si>
     <t>DQC4147
 CRIT0466</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=RealEstateAgent and RealEstateAgentType=Selling]/INDIVIDUAL/NAME</t>
   </si>
   <si>
     <t>The First Name is required for the Borrower's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
   </si>
   <si>
     <t>DQC4100
 CRIT0420</t>
   </si>
   <si>
     <t>FirstName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'RealEstateAgent' AND RealEstateAgentType = 'Selling'.</t>
   </si>
   <si>
     <t>The Last Name is required for the Borrower's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
   </si>
@@ -1798,62 +1845,54 @@
   </si>
   <si>
     <t>The State Code is required  for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
   </si>
   <si>
     <t>DQC4138
 CRIT0458</t>
   </si>
   <si>
     <t>StateCode is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'RealEstateAgent' AND RealEstateAgentType = 'Listing'.</t>
   </si>
   <si>
     <t>The State Code must be two capitalized alpha characters for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
   </si>
   <si>
     <t>DQV1035
 CRIT0478</t>
   </si>
   <si>
     <t>Real Estate Agent-Listing INDIVIDUAL</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=RealEstateAgent and RealEstateAgentType=Listing]/ROLES/ROLE/ROLE_DETAIL</t>
   </si>
   <si>
-    <t xml:space="preserve">DQC4147
-[...3 lines deleted...]
-  <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the individual in the UCD XML file. One instance of this data point must be present with RealEstateAgentType = 'Selling' when ucd:FeeItemType = 'RealEstateCommissionBuyersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[INDIVIDUAL and PartyRoleType=RealEstateAgent and RealEstateAgentType=Listing]/ROLES/ROLE/REAL_ESTATE_AGENT</t>
-  </si>
-[...1 lines deleted...]
-    <t>PartyRoleType = 'RealEstateAgent' is missing for the individual in the UCD XML file.  One instance of this data point must be present with RealEstateAgentType = 'Selling' when ucd:FeeItemType = 'RealEstateCommissionBuyersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>MESSAGE/DOCUMENT_SETS/DOCUMENT_SET/DOCUMENTS/DOCUMENT/DEAL_SETS/DEAL_SET/DEALS/DEAL/PARTIES/PARTY[PartyRoleType=RealEstateAgent and RealEstateAgentType=Listing]/INDIVIDUAL/NAME</t>
   </si>
   <si>
     <t>The First Name is required for the Seller's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
   </si>
   <si>
     <t>DQC4101
 CRIT0421</t>
   </si>
   <si>
     <t>FirstName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'RealEstateAgent' AND RealEstateAgentType = 'Listing'.</t>
   </si>
   <si>
     <t>The Last Name is required for the Seller's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
   </si>
   <si>
     <t>DQC4117
 CRIT0436</t>
   </si>
   <si>
     <t>LastName is missing or blank in the UCD XML file. This data point must be present when PartyRoleType = 'RealEstateAgent' AND RealEstateAgentType = 'Listing'.</t>
   </si>
   <si>
@@ -5928,53 +5967,50 @@
     <t xml:space="preserve">EscrowItemPaymentPaidByType = 'delivered value' is not a valid value for EscrowItemType = 'delivered value' when LoanPurposeType = 'Refinance'. EscrowItemPaymentPaidByType must equal a UCD Spec Supported Enumeration. </t>
   </si>
   <si>
     <t>LiabilityType is missing from the UCD XML file. This data point must be present in  the [Delivered Value] section when LIABILITY_DETAIL is present.</t>
   </si>
   <si>
     <t>DQC02987
 CRIT0346</t>
   </si>
   <si>
     <t>CRIT0213</t>
   </si>
   <si>
     <t>CRIT0212</t>
   </si>
   <si>
     <t>CRIT0214</t>
   </si>
   <si>
     <t>CRIT0215</t>
   </si>
   <si>
     <t>When the Loan Discount Points Fee Total Percent is not equal to 0, Loan Price Quote Interest Rate Percent must be provided.  The Loan Price Quote Interest Rate Percent should be the interest rate without any discount points applied.</t>
   </si>
   <si>
-    <t>If the Borrower if an individual then first and last name is required. If the Borrower is a legal entity, then the Full Name of the legal entity is required.</t>
-[...1 lines deleted...]
-  <si>
     <t>If the Property Seller is a legal entity, then the Full Name of the legal entity is required, or if Property Seller is an individual then last name is required.</t>
   </si>
   <si>
     <t>PartyRoleType = 'ClosingAgent' is missing for the legal entity in the UCD XML file. One instance of this data point must be present for the legal entity.</t>
   </si>
   <si>
     <t>PartyRoleType = 'ClosingAgent' is missing for the individual in the UCD XML file. One instance of this data point must be present for the individual.</t>
   </si>
   <si>
     <t xml:space="preserve">DQC3016
 CRIT0371 </t>
   </si>
   <si>
     <t>LiabilityType of [Delivered Value] is an invalid value. LiabilityType must be a UCD supported enumeration.</t>
   </si>
   <si>
     <t xml:space="preserve">DQC3015
 CRIT0370 </t>
   </si>
   <si>
     <t xml:space="preserve">DQC3017
 CRIT0372 </t>
   </si>
   <si>
     <t xml:space="preserve">DQC3019
@@ -6014,50 +6050,53 @@
   </si>
   <si>
     <t>DQC4143
 CRIT0446</t>
   </si>
   <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the legal entity in the UCD XML file. One instance of this data point must be present with RealEstateAgentType = 'Selling' when ucd:FeeItemType = 'RealEstateCommissionBuyersBroker is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 digits for PartyRoleType = 'RealEstateAgent' when RealEstateAgentType = 'Selling'.</t>
   </si>
   <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the individual in the UCD XML file.   One instance of this data point must be present with RealEstateAgentType = 'Selling' when ucd:FeeItemType = 'RealEstateCommissionBuyersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the legal entity in the UCD XML file.  One instance of this data point must be present with RealEstateAgentType = 'Listing' when ucd:FeeItemType = 'RealEstateCommissionSellersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the individual in the UCD XML file.  One instance of this data point must be present with RealEstateAgentType = 'Listing' when ucd:FeeItemType = 'RealEstateCommissionSellersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
     <t>PostalCode is in the incorrect format in the UCD XML file. This value may not exceed 9 digits for PartyRoleType = 'RealEstateAgent' when RealEstateAgentType = 'Listing'.</t>
   </si>
   <si>
     <t>StateCode for PartyRoleType = ‘RealEstateAgent’ when RealEstateAgentType = 'Listing' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> PartyRoleIdentifier is missing in the UCD XML file for PartyRoleType = 'LoanDeliveryFilePreparer'. At least one instance of this data point must be present.</t>
   </si>
   <si>
     <t>'BorrowerEstimatedTotalMonthlyLiabilityPayment' is not a valid enumeration for Liability Type.</t>
   </si>
   <si>
     <t xml:space="preserve">For Loan Discount Points, when Fee Total Percent is provided and not equal to 0, Fee Payment Paid By Type is required. </t>
   </si>
   <si>
     <t>2/2:  Data point's value is not greater than the NoteRatePercent when the Regulation Z Excluded Bona Fide Discount Points Indicator is TRUE</t>
   </si>
   <si>
     <t xml:space="preserve">1/2: This data point's value is not listed in Col G when IntegratedDisclosureSectionType = TaxesAndOtherGovernmentFees </t>
   </si>
   <si>
     <t>15.010 and 15.009</t>
   </si>
   <si>
     <t>Transfer tax and recording fee line items</t>
   </si>
   <si>
     <t>15.012 and 15.017</t>
   </si>
   <si>
     <t>8.004 and 8.209</t>
   </si>
@@ -6158,668 +6197,57 @@
   </si>
   <si>
     <t>CountryCode for 'PropertySeller' is in the incorrect format in the UCD XML file. This data point must be 2 capitalized alphabetic characters.</t>
   </si>
   <si>
     <t>CRIT0341</t>
   </si>
   <si>
     <t>"UCD File Error: /FEE/FEE_DETAIL/FeePaidToTypeOtherDescription = 'BrokerAffiliate' or 'LenderAffiliate' is required with FeePaidToType = 'Other' when the percent of Loan Amount is not zero, for a loan with Points in the '"+%Integrated Disclosure Section Type (Subject Loan: Fee Information: UCD)%+"' section."</t>
   </si>
   <si>
     <t>•  Fannie Mae updated edit message text for Phase 3 edits 4526 and 4590
 •  Freddie Mac updated edit message text for Phase 3 edit CRIT0341 and Phase 4 edits DQC3013, DQV1001/CRIT0460, and DQC4127/CRIT0445</t>
   </si>
   <si>
     <t>•  New Phase 4 edit  added for gse:IntegratedDisclosureSectionType for Liabilities.  See CEM Unique ID 72.
 •  Updated Phase 4 logic for LoanPriceQuoteInterestRatePercent to consider the RegulationZExcludedBonaFideDiscountPointsIndicator.  
 •  Restored Phase 1 edit for LoanPriceQuoteInterestRatePercent.  This edit will remain as critical/fatal until the Phase 4 edits for this data point turn critical/fatal.
 •  Updated Phase 3 UCD v2.0 Unique IDs and Context for Transfer tax edits to clarify they also apply to Recording Fees.
 •  Updated message text for Phase 3 and Phase 4 edits as needed for each GSE.</t>
   </si>
   <si>
     <t>An instance of gse:IntegratedDisclosureSectionType is missing from the UCD XML file. This data point must be present when LiabilityType is present.</t>
   </si>
   <si>
-    <t>Document Version 1.3</t>
-[...22 lines deleted...]
-  <si>
     <t>DQC3013</t>
   </si>
   <si>
     <t xml:space="preserve">Fee Item Type for Taxes and Other Government Fees must be a valid enumeration for this section per the UCD specification. </t>
   </si>
   <si>
     <t xml:space="preserve">Biweekly | Monthly </t>
-  </si>
-[...585 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">For Origination Charges, </t>
     </r>
     <r>
       <rPr>
         <u/>
         <sz val="9"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">In the Origination Charges Section, the Fee Item Type (|FeeItemType|) is missing Fee Actual Payment Amount. </t>
     </r>
     <r>
@@ -7246,50 +6674,84 @@
         <scheme val="minor"/>
       </rPr>
       <t>W</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>hen Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <u/>
         <sz val="9"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
+      <t>In the Servies Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <strike/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>For Services Borrower Did Not Shop For, Fee Payment Paid By Type must be a valid enumeration.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="9"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
       <t>In the Services Borrower Did Shop For Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>For Services Borrower Did Shop For, Fee Paid to Type is required.</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
     </r>
   </si>
   <si>
     <r>
@@ -7671,77 +7133,50 @@
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">DQC4127
 CRIT0445
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>DQC4128
 CRIT0447</t>
     </r>
   </si>
   <si>
     <t>PartyRoleType = 'RealEstateAgent' is missing for the individual in the UCD XML file. One instance of this data point must be present  with RealEstateAgentType = 'Listing' when ucd:FeeItemType = 'RealEstateCommissionSellersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
   </si>
   <si>
-    <r>
-[...25 lines deleted...]
-  <si>
     <t>EscrowMonthlyPaymentAmount is missing for EscrowItemType = '"+%Escrow Item Type (Subject Loan: UCD)%+"'. EscrowMonthlyPaymentAmount is required when the value of at least one EscrowItemActualPaymentAmount is not equal to '0'."</t>
   </si>
   <si>
     <t>"EscrowMonthlyPaymentAmount is equal to '0' for EscrowItemType = '"+%Escrow Item Type (Subject Loan: UCD)%+"'. The value of EscrowMonthlyPaymentAmount must not equal '0' when the value of at least one EscrowItemActualPaymentAmount is not equal to '0'."</t>
   </si>
   <si>
     <t xml:space="preserve">"UCD File Error: The item '" + %Fee Item Type (Subject Loan: UCD)% + "' must not be delivered with /FEE/FEE_DETAIL/FeeActualTotalAmount in the '" + %Integrated Disclosure Section Type (Subject Loan: Fee Information: UCD)% + "' section."
  </t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Refinance: </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Aptos Narrow"/>
@@ -7990,170 +7425,200 @@
       </rPr>
       <t>"An amount must be provided for Lender Credits."</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>IntegratedDisclosureSubsectionPaymentAmount is missing for  IntegratedDisclosureSubsectionType = "LenderCredits". This data point must be provided and may be "$0".</t>
     </r>
   </si>
   <si>
-    <t>December 15, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>For use with UCD v2.0 published December 15, 2025</t>
   </si>
   <si>
-    <t>12-15-2025:  Updated edit message text as needed for each GSE.</t>
-[...1 lines deleted...]
-  <si>
     <t>•  Fannie Mae and Freddie Mac updated various message texts for Phase 4 and Phase 3 edits.</t>
   </si>
   <si>
-    <t>CEM v1.3 for UCD v2.0 - Version Summary</t>
-[...1 lines deleted...]
-  <si>
+    <t>The First Name of Borrower (|Borrower Number|) is missing.  If Borrower is an individual, then the First Name of the Borrower is required.</t>
+  </si>
+  <si>
+    <t>The Address Line Text for Borrower (|Borrower Number|) is missing. Address Line Text is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>No address information was provided for Borrower (|Borrower Number|). The ADDRESS container is required for the Borrower.</t>
+  </si>
+  <si>
+    <t>The City Name for Borrower (|Borrower Number|) is missing.  City Name is required for all  Borrowers.</t>
+  </si>
+  <si>
+    <t>The Country Code for Borrower (|Borrower Number|) is missing.  The Country Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The Country Code for Borrower (|Borrower Number|) is incorrect. The Country Code must be two capitalized alpha characters for the Borrower.</t>
+  </si>
+  <si>
+    <t>The Postal Code for Borrower (|Borrower Number|) is mssing. The Postal Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The Postal Code for Borrower (|Borrower Number|) is incorrect. The Postal Code cannot exceed 9 digits for the Borrower.</t>
+  </si>
+  <si>
+    <t>The State Code for Borrower (|Borrower Number|) is missing. The State Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The State Code for Borrower (|Borrower Number|) is incorrect. The State Code must be two capitalized alpha characters for the Borrower.</t>
+  </si>
+  <si>
+    <t>When a fee of 'RealEstateCommissionBuyersBroker' is provided, then the Borrower's Real Estate Broker information is required (at least one instance of Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>When a fee of 'RealEstateCommissionSellersBroker' is provided, the Seller's Real Estate Broker information is required (at least one instance of PartyRoleType = 'RealEstateAgent' and RealEstateAgentType = 'Listing)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">DQC4146
+CRIT0465
+</t>
+  </si>
+  <si>
+    <t>PartyRoleType = 'RealEstateAgent' is missing for the legal entity in the UCD XML file. One instance of this data point must be present with RealEstateAgentType = 'Selling' when ucd:FeeItemType = 'RealEstateCommissionBuyersBroker' is present AND FeeActualPaymentAmount is not Zero.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">DQC4177
+CRIT0474
+</t>
+    </r>
     <r>
       <rPr>
-        <u/>
         <sz val="9"/>
         <color rgb="FF0000FF"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+      <t xml:space="preserve">DQC4147
+CRIT0466 </t>
     </r>
-    <r>
-[...8 lines deleted...]
-    </r>
+  </si>
+  <si>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Aptos Narrow"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>For Services Borrower Did Not Shop For, Fee Payment Paid By Type must be a valid enumeration.</t>
+      <t xml:space="preserve">DQC4147
+CRIT0466
+</t>
     </r>
-  </si>
-[...59 lines deleted...]
-    <t>PartyRoleIdentifier is missing in the UCD XML file for PartyRoleType = 'LoanDeliveryFilePreparer'. At least one instance of this data point must be present.</t>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF0000FF"/>
+        <rFont val="Aptos Narrow"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>CRIT0465
+DQC4146</t>
+    </r>
+  </si>
+  <si>
+    <t>Phase 4</t>
+  </si>
+  <si>
+    <t>Document Version 1.31</t>
+  </si>
+  <si>
+    <t>© 2026 Freddie Mac and Fannie Mae. All rights reserved. Trademarks are the property of their respective owners.
+This document relates to the Uniform Mortgage Data Program®, an effort undertaken jointly by Freddie Mac and Fannie Mae at the direction of the Federal Housing Finance Agency.</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - ReadMe</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Version Summary</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Column Description for each Edit Tab</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Specification Version Edits</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Phase 4</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Phase 3 Critical Edits</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Phase 2 Critical Edits</t>
+  </si>
+  <si>
+    <t>CEM v1.31 for UCD v2.0 - Phase 1 Critical Edits</t>
+  </si>
+  <si>
+    <t>If the Borrower is an individual then first and last name is required. If the Borrower is a legal entity, then the Full Name of the legal entity is required.</t>
+  </si>
+  <si>
+    <t>•  Updated Phase 4 Tab to allow all edits to show when filtering on columns A-F.  Updated 3 Freddie Mac Phase 4 edits.</t>
+  </si>
+  <si>
+    <t>January 20, 2026</t>
+  </si>
+  <si>
+    <t>1-20-2026:  Updated Phase 4 Tab to allow all edits to show when filtering on columns A-F.  Updated 3 Freddie Mac Phase 4 edits.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
-  <fonts count="73" x14ac:knownFonts="1">
+  <fonts count="81" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -8609,50 +8074,106 @@
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <u/>
       <sz val="9"/>
       <color rgb="FF0000FF"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFFFF99"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFDDDDFF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFB7D3EF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFCCFFFF"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFCCFFCC"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFFCCCC"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="0" tint="-0.14999847407452621"/>
+      <name val="Aptos Narrow"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
@@ -9248,51 +8769,51 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="43" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="661">
+  <cellXfs count="722">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFill="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="1" applyFont="1" applyFill="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
@@ -10161,978 +9682,1173 @@
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="30" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="16" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="29" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="29" fillId="13" borderId="10" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="33" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="1" fillId="18" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="31" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="71" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="49" fontId="72" fillId="4" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="74" fillId="20" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="20" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="74" fillId="20" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="74" fillId="20" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="73" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="27" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="27" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="75" fillId="27" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="27" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="27" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="27" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="75" fillId="27" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="75" fillId="27" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="27" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="75" fillId="27" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="76" fillId="28" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="28" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="76" fillId="28" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="76" fillId="28" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="77" fillId="29" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="29" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="29" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="29" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="77" fillId="29" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="77" fillId="29" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="19" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="78" fillId="19" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="19" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="78" fillId="19" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="78" fillId="19" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="30" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="79" fillId="30" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="30" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="30" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="79" fillId="30" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="79" fillId="30" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="30" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="12" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="80" fillId="12" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="12" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="80" fillId="12" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="80" fillId="12" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="69" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="164" fontId="65" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="65" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="15" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="65" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="65" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="3"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="16" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="7" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="20" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="31" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="22" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="22" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="31" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="24" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="67" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="20" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="42" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="27" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="64" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="27" borderId="6" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="27" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="28" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="29" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="29" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="29" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="19" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="30" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="13" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="13" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="13" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="13" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="13" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="13" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="16" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="24" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="7" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="18" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="8" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="31" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="31" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="15" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="16" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="16" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="13" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="13" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="27" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="13" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="13" borderId="15" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="13" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="13" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="13" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="27" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="11" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="31" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="40" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="31" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="16" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="7" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="27" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="0" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="31" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="165" fontId="17" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="12" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="29" fillId="12" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="12" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="12" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="27" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="15" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="24" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="13" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="13" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...838 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="29" fillId="13" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="29" fillId="13" borderId="24" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="29" fillId="13" borderId="7" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="6" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="31" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="12" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="13" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="13" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="13" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -11186,62 +10902,50 @@
     <xf numFmtId="0" fontId="17" fillId="13" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="13" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="165" fontId="31" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="13" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="29" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="29" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="49" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="12" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="14" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="17" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="17" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="14" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="5" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11" xfId="1" xr:uid="{A5D8C403-A21B-4E13-9917-71EB19B1C5A1}"/>
@@ -11252,58 +10956,60 @@
   <dxfs count="2">
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color rgb="FF9C0006"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFFFC7CE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFFCCCC"/>
+      <color rgb="FFCCFFCC"/>
+      <color rgb="FFCCFFFF"/>
+      <color rgb="FFB7D3EF"/>
+      <color rgb="FF88B2D8"/>
+      <color rgb="FFDDDDFF"/>
+      <color rgb="FFCCCCFF"/>
+      <color rgb="FFFFFF99"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FF0000FF"/>
-      <color rgb="FFD5FFD5"/>
-[...4 lines deleted...]
-      <color rgb="FF3399FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -11718,1384 +11424,1395 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B56B178-DB2F-42F3-A5A9-6A98EC7F144F}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:D27"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
       <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="12" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" style="2" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.42578125" style="2"/>
+    <col min="1" max="1" width="4.5546875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="159.77734375" style="2" customWidth="1"/>
+    <col min="3" max="16384" width="9.21875" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B1" s="1"/>
     </row>
-    <row r="2" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B2" s="1"/>
     </row>
-    <row r="3" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B3" s="1"/>
     </row>
-    <row r="4" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:4" x14ac:dyDescent="0.3">
       <c r="B4" s="1"/>
     </row>
-    <row r="5" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B5" s="3"/>
     </row>
-    <row r="6" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B6" s="5"/>
     </row>
-    <row r="7" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B7" s="5"/>
     </row>
-    <row r="8" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:4" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B8" s="5"/>
     </row>
-    <row r="9" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.4">
+    <row r="9" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B9" s="6" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B10" s="105" t="s">
-        <v>1481</v>
-[...2 lines deleted...]
-    <row r="11" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="11" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B11" s="7" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="12" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="2:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.45">
       <c r="B12" s="7"/>
-      <c r="D12" s="353"/>
-[...12 lines deleted...]
-    <row r="15" spans="2:4" s="4" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D12" s="429"/>
+    </row>
+    <row r="13" spans="2:4" s="4" customFormat="1" ht="25.2" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B13" s="340" t="s">
+        <v>1493</v>
+      </c>
+      <c r="D13" s="429"/>
+    </row>
+    <row r="14" spans="2:4" s="4" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="341" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="15" spans="2:4" s="4" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="8"/>
     </row>
-    <row r="16" spans="2:4" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="2:4" s="4" customFormat="1" ht="18" x14ac:dyDescent="0.3">
       <c r="B16" s="9"/>
     </row>
-    <row r="17" spans="2:2" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="2:2" s="4" customFormat="1" ht="18" x14ac:dyDescent="0.3">
       <c r="B17" s="9"/>
     </row>
-    <row r="18" spans="2:2" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="2:2" s="4" customFormat="1" ht="18" x14ac:dyDescent="0.3">
       <c r="B18" s="9"/>
     </row>
-    <row r="19" spans="2:2" s="4" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="2:2" s="4" customFormat="1" ht="18" x14ac:dyDescent="0.3">
       <c r="B19" s="9"/>
     </row>
-    <row r="20" spans="2:2" s="4" customFormat="1" ht="5.85" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="20" spans="2:2" s="4" customFormat="1" ht="5.7" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B20" s="10"/>
     </row>
-    <row r="21" spans="2:2" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="2:2" s="4" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B21" s="11"/>
     </row>
-    <row r="22" spans="2:2" s="4" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="22" spans="2:2" s="4" customFormat="1" ht="27.6" x14ac:dyDescent="0.3">
       <c r="B22" s="12" t="s">
-        <v>2</v>
-[...2 lines deleted...]
-    <row r="23" spans="2:2" s="4" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="23" spans="2:2" s="4" customFormat="1" ht="13.8" x14ac:dyDescent="0.3">
       <c r="B23" s="104"/>
     </row>
-    <row r="24" spans="2:2" s="4" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="2:2" s="4" customFormat="1" x14ac:dyDescent="0.3">
       <c r="B24" s="13"/>
     </row>
-    <row r="25" spans="2:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="2:2" x14ac:dyDescent="0.3">
       <c r="B25" s="4"/>
     </row>
-    <row r="27" spans="2:2" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="2:2" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B27" s="14"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D12:D13"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="99" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential&amp;R&amp;"-,Regular"&amp;8Document Version 1.5_x000D_12/11/2018&amp;</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7B2441D1-EAA4-4CF8-A48B-8273037CB21A}">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="90" workbookViewId="0">
       <selection sqref="A1:G1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="13.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.8" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="17.5703125" style="16" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="8.5703125" style="16"/>
+    <col min="1" max="1" width="17.77734375" style="16" customWidth="1"/>
+    <col min="2" max="2" width="8.21875" style="16" customWidth="1"/>
+    <col min="3" max="3" width="59.77734375" style="16" customWidth="1"/>
+    <col min="4" max="4" width="2.5546875" style="16" customWidth="1"/>
+    <col min="5" max="5" width="14.5546875" style="16" customWidth="1"/>
+    <col min="6" max="6" width="8.21875" style="16" customWidth="1"/>
+    <col min="7" max="7" width="53.77734375" style="16" customWidth="1"/>
+    <col min="8" max="8" width="3.5546875" style="16" customWidth="1"/>
+    <col min="9" max="9" width="18.77734375" style="16" customWidth="1"/>
+    <col min="10" max="10" width="8.21875" style="16" customWidth="1"/>
+    <col min="11" max="11" width="49.44140625" style="16" customWidth="1"/>
+    <col min="12" max="16384" width="8.5546875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" customFormat="1" ht="15" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:9" customFormat="1" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="A1" s="430" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B1" s="431"/>
+      <c r="C1" s="431"/>
+      <c r="D1" s="431"/>
+      <c r="E1" s="431"/>
+      <c r="F1" s="431"/>
+      <c r="G1" s="431"/>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" s="15" t="s">
-        <v>3</v>
-[...11 lines deleted...]
-      <c r="G3" s="357"/>
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A3" s="432" t="s">
+        <v>1506</v>
+      </c>
+      <c r="B3" s="433"/>
+      <c r="C3" s="433"/>
+      <c r="D3" s="433"/>
+      <c r="E3" s="433"/>
+      <c r="F3" s="433"/>
+      <c r="G3" s="433"/>
       <c r="I3" s="17"/>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" s="18"/>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C5" s="359"/>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A5" s="434"/>
+      <c r="B5" s="435"/>
+      <c r="C5" s="435"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A3:G3"/>
     <mergeCell ref="A5:C5"/>
   </mergeCells>
   <conditionalFormatting sqref="A1">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>IF(LEFT(A1,1)="#",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold Italic"&amp;9Uniform Closing Dataset (UCD) Critical Edits Matrix, v6.02&amp;R&amp;"-,Bold Italic"&amp;9&amp;A</oddHeader>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential&amp;C&amp;"-,Bold Italic"&amp;9&amp;P of &amp;N&amp;R&amp;"-,Bold Italic"&amp;10Publication Date: September 7, 2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{883A6996-A7E2-4CCE-8D6B-44C2420453FE}">
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView showRuler="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:C1"/>
+      <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="18.5703125" style="320" customWidth="1"/>
+    <col min="1" max="1" width="18.77734375" style="319" customWidth="1"/>
     <col min="2" max="2" width="12" customWidth="1"/>
-    <col min="3" max="3" width="124.5703125" customWidth="1"/>
-    <col min="4" max="4" width="8.5703125" customWidth="1"/>
+    <col min="3" max="3" width="124.5546875" customWidth="1"/>
+    <col min="4" max="4" width="8.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C1" s="362"/>
+    <row r="1" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A1" s="436" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B1" s="437"/>
+      <c r="C1" s="438"/>
       <c r="D1" s="19"/>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="318" t="s">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A2" s="317" t="s">
+        <v>3</v>
+      </c>
+      <c r="B2" s="283" t="s">
         <v>4</v>
       </c>
-      <c r="B2" s="283" t="s">
+      <c r="C2" s="284" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="284" t="s">
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A3" s="422">
+        <v>46042</v>
+      </c>
+      <c r="B3" s="423">
+        <v>1.31</v>
+      </c>
+      <c r="C3" s="424" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.3">
+      <c r="A4" s="426">
+        <v>46006</v>
+      </c>
+      <c r="B4" s="427">
+        <v>1.3</v>
+      </c>
+      <c r="C4" s="428" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A5" s="320">
+        <v>45929</v>
+      </c>
+      <c r="B5" s="321">
+        <v>1.2</v>
+      </c>
+      <c r="C5" s="322" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="69" x14ac:dyDescent="0.3">
+      <c r="A6" s="320">
+        <v>45838</v>
+      </c>
+      <c r="B6" s="321">
+        <v>1.1000000000000001</v>
+      </c>
+      <c r="C6" s="322" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A7" s="318" t="s">
         <v>6</v>
       </c>
-    </row>
-[...34 lines deleted...]
-      <c r="A6" s="319" t="s">
+      <c r="B7" s="125">
+        <v>1</v>
+      </c>
+      <c r="C7" s="126" t="s">
         <v>7</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
-  <conditionalFormatting sqref="A1:C5">
+  <conditionalFormatting sqref="A1:C6">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>IF(LEFT(A1,1)="#",TRUE,FALSE)</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold Italic"&amp;9Uniform Closing Dataset (UCD) Critical Edits Matrix, v6.02&amp;R&amp;"-,Bold Italic"&amp;9&amp;A</oddHeader>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential&amp;C&amp;"-,Bold Italic"&amp;9&amp;P of &amp;N&amp;R&amp;"-,Bold Italic"&amp;10Publication Date: September 7, 2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1451F09A-C824-4EB7-B77F-02B35410587F}">
   <dimension ref="A1:L49"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:G1"/>
+      <selection activeCell="A2" sqref="A2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.5703125" style="28" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.5703125" style="22"/>
+    <col min="1" max="1" width="10.77734375" style="28" customWidth="1"/>
+    <col min="2" max="2" width="20.77734375" style="22" customWidth="1"/>
+    <col min="3" max="3" width="62.21875" style="22" customWidth="1"/>
+    <col min="4" max="4" width="6.44140625" style="22" customWidth="1"/>
+    <col min="5" max="5" width="11.21875" style="22" customWidth="1"/>
+    <col min="6" max="6" width="16.5546875" style="22" customWidth="1"/>
+    <col min="7" max="7" width="64.21875" style="22" customWidth="1"/>
+    <col min="8" max="16384" width="8.5546875" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="22.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="364" t="s">
+    <row r="1" spans="1:8" ht="22.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="440" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B1" s="431"/>
+      <c r="C1" s="431"/>
+      <c r="D1" s="431"/>
+      <c r="E1" s="431"/>
+      <c r="F1" s="431"/>
+      <c r="G1" s="431"/>
+    </row>
+    <row r="2" spans="1:8" s="33" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="440" t="s">
         <v>1417</v>
       </c>
-      <c r="B1" s="355"/>
-[...20 lines deleted...]
-      <c r="A3" s="328" t="s">
+      <c r="B2" s="440"/>
+      <c r="C2" s="440"/>
+      <c r="D2" s="323"/>
+      <c r="E2" s="439" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F2" s="439"/>
+      <c r="G2" s="439"/>
+    </row>
+    <row r="3" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="324" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="324" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="328" t="s">
+      <c r="C3" s="324" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="328" t="s">
+      <c r="D3" s="325"/>
+      <c r="E3" s="324" t="s">
+        <v>8</v>
+      </c>
+      <c r="F3" s="324" t="s">
+        <v>9</v>
+      </c>
+      <c r="G3" s="324" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="129" t="s">
         <v>11</v>
       </c>
-      <c r="D3" s="329"/>
-[...6 lines deleted...]
-      <c r="G3" s="328" t="s">
+      <c r="B4" s="62" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" s="62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="24" t="s">
         <v>11</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C4" s="62" t="s">
+      <c r="F4" s="20" t="s">
         <v>14</v>
       </c>
-      <c r="E4" s="24" t="s">
-[...2 lines deleted...]
-      <c r="F4" s="20" t="s">
+      <c r="G4" s="62" t="s">
         <v>15</v>
       </c>
-      <c r="G4" s="62" t="s">
+    </row>
+    <row r="5" spans="1:8" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A5" s="61" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="61" t="s">
+      <c r="B5" s="62" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="62" t="s">
+      <c r="C5" s="62" t="s">
         <v>18</v>
       </c>
-      <c r="C5" s="62" t="s">
+      <c r="E5" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="F5" s="25" t="s">
         <v>19</v>
       </c>
-      <c r="E5" s="21" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="25" t="s">
+      <c r="G5" s="20" t="s">
         <v>20</v>
       </c>
-      <c r="G5" s="20" t="s">
+    </row>
+    <row r="6" spans="1:8" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A6" s="129" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" s="129" t="s">
+      <c r="B6" s="62" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="62" t="s">
+      <c r="C6" s="62" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="62" t="s">
+      <c r="E6" s="24" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="E6" s="24" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="20" t="s">
+      <c r="G6" s="20" t="s">
         <v>25</v>
       </c>
-      <c r="G6" s="20" t="s">
+    </row>
+    <row r="7" spans="1:8" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="129" t="s">
         <v>26</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" s="129" t="s">
+      <c r="B7" s="62" t="s">
         <v>27</v>
       </c>
-      <c r="B7" s="62" t="s">
+      <c r="C7" s="62" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="24" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" s="25" t="s">
         <v>28</v>
       </c>
-      <c r="C7" s="62" t="s">
-[...5 lines deleted...]
-      <c r="F7" s="25" t="s">
+      <c r="G7" s="20" t="s">
         <v>29</v>
       </c>
-      <c r="G7" s="20" t="s">
+    </row>
+    <row r="8" spans="1:8" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A8" s="129" t="s">
         <v>30</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="129" t="s">
+      <c r="B8" s="62" t="s">
         <v>31</v>
       </c>
-      <c r="B8" s="62" t="s">
+      <c r="C8" s="62" t="s">
+        <v>23</v>
+      </c>
+      <c r="E8" s="21" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" s="25" t="s">
         <v>32</v>
       </c>
-      <c r="C8" s="62" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="25" t="s">
+      <c r="G8" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="G8" s="20" t="s">
+    </row>
+    <row r="9" spans="1:8" ht="37.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="61" t="s">
         <v>34</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="61" t="s">
+      <c r="B9" s="62" t="s">
         <v>35</v>
       </c>
-      <c r="B9" s="62" t="s">
+      <c r="C9" s="62" t="s">
         <v>36</v>
       </c>
-      <c r="C9" s="62" t="s">
+      <c r="E9" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="F9" s="20" t="s">
         <v>37</v>
       </c>
-      <c r="E9" s="21" t="s">
-[...2 lines deleted...]
-      <c r="F9" s="20" t="s">
+      <c r="G9" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="G9" s="20" t="s">
+    </row>
+    <row r="10" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="61" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" s="61" t="s">
+      <c r="B10" s="131" t="s">
         <v>40</v>
       </c>
-      <c r="B10" s="131" t="s">
+      <c r="C10" s="62" t="s">
         <v>41</v>
       </c>
-      <c r="C10" s="62" t="s">
+      <c r="E10" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="E10" s="21" t="s">
+      <c r="G10" s="20" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" s="27" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="61" t="s">
+        <v>44</v>
+      </c>
+      <c r="B11" s="131" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="62" t="s">
+        <v>46</v>
+      </c>
+      <c r="E11" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="61" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" s="62" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" s="62" t="s">
+        <v>51</v>
+      </c>
+      <c r="E12" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="F12" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="61" t="s">
+        <v>54</v>
+      </c>
+      <c r="B13" s="62" t="s">
+        <v>55</v>
+      </c>
+      <c r="C13" s="62" t="s">
+        <v>56</v>
+      </c>
+      <c r="E13" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="20" t="s">
+        <v>57</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" s="127"/>
+    </row>
+    <row r="14" spans="1:8" ht="45.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E14" s="21" t="s">
+        <v>59</v>
+      </c>
+      <c r="F14" s="20" t="s">
+        <v>60</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="E15" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="F15" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="F10" s="20" t="s">
-[...7 lines deleted...]
-      <c r="A11" s="61" t="s">
+      <c r="G15" s="20" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="E16" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="F16" s="26" t="s">
         <v>45</v>
       </c>
-      <c r="B11" s="131" t="s">
+      <c r="G16" s="20" t="s">
         <v>46</v>
       </c>
-      <c r="C11" s="62" t="s">
-[...13 lines deleted...]
-      <c r="A12" s="61" t="s">
+    </row>
+    <row r="17" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="E17" s="21" t="s">
+        <v>64</v>
+      </c>
+      <c r="F17" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="B12" s="62" t="s">
+      <c r="G17" s="20" t="s">
         <v>51</v>
       </c>
-      <c r="C12" s="62" t="s">
-[...77 lines deleted...]
-    <row r="18" spans="1:12" ht="27" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A18" s="128"/>
       <c r="B18" s="103"/>
       <c r="C18" s="103"/>
       <c r="E18" s="21" t="s">
+        <v>65</v>
+      </c>
+      <c r="F18" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="20" spans="1:12" s="326" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="439" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B20" s="439"/>
+      <c r="C20" s="439"/>
+      <c r="E20" s="439" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F20" s="439"/>
+      <c r="G20" s="439"/>
+    </row>
+    <row r="21" spans="1:12" s="327" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="324" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" s="324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" s="324" t="s">
+        <v>10</v>
+      </c>
+      <c r="E21" s="324" t="s">
+        <v>8</v>
+      </c>
+      <c r="F21" s="324" t="s">
+        <v>9</v>
+      </c>
+      <c r="G21" s="324" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="43.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" s="20" t="s">
         <v>66</v>
       </c>
-      <c r="F18" s="20" t="s">
-[...26 lines deleted...]
-      <c r="C21" s="328" t="s">
+      <c r="C22" s="20" t="s">
+        <v>67</v>
+      </c>
+      <c r="E22" s="129" t="s">
         <v>11</v>
       </c>
-      <c r="E21" s="328" t="s">
-[...10 lines deleted...]
-      <c r="A22" s="24" t="s">
+      <c r="F22" s="62" t="s">
+        <v>68</v>
+      </c>
+      <c r="G22" s="62" t="s">
+        <v>15</v>
+      </c>
+      <c r="L22" s="211"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.3">
+      <c r="A23" s="21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" s="61" t="s">
+        <v>16</v>
+      </c>
+      <c r="F23" s="130" t="s">
         <v>12</v>
       </c>
-      <c r="B22" s="20" t="s">
-[...8 lines deleted...]
-      <c r="F22" s="62" t="s">
+      <c r="G23" s="62" t="s">
         <v>69</v>
       </c>
-      <c r="G22" s="62" t="s">
-[...11 lines deleted...]
-      <c r="C23" s="20" t="s">
+      <c r="L23" s="211"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="21" t="s">
         <v>21</v>
       </c>
-      <c r="E23" s="61" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="B24" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" s="20" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="D24" s="23"/>
       <c r="E24" s="129" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F24" s="26" t="s">
+        <v>70</v>
+      </c>
+      <c r="G24" s="26" t="s">
         <v>71</v>
       </c>
-      <c r="G24" s="26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L24" s="212"/>
     </row>
-    <row r="25" spans="1:12" ht="27" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A25" s="21" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B25" s="25" t="s">
+        <v>28</v>
+      </c>
+      <c r="C25" s="20" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D25" s="23"/>
       <c r="E25" s="129" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F25" s="26" t="s">
+        <v>72</v>
+      </c>
+      <c r="G25" s="26" t="s">
         <v>73</v>
       </c>
-      <c r="G25" s="26" t="s">
+      <c r="L25" s="212"/>
+    </row>
+    <row r="26" spans="1:12" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A26" s="24" t="s">
+        <v>30</v>
+      </c>
+      <c r="B26" s="26" t="s">
         <v>74</v>
       </c>
-      <c r="L25" s="212"/>
-[...5 lines deleted...]
-      <c r="B26" s="26" t="s">
+      <c r="C26" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="129" t="s">
+        <v>30</v>
+      </c>
+      <c r="F26" s="26" t="s">
         <v>75</v>
       </c>
-      <c r="C26" s="26" t="s">
+      <c r="G26" s="26" t="s">
+        <v>76</v>
+      </c>
+      <c r="L26" s="212"/>
+    </row>
+    <row r="27" spans="1:12" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A27" s="21" t="s">
         <v>34</v>
       </c>
-      <c r="E26" s="129" t="s">
-[...5 lines deleted...]
-      <c r="G26" s="26" t="s">
+      <c r="B27" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="C27" s="20" t="s">
+        <v>38</v>
+      </c>
+      <c r="E27" s="61" t="s">
+        <v>34</v>
+      </c>
+      <c r="F27" s="20" t="s">
+        <v>24</v>
+      </c>
+      <c r="G27" s="20" t="s">
+        <v>25</v>
+      </c>
+      <c r="L27" s="212"/>
+    </row>
+    <row r="28" spans="1:12" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A28" s="21" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="20" t="s">
+        <v>42</v>
+      </c>
+      <c r="C28" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" s="61" t="s">
+        <v>39</v>
+      </c>
+      <c r="F28" s="25" t="s">
+        <v>32</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="L28" s="212"/>
+    </row>
+    <row r="29" spans="1:12" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A29" s="21" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" s="20" t="s">
         <v>77</v>
       </c>
-      <c r="L26" s="212"/>
-[...5 lines deleted...]
-      <c r="B27" s="20" t="s">
+      <c r="C29" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="E29" s="61" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" s="20" t="s">
+        <v>37</v>
+      </c>
+      <c r="G29" s="20" t="s">
         <v>38</v>
       </c>
-      <c r="C27" s="20" t="s">
-[...14 lines deleted...]
-      <c r="A28" s="21" t="s">
+      <c r="L29" s="212"/>
+    </row>
+    <row r="30" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A30" s="21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="C30" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="E30" s="61" t="s">
+        <v>49</v>
+      </c>
+      <c r="F30" s="20" t="s">
+        <v>47</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>48</v>
+      </c>
+      <c r="L30" s="212"/>
+    </row>
+    <row r="31" spans="1:12" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A31" s="21" t="s">
+        <v>54</v>
+      </c>
+      <c r="B31" s="26" t="s">
         <v>40</v>
       </c>
-      <c r="B28" s="20" t="s">
-[...17 lines deleted...]
-      <c r="A29" s="21" t="s">
+      <c r="C31" s="20" t="s">
+        <v>41</v>
+      </c>
+      <c r="E31" s="215" t="s">
+        <v>54</v>
+      </c>
+      <c r="F31" s="20" t="s">
+        <v>52</v>
+      </c>
+      <c r="G31" s="20" t="s">
+        <v>53</v>
+      </c>
+      <c r="L31" s="213"/>
+    </row>
+    <row r="32" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A32" s="21" t="s">
+        <v>80</v>
+      </c>
+      <c r="B32" s="26" t="s">
         <v>45</v>
       </c>
-      <c r="B29" s="20" t="s">
-[...17 lines deleted...]
-      <c r="A30" s="21" t="s">
+      <c r="C32" s="20" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" s="215" t="s">
+        <v>59</v>
+      </c>
+      <c r="F32" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="G32" s="20" t="s">
+        <v>82</v>
+      </c>
+      <c r="L32" s="214"/>
+    </row>
+    <row r="33" spans="1:12" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A33" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="B33" s="20" t="s">
         <v>50</v>
       </c>
-      <c r="B30" s="20" t="s">
-[...62 lines deleted...]
-      <c r="B33" s="20" t="s">
+      <c r="C33" s="20" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="E33" s="128"/>
       <c r="F33" s="90"/>
       <c r="G33" s="90"/>
       <c r="L33" s="214"/>
     </row>
-    <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="21" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B34" s="20" t="s">
+        <v>55</v>
+      </c>
+      <c r="C34" s="20" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D34" s="33"/>
       <c r="E34" s="128"/>
       <c r="F34" s="90"/>
       <c r="G34" s="90"/>
       <c r="L34" s="214"/>
     </row>
-    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A35" s="128"/>
       <c r="B35" s="103"/>
       <c r="C35" s="103"/>
       <c r="E35" s="128"/>
       <c r="F35" s="103"/>
       <c r="G35" s="103"/>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A36" s="216"/>
       <c r="B36" s="90"/>
       <c r="C36" s="90"/>
       <c r="E36" s="216"/>
       <c r="F36" s="90"/>
       <c r="G36" s="90"/>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E37" s="128"/>
       <c r="F37" s="217"/>
       <c r="G37" s="90"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E38" s="128"/>
       <c r="F38" s="217"/>
       <c r="G38" s="90"/>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E39" s="128"/>
       <c r="F39" s="217"/>
       <c r="G39" s="90"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E40" s="216"/>
       <c r="F40" s="103"/>
       <c r="G40" s="103"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E41" s="128"/>
       <c r="F41" s="90"/>
       <c r="G41" s="90"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E42" s="128"/>
       <c r="F42" s="90"/>
       <c r="G42" s="90"/>
     </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E43" s="128"/>
       <c r="F43" s="90"/>
       <c r="G43" s="90"/>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E44" s="128"/>
       <c r="F44" s="90"/>
       <c r="G44" s="90"/>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E45" s="128"/>
       <c r="F45" s="103"/>
       <c r="G45" s="90"/>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E46" s="128"/>
       <c r="F46" s="103"/>
       <c r="G46" s="90"/>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E47" s="128"/>
       <c r="F47" s="90"/>
       <c r="G47" s="90"/>
     </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.3">
       <c r="E48" s="128"/>
       <c r="F48" s="90"/>
       <c r="G48" s="90"/>
     </row>
-    <row r="49" spans="5:7" x14ac:dyDescent="0.25">
+    <row r="49" spans="5:7" x14ac:dyDescent="0.3">
       <c r="E49" s="128"/>
       <c r="F49" s="103"/>
       <c r="G49" s="103"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="E2:G2"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="A20:C20"/>
     <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold Italic"&amp;9Uniform Closing Dataset (UCD) Critical Edits Matrix, v6.02&amp;R&amp;"-,Bold Italic"&amp;9&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold Italic"&amp;9&amp;P of &amp;N&amp;R&amp;"-,Bold Italic"&amp;10Publication Date: September 7, 2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FBD80BF4-8630-41F4-A2AE-7BBE4046B886}">
   <sheetPr>
     <tabColor rgb="FFFFFFCC"/>
   </sheetPr>
   <dimension ref="A1:IP63"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" sqref="A1:N1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.77734375" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.5703125" style="30" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="8.5703125" style="30"/>
+    <col min="1" max="1" width="10.77734375" style="30" customWidth="1"/>
+    <col min="2" max="2" width="19.5546875" style="30" customWidth="1"/>
+    <col min="3" max="3" width="25.21875" style="30" customWidth="1"/>
+    <col min="4" max="4" width="21.21875" style="32" customWidth="1"/>
+    <col min="5" max="5" width="24.77734375" style="32" customWidth="1"/>
+    <col min="6" max="6" width="31.77734375" style="32" customWidth="1"/>
+    <col min="7" max="7" width="8.77734375" style="30"/>
+    <col min="8" max="8" width="32.77734375" style="30" customWidth="1"/>
+    <col min="9" max="9" width="8.77734375" style="30"/>
+    <col min="10" max="10" width="32.77734375" style="30" customWidth="1"/>
+    <col min="11" max="11" width="8.77734375" style="30"/>
+    <col min="12" max="12" width="8.77734375" style="30" customWidth="1"/>
+    <col min="13" max="16384" width="8.77734375" style="30"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="29" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.25">
-[...25 lines deleted...]
-      <c r="F2" s="367"/>
+    <row r="1" spans="1:14" s="29" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="440" t="s">
+        <v>1498</v>
+      </c>
+      <c r="B1" s="440"/>
+      <c r="C1" s="440"/>
+      <c r="D1" s="440"/>
+      <c r="E1" s="440"/>
+      <c r="F1" s="440"/>
+      <c r="G1" s="440"/>
+      <c r="H1" s="440"/>
+      <c r="I1" s="440"/>
+      <c r="J1" s="440"/>
+      <c r="K1" s="440"/>
+      <c r="L1" s="440"/>
+      <c r="M1" s="440"/>
+      <c r="N1" s="440"/>
+    </row>
+    <row r="2" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="441" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" s="442"/>
+      <c r="C2" s="442"/>
+      <c r="D2" s="442"/>
+      <c r="E2" s="442"/>
+      <c r="F2" s="443"/>
       <c r="G2" s="209"/>
       <c r="H2" s="210"/>
       <c r="I2" s="210"/>
       <c r="J2" s="210"/>
       <c r="K2" s="210"/>
     </row>
-    <row r="3" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F3" s="370"/>
+    <row r="3" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="444" t="s">
+        <v>85</v>
+      </c>
+      <c r="B3" s="445"/>
+      <c r="C3" s="445"/>
+      <c r="D3" s="445"/>
+      <c r="E3" s="445"/>
+      <c r="F3" s="446"/>
       <c r="G3" s="209"/>
       <c r="H3" s="210"/>
       <c r="I3" s="210"/>
       <c r="J3" s="210"/>
       <c r="K3" s="210"/>
     </row>
-    <row r="4" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F4" s="370"/>
+    <row r="4" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="444" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" s="445"/>
+      <c r="C4" s="445"/>
+      <c r="D4" s="445"/>
+      <c r="E4" s="445"/>
+      <c r="F4" s="446"/>
       <c r="G4" s="209"/>
       <c r="H4" s="210"/>
       <c r="I4" s="210"/>
       <c r="J4" s="210"/>
       <c r="K4" s="210"/>
     </row>
-    <row r="5" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F5" s="373"/>
+    <row r="5" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="447" t="s">
+        <v>87</v>
+      </c>
+      <c r="B5" s="448"/>
+      <c r="C5" s="448"/>
+      <c r="D5" s="448"/>
+      <c r="E5" s="448"/>
+      <c r="F5" s="449"/>
       <c r="G5" s="209"/>
       <c r="H5" s="210"/>
       <c r="I5" s="210"/>
       <c r="J5" s="210"/>
       <c r="K5" s="210"/>
     </row>
-    <row r="6" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F6" s="373"/>
+    <row r="6" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="447" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" s="448"/>
+      <c r="C6" s="448"/>
+      <c r="D6" s="448"/>
+      <c r="E6" s="448"/>
+      <c r="F6" s="449"/>
       <c r="G6" s="209"/>
       <c r="H6" s="210"/>
       <c r="I6" s="210"/>
       <c r="J6" s="210"/>
       <c r="K6" s="210"/>
     </row>
-    <row r="7" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F7" s="370"/>
+    <row r="7" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="444" t="s">
+        <v>89</v>
+      </c>
+      <c r="B7" s="445"/>
+      <c r="C7" s="445"/>
+      <c r="D7" s="445"/>
+      <c r="E7" s="445"/>
+      <c r="F7" s="446"/>
       <c r="G7" s="209"/>
       <c r="H7" s="210"/>
       <c r="I7" s="210"/>
       <c r="J7" s="210"/>
       <c r="K7" s="210"/>
     </row>
-    <row r="8" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F8" s="370"/>
+    <row r="8" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="444" t="s">
+        <v>90</v>
+      </c>
+      <c r="B8" s="445"/>
+      <c r="C8" s="445"/>
+      <c r="D8" s="445"/>
+      <c r="E8" s="445"/>
+      <c r="F8" s="446"/>
       <c r="G8" s="209"/>
       <c r="H8" s="210"/>
       <c r="I8" s="210"/>
       <c r="J8" s="210"/>
       <c r="K8" s="210"/>
     </row>
-    <row r="9" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F9" s="370"/>
+    <row r="9" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="444" t="s">
+        <v>91</v>
+      </c>
+      <c r="B9" s="445"/>
+      <c r="C9" s="445"/>
+      <c r="D9" s="445"/>
+      <c r="E9" s="445"/>
+      <c r="F9" s="446"/>
       <c r="G9" s="209"/>
       <c r="H9" s="210"/>
       <c r="I9" s="210"/>
       <c r="J9" s="210"/>
       <c r="K9" s="210"/>
     </row>
-    <row r="10" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F10" s="373"/>
+    <row r="10" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="447" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" s="448"/>
+      <c r="C10" s="448"/>
+      <c r="D10" s="448"/>
+      <c r="E10" s="448"/>
+      <c r="F10" s="449"/>
       <c r="G10" s="209"/>
       <c r="H10" s="210"/>
       <c r="I10" s="210"/>
       <c r="J10" s="210"/>
       <c r="K10" s="210"/>
     </row>
-    <row r="11" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F11" s="373"/>
+    <row r="11" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="447" t="s">
+        <v>93</v>
+      </c>
+      <c r="B11" s="448"/>
+      <c r="C11" s="448"/>
+      <c r="D11" s="448"/>
+      <c r="E11" s="448"/>
+      <c r="F11" s="449"/>
       <c r="G11" s="209"/>
       <c r="H11" s="210"/>
       <c r="I11" s="210"/>
       <c r="J11" s="210"/>
       <c r="K11" s="210"/>
     </row>
-    <row r="12" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F12" s="373"/>
+    <row r="12" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="447" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" s="448"/>
+      <c r="C12" s="448"/>
+      <c r="D12" s="448"/>
+      <c r="E12" s="448"/>
+      <c r="F12" s="449"/>
       <c r="G12" s="209"/>
       <c r="H12" s="210"/>
       <c r="I12" s="210"/>
       <c r="J12" s="210"/>
       <c r="K12" s="210"/>
     </row>
-    <row r="13" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F13" s="376"/>
+    <row r="13" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="450" t="s">
+        <v>95</v>
+      </c>
+      <c r="B13" s="451"/>
+      <c r="C13" s="451"/>
+      <c r="D13" s="451"/>
+      <c r="E13" s="451"/>
+      <c r="F13" s="452"/>
       <c r="G13" s="209"/>
       <c r="H13" s="210"/>
       <c r="I13" s="210"/>
       <c r="J13" s="210"/>
       <c r="K13" s="210"/>
     </row>
-    <row r="14" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F14" s="379"/>
+    <row r="14" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="453" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" s="454"/>
+      <c r="C14" s="454"/>
+      <c r="D14" s="454"/>
+      <c r="E14" s="454"/>
+      <c r="F14" s="455"/>
       <c r="G14" s="209"/>
       <c r="H14" s="210"/>
       <c r="I14" s="210"/>
       <c r="J14" s="210"/>
       <c r="K14" s="210"/>
     </row>
-    <row r="15" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F15" s="370"/>
+    <row r="15" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="444" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" s="445"/>
+      <c r="C15" s="445"/>
+      <c r="D15" s="445"/>
+      <c r="E15" s="445"/>
+      <c r="F15" s="446"/>
       <c r="G15" s="209"/>
       <c r="H15" s="210"/>
       <c r="I15" s="210"/>
       <c r="J15" s="210"/>
       <c r="K15" s="210"/>
     </row>
-    <row r="16" spans="1:14" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F16" s="370"/>
+    <row r="16" spans="1:14" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="444" t="s">
+        <v>98</v>
+      </c>
+      <c r="B16" s="445"/>
+      <c r="C16" s="445"/>
+      <c r="D16" s="445"/>
+      <c r="E16" s="445"/>
+      <c r="F16" s="446"/>
       <c r="G16" s="209"/>
       <c r="H16" s="210"/>
       <c r="I16" s="210"/>
       <c r="J16" s="210"/>
       <c r="K16" s="210"/>
     </row>
-    <row r="17" spans="1:250" s="177" customFormat="1" ht="13.35" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="F17" s="382"/>
+    <row r="17" spans="1:250" s="177" customFormat="1" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="456" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" s="457"/>
+      <c r="C17" s="457"/>
+      <c r="D17" s="457"/>
+      <c r="E17" s="457"/>
+      <c r="F17" s="458"/>
       <c r="G17" s="175"/>
       <c r="H17" s="175"/>
       <c r="I17" s="176"/>
       <c r="J17" s="176"/>
     </row>
-    <row r="18" spans="1:250" s="177" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="G18" s="383" t="s">
+    <row r="18" spans="1:250" s="177" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="G18" s="459" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" s="459"/>
+      <c r="I18" s="460" t="s">
         <v>101</v>
       </c>
-      <c r="H18" s="383"/>
-      <c r="I18" s="384" t="s">
+      <c r="J18" s="460"/>
+    </row>
+    <row r="19" spans="1:250" s="182" customFormat="1" ht="82.8" x14ac:dyDescent="0.3">
+      <c r="A19" s="179" t="s">
+        <v>12</v>
+      </c>
+      <c r="B19" s="179" t="s">
         <v>102</v>
       </c>
-      <c r="J18" s="384"/>
-[...5 lines deleted...]
-      <c r="B19" s="179" t="s">
+      <c r="C19" s="179" t="s">
         <v>103</v>
       </c>
-      <c r="C19" s="179" t="s">
+      <c r="D19" s="179" t="s">
         <v>104</v>
       </c>
-      <c r="D19" s="179" t="s">
+      <c r="E19" s="179" t="s">
         <v>105</v>
       </c>
-      <c r="E19" s="179" t="s">
+      <c r="F19" s="180" t="s">
         <v>106</v>
       </c>
-      <c r="F19" s="180" t="s">
+      <c r="G19" s="181" t="s">
         <v>107</v>
       </c>
-      <c r="G19" s="181" t="s">
+      <c r="H19" s="181" t="s">
         <v>108</v>
       </c>
-      <c r="H19" s="181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="178" t="s">
+        <v>107</v>
+      </c>
+      <c r="J19" s="178" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="K19" s="30"/>
       <c r="L19" s="30"/>
       <c r="M19" s="30"/>
       <c r="N19" s="30"/>
       <c r="O19" s="30"/>
       <c r="P19" s="30"/>
       <c r="Q19" s="30"/>
       <c r="R19" s="30"/>
       <c r="S19" s="30"/>
       <c r="T19" s="30"/>
       <c r="U19" s="30"/>
       <c r="V19" s="30"/>
       <c r="W19" s="30"/>
       <c r="X19" s="30"/>
       <c r="Y19" s="30"/>
       <c r="Z19" s="30"/>
       <c r="AA19" s="30"/>
       <c r="AB19" s="30"/>
       <c r="AC19" s="30"/>
       <c r="AD19" s="30"/>
       <c r="AE19" s="30"/>
       <c r="AF19" s="30"/>
       <c r="AG19" s="30"/>
       <c r="AH19" s="30"/>
@@ -13294,1168 +13011,1168 @@
       <c r="HS19" s="30"/>
       <c r="HT19" s="30"/>
       <c r="HU19" s="30"/>
       <c r="HV19" s="30"/>
       <c r="HW19" s="30"/>
       <c r="HX19" s="30"/>
       <c r="HY19" s="30"/>
       <c r="HZ19" s="30"/>
       <c r="IA19" s="30"/>
       <c r="IB19" s="30"/>
       <c r="IC19" s="30"/>
       <c r="ID19" s="30"/>
       <c r="IE19" s="30"/>
       <c r="IF19" s="30"/>
       <c r="IG19" s="30"/>
       <c r="IH19" s="30"/>
       <c r="II19" s="30"/>
       <c r="IJ19" s="30"/>
       <c r="IK19" s="30"/>
       <c r="IL19" s="30"/>
       <c r="IM19" s="30"/>
       <c r="IN19" s="30"/>
       <c r="IO19" s="30"/>
       <c r="IP19" s="30"/>
     </row>
-    <row r="20" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A20" s="183">
         <v>1</v>
       </c>
       <c r="B20" s="184" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" s="185" t="s">
         <v>110</v>
       </c>
-      <c r="C20" s="185" t="s">
+      <c r="D20" s="185" t="s">
         <v>111</v>
       </c>
-      <c r="D20" s="185" t="s">
+      <c r="E20" s="185" t="s">
         <v>112</v>
       </c>
-      <c r="E20" s="185" t="s">
+      <c r="F20" s="185" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H20" s="186"/>
       <c r="I20" s="167"/>
     </row>
-    <row r="21" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A21" s="187">
         <v>2</v>
       </c>
       <c r="B21" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C21" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D21" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="E21" s="188" t="s">
         <v>112</v>
       </c>
-      <c r="E21" s="188" t="s">
+      <c r="F21" s="188" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G21" s="22"/>
       <c r="H21" s="96"/>
       <c r="I21" s="167"/>
     </row>
-    <row r="22" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A22" s="187">
         <v>3</v>
       </c>
       <c r="B22" s="184" t="s">
+        <v>109</v>
+      </c>
+      <c r="C22" s="188" t="s">
         <v>110</v>
       </c>
-      <c r="C22" s="188" t="s">
+      <c r="D22" s="188" t="s">
         <v>111</v>
       </c>
-      <c r="D22" s="188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F22" s="188" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G22" s="22"/>
       <c r="H22" s="96"/>
       <c r="I22" s="167"/>
     </row>
-    <row r="23" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A23" s="187">
         <v>4</v>
       </c>
       <c r="B23" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C23" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D23" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E23" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F23" s="188" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="G23" s="22"/>
       <c r="H23" s="96"/>
       <c r="I23" s="167"/>
     </row>
-    <row r="24" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A24" s="187">
         <v>5</v>
       </c>
       <c r="B24" s="184" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" s="188" t="s">
         <v>110</v>
       </c>
-      <c r="C24" s="188" t="s">
+      <c r="D24" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E24" s="188" t="s">
         <v>111</v>
       </c>
-      <c r="D24" s="188" t="s">
+      <c r="F24" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G24" s="22"/>
       <c r="H24" s="96"/>
       <c r="I24" s="167"/>
     </row>
-    <row r="25" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A25" s="187">
         <v>6</v>
       </c>
       <c r="B25" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C25" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D25" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E25" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H25" s="186"/>
       <c r="I25" s="167"/>
     </row>
-    <row r="26" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A26" s="187">
         <v>7</v>
       </c>
       <c r="B26" s="184" t="s">
+        <v>109</v>
+      </c>
+      <c r="C26" s="188" t="s">
         <v>110</v>
       </c>
-      <c r="C26" s="188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E26" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F26" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H26" s="186"/>
       <c r="I26" s="167"/>
     </row>
-    <row r="27" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A27" s="187">
         <v>8</v>
       </c>
       <c r="B27" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C27" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D27" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E27" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F27" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H27" s="186"/>
       <c r="I27" s="167"/>
     </row>
-    <row r="28" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A28" s="187">
         <v>9</v>
       </c>
       <c r="B28" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C28" s="189" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D28" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="E28" s="188" t="s">
         <v>112</v>
       </c>
-      <c r="E28" s="188" t="s">
+      <c r="F28" s="185" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H28" s="186"/>
       <c r="I28" s="167"/>
     </row>
-    <row r="29" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A29" s="187">
         <v>10</v>
       </c>
       <c r="B29" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C29" s="189" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D29" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E29" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F29" s="185" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="H29" s="186"/>
       <c r="I29" s="167"/>
     </row>
-    <row r="30" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A30" s="187">
         <v>11</v>
       </c>
       <c r="B30" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C30" s="189" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D30" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E30" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H30" s="186"/>
       <c r="I30" s="167"/>
     </row>
-    <row r="31" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A31" s="187">
         <v>12</v>
       </c>
       <c r="B31" s="184" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C31" s="189" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D31" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E31" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F31" s="185" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="H31" s="186"/>
       <c r="I31" s="167"/>
     </row>
-    <row r="32" spans="1:250" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:250" x14ac:dyDescent="0.3">
       <c r="A32" s="190"/>
       <c r="B32" s="190"/>
       <c r="C32" s="190"/>
       <c r="D32" s="190"/>
       <c r="E32" s="190"/>
       <c r="F32" s="190"/>
       <c r="G32" s="191"/>
       <c r="H32" s="192"/>
       <c r="I32" s="193"/>
       <c r="J32" s="191"/>
     </row>
-    <row r="33" spans="1:10" ht="67.5" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A33" s="188">
         <v>13</v>
       </c>
       <c r="B33" s="194" t="s">
+        <v>116</v>
+      </c>
+      <c r="C33" s="188" t="s">
         <v>117</v>
       </c>
-      <c r="C33" s="188" t="s">
+      <c r="D33" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="E33" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F33" s="188" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G33" s="195">
         <v>1020</v>
       </c>
       <c r="H33" s="126" t="s">
+        <v>119</v>
+      </c>
+      <c r="I33" s="31" t="s">
         <v>120</v>
       </c>
-      <c r="I33" s="31" t="s">
+      <c r="J33" s="126" t="s">
         <v>121</v>
       </c>
-      <c r="J33" s="126" t="s">
-[...3 lines deleted...]
-    <row r="34" spans="1:10" ht="81" x14ac:dyDescent="0.25">
+    </row>
+    <row r="34" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A34" s="188">
         <v>14</v>
       </c>
       <c r="B34" s="194" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C34" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D34" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="E34" s="188" t="s">
         <v>112</v>
       </c>
-      <c r="E34" s="188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F34" s="188" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G34" s="195">
         <v>1020</v>
       </c>
       <c r="H34" s="126" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I34" s="31" t="s">
+        <v>122</v>
+      </c>
+      <c r="J34" s="126" t="s">
         <v>123</v>
       </c>
-      <c r="J34" s="126" t="s">
+    </row>
+    <row r="35" spans="1:10" ht="69" x14ac:dyDescent="0.3">
+      <c r="A35" s="461">
+        <v>15</v>
+      </c>
+      <c r="B35" s="463" t="s">
+        <v>116</v>
+      </c>
+      <c r="C35" s="461" t="s">
+        <v>117</v>
+      </c>
+      <c r="D35" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E35" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F35" s="461" t="s">
         <v>124</v>
-      </c>
-[...18 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G35" s="195">
         <v>1022</v>
       </c>
       <c r="H35" s="126" t="s">
+        <v>125</v>
+      </c>
+      <c r="I35" s="467" t="s">
         <v>126</v>
       </c>
-      <c r="I35" s="391" t="s">
+      <c r="J35" s="468" t="s">
         <v>127</v>
       </c>
-      <c r="J35" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F36" s="386"/>
+    </row>
+    <row r="36" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A36" s="462"/>
+      <c r="B36" s="464"/>
+      <c r="C36" s="462"/>
+      <c r="D36" s="466"/>
+      <c r="E36" s="466"/>
+      <c r="F36" s="462"/>
       <c r="G36" s="195">
         <v>1023</v>
       </c>
       <c r="H36" s="126" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-      <c r="A37" s="385">
+        <v>128</v>
+      </c>
+      <c r="I36" s="467"/>
+      <c r="J36" s="468"/>
+    </row>
+    <row r="37" spans="1:10" ht="69" x14ac:dyDescent="0.3">
+      <c r="A37" s="461">
         <v>16</v>
       </c>
-      <c r="B37" s="387" t="s">
-[...12 lines deleted...]
-        <v>125</v>
+      <c r="B37" s="463" t="s">
+        <v>116</v>
+      </c>
+      <c r="C37" s="461" t="s">
+        <v>114</v>
+      </c>
+      <c r="D37" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E37" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F37" s="461" t="s">
+        <v>124</v>
       </c>
       <c r="G37" s="195">
         <v>1022</v>
       </c>
       <c r="H37" s="126" t="s">
+        <v>125</v>
+      </c>
+      <c r="I37" s="467" t="s">
         <v>126</v>
       </c>
-      <c r="I37" s="391" t="s">
+      <c r="J37" s="468" t="s">
         <v>127</v>
       </c>
-      <c r="J37" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F38" s="386"/>
+    </row>
+    <row r="38" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A38" s="462"/>
+      <c r="B38" s="464"/>
+      <c r="C38" s="462"/>
+      <c r="D38" s="466"/>
+      <c r="E38" s="466"/>
+      <c r="F38" s="462"/>
       <c r="G38" s="195">
         <v>1023</v>
       </c>
       <c r="H38" s="126" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-    <row r="39" spans="1:10" ht="67.5" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+      <c r="I38" s="467"/>
+      <c r="J38" s="468"/>
+    </row>
+    <row r="39" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A39" s="198">
         <v>17</v>
       </c>
       <c r="B39" s="199" t="s">
+        <v>116</v>
+      </c>
+      <c r="C39" s="200" t="s">
         <v>117</v>
       </c>
-      <c r="C39" s="200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D39" s="198" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E39" s="200" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F39" s="198" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G39" s="195">
         <v>1022</v>
       </c>
       <c r="H39" s="126" t="s">
+        <v>125</v>
+      </c>
+      <c r="I39" s="31" t="s">
         <v>126</v>
       </c>
-      <c r="I39" s="31" t="s">
+      <c r="J39" s="126" t="s">
         <v>127</v>
       </c>
-      <c r="J39" s="126" t="s">
-[...3 lines deleted...]
-    <row r="40" spans="1:10" ht="67.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="40" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A40" s="198">
         <v>18</v>
       </c>
       <c r="B40" s="199" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C40" s="200" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D40" s="198" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E40" s="200" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F40" s="198" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G40" s="195">
         <v>1022</v>
       </c>
       <c r="H40" s="126" t="s">
+        <v>125</v>
+      </c>
+      <c r="I40" s="31" t="s">
         <v>126</v>
       </c>
-      <c r="I40" s="31" t="s">
+      <c r="J40" s="126" t="s">
         <v>127</v>
       </c>
-      <c r="J40" s="126" t="s">
-[...3 lines deleted...]
-    <row r="41" spans="1:10" ht="67.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="41" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A41" s="188">
         <v>19</v>
       </c>
       <c r="B41" s="194" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" s="188" t="s">
         <v>117</v>
       </c>
-      <c r="C41" s="188" t="s">
+      <c r="D41" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E41" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F41" s="188" t="s">
         <v>118</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
       <c r="G41" s="195">
         <v>1020</v>
       </c>
       <c r="H41" s="126" t="s">
+        <v>119</v>
+      </c>
+      <c r="I41" s="31" t="s">
         <v>120</v>
       </c>
-      <c r="I41" s="31" t="s">
+      <c r="J41" s="126" t="s">
         <v>121</v>
       </c>
-      <c r="J41" s="126" t="s">
-[...3 lines deleted...]
-    <row r="42" spans="1:10" ht="81" x14ac:dyDescent="0.25">
+    </row>
+    <row r="42" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A42" s="188">
         <v>20</v>
       </c>
       <c r="B42" s="194" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C42" s="188" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D42" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E42" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F42" s="188" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G42" s="195">
         <v>1020</v>
       </c>
       <c r="H42" s="126" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="I42" s="31" t="s">
+        <v>122</v>
+      </c>
+      <c r="J42" s="126" t="s">
         <v>123</v>
       </c>
-      <c r="J42" s="126" t="s">
-[...3 lines deleted...]
-    <row r="43" spans="1:10" ht="81" x14ac:dyDescent="0.25">
+    </row>
+    <row r="43" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A43" s="198">
         <v>21</v>
       </c>
       <c r="B43" s="199" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C43" s="200" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D43" s="200" t="s">
+        <v>111</v>
+      </c>
+      <c r="E43" s="198" t="s">
         <v>112</v>
       </c>
-      <c r="E43" s="198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="198" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G43" s="195">
         <v>1021</v>
       </c>
       <c r="H43" s="126" t="s">
+        <v>129</v>
+      </c>
+      <c r="I43" s="31" t="s">
         <v>130</v>
       </c>
-      <c r="I43" s="31" t="s">
+      <c r="J43" s="126" t="s">
         <v>131</v>
       </c>
-      <c r="J43" s="126" t="s">
-[...4 lines deleted...]
-      <c r="A44" s="385">
+    </row>
+    <row r="44" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
+      <c r="A44" s="461">
         <v>22</v>
       </c>
-      <c r="B44" s="387" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="385" t="s">
+      <c r="B44" s="463" t="s">
         <v>116</v>
       </c>
-      <c r="D44" s="389" t="s">
-[...6 lines deleted...]
-        <v>125</v>
+      <c r="C44" s="461" t="s">
+        <v>115</v>
+      </c>
+      <c r="D44" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E44" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F44" s="461" t="s">
+        <v>124</v>
       </c>
       <c r="G44" s="195">
         <v>1021</v>
       </c>
       <c r="H44" s="126" t="s">
+        <v>129</v>
+      </c>
+      <c r="I44" s="467" t="s">
         <v>130</v>
       </c>
-      <c r="I44" s="391" t="s">
+      <c r="J44" s="468" t="s">
         <v>131</v>
       </c>
-      <c r="J44" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F45" s="386"/>
+    </row>
+    <row r="45" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A45" s="462"/>
+      <c r="B45" s="464"/>
+      <c r="C45" s="462"/>
+      <c r="D45" s="466"/>
+      <c r="E45" s="466"/>
+      <c r="F45" s="462"/>
       <c r="G45" s="195">
         <v>1023</v>
       </c>
       <c r="H45" s="126" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-    <row r="46" spans="1:10" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+      <c r="I45" s="467"/>
+      <c r="J45" s="468"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A46" s="188">
         <v>23</v>
       </c>
       <c r="B46" s="194" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C46" s="188" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D46" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E46" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="F46" s="188" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G46" s="201"/>
       <c r="H46" s="196"/>
       <c r="I46" s="197"/>
       <c r="J46" s="196"/>
     </row>
-    <row r="47" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A47" s="188">
         <v>24</v>
       </c>
       <c r="B47" s="194" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="C47" s="188" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D47" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E47" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F47" s="195" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G47" s="201"/>
       <c r="H47" s="196"/>
       <c r="I47" s="197"/>
       <c r="J47" s="196"/>
     </row>
-    <row r="48" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A48" s="190"/>
       <c r="B48" s="190"/>
       <c r="C48" s="190"/>
       <c r="D48" s="190"/>
       <c r="E48" s="190"/>
       <c r="F48" s="190"/>
       <c r="G48" s="202"/>
       <c r="H48" s="203"/>
       <c r="I48" s="204"/>
       <c r="J48" s="205"/>
     </row>
-    <row r="49" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A49" s="198">
         <v>25</v>
       </c>
       <c r="B49" s="206" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C49" s="200" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D49" s="200" t="s">
+        <v>111</v>
+      </c>
+      <c r="E49" s="198" t="s">
         <v>112</v>
       </c>
-      <c r="E49" s="198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F49" s="198" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G49" s="195">
         <v>1020</v>
       </c>
       <c r="H49" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I49" s="219" t="s">
         <v>134</v>
       </c>
-      <c r="I49" s="219" t="s">
+      <c r="J49" s="126" t="s">
         <v>135</v>
       </c>
-      <c r="J49" s="126" t="s">
-[...3 lines deleted...]
-    <row r="50" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+    </row>
+    <row r="50" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A50" s="198">
         <v>26</v>
       </c>
       <c r="B50" s="206" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C50" s="200" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D50" s="200" t="s">
+        <v>111</v>
+      </c>
+      <c r="E50" s="198" t="s">
         <v>112</v>
       </c>
-      <c r="E50" s="198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F50" s="198" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G50" s="195">
         <v>1020</v>
       </c>
       <c r="H50" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I50" s="219" t="s">
         <v>134</v>
       </c>
-      <c r="I50" s="219" t="s">
+      <c r="J50" s="218" t="s">
         <v>135</v>
       </c>
-      <c r="J50" s="218" t="s">
-[...4 lines deleted...]
-      <c r="A51" s="385">
+    </row>
+    <row r="51" spans="1:10" ht="69" x14ac:dyDescent="0.3">
+      <c r="A51" s="461">
         <v>27</v>
       </c>
-      <c r="B51" s="395" t="s">
-[...12 lines deleted...]
-        <v>125</v>
+      <c r="B51" s="471" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" s="465" t="s">
+        <v>117</v>
+      </c>
+      <c r="D51" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E51" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F51" s="461" t="s">
+        <v>124</v>
       </c>
       <c r="G51" s="195">
         <v>1020</v>
       </c>
       <c r="H51" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I51" s="469" t="s">
         <v>134</v>
       </c>
-      <c r="I51" s="393" t="s">
+      <c r="J51" s="468" t="s">
         <v>135</v>
       </c>
-      <c r="J51" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F52" s="386"/>
+    </row>
+    <row r="52" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A52" s="462"/>
+      <c r="B52" s="472"/>
+      <c r="C52" s="466"/>
+      <c r="D52" s="466"/>
+      <c r="E52" s="466"/>
+      <c r="F52" s="462"/>
       <c r="G52" s="195">
         <v>1023</v>
       </c>
       <c r="H52" s="126" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-      <c r="A53" s="385">
+        <v>128</v>
+      </c>
+      <c r="I52" s="470"/>
+      <c r="J52" s="468"/>
+    </row>
+    <row r="53" spans="1:10" ht="69" x14ac:dyDescent="0.3">
+      <c r="A53" s="461">
         <v>28</v>
       </c>
-      <c r="B53" s="395" t="s">
-[...12 lines deleted...]
-        <v>125</v>
+      <c r="B53" s="471" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" s="465" t="s">
+        <v>114</v>
+      </c>
+      <c r="D53" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E53" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F53" s="461" t="s">
+        <v>124</v>
       </c>
       <c r="G53" s="195">
         <v>1020</v>
       </c>
       <c r="H53" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I53" s="469" t="s">
         <v>134</v>
       </c>
-      <c r="I53" s="393" t="s">
+      <c r="J53" s="468" t="s">
         <v>135</v>
       </c>
-      <c r="J53" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F54" s="386"/>
+    </row>
+    <row r="54" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A54" s="462"/>
+      <c r="B54" s="472"/>
+      <c r="C54" s="466"/>
+      <c r="D54" s="466"/>
+      <c r="E54" s="466"/>
+      <c r="F54" s="462"/>
       <c r="G54" s="195">
         <v>1023</v>
       </c>
       <c r="H54" s="126" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-    <row r="55" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+      <c r="I54" s="470"/>
+      <c r="J54" s="468"/>
+    </row>
+    <row r="55" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A55" s="188">
         <v>29</v>
       </c>
       <c r="B55" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C55" s="208" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D55" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E55" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F55" s="188" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G55" s="195">
         <v>1020</v>
       </c>
       <c r="H55" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I55" s="31" t="s">
         <v>134</v>
       </c>
-      <c r="I55" s="31" t="s">
+      <c r="J55" s="218" t="s">
         <v>135</v>
       </c>
-      <c r="J55" s="218" t="s">
-[...3 lines deleted...]
-    <row r="56" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+    </row>
+    <row r="56" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A56" s="188">
         <v>30</v>
       </c>
       <c r="B56" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C56" s="208" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D56" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E56" s="188" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="F56" s="188" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G56" s="195">
         <v>1020</v>
       </c>
       <c r="H56" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I56" s="31" t="s">
         <v>134</v>
       </c>
-      <c r="I56" s="31" t="s">
+      <c r="J56" s="218" t="s">
         <v>135</v>
       </c>
-      <c r="J56" s="218" t="s">
-[...3 lines deleted...]
-    <row r="57" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+    </row>
+    <row r="57" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A57" s="188">
         <v>31</v>
       </c>
       <c r="B57" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C57" s="208" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D57" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E57" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F57" s="188" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G57" s="195">
         <v>1020</v>
       </c>
       <c r="H57" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I57" s="31" t="s">
         <v>134</v>
       </c>
-      <c r="I57" s="31" t="s">
+      <c r="J57" s="218" t="s">
         <v>135</v>
       </c>
-      <c r="J57" s="218" t="s">
-[...3 lines deleted...]
-    <row r="58" spans="1:10" ht="54" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:10" ht="69" x14ac:dyDescent="0.3">
       <c r="A58" s="188">
         <v>32</v>
       </c>
       <c r="B58" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C58" s="208" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D58" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="E58" s="188" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F58" s="188" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G58" s="195">
         <v>1020</v>
       </c>
       <c r="H58" s="218" t="s">
+        <v>133</v>
+      </c>
+      <c r="I58" s="31" t="s">
         <v>134</v>
       </c>
-      <c r="I58" s="31" t="s">
+      <c r="J58" s="218" t="s">
         <v>135</v>
       </c>
-      <c r="J58" s="218" t="s">
-[...3 lines deleted...]
-    <row r="59" spans="1:10" ht="81" x14ac:dyDescent="0.25">
+    </row>
+    <row r="59" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A59" s="188">
         <v>33</v>
       </c>
       <c r="B59" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C59" s="188" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D59" s="208" t="s">
+        <v>111</v>
+      </c>
+      <c r="E59" s="188" t="s">
         <v>112</v>
       </c>
-      <c r="E59" s="188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F59" s="188" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G59" s="195">
         <v>1021</v>
       </c>
       <c r="H59" s="126" t="s">
+        <v>129</v>
+      </c>
+      <c r="I59" s="31" t="s">
         <v>130</v>
       </c>
-      <c r="I59" s="31" t="s">
+      <c r="J59" s="218" t="s">
         <v>131</v>
       </c>
-      <c r="J59" s="218" t="s">
+    </row>
+    <row r="60" spans="1:10" ht="82.8" x14ac:dyDescent="0.3">
+      <c r="A60" s="461">
+        <v>34</v>
+      </c>
+      <c r="B60" s="471" t="s">
         <v>132</v>
       </c>
-    </row>
-[...17 lines deleted...]
-        <v>125</v>
+      <c r="C60" s="461" t="s">
+        <v>115</v>
+      </c>
+      <c r="D60" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="E60" s="465" t="s">
+        <v>111</v>
+      </c>
+      <c r="F60" s="461" t="s">
+        <v>124</v>
       </c>
       <c r="G60" s="195">
         <v>1021</v>
       </c>
       <c r="H60" s="126" t="s">
+        <v>129</v>
+      </c>
+      <c r="I60" s="469" t="s">
         <v>130</v>
       </c>
-      <c r="I60" s="393" t="s">
+      <c r="J60" s="468" t="s">
         <v>131</v>
       </c>
-      <c r="J60" s="392" t="s">
-[...9 lines deleted...]
-      <c r="F61" s="386"/>
+    </row>
+    <row r="61" spans="1:10" ht="27.6" x14ac:dyDescent="0.3">
+      <c r="A61" s="462"/>
+      <c r="B61" s="472"/>
+      <c r="C61" s="462"/>
+      <c r="D61" s="466"/>
+      <c r="E61" s="466"/>
+      <c r="F61" s="462"/>
       <c r="G61" s="195">
         <v>1023</v>
       </c>
       <c r="H61" s="126" t="s">
-        <v>129</v>
-[...4 lines deleted...]
-    <row r="62" spans="1:10" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+      <c r="I61" s="470"/>
+      <c r="J61" s="468"/>
+    </row>
+    <row r="62" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A62" s="188">
         <v>35</v>
       </c>
       <c r="B62" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C62" s="188" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D62" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E62" s="188" t="s">
+        <v>111</v>
+      </c>
+      <c r="F62" s="188" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G62" s="201"/>
       <c r="H62" s="196"/>
       <c r="I62" s="197"/>
       <c r="J62" s="196"/>
     </row>
-    <row r="63" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A63" s="188">
         <v>36</v>
       </c>
       <c r="B63" s="207" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C63" s="188" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D63" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="E63" s="188" t="s">
+        <v>112</v>
+      </c>
+      <c r="F63" s="195" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G63" s="201"/>
       <c r="H63" s="196"/>
       <c r="I63" s="197"/>
       <c r="J63" s="196"/>
     </row>
   </sheetData>
   <mergeCells count="67">
     <mergeCell ref="F60:F61"/>
     <mergeCell ref="I60:I61"/>
     <mergeCell ref="J60:J61"/>
     <mergeCell ref="A60:A61"/>
     <mergeCell ref="B60:B61"/>
     <mergeCell ref="C60:C61"/>
     <mergeCell ref="D60:D61"/>
     <mergeCell ref="E60:E61"/>
     <mergeCell ref="F51:F52"/>
     <mergeCell ref="I51:I52"/>
     <mergeCell ref="J51:J52"/>
     <mergeCell ref="A53:A54"/>
     <mergeCell ref="B53:B54"/>
     <mergeCell ref="C53:C54"/>
     <mergeCell ref="D53:D54"/>
     <mergeCell ref="E53:E54"/>
     <mergeCell ref="F53:F54"/>
@@ -14501,12671 +14218,13038 @@
     <mergeCell ref="A12:F12"/>
     <mergeCell ref="A9:F9"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="A6:F6"/>
     <mergeCell ref="A13:F13"/>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A8:F8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4941C05F-AD4F-48EA-B0A7-31677003BC46}">
   <sheetPr>
     <tabColor rgb="FFFFCCFF"/>
   </sheetPr>
-  <dimension ref="A1:O146"/>
+  <dimension ref="A1:Q146"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="D1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="11.5546875" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="10.5703125" style="275" customWidth="1"/>
+    <col min="1" max="2" width="10.77734375" style="275" customWidth="1"/>
     <col min="3" max="3" width="8" style="276" customWidth="1"/>
-    <col min="4" max="4" width="9.5703125" style="277" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="16" max="16384" width="11.5703125" style="241"/>
+    <col min="4" max="4" width="9.77734375" style="277" customWidth="1"/>
+    <col min="5" max="5" width="27.77734375" style="241" customWidth="1"/>
+    <col min="6" max="6" width="16.5546875" style="241" customWidth="1"/>
+    <col min="7" max="7" width="25.77734375" style="278" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" style="281" customWidth="1"/>
+    <col min="9" max="9" width="35.44140625" style="282" customWidth="1"/>
+    <col min="10" max="10" width="10.77734375" style="281" customWidth="1"/>
+    <col min="11" max="11" width="33.5546875" style="254" customWidth="1"/>
+    <col min="12" max="12" width="11.77734375" style="241" customWidth="1"/>
+    <col min="13" max="13" width="34.77734375" style="173" customWidth="1"/>
+    <col min="14" max="14" width="11.77734375" style="275" customWidth="1"/>
+    <col min="15" max="15" width="34.77734375" style="241" customWidth="1"/>
+    <col min="16" max="16384" width="11.5546875" style="241"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" s="233" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="421" t="s">
+    <row r="1" spans="1:15" s="233" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="482" t="s">
+        <v>136</v>
+      </c>
+      <c r="B1" s="483"/>
+      <c r="C1" s="486" t="s">
+        <v>1499</v>
+      </c>
+      <c r="D1" s="487"/>
+      <c r="E1" s="487"/>
+      <c r="F1" s="487"/>
+      <c r="G1" s="487"/>
+      <c r="H1" s="487"/>
+      <c r="I1" s="487"/>
+      <c r="J1" s="487"/>
+      <c r="K1" s="487"/>
+      <c r="L1" s="487"/>
+      <c r="M1" s="487"/>
+      <c r="N1" s="487"/>
+      <c r="O1" s="487"/>
+    </row>
+    <row r="2" spans="1:15" s="233" customFormat="1" ht="55.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="484"/>
+      <c r="B2" s="485"/>
+      <c r="C2" s="488" t="s">
         <v>137</v>
       </c>
-      <c r="B1" s="422"/>
-[...19 lines deleted...]
-      <c r="C2" s="427" t="s">
+      <c r="D2" s="489"/>
+      <c r="E2" s="489"/>
+      <c r="F2" s="489"/>
+      <c r="G2" s="490"/>
+      <c r="H2" s="488" t="s">
         <v>138</v>
       </c>
-      <c r="D2" s="428"/>
-[...3 lines deleted...]
-      <c r="H2" s="427" t="s">
+      <c r="I2" s="489"/>
+      <c r="J2" s="490"/>
+      <c r="K2" s="234" t="s">
         <v>139</v>
       </c>
-      <c r="I2" s="428"/>
-[...1 lines deleted...]
-      <c r="K2" s="234" t="s">
+      <c r="L2" s="491" t="s">
+        <v>100</v>
+      </c>
+      <c r="M2" s="492"/>
+      <c r="N2" s="493" t="s">
+        <v>101</v>
+      </c>
+      <c r="O2" s="494"/>
+    </row>
+    <row r="3" spans="1:15" s="240" customFormat="1" ht="41.4" x14ac:dyDescent="0.3">
+      <c r="A3" s="419" t="s">
+        <v>1492</v>
+      </c>
+      <c r="B3" s="235" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" s="285" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="285" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" s="286" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" s="287" t="s">
         <v>140</v>
       </c>
-      <c r="L2" s="430" t="s">
-[...24 lines deleted...]
-      <c r="F3" s="287" t="s">
+      <c r="G3" s="286" t="s">
         <v>141</v>
       </c>
-      <c r="G3" s="286" t="s">
+      <c r="H3" s="286" t="s">
         <v>142</v>
       </c>
-      <c r="H3" s="286" t="s">
+      <c r="I3" s="179" t="s">
         <v>143</v>
       </c>
-      <c r="I3" s="179" t="s">
+      <c r="J3" s="179" t="s">
         <v>144</v>
       </c>
-      <c r="J3" s="179" t="s">
+      <c r="K3" s="236" t="s">
         <v>145</v>
       </c>
-      <c r="K3" s="236" t="s">
+      <c r="L3" s="237" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" s="238" t="s">
+        <v>108</v>
+      </c>
+      <c r="N3" s="239" t="s">
+        <v>107</v>
+      </c>
+      <c r="O3" s="239" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" s="45" customFormat="1" ht="84" x14ac:dyDescent="0.3">
+      <c r="A4" s="339">
+        <v>4</v>
+      </c>
+      <c r="B4" s="121">
+        <v>1</v>
+      </c>
+      <c r="C4" s="339">
+        <v>10.337999999999999</v>
+      </c>
+      <c r="D4" s="339" t="s">
         <v>146</v>
       </c>
-      <c r="L3" s="237" t="s">
-[...22 lines deleted...]
-      <c r="D4" s="403" t="s">
+      <c r="E4" s="51" t="s">
         <v>147</v>
       </c>
-      <c r="E4" s="406" t="s">
+      <c r="F4" s="342" t="s">
         <v>148</v>
       </c>
-      <c r="F4" s="406" t="s">
+      <c r="G4" s="475" t="s">
         <v>149</v>
       </c>
-      <c r="G4" s="406" t="s">
+      <c r="H4" s="473" t="s">
         <v>150</v>
       </c>
-      <c r="H4" s="403" t="s">
+      <c r="I4" s="495" t="s">
         <v>151</v>
       </c>
-      <c r="I4" s="434" t="s">
+      <c r="J4" s="473" t="s">
         <v>152</v>
       </c>
-      <c r="J4" s="403" t="s">
+      <c r="K4" s="497" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="L4" s="46">
         <v>3845</v>
       </c>
       <c r="M4" s="305" t="s">
-        <v>1407</v>
+        <v>1421</v>
       </c>
       <c r="N4" s="47" t="s">
-        <v>1367</v>
-[...16 lines deleted...]
-      <c r="K5" s="437"/>
+        <v>1380</v>
+      </c>
+      <c r="O4" s="53" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" s="45" customFormat="1" ht="36" x14ac:dyDescent="0.3">
+      <c r="A5" s="348">
+        <v>4</v>
+      </c>
+      <c r="B5" s="347">
+        <v>1</v>
+      </c>
+      <c r="C5" s="345">
+        <v>10.337999999999999</v>
+      </c>
+      <c r="D5" s="345" t="s">
+        <v>146</v>
+      </c>
+      <c r="E5" s="362" t="s">
+        <v>147</v>
+      </c>
+      <c r="F5" s="348" t="s">
+        <v>148</v>
+      </c>
+      <c r="G5" s="476"/>
+      <c r="H5" s="474"/>
+      <c r="I5" s="496"/>
+      <c r="J5" s="474"/>
+      <c r="K5" s="498"/>
       <c r="L5" s="59">
         <v>3846</v>
       </c>
       <c r="M5" s="306" t="s">
-        <v>1390</v>
+        <v>1404</v>
       </c>
       <c r="N5" s="47" t="s">
-        <v>1369</v>
+        <v>1382</v>
       </c>
       <c r="O5" s="49" t="s">
-        <v>1356</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:15" s="45" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" s="45" customFormat="1" ht="84" x14ac:dyDescent="0.3">
       <c r="A6" s="47">
         <v>4</v>
       </c>
       <c r="B6" s="46">
         <v>2.1</v>
       </c>
-      <c r="C6" s="408">
+      <c r="C6" s="339">
         <v>10.337</v>
       </c>
-      <c r="D6" s="408" t="s">
+      <c r="D6" s="339" t="s">
+        <v>146</v>
+      </c>
+      <c r="E6" s="342" t="s">
         <v>147</v>
       </c>
-      <c r="E6" s="414" t="s">
-[...2 lines deleted...]
-      <c r="F6" s="414" t="s">
+      <c r="F6" s="342" t="s">
+        <v>154</v>
+      </c>
+      <c r="G6" s="511"/>
+      <c r="H6" s="502" t="s">
+        <v>150</v>
+      </c>
+      <c r="I6" s="503" t="s">
         <v>155</v>
       </c>
-      <c r="G6" s="443"/>
-[...3 lines deleted...]
-      <c r="I6" s="409" t="s">
+      <c r="J6" s="502" t="s">
         <v>156</v>
       </c>
-      <c r="J6" s="408" t="s">
+      <c r="K6" s="148" t="s">
         <v>157</v>
       </c>
-      <c r="K6" s="148" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="399">
+      <c r="L6" s="480">
         <v>3845</v>
       </c>
-      <c r="M6" s="401" t="s">
-        <v>1407</v>
+      <c r="M6" s="499" t="s">
+        <v>1421</v>
       </c>
       <c r="N6" s="47" t="s">
-        <v>1370</v>
+        <v>1383</v>
       </c>
       <c r="O6" s="48" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:15" s="45" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" s="45" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A7" s="47">
         <v>4</v>
       </c>
       <c r="B7" s="46">
         <v>2.2000000000000002</v>
       </c>
-      <c r="C7" s="413"/>
-[...6 lines deleted...]
-      <c r="J7" s="408"/>
+      <c r="C7" s="345">
+        <v>10.337</v>
+      </c>
+      <c r="D7" s="345" t="s">
+        <v>146</v>
+      </c>
+      <c r="E7" s="363" t="s">
+        <v>147</v>
+      </c>
+      <c r="F7" s="348" t="s">
+        <v>154</v>
+      </c>
+      <c r="G7" s="511"/>
+      <c r="H7" s="502"/>
+      <c r="I7" s="503"/>
+      <c r="J7" s="502"/>
       <c r="K7" s="148" t="s">
+        <v>158</v>
+      </c>
+      <c r="L7" s="481"/>
+      <c r="M7" s="500"/>
+      <c r="N7" s="46" t="s">
         <v>159</v>
       </c>
-      <c r="L7" s="416"/>
-[...1 lines deleted...]
-      <c r="N7" s="46" t="s">
+      <c r="O7" s="48" t="s">
         <v>160</v>
       </c>
-      <c r="O7" s="48" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:15" s="45" customFormat="1" ht="96" x14ac:dyDescent="0.25">
+    </row>
+    <row r="8" spans="1:15" s="45" customFormat="1" ht="96" x14ac:dyDescent="0.3">
       <c r="A8" s="47">
         <v>4</v>
       </c>
       <c r="B8" s="46">
         <v>72</v>
       </c>
-      <c r="C8" s="312" t="s">
+      <c r="C8" s="311" t="s">
+        <v>161</v>
+      </c>
+      <c r="D8" s="311" t="s">
+        <v>146</v>
+      </c>
+      <c r="E8" s="304" t="s">
         <v>162</v>
       </c>
-      <c r="D8" s="312" t="s">
-[...2 lines deleted...]
-      <c r="E8" s="304" t="s">
+      <c r="F8" s="51" t="s">
         <v>163</v>
       </c>
-      <c r="F8" s="51" t="s">
+      <c r="G8" s="51" t="s">
         <v>164</v>
       </c>
-      <c r="G8" s="51" t="s">
+      <c r="H8" s="121" t="s">
+        <v>150</v>
+      </c>
+      <c r="I8" s="312" t="s">
         <v>165</v>
       </c>
-      <c r="H8" s="121" t="s">
-[...2 lines deleted...]
-      <c r="I8" s="313" t="s">
+      <c r="J8" s="313" t="s">
+        <v>152</v>
+      </c>
+      <c r="K8" s="48" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
       <c r="L8" s="47">
         <v>3849</v>
       </c>
       <c r="M8" s="307" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="N8" s="47" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="O8" s="48" t="s">
-        <v>1414</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="9" spans="1:15" ht="96" x14ac:dyDescent="0.3">
       <c r="A9" s="47">
         <v>4</v>
       </c>
       <c r="B9" s="46">
         <v>3</v>
       </c>
       <c r="C9" s="50">
         <v>16.010999999999999</v>
       </c>
       <c r="D9" s="50" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E9" s="49" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="F9" s="49" t="s">
+        <v>168</v>
+      </c>
+      <c r="G9" s="49" t="s">
         <v>169</v>
       </c>
-      <c r="G9" s="49" t="s">
+      <c r="H9" s="47" t="s">
+        <v>150</v>
+      </c>
+      <c r="I9" s="63" t="s">
         <v>170</v>
       </c>
-      <c r="H9" s="47" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="63" t="s">
+      <c r="J9" s="47" t="s">
         <v>171</v>
       </c>
-      <c r="J9" s="47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" s="148" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L9" s="46">
         <v>3844</v>
       </c>
       <c r="M9" s="307" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="N9" s="47" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="O9" s="48" t="s">
-        <v>1372</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="10" spans="1:15" ht="96" x14ac:dyDescent="0.3">
       <c r="A10" s="47">
         <v>4</v>
       </c>
       <c r="B10" s="46">
         <v>4.0999999999999996</v>
       </c>
-      <c r="C10" s="408">
+      <c r="C10" s="339">
         <v>10.343</v>
       </c>
-      <c r="D10" s="408" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="414" t="s">
+      <c r="D10" s="339" t="s">
+        <v>146</v>
+      </c>
+      <c r="E10" s="342" t="s">
+        <v>173</v>
+      </c>
+      <c r="F10" s="342" t="s">
         <v>174</v>
       </c>
-      <c r="F10" s="414" t="s">
+      <c r="G10" s="512"/>
+      <c r="H10" s="502" t="s">
+        <v>150</v>
+      </c>
+      <c r="I10" s="503" t="s">
+        <v>170</v>
+      </c>
+      <c r="J10" s="502" t="s">
         <v>175</v>
       </c>
-      <c r="G10" s="415"/>
-[...6 lines deleted...]
-      <c r="J10" s="408" t="s">
+      <c r="K10" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="L10" s="480">
+        <v>3847</v>
+      </c>
+      <c r="M10" s="499" t="s">
         <v>176</v>
       </c>
-      <c r="K10" s="48" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N10" s="47" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="O10" s="48" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="11" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A11" s="47">
         <v>4</v>
       </c>
       <c r="B11" s="46">
         <v>4.2</v>
       </c>
-      <c r="C11" s="413"/>
-[...6 lines deleted...]
-      <c r="J11" s="408"/>
+      <c r="C11" s="345">
+        <v>10.343</v>
+      </c>
+      <c r="D11" s="345" t="s">
+        <v>146</v>
+      </c>
+      <c r="E11" s="363" t="s">
+        <v>173</v>
+      </c>
+      <c r="F11" s="348" t="s">
+        <v>174</v>
+      </c>
+      <c r="G11" s="512"/>
+      <c r="H11" s="502"/>
+      <c r="I11" s="503"/>
+      <c r="J11" s="502"/>
       <c r="K11" s="48" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M11" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L11" s="481"/>
+      <c r="M11" s="500"/>
       <c r="N11" s="47" t="s">
-        <v>1375</v>
+        <v>1388</v>
       </c>
       <c r="O11" s="48" t="s">
-        <v>1374</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:15" ht="84" x14ac:dyDescent="0.25">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="12" spans="1:15" ht="72" x14ac:dyDescent="0.3">
       <c r="A12" s="47">
         <v>4</v>
       </c>
       <c r="B12" s="46">
         <v>5</v>
       </c>
       <c r="C12" s="47">
         <v>10.334</v>
       </c>
       <c r="D12" s="47" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="E12" s="169" t="s">
+        <v>177</v>
+      </c>
+      <c r="F12" s="169" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="G12" s="169"/>
       <c r="H12" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I12" s="63" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="J12" s="47" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="K12" s="148" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="L12" s="46">
         <v>3848</v>
       </c>
       <c r="M12" s="307" t="s">
+        <v>180</v>
+      </c>
+      <c r="N12" s="47" t="s">
+        <v>1389</v>
+      </c>
+      <c r="O12" s="48" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="13" spans="1:15" ht="72" x14ac:dyDescent="0.3">
+      <c r="A13" s="339">
+        <v>4</v>
+      </c>
+      <c r="B13" s="121">
+        <v>6.1</v>
+      </c>
+      <c r="C13" s="339">
+        <v>4.0380000000000003</v>
+      </c>
+      <c r="D13" s="339" t="s">
         <v>181</v>
       </c>
-      <c r="N12" s="47" t="s">
+      <c r="E13" s="349" t="s">
+        <v>182</v>
+      </c>
+      <c r="F13" s="51" t="s">
+        <v>183</v>
+      </c>
+      <c r="G13" s="495"/>
+      <c r="H13" s="505" t="s">
+        <v>150</v>
+      </c>
+      <c r="I13" s="508" t="s">
+        <v>184</v>
+      </c>
+      <c r="J13" s="475" t="s">
+        <v>185</v>
+      </c>
+      <c r="K13" s="475" t="s">
+        <v>157</v>
+      </c>
+      <c r="L13" s="480">
+        <v>4674</v>
+      </c>
+      <c r="M13" s="475" t="s">
         <v>1376</v>
       </c>
-      <c r="O12" s="48" t="s">
-[...4 lines deleted...]
-      <c r="A13" s="403">
+      <c r="N13" s="47" t="s">
+        <v>1391</v>
+      </c>
+      <c r="O13" s="49" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="14" spans="1:15" ht="36" x14ac:dyDescent="0.3">
+      <c r="A14" s="345">
         <v>4</v>
       </c>
-      <c r="B13" s="399">
+      <c r="B14" s="347">
         <v>6.1</v>
       </c>
-      <c r="C13" s="403">
+      <c r="C14" s="346">
         <v>4.0380000000000003</v>
       </c>
-      <c r="D13" s="403" t="s">
+      <c r="D14" s="346" t="s">
+        <v>181</v>
+      </c>
+      <c r="E14" s="364" t="s">
         <v>182</v>
       </c>
-      <c r="E13" s="439" t="s">
+      <c r="F14" s="344" t="s">
         <v>183</v>
       </c>
-      <c r="F13" s="403" t="s">
-[...24 lines deleted...]
-      <c r="O13" s="49" t="s">
+      <c r="G14" s="504"/>
+      <c r="H14" s="506"/>
+      <c r="I14" s="509"/>
+      <c r="J14" s="501"/>
+      <c r="K14" s="476"/>
+      <c r="L14" s="481"/>
+      <c r="M14" s="476"/>
+      <c r="N14" s="47" t="s">
+        <v>1392</v>
+      </c>
+      <c r="O14" s="49" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-[...20 lines deleted...]
-    <row r="15" spans="1:15" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A15" s="47">
         <v>4</v>
       </c>
       <c r="B15" s="46">
         <v>6.2</v>
       </c>
-      <c r="C15" s="405"/>
-[...6 lines deleted...]
-      <c r="J15" s="405"/>
+      <c r="C15" s="345">
+        <v>4.0380000000000003</v>
+      </c>
+      <c r="D15" s="345" t="s">
+        <v>181</v>
+      </c>
+      <c r="E15" s="363" t="s">
+        <v>182</v>
+      </c>
+      <c r="F15" s="343" t="s">
+        <v>183</v>
+      </c>
+      <c r="G15" s="496"/>
+      <c r="H15" s="507"/>
+      <c r="I15" s="510"/>
+      <c r="J15" s="476"/>
       <c r="K15" s="48" t="s">
-        <v>1392</v>
+        <v>1406</v>
       </c>
       <c r="L15" s="46">
         <v>4675</v>
       </c>
       <c r="M15" s="305" t="s">
+        <v>188</v>
+      </c>
+      <c r="N15" s="47" t="s">
+        <v>1393</v>
+      </c>
+      <c r="O15" s="49" t="s">
         <v>189</v>
       </c>
-      <c r="N15" s="47" t="s">
-[...6 lines deleted...]
-    <row r="16" spans="1:15" ht="60" x14ac:dyDescent="0.25">
+    </row>
+    <row r="16" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A16" s="47">
         <v>4</v>
       </c>
       <c r="B16" s="46">
         <v>7</v>
       </c>
       <c r="C16" s="242">
         <v>2.0009999999999999</v>
       </c>
       <c r="D16" s="242" t="s">
+        <v>193</v>
+      </c>
+      <c r="E16" s="243" t="s">
         <v>194</v>
       </c>
-      <c r="E16" s="243" t="s">
+      <c r="F16" s="243" t="s">
+        <v>190</v>
+      </c>
+      <c r="G16" s="244" t="s">
         <v>195</v>
       </c>
-      <c r="F16" s="243" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="244" t="s">
+      <c r="H16" s="242" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="I16" s="245"/>
       <c r="J16" s="242" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K16" s="244" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="L16" s="46">
         <v>3800</v>
       </c>
       <c r="M16" s="307" t="s">
+        <v>198</v>
+      </c>
+      <c r="N16" s="47" t="s">
         <v>199</v>
       </c>
-      <c r="N16" s="47" t="s">
+      <c r="O16" s="48" t="s">
         <v>200</v>
       </c>
-      <c r="O16" s="48" t="s">
-[...3 lines deleted...]
-    <row r="17" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+    </row>
+    <row r="17" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A17" s="47">
         <v>4</v>
       </c>
       <c r="B17" s="46">
         <v>8.1</v>
       </c>
-      <c r="C17" s="411">
+      <c r="C17" s="351">
         <v>2.0089999999999999</v>
       </c>
-      <c r="D17" s="411" t="s">
+      <c r="D17" s="351" t="s">
+        <v>201</v>
+      </c>
+      <c r="E17" s="353" t="s">
         <v>202</v>
       </c>
-      <c r="E17" s="412" t="s">
+      <c r="F17" s="353" t="s">
         <v>203</v>
       </c>
-      <c r="F17" s="412" t="s">
+      <c r="G17" s="477"/>
+      <c r="H17" s="478" t="s">
+        <v>150</v>
+      </c>
+      <c r="I17" s="479" t="s">
         <v>204</v>
       </c>
-      <c r="G17" s="417"/>
-[...3 lines deleted...]
-      <c r="I17" s="419" t="s">
+      <c r="J17" s="478" t="s">
+        <v>175</v>
+      </c>
+      <c r="K17" s="245" t="s">
+        <v>157</v>
+      </c>
+      <c r="L17" s="480">
+        <v>3801</v>
+      </c>
+      <c r="M17" s="499" t="s">
+        <v>1476</v>
+      </c>
+      <c r="N17" s="473" t="s">
         <v>205</v>
       </c>
-      <c r="J17" s="418" t="s">
-[...11 lines deleted...]
-      <c r="N17" s="47" t="s">
+      <c r="O17" s="475" t="s">
         <v>206</v>
       </c>
-      <c r="O17" s="48" t="s">
-[...3 lines deleted...]
-    <row r="18" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="18" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A18" s="47">
         <v>4</v>
       </c>
       <c r="B18" s="46">
         <v>8.1999999999999993</v>
       </c>
-      <c r="C18" s="411"/>
-[...6 lines deleted...]
-      <c r="J18" s="418"/>
+      <c r="C18" s="350">
+        <v>2.0089999999999999</v>
+      </c>
+      <c r="D18" s="350" t="s">
+        <v>201</v>
+      </c>
+      <c r="E18" s="358" t="s">
+        <v>202</v>
+      </c>
+      <c r="F18" s="352" t="s">
+        <v>203</v>
+      </c>
+      <c r="G18" s="477"/>
+      <c r="H18" s="478"/>
+      <c r="I18" s="479"/>
+      <c r="J18" s="478"/>
       <c r="K18" s="245" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="19" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L18" s="481"/>
+      <c r="M18" s="500"/>
+      <c r="N18" s="474"/>
+      <c r="O18" s="476"/>
+    </row>
+    <row r="19" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A19" s="47">
         <v>4</v>
       </c>
       <c r="B19" s="46">
         <v>9.1</v>
       </c>
-      <c r="C19" s="411">
+      <c r="C19" s="351">
         <v>2.0099999999999998</v>
       </c>
-      <c r="D19" s="411" t="s">
+      <c r="D19" s="351" t="s">
+        <v>201</v>
+      </c>
+      <c r="E19" s="353" t="s">
         <v>202</v>
       </c>
-      <c r="E19" s="412" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="412" t="s">
+      <c r="F19" s="353" t="s">
+        <v>207</v>
+      </c>
+      <c r="G19" s="513"/>
+      <c r="H19" s="478" t="s">
+        <v>150</v>
+      </c>
+      <c r="I19" s="479" t="s">
         <v>208</v>
       </c>
-      <c r="G19" s="444"/>
-[...3 lines deleted...]
-      <c r="I19" s="419" t="s">
+      <c r="J19" s="515" t="s">
+        <v>175</v>
+      </c>
+      <c r="K19" s="245" t="s">
+        <v>157</v>
+      </c>
+      <c r="L19" s="480">
+        <v>3802</v>
+      </c>
+      <c r="M19" s="499" t="s">
+        <v>1503</v>
+      </c>
+      <c r="N19" s="473" t="s">
         <v>209</v>
       </c>
-      <c r="J19" s="438" t="s">
-[...11 lines deleted...]
-      <c r="N19" s="47" t="s">
+      <c r="O19" s="475" t="s">
         <v>210</v>
       </c>
-      <c r="O19" s="48" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A20" s="47">
         <v>4</v>
       </c>
       <c r="B20" s="46">
         <v>9.1999999999999993</v>
       </c>
-      <c r="C20" s="411"/>
-[...6 lines deleted...]
-      <c r="J20" s="438"/>
+      <c r="C20" s="350">
+        <v>2.0099999999999998</v>
+      </c>
+      <c r="D20" s="350" t="s">
+        <v>201</v>
+      </c>
+      <c r="E20" s="358" t="s">
+        <v>202</v>
+      </c>
+      <c r="F20" s="352" t="s">
+        <v>207</v>
+      </c>
+      <c r="G20" s="514"/>
+      <c r="H20" s="478"/>
+      <c r="I20" s="479"/>
+      <c r="J20" s="515"/>
       <c r="K20" s="245" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="21" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L20" s="481"/>
+      <c r="M20" s="500"/>
+      <c r="N20" s="474"/>
+      <c r="O20" s="476"/>
+    </row>
+    <row r="21" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A21" s="47">
         <v>4</v>
       </c>
       <c r="B21" s="46">
         <v>10.1</v>
       </c>
-      <c r="C21" s="418">
+      <c r="C21" s="355">
         <v>2.0129999999999999</v>
       </c>
-      <c r="D21" s="418" t="s">
+      <c r="D21" s="355" t="s">
+        <v>211</v>
+      </c>
+      <c r="E21" s="353" t="s">
         <v>212</v>
       </c>
-      <c r="E21" s="412" t="s">
+      <c r="F21" s="353" t="s">
+        <v>174</v>
+      </c>
+      <c r="G21" s="477"/>
+      <c r="H21" s="478" t="s">
+        <v>150</v>
+      </c>
+      <c r="I21" s="479" t="s">
         <v>213</v>
       </c>
-      <c r="F21" s="412" t="s">
+      <c r="J21" s="478" t="s">
         <v>175</v>
       </c>
-      <c r="G21" s="417"/>
-[...3 lines deleted...]
-      <c r="I21" s="419" t="s">
+      <c r="K21" s="245" t="s">
+        <v>157</v>
+      </c>
+      <c r="L21" s="473">
+        <v>3802</v>
+      </c>
+      <c r="M21" s="499" t="s">
+        <v>1503</v>
+      </c>
+      <c r="N21" s="473" t="s">
         <v>214</v>
       </c>
-      <c r="J21" s="418" t="s">
-[...11 lines deleted...]
-      <c r="N21" s="47" t="s">
+      <c r="O21" s="475" t="s">
         <v>215</v>
       </c>
-      <c r="O21" s="48" t="s">
-[...3 lines deleted...]
-    <row r="22" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="22" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A22" s="47">
         <v>4</v>
       </c>
       <c r="B22" s="46">
         <v>10.199999999999999</v>
       </c>
-      <c r="C22" s="411"/>
-[...6 lines deleted...]
-      <c r="J22" s="418"/>
+      <c r="C22" s="354">
+        <v>2.0129999999999999</v>
+      </c>
+      <c r="D22" s="354" t="s">
+        <v>211</v>
+      </c>
+      <c r="E22" s="358" t="s">
+        <v>212</v>
+      </c>
+      <c r="F22" s="352" t="s">
+        <v>174</v>
+      </c>
+      <c r="G22" s="477"/>
+      <c r="H22" s="478"/>
+      <c r="I22" s="479"/>
+      <c r="J22" s="478"/>
       <c r="K22" s="245" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="23" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L22" s="481"/>
+      <c r="M22" s="500"/>
+      <c r="N22" s="474"/>
+      <c r="O22" s="476"/>
+    </row>
+    <row r="23" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A23" s="47">
         <v>4</v>
       </c>
       <c r="B23" s="46">
         <v>11.1</v>
       </c>
-      <c r="C23" s="418">
+      <c r="C23" s="355">
         <v>2.0030000000000001</v>
       </c>
-      <c r="D23" s="418" t="s">
+      <c r="D23" s="355" t="s">
+        <v>216</v>
+      </c>
+      <c r="E23" s="353" t="s">
         <v>217</v>
       </c>
-      <c r="E23" s="412" t="s">
+      <c r="F23" s="353" t="s">
         <v>218</v>
       </c>
-      <c r="F23" s="412" t="s">
+      <c r="G23" s="477"/>
+      <c r="H23" s="478" t="s">
+        <v>196</v>
+      </c>
+      <c r="I23" s="479"/>
+      <c r="J23" s="478" t="s">
+        <v>175</v>
+      </c>
+      <c r="K23" s="245" t="s">
         <v>219</v>
       </c>
-      <c r="G23" s="417"/>
-[...7 lines deleted...]
-      <c r="K23" s="245" t="s">
+      <c r="L23" s="101">
+        <v>3804</v>
+      </c>
+      <c r="M23" s="308" t="s">
+        <v>1478</v>
+      </c>
+      <c r="N23" s="473" t="s">
         <v>220</v>
       </c>
-      <c r="L23" s="342">
-[...5 lines deleted...]
-      <c r="N23" s="47" t="s">
+      <c r="O23" s="475" t="s">
         <v>221</v>
       </c>
-      <c r="O23" s="48" t="s">
-[...3 lines deleted...]
-    <row r="24" spans="1:15" ht="60" x14ac:dyDescent="0.25">
+    </row>
+    <row r="24" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A24" s="47">
         <v>4</v>
       </c>
       <c r="B24" s="46">
         <v>11.2</v>
       </c>
-      <c r="C24" s="411"/>
-[...6 lines deleted...]
-      <c r="J24" s="418"/>
+      <c r="C24" s="354">
+        <v>2.0030000000000001</v>
+      </c>
+      <c r="D24" s="354" t="s">
+        <v>216</v>
+      </c>
+      <c r="E24" s="358" t="s">
+        <v>217</v>
+      </c>
+      <c r="F24" s="352" t="s">
+        <v>218</v>
+      </c>
+      <c r="G24" s="477"/>
+      <c r="H24" s="478"/>
+      <c r="I24" s="479"/>
+      <c r="J24" s="478"/>
       <c r="K24" s="245" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="L24" s="341">
+        <v>158</v>
+      </c>
+      <c r="L24" s="121">
         <v>3805</v>
       </c>
-      <c r="M24" s="333" t="s">
-[...5 lines deleted...]
-    <row r="25" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+      <c r="M24" s="308" t="s">
+        <v>1477</v>
+      </c>
+      <c r="N24" s="474"/>
+      <c r="O24" s="476"/>
+    </row>
+    <row r="25" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A25" s="47">
         <v>4</v>
       </c>
       <c r="B25" s="46">
         <v>12.1</v>
       </c>
-      <c r="C25" s="418">
+      <c r="C25" s="355">
         <v>2.0049999999999999</v>
       </c>
-      <c r="D25" s="418" t="s">
+      <c r="D25" s="355" t="s">
+        <v>216</v>
+      </c>
+      <c r="E25" s="353" t="s">
         <v>217</v>
       </c>
-      <c r="E25" s="412" t="s">
-[...2 lines deleted...]
-      <c r="F25" s="412" t="s">
+      <c r="F25" s="353" t="s">
+        <v>222</v>
+      </c>
+      <c r="G25" s="477"/>
+      <c r="H25" s="478" t="s">
+        <v>196</v>
+      </c>
+      <c r="I25" s="516"/>
+      <c r="J25" s="478" t="s">
         <v>223</v>
       </c>
-      <c r="G25" s="417"/>
-[...4 lines deleted...]
-      <c r="J25" s="418" t="s">
+      <c r="K25" s="245" t="s">
+        <v>219</v>
+      </c>
+      <c r="L25" s="480">
+        <v>3806</v>
+      </c>
+      <c r="M25" s="499" t="s">
+        <v>1479</v>
+      </c>
+      <c r="N25" s="473" t="s">
         <v>224</v>
       </c>
-      <c r="K25" s="245" t="s">
-[...8 lines deleted...]
-      <c r="N25" s="47" t="s">
+      <c r="O25" s="475" t="s">
         <v>225</v>
       </c>
-      <c r="O25" s="48" t="s">
-[...3 lines deleted...]
-    <row r="26" spans="1:15" x14ac:dyDescent="0.25">
+    </row>
+    <row r="26" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A26" s="47">
         <v>4</v>
       </c>
       <c r="B26" s="46">
         <v>12.2</v>
       </c>
-      <c r="C26" s="411"/>
-[...6 lines deleted...]
-      <c r="J26" s="418"/>
+      <c r="C26" s="354">
+        <v>2.0049999999999999</v>
+      </c>
+      <c r="D26" s="354" t="s">
+        <v>216</v>
+      </c>
+      <c r="E26" s="358" t="s">
+        <v>217</v>
+      </c>
+      <c r="F26" s="352" t="s">
+        <v>222</v>
+      </c>
+      <c r="G26" s="477"/>
+      <c r="H26" s="478"/>
+      <c r="I26" s="516"/>
+      <c r="J26" s="478"/>
       <c r="K26" s="245" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="27" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L26" s="481"/>
+      <c r="M26" s="500"/>
+      <c r="N26" s="474"/>
+      <c r="O26" s="476"/>
+    </row>
+    <row r="27" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A27" s="47">
         <v>4</v>
       </c>
       <c r="B27" s="46">
         <v>13.1</v>
       </c>
-      <c r="C27" s="411">
+      <c r="C27" s="351">
         <v>2.008</v>
       </c>
-      <c r="D27" s="411" t="s">
+      <c r="D27" s="351" t="s">
+        <v>216</v>
+      </c>
+      <c r="E27" s="353" t="s">
         <v>217</v>
       </c>
-      <c r="E27" s="412" t="s">
-[...2 lines deleted...]
-      <c r="F27" s="447" t="s">
+      <c r="F27" s="357" t="s">
+        <v>226</v>
+      </c>
+      <c r="G27" s="477"/>
+      <c r="H27" s="478" t="s">
+        <v>196</v>
+      </c>
+      <c r="I27" s="479"/>
+      <c r="J27" s="478" t="s">
         <v>227</v>
       </c>
-      <c r="G27" s="417"/>
-[...4 lines deleted...]
-      <c r="J27" s="418" t="s">
+      <c r="K27" s="245" t="s">
         <v>228</v>
       </c>
-      <c r="K27" s="245" t="s">
+      <c r="L27" s="480">
+        <v>3807</v>
+      </c>
+      <c r="M27" s="499" t="s">
+        <v>1480</v>
+      </c>
+      <c r="N27" s="47" t="s">
         <v>229</v>
       </c>
-      <c r="L27" s="420">
-[...5 lines deleted...]
-      <c r="N27" s="47" t="s">
+      <c r="O27" s="48" t="s">
         <v>230</v>
       </c>
-      <c r="O27" s="48" t="s">
-[...3 lines deleted...]
-    <row r="28" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="28" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A28" s="47">
         <v>4</v>
       </c>
       <c r="B28" s="46">
         <v>13.2</v>
       </c>
-      <c r="C28" s="411"/>
-[...6 lines deleted...]
-      <c r="J28" s="418"/>
+      <c r="C28" s="356">
+        <v>2.008</v>
+      </c>
+      <c r="D28" s="356" t="s">
+        <v>216</v>
+      </c>
+      <c r="E28" s="359" t="s">
+        <v>217</v>
+      </c>
+      <c r="F28" s="359" t="s">
+        <v>226</v>
+      </c>
+      <c r="G28" s="477"/>
+      <c r="H28" s="478"/>
+      <c r="I28" s="479"/>
+      <c r="J28" s="478"/>
       <c r="K28" s="245" t="s">
         <v>231</v>
       </c>
-      <c r="L28" s="416"/>
-      <c r="M28" s="398"/>
+      <c r="L28" s="481"/>
+      <c r="M28" s="500"/>
       <c r="N28" s="47" t="s">
+        <v>229</v>
+      </c>
+      <c r="O28" s="48" t="s">
         <v>230</v>
       </c>
-      <c r="O28" s="48" t="s">
-[...3 lines deleted...]
-    <row r="29" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+    </row>
+    <row r="29" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A29" s="47">
         <v>4</v>
       </c>
       <c r="B29" s="46">
         <v>13.3</v>
       </c>
-      <c r="C29" s="411"/>
-[...6 lines deleted...]
-      <c r="J29" s="418"/>
+      <c r="C29" s="350">
+        <v>2.008</v>
+      </c>
+      <c r="D29" s="350" t="s">
+        <v>216</v>
+      </c>
+      <c r="E29" s="358" t="s">
+        <v>217</v>
+      </c>
+      <c r="F29" s="358" t="s">
+        <v>226</v>
+      </c>
+      <c r="G29" s="477"/>
+      <c r="H29" s="478"/>
+      <c r="I29" s="479"/>
+      <c r="J29" s="478"/>
       <c r="K29" s="245" t="s">
         <v>232</v>
       </c>
-      <c r="L29" s="343">
+      <c r="L29" s="46">
         <v>3808</v>
       </c>
-      <c r="M29" s="334" t="s">
-        <v>1431</v>
+      <c r="M29" s="307" t="s">
+        <v>1481</v>
       </c>
       <c r="N29" s="47" t="s">
         <v>233</v>
       </c>
       <c r="O29" s="48" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="30" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A30" s="47">
         <v>4</v>
       </c>
       <c r="B30" s="46">
         <v>14.1</v>
       </c>
-      <c r="C30" s="418">
+      <c r="C30" s="355">
         <v>2.0070000000000001</v>
       </c>
-      <c r="D30" s="418" t="s">
+      <c r="D30" s="355" t="s">
+        <v>216</v>
+      </c>
+      <c r="E30" s="353" t="s">
         <v>217</v>
       </c>
-      <c r="E30" s="412" t="s">
-[...2 lines deleted...]
-      <c r="F30" s="412" t="s">
+      <c r="F30" s="353" t="s">
         <v>235</v>
       </c>
-      <c r="G30" s="417"/>
-[...3 lines deleted...]
-      <c r="I30" s="446" t="s">
+      <c r="G30" s="477"/>
+      <c r="H30" s="478" t="s">
+        <v>150</v>
+      </c>
+      <c r="I30" s="516" t="s">
         <v>236</v>
       </c>
-      <c r="J30" s="418" t="s">
+      <c r="J30" s="478" t="s">
         <v>237</v>
       </c>
       <c r="K30" s="245" t="s">
         <v>238</v>
       </c>
-      <c r="L30" s="420">
+      <c r="L30" s="480">
         <v>3809</v>
       </c>
-      <c r="M30" s="397" t="s">
-        <v>1432</v>
+      <c r="M30" s="499" t="s">
+        <v>1482</v>
       </c>
       <c r="N30" s="47" t="s">
         <v>239</v>
       </c>
       <c r="O30" s="48" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="31" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A31" s="47">
         <v>4</v>
       </c>
       <c r="B31" s="46">
         <v>14.2</v>
       </c>
-      <c r="C31" s="411"/>
-[...6 lines deleted...]
-      <c r="J31" s="418"/>
+      <c r="C31" s="360">
+        <v>2.0070000000000001</v>
+      </c>
+      <c r="D31" s="360" t="s">
+        <v>216</v>
+      </c>
+      <c r="E31" s="359" t="s">
+        <v>217</v>
+      </c>
+      <c r="F31" s="361" t="s">
+        <v>235</v>
+      </c>
+      <c r="G31" s="477"/>
+      <c r="H31" s="478"/>
+      <c r="I31" s="516"/>
+      <c r="J31" s="478"/>
       <c r="K31" s="245" t="s">
         <v>231</v>
       </c>
-      <c r="L31" s="416"/>
-      <c r="M31" s="398"/>
+      <c r="L31" s="481"/>
+      <c r="M31" s="500"/>
       <c r="N31" s="47" t="s">
         <v>239</v>
       </c>
       <c r="O31" s="48" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A32" s="47">
         <v>4</v>
       </c>
       <c r="B32" s="46">
         <v>14.3</v>
       </c>
-      <c r="C32" s="411"/>
-[...6 lines deleted...]
-      <c r="J32" s="418"/>
+      <c r="C32" s="354">
+        <v>2.0070000000000001</v>
+      </c>
+      <c r="D32" s="354" t="s">
+        <v>216</v>
+      </c>
+      <c r="E32" s="358" t="s">
+        <v>217</v>
+      </c>
+      <c r="F32" s="352" t="s">
+        <v>235</v>
+      </c>
+      <c r="G32" s="477"/>
+      <c r="H32" s="478"/>
+      <c r="I32" s="516"/>
+      <c r="J32" s="478"/>
       <c r="K32" s="245" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="L32" s="343">
+        <v>241</v>
+      </c>
+      <c r="L32" s="46">
         <v>3810</v>
       </c>
-      <c r="M32" s="334" t="s">
-        <v>1433</v>
+      <c r="M32" s="307" t="s">
+        <v>1483</v>
       </c>
       <c r="N32" s="47" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="O32" s="48" t="s">
-        <v>1488</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A33" s="47">
         <v>4</v>
       </c>
       <c r="B33" s="46">
         <v>15.1</v>
       </c>
-      <c r="C33" s="418">
+      <c r="C33" s="355">
         <v>2.0059999999999998</v>
       </c>
-      <c r="D33" s="418" t="s">
+      <c r="D33" s="355" t="s">
+        <v>216</v>
+      </c>
+      <c r="E33" s="353" t="s">
         <v>217</v>
       </c>
-      <c r="E33" s="412" t="s">
-[...9 lines deleted...]
-      <c r="I33" s="419" t="s">
+      <c r="F33" s="353" t="s">
+        <v>244</v>
+      </c>
+      <c r="G33" s="477"/>
+      <c r="H33" s="478" t="s">
+        <v>150</v>
+      </c>
+      <c r="I33" s="479" t="s">
         <v>236</v>
       </c>
-      <c r="J33" s="418" t="s">
-        <v>228</v>
+      <c r="J33" s="478" t="s">
+        <v>227</v>
       </c>
       <c r="K33" s="245" t="s">
         <v>238</v>
       </c>
-      <c r="L33" s="420">
+      <c r="L33" s="480">
         <v>3811</v>
       </c>
-      <c r="M33" s="397" t="s">
-        <v>1434</v>
+      <c r="M33" s="499" t="s">
+        <v>1484</v>
       </c>
       <c r="N33" s="47" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="O33" s="48" t="s">
-        <v>1489</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A34" s="47">
         <v>4</v>
       </c>
       <c r="B34" s="46">
         <v>15.2</v>
       </c>
-      <c r="C34" s="411"/>
-[...6 lines deleted...]
-      <c r="J34" s="418"/>
+      <c r="C34" s="360">
+        <v>2.0059999999999998</v>
+      </c>
+      <c r="D34" s="360" t="s">
+        <v>216</v>
+      </c>
+      <c r="E34" s="359" t="s">
+        <v>217</v>
+      </c>
+      <c r="F34" s="361" t="s">
+        <v>244</v>
+      </c>
+      <c r="G34" s="477"/>
+      <c r="H34" s="478"/>
+      <c r="I34" s="479"/>
+      <c r="J34" s="478"/>
       <c r="K34" s="245" t="s">
         <v>231</v>
       </c>
-      <c r="L34" s="416"/>
-      <c r="M34" s="398"/>
+      <c r="L34" s="481"/>
+      <c r="M34" s="500"/>
       <c r="N34" s="47" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="O34" s="48" t="s">
-        <v>1489</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A35" s="47">
         <v>4</v>
       </c>
       <c r="B35" s="46">
         <v>15.3</v>
       </c>
-      <c r="C35" s="411"/>
-[...6 lines deleted...]
-      <c r="J35" s="418"/>
+      <c r="C35" s="354">
+        <v>2.0059999999999998</v>
+      </c>
+      <c r="D35" s="354" t="s">
+        <v>216</v>
+      </c>
+      <c r="E35" s="358" t="s">
+        <v>217</v>
+      </c>
+      <c r="F35" s="352" t="s">
+        <v>244</v>
+      </c>
+      <c r="G35" s="477"/>
+      <c r="H35" s="478"/>
+      <c r="I35" s="479"/>
+      <c r="J35" s="478"/>
       <c r="K35" s="245" t="s">
         <v>232</v>
       </c>
-      <c r="L35" s="343">
+      <c r="L35" s="46">
         <v>3812</v>
       </c>
-      <c r="M35" s="334" t="s">
-        <v>1435</v>
+      <c r="M35" s="307" t="s">
+        <v>1485</v>
       </c>
       <c r="N35" s="47" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="O35" s="48" t="s">
-        <v>1490</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:15" ht="60" x14ac:dyDescent="0.25">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A36" s="47">
         <v>4</v>
       </c>
       <c r="B36" s="46">
         <v>16</v>
       </c>
       <c r="C36" s="246">
         <v>2.0139999999999998</v>
       </c>
       <c r="D36" s="246" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="E36" s="247" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="F36" s="247" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G36" s="247" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="H36" s="246" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I36" s="248" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="J36" s="246" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K36" s="249" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L36" s="46">
         <v>3171</v>
       </c>
       <c r="M36" s="307" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="N36" s="47" t="s">
-        <v>252</v>
-[...5 lines deleted...]
-    <row r="37" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>256</v>
+      </c>
+      <c r="O36" s="309" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A37" s="47">
         <v>4</v>
       </c>
       <c r="B37" s="46">
         <v>17.100000000000001</v>
       </c>
-      <c r="C37" s="451">
+      <c r="C37" s="365">
         <v>2.0219999999999998</v>
       </c>
-      <c r="D37" s="451" t="s">
-[...16 lines deleted...]
-        <v>176</v>
+      <c r="D37" s="365" t="s">
+        <v>258</v>
+      </c>
+      <c r="E37" s="366" t="s">
+        <v>259</v>
+      </c>
+      <c r="F37" s="367" t="s">
+        <v>203</v>
+      </c>
+      <c r="G37" s="517"/>
+      <c r="H37" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I37" s="519" t="s">
+        <v>260</v>
+      </c>
+      <c r="J37" s="518" t="s">
+        <v>175</v>
       </c>
       <c r="K37" s="249" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L37" s="399">
+        <v>157</v>
+      </c>
+      <c r="L37" s="480">
         <v>3813</v>
       </c>
-      <c r="M37" s="401" t="s">
-[...9 lines deleted...]
-    <row r="38" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M37" s="499" t="s">
+        <v>261</v>
+      </c>
+      <c r="N37" s="473" t="s">
+        <v>262</v>
+      </c>
+      <c r="O37" s="473" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="12.45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="47">
         <v>4</v>
       </c>
       <c r="B38" s="46">
         <v>17.2</v>
       </c>
-      <c r="C38" s="451"/>
-[...6 lines deleted...]
-      <c r="J38" s="449"/>
+      <c r="C38" s="368">
+        <v>2.0219999999999998</v>
+      </c>
+      <c r="D38" s="368" t="s">
+        <v>258</v>
+      </c>
+      <c r="E38" s="369" t="s">
+        <v>259</v>
+      </c>
+      <c r="F38" s="369" t="s">
+        <v>203</v>
+      </c>
+      <c r="G38" s="517"/>
+      <c r="H38" s="518"/>
+      <c r="I38" s="519"/>
+      <c r="J38" s="518"/>
       <c r="K38" s="249" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="39" spans="1:15" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L38" s="481"/>
+      <c r="M38" s="500"/>
+      <c r="N38" s="474"/>
+      <c r="O38" s="474"/>
+    </row>
+    <row r="39" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="47">
         <v>4</v>
       </c>
       <c r="B39" s="46">
         <v>18.100000000000001</v>
       </c>
-      <c r="C39" s="449">
+      <c r="C39" s="518">
         <v>2.0230000000000001</v>
       </c>
-      <c r="D39" s="449" t="s">
-[...16 lines deleted...]
-        <v>176</v>
+      <c r="D39" s="518" t="s">
+        <v>258</v>
+      </c>
+      <c r="E39" s="521" t="s">
+        <v>259</v>
+      </c>
+      <c r="F39" s="522" t="s">
+        <v>207</v>
+      </c>
+      <c r="G39" s="523"/>
+      <c r="H39" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I39" s="519" t="s">
+        <v>264</v>
+      </c>
+      <c r="J39" s="525" t="s">
+        <v>175</v>
       </c>
       <c r="K39" s="249" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L39" s="399">
+        <v>157</v>
+      </c>
+      <c r="L39" s="480">
         <v>3157</v>
       </c>
-      <c r="M39" s="401" t="s">
-[...9 lines deleted...]
-    <row r="40" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M39" s="499" t="s">
+        <v>1377</v>
+      </c>
+      <c r="N39" s="473" t="s">
+        <v>265</v>
+      </c>
+      <c r="O39" s="475" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A40" s="47">
         <v>4</v>
       </c>
       <c r="B40" s="46">
         <v>18.2</v>
       </c>
-      <c r="C40" s="451"/>
-[...6 lines deleted...]
-      <c r="J40" s="456"/>
+      <c r="C40" s="520"/>
+      <c r="D40" s="518"/>
+      <c r="E40" s="521"/>
+      <c r="F40" s="522"/>
+      <c r="G40" s="524"/>
+      <c r="H40" s="518"/>
+      <c r="I40" s="519"/>
+      <c r="J40" s="525"/>
       <c r="K40" s="249" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="41" spans="1:15" ht="72" customHeight="1" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L40" s="481"/>
+      <c r="M40" s="500"/>
+      <c r="N40" s="474"/>
+      <c r="O40" s="476"/>
+    </row>
+    <row r="41" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A41" s="47">
         <v>4</v>
       </c>
       <c r="B41" s="46">
         <v>19.100000000000001</v>
       </c>
-      <c r="C41" s="449">
+      <c r="C41" s="370">
         <v>2.0259999999999998</v>
       </c>
-      <c r="D41" s="449" t="s">
-[...5 lines deleted...]
-      <c r="F41" s="453" t="s">
+      <c r="D41" s="370" t="s">
+        <v>267</v>
+      </c>
+      <c r="E41" s="367" t="s">
+        <v>268</v>
+      </c>
+      <c r="F41" s="367" t="s">
+        <v>174</v>
+      </c>
+      <c r="G41" s="526"/>
+      <c r="H41" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I41" s="519" t="s">
+        <v>269</v>
+      </c>
+      <c r="J41" s="527" t="s">
         <v>175</v>
       </c>
-      <c r="G41" s="457"/>
-[...8 lines deleted...]
-      </c>
       <c r="K41" s="249" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L41" s="399">
+        <v>157</v>
+      </c>
+      <c r="L41" s="480">
         <v>3157</v>
       </c>
-      <c r="M41" s="401" t="s">
-[...9 lines deleted...]
-    <row r="42" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M41" s="499" t="s">
+        <v>1377</v>
+      </c>
+      <c r="N41" s="473" t="s">
+        <v>270</v>
+      </c>
+      <c r="O41" s="475" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A42" s="47">
         <v>4</v>
       </c>
       <c r="B42" s="46">
         <v>19.2</v>
       </c>
-      <c r="C42" s="451"/>
-[...6 lines deleted...]
-      <c r="J42" s="458"/>
+      <c r="C42" s="371">
+        <v>2.0259999999999998</v>
+      </c>
+      <c r="D42" s="371" t="s">
+        <v>267</v>
+      </c>
+      <c r="E42" s="372" t="s">
+        <v>268</v>
+      </c>
+      <c r="F42" s="372" t="s">
+        <v>174</v>
+      </c>
+      <c r="G42" s="526"/>
+      <c r="H42" s="518"/>
+      <c r="I42" s="519"/>
+      <c r="J42" s="527"/>
       <c r="K42" s="249" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="43" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L42" s="481"/>
+      <c r="M42" s="500"/>
+      <c r="N42" s="474"/>
+      <c r="O42" s="476"/>
+    </row>
+    <row r="43" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A43" s="47">
         <v>4</v>
       </c>
       <c r="B43" s="46">
         <v>20.100000000000001</v>
       </c>
-      <c r="C43" s="451">
+      <c r="C43" s="365">
         <v>2.0169999999999999</v>
       </c>
-      <c r="D43" s="451" t="s">
-[...16 lines deleted...]
-        <v>176</v>
+      <c r="D43" s="365" t="s">
+        <v>249</v>
+      </c>
+      <c r="E43" s="367" t="s">
+        <v>272</v>
+      </c>
+      <c r="F43" s="367" t="s">
+        <v>218</v>
+      </c>
+      <c r="G43" s="526"/>
+      <c r="H43" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I43" s="519" t="s">
+        <v>273</v>
+      </c>
+      <c r="J43" s="518" t="s">
+        <v>175</v>
       </c>
       <c r="K43" s="249" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L43" s="399">
+        <v>157</v>
+      </c>
+      <c r="L43" s="480">
         <v>3158</v>
       </c>
-      <c r="M43" s="401" t="s">
-[...9 lines deleted...]
-    <row r="44" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M43" s="499" t="s">
+        <v>274</v>
+      </c>
+      <c r="N43" s="473" t="s">
+        <v>275</v>
+      </c>
+      <c r="O43" s="475" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A44" s="47">
         <v>4</v>
       </c>
       <c r="B44" s="46">
         <v>20.2</v>
       </c>
-      <c r="C44" s="451"/>
-[...6 lines deleted...]
-      <c r="J44" s="449"/>
+      <c r="C44" s="373">
+        <v>2.0169999999999999</v>
+      </c>
+      <c r="D44" s="373" t="s">
+        <v>249</v>
+      </c>
+      <c r="E44" s="372" t="s">
+        <v>272</v>
+      </c>
+      <c r="F44" s="372" t="s">
+        <v>218</v>
+      </c>
+      <c r="G44" s="526"/>
+      <c r="H44" s="518"/>
+      <c r="I44" s="519"/>
+      <c r="J44" s="518"/>
       <c r="K44" s="249" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="45" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L44" s="481"/>
+      <c r="M44" s="500"/>
+      <c r="N44" s="474"/>
+      <c r="O44" s="476"/>
+    </row>
+    <row r="45" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A45" s="47">
         <v>4</v>
       </c>
       <c r="B45" s="46">
         <v>21.1</v>
       </c>
-      <c r="C45" s="449">
+      <c r="C45" s="370">
         <v>2.0179999999999998</v>
       </c>
-      <c r="D45" s="449" t="s">
-[...5 lines deleted...]
-      <c r="F45" s="453" t="s">
+      <c r="D45" s="370" t="s">
+        <v>249</v>
+      </c>
+      <c r="E45" s="367" t="s">
+        <v>272</v>
+      </c>
+      <c r="F45" s="367" t="s">
+        <v>222</v>
+      </c>
+      <c r="G45" s="526"/>
+      <c r="H45" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I45" s="528" t="s">
+        <v>273</v>
+      </c>
+      <c r="J45" s="518" t="s">
         <v>223</v>
       </c>
-      <c r="G45" s="457"/>
-[...8 lines deleted...]
-      </c>
       <c r="K45" s="249" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L45" s="399">
+        <v>157</v>
+      </c>
+      <c r="L45" s="480">
         <v>3159</v>
       </c>
-      <c r="M45" s="401" t="s">
-[...9 lines deleted...]
-    <row r="46" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M45" s="499" t="s">
+        <v>277</v>
+      </c>
+      <c r="N45" s="473" t="s">
+        <v>278</v>
+      </c>
+      <c r="O45" s="475" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A46" s="47">
         <v>4</v>
       </c>
       <c r="B46" s="46">
         <v>21.2</v>
       </c>
-      <c r="C46" s="451"/>
-[...6 lines deleted...]
-      <c r="J46" s="449"/>
+      <c r="C46" s="371">
+        <v>2.0179999999999998</v>
+      </c>
+      <c r="D46" s="371" t="s">
+        <v>249</v>
+      </c>
+      <c r="E46" s="372" t="s">
+        <v>272</v>
+      </c>
+      <c r="F46" s="372" t="s">
+        <v>222</v>
+      </c>
+      <c r="G46" s="526"/>
+      <c r="H46" s="518"/>
+      <c r="I46" s="528"/>
+      <c r="J46" s="518"/>
       <c r="K46" s="249" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="47" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L46" s="481"/>
+      <c r="M46" s="500"/>
+      <c r="N46" s="474"/>
+      <c r="O46" s="476"/>
+    </row>
+    <row r="47" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A47" s="47">
         <v>4</v>
       </c>
       <c r="B47" s="46">
         <v>22.1</v>
       </c>
-      <c r="C47" s="451">
+      <c r="C47" s="365">
         <v>2.0209999999999999</v>
       </c>
-      <c r="D47" s="451" t="s">
-[...5 lines deleted...]
-      <c r="F47" s="453" t="s">
+      <c r="D47" s="365" t="s">
+        <v>249</v>
+      </c>
+      <c r="E47" s="367" t="s">
+        <v>272</v>
+      </c>
+      <c r="F47" s="367" t="s">
+        <v>226</v>
+      </c>
+      <c r="G47" s="526"/>
+      <c r="H47" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I47" s="519" t="s">
+        <v>280</v>
+      </c>
+      <c r="J47" s="518" t="s">
         <v>227</v>
-      </c>
-[...8 lines deleted...]
-        <v>228</v>
       </c>
       <c r="K47" s="249" t="s">
         <v>238</v>
       </c>
-      <c r="L47" s="399">
+      <c r="L47" s="480">
         <v>3814</v>
       </c>
-      <c r="M47" s="401" t="s">
-        <v>277</v>
+      <c r="M47" s="499" t="s">
+        <v>281</v>
       </c>
       <c r="N47" s="47" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="O47" s="48" t="s">
-        <v>1491</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="48" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A48" s="47">
         <v>4</v>
       </c>
       <c r="B48" s="46">
         <v>22.2</v>
       </c>
-      <c r="C48" s="451"/>
-[...6 lines deleted...]
-      <c r="J48" s="449"/>
+      <c r="C48" s="374">
+        <v>2.0209999999999999</v>
+      </c>
+      <c r="D48" s="374" t="s">
+        <v>249</v>
+      </c>
+      <c r="E48" s="375" t="s">
+        <v>272</v>
+      </c>
+      <c r="F48" s="375" t="s">
+        <v>226</v>
+      </c>
+      <c r="G48" s="526"/>
+      <c r="H48" s="518"/>
+      <c r="I48" s="519"/>
+      <c r="J48" s="518"/>
       <c r="K48" s="249" t="s">
         <v>231</v>
       </c>
-      <c r="L48" s="416"/>
-      <c r="M48" s="402"/>
+      <c r="L48" s="481"/>
+      <c r="M48" s="500"/>
       <c r="N48" s="47" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="O48" s="48" t="s">
-        <v>1491</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="49" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A49" s="47">
         <v>4</v>
       </c>
       <c r="B49" s="46">
         <v>22.3</v>
       </c>
-      <c r="C49" s="451"/>
-[...6 lines deleted...]
-      <c r="J49" s="449"/>
+      <c r="C49" s="373">
+        <v>2.0209999999999999</v>
+      </c>
+      <c r="D49" s="373" t="s">
+        <v>249</v>
+      </c>
+      <c r="E49" s="372" t="s">
+        <v>272</v>
+      </c>
+      <c r="F49" s="372" t="s">
+        <v>226</v>
+      </c>
+      <c r="G49" s="526"/>
+      <c r="H49" s="518"/>
+      <c r="I49" s="519"/>
+      <c r="J49" s="518"/>
       <c r="K49" s="249" t="s">
         <v>232</v>
       </c>
       <c r="L49" s="46">
         <v>3815</v>
       </c>
       <c r="M49" s="307" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="N49" s="47" t="s">
-        <v>1408</v>
+        <v>1422</v>
       </c>
       <c r="O49" s="49" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="50" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A50" s="47">
         <v>4</v>
       </c>
       <c r="B50" s="46">
         <v>23.1</v>
       </c>
-      <c r="C50" s="449">
+      <c r="C50" s="370">
         <v>2.0190000000000001</v>
       </c>
-      <c r="D50" s="449" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="453" t="s">
+      <c r="D50" s="370" t="s">
+        <v>249</v>
+      </c>
+      <c r="E50" s="367" t="s">
+        <v>272</v>
+      </c>
+      <c r="F50" s="367" t="s">
         <v>235</v>
       </c>
-      <c r="G50" s="457"/>
-[...6 lines deleted...]
-      <c r="J50" s="449" t="s">
+      <c r="G50" s="526"/>
+      <c r="H50" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I50" s="519" t="s">
+        <v>285</v>
+      </c>
+      <c r="J50" s="518" t="s">
         <v>237</v>
       </c>
       <c r="K50" s="249" t="s">
         <v>238</v>
       </c>
-      <c r="L50" s="399">
+      <c r="L50" s="480">
         <v>3161</v>
       </c>
-      <c r="M50" s="401" t="s">
-        <v>281</v>
+      <c r="M50" s="499" t="s">
+        <v>286</v>
       </c>
       <c r="N50" s="47" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="O50" s="48" t="s">
-        <v>1492</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="51" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A51" s="47">
         <v>4</v>
       </c>
       <c r="B51" s="46">
         <v>23.2</v>
       </c>
-      <c r="C51" s="451"/>
-[...6 lines deleted...]
-      <c r="J51" s="449"/>
+      <c r="C51" s="376">
+        <v>2.0190000000000001</v>
+      </c>
+      <c r="D51" s="376" t="s">
+        <v>249</v>
+      </c>
+      <c r="E51" s="375" t="s">
+        <v>272</v>
+      </c>
+      <c r="F51" s="375" t="s">
+        <v>235</v>
+      </c>
+      <c r="G51" s="526"/>
+      <c r="H51" s="518"/>
+      <c r="I51" s="519"/>
+      <c r="J51" s="518"/>
       <c r="K51" s="249" t="s">
         <v>231</v>
       </c>
-      <c r="L51" s="416"/>
-      <c r="M51" s="402"/>
+      <c r="L51" s="481"/>
+      <c r="M51" s="500"/>
       <c r="N51" s="47" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="O51" s="48" t="s">
-        <v>1492</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="52" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A52" s="47">
         <v>4</v>
       </c>
       <c r="B52" s="46">
         <v>23.3</v>
       </c>
-      <c r="C52" s="451"/>
-[...6 lines deleted...]
-      <c r="J52" s="449"/>
+      <c r="C52" s="371">
+        <v>2.0190000000000001</v>
+      </c>
+      <c r="D52" s="371" t="s">
+        <v>249</v>
+      </c>
+      <c r="E52" s="372" t="s">
+        <v>272</v>
+      </c>
+      <c r="F52" s="372" t="s">
+        <v>235</v>
+      </c>
+      <c r="G52" s="526"/>
+      <c r="H52" s="518"/>
+      <c r="I52" s="519"/>
+      <c r="J52" s="518"/>
       <c r="K52" s="249" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L52" s="46">
         <v>3816</v>
       </c>
       <c r="M52" s="307" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="N52" s="47" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="O52" s="48" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="53" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A53" s="47">
         <v>4</v>
       </c>
       <c r="B53" s="46">
         <v>24.1</v>
       </c>
-      <c r="C53" s="451">
+      <c r="C53" s="365">
         <v>2.02</v>
       </c>
-      <c r="D53" s="451" t="s">
-[...16 lines deleted...]
-        <v>228</v>
+      <c r="D53" s="365" t="s">
+        <v>249</v>
+      </c>
+      <c r="E53" s="367" t="s">
+        <v>272</v>
+      </c>
+      <c r="F53" s="367" t="s">
+        <v>244</v>
+      </c>
+      <c r="G53" s="526"/>
+      <c r="H53" s="518" t="s">
+        <v>150</v>
+      </c>
+      <c r="I53" s="519" t="s">
+        <v>285</v>
+      </c>
+      <c r="J53" s="518" t="s">
+        <v>227</v>
       </c>
       <c r="K53" s="249" t="s">
         <v>238</v>
       </c>
-      <c r="L53" s="399">
+      <c r="L53" s="480">
         <v>3160</v>
       </c>
-      <c r="M53" s="401" t="s">
-        <v>285</v>
+      <c r="M53" s="499" t="s">
+        <v>292</v>
       </c>
       <c r="N53" s="47" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="O53" s="48" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="54" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A54" s="47">
         <v>4</v>
       </c>
       <c r="B54" s="46">
         <v>24.2</v>
       </c>
-      <c r="C54" s="451"/>
-[...6 lines deleted...]
-      <c r="J54" s="449"/>
+      <c r="C54" s="374">
+        <v>2.02</v>
+      </c>
+      <c r="D54" s="374" t="s">
+        <v>249</v>
+      </c>
+      <c r="E54" s="375" t="s">
+        <v>272</v>
+      </c>
+      <c r="F54" s="375" t="s">
+        <v>244</v>
+      </c>
+      <c r="G54" s="526"/>
+      <c r="H54" s="518"/>
+      <c r="I54" s="519"/>
+      <c r="J54" s="518"/>
       <c r="K54" s="249" t="s">
         <v>231</v>
       </c>
-      <c r="L54" s="416"/>
-      <c r="M54" s="402"/>
+      <c r="L54" s="481"/>
+      <c r="M54" s="500"/>
       <c r="N54" s="47" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="O54" s="48" t="s">
-        <v>1494</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="55" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A55" s="47">
         <v>4</v>
       </c>
       <c r="B55" s="46">
         <v>24.3</v>
       </c>
-      <c r="C55" s="451"/>
-[...6 lines deleted...]
-      <c r="J55" s="449"/>
+      <c r="C55" s="373">
+        <v>2.02</v>
+      </c>
+      <c r="D55" s="373" t="s">
+        <v>249</v>
+      </c>
+      <c r="E55" s="372" t="s">
+        <v>272</v>
+      </c>
+      <c r="F55" s="372" t="s">
+        <v>244</v>
+      </c>
+      <c r="G55" s="526"/>
+      <c r="H55" s="518"/>
+      <c r="I55" s="519"/>
+      <c r="J55" s="518"/>
       <c r="K55" s="249" t="s">
         <v>232</v>
       </c>
       <c r="L55" s="46">
         <v>3817</v>
       </c>
       <c r="M55" s="307" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="N55" s="47" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="O55" s="48" t="s">
-        <v>1495</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:15" ht="72" x14ac:dyDescent="0.25">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="56" spans="1:15" ht="72" x14ac:dyDescent="0.3">
       <c r="A56" s="47">
         <v>4</v>
       </c>
       <c r="B56" s="46">
         <v>25</v>
       </c>
       <c r="C56" s="250">
         <v>14.000999999999999</v>
       </c>
       <c r="D56" s="250" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
       <c r="E56" s="251" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
       <c r="F56" s="251" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G56" s="251" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="H56" s="250" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I56" s="252"/>
       <c r="J56" s="250" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K56" s="252" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="L56" s="46">
         <v>3818</v>
       </c>
       <c r="M56" s="307" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="N56" s="47" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="O56" s="49" t="s">
-        <v>1381</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="57" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="47">
         <v>4</v>
       </c>
       <c r="B57" s="46">
         <v>26.1</v>
       </c>
-      <c r="C57" s="463">
+      <c r="C57" s="378">
         <v>14.002000000000001</v>
       </c>
-      <c r="D57" s="463" t="s">
-[...5 lines deleted...]
-      <c r="F57" s="460" t="s">
+      <c r="D57" s="378" t="s">
+        <v>298</v>
+      </c>
+      <c r="E57" s="379" t="s">
+        <v>304</v>
+      </c>
+      <c r="F57" s="379" t="s">
+        <v>174</v>
+      </c>
+      <c r="G57" s="529"/>
+      <c r="H57" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I57" s="531"/>
+      <c r="J57" s="530" t="s">
         <v>175</v>
       </c>
-      <c r="G57" s="460"/>
-[...6 lines deleted...]
-      </c>
       <c r="K57" s="252" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L57" s="399">
+        <v>219</v>
+      </c>
+      <c r="L57" s="480">
         <v>3819</v>
       </c>
-      <c r="M57" s="401" t="s">
-[...9 lines deleted...]
-    <row r="58" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M57" s="499" t="s">
+        <v>305</v>
+      </c>
+      <c r="N57" s="473" t="s">
+        <v>306</v>
+      </c>
+      <c r="O57" s="473" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="58" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A58" s="47">
         <v>4</v>
       </c>
       <c r="B58" s="46">
         <v>26.2</v>
       </c>
-      <c r="C58" s="463"/>
-[...6 lines deleted...]
-      <c r="J58" s="461"/>
+      <c r="C58" s="377">
+        <v>14.002000000000001</v>
+      </c>
+      <c r="D58" s="377" t="s">
+        <v>298</v>
+      </c>
+      <c r="E58" s="380" t="s">
+        <v>304</v>
+      </c>
+      <c r="F58" s="380" t="s">
+        <v>174</v>
+      </c>
+      <c r="G58" s="529"/>
+      <c r="H58" s="530"/>
+      <c r="I58" s="531"/>
+      <c r="J58" s="530"/>
       <c r="K58" s="252" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="59" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L58" s="481"/>
+      <c r="M58" s="500"/>
+      <c r="N58" s="474"/>
+      <c r="O58" s="474"/>
+    </row>
+    <row r="59" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="47">
         <v>4</v>
       </c>
       <c r="B59" s="46">
         <v>27.1</v>
       </c>
-      <c r="C59" s="461">
+      <c r="C59" s="382">
         <v>14.004</v>
       </c>
-      <c r="D59" s="461" t="s">
-[...5 lines deleted...]
-      <c r="F59" s="460" t="s">
+      <c r="D59" s="382" t="s">
+        <v>298</v>
+      </c>
+      <c r="E59" s="379" t="s">
+        <v>308</v>
+      </c>
+      <c r="F59" s="379" t="s">
+        <v>218</v>
+      </c>
+      <c r="G59" s="529"/>
+      <c r="H59" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I59" s="532"/>
+      <c r="J59" s="530" t="s">
+        <v>175</v>
+      </c>
+      <c r="K59" s="252" t="s">
         <v>219</v>
       </c>
-      <c r="G59" s="460"/>
-[...10 lines deleted...]
-      <c r="L59" s="399">
+      <c r="L59" s="480">
         <v>3820</v>
       </c>
-      <c r="M59" s="401" t="s">
-[...9 lines deleted...]
-    <row r="60" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M59" s="499" t="s">
+        <v>309</v>
+      </c>
+      <c r="N59" s="473" t="s">
+        <v>310</v>
+      </c>
+      <c r="O59" s="475" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="60" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="47">
         <v>4</v>
       </c>
       <c r="B60" s="46">
         <v>27.2</v>
       </c>
-      <c r="C60" s="463"/>
-[...6 lines deleted...]
-      <c r="J60" s="461"/>
+      <c r="C60" s="381">
+        <v>14.004</v>
+      </c>
+      <c r="D60" s="381" t="s">
+        <v>298</v>
+      </c>
+      <c r="E60" s="383" t="s">
+        <v>308</v>
+      </c>
+      <c r="F60" s="383" t="s">
+        <v>218</v>
+      </c>
+      <c r="G60" s="529"/>
+      <c r="H60" s="530"/>
+      <c r="I60" s="532"/>
+      <c r="J60" s="530"/>
       <c r="K60" s="252" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="61" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L60" s="481"/>
+      <c r="M60" s="500"/>
+      <c r="N60" s="474"/>
+      <c r="O60" s="476"/>
+    </row>
+    <row r="61" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="47">
         <v>4</v>
       </c>
       <c r="B61" s="46">
         <v>28.1</v>
       </c>
-      <c r="C61" s="461">
+      <c r="C61" s="382">
         <v>14.007999999999999</v>
       </c>
-      <c r="D61" s="461" t="s">
-[...5 lines deleted...]
-      <c r="F61" s="460" t="s">
+      <c r="D61" s="382" t="s">
+        <v>298</v>
+      </c>
+      <c r="E61" s="379" t="s">
+        <v>308</v>
+      </c>
+      <c r="F61" s="379" t="s">
+        <v>222</v>
+      </c>
+      <c r="G61" s="534"/>
+      <c r="H61" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I61" s="532"/>
+      <c r="J61" s="530" t="s">
         <v>223</v>
       </c>
-      <c r="G61" s="465"/>
-[...6 lines deleted...]
-      </c>
       <c r="K61" s="252" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L61" s="399">
+        <v>219</v>
+      </c>
+      <c r="L61" s="480">
         <v>3821</v>
       </c>
-      <c r="M61" s="401" t="s">
-[...9 lines deleted...]
-    <row r="62" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M61" s="499" t="s">
+        <v>312</v>
+      </c>
+      <c r="N61" s="473" t="s">
+        <v>313</v>
+      </c>
+      <c r="O61" s="475" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="62" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A62" s="47">
         <v>4</v>
       </c>
       <c r="B62" s="46">
         <v>28.2</v>
       </c>
-      <c r="C62" s="463"/>
-[...6 lines deleted...]
-      <c r="J62" s="461"/>
+      <c r="C62" s="384">
+        <v>14.007999999999999</v>
+      </c>
+      <c r="D62" s="384" t="s">
+        <v>298</v>
+      </c>
+      <c r="E62" s="380" t="s">
+        <v>308</v>
+      </c>
+      <c r="F62" s="380" t="s">
+        <v>222</v>
+      </c>
+      <c r="G62" s="534"/>
+      <c r="H62" s="530"/>
+      <c r="I62" s="532"/>
+      <c r="J62" s="530"/>
       <c r="K62" s="252" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="63" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L62" s="481"/>
+      <c r="M62" s="500"/>
+      <c r="N62" s="474"/>
+      <c r="O62" s="476"/>
+    </row>
+    <row r="63" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="47">
         <v>4</v>
       </c>
       <c r="B63" s="46">
         <v>29.1</v>
       </c>
-      <c r="C63" s="463">
+      <c r="C63" s="378">
         <v>14.01</v>
       </c>
-      <c r="D63" s="463" t="s">
-[...5 lines deleted...]
-      <c r="F63" s="460" t="s">
+      <c r="D63" s="378" t="s">
+        <v>298</v>
+      </c>
+      <c r="E63" s="379" t="s">
+        <v>308</v>
+      </c>
+      <c r="F63" s="379" t="s">
         <v>235</v>
       </c>
-      <c r="G63" s="460"/>
-[...4 lines deleted...]
-      <c r="J63" s="461" t="s">
+      <c r="G63" s="529"/>
+      <c r="H63" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I63" s="531"/>
+      <c r="J63" s="530" t="s">
         <v>237</v>
       </c>
       <c r="K63" s="252" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="L63" s="399">
+        <v>228</v>
+      </c>
+      <c r="L63" s="480">
         <v>3822</v>
       </c>
-      <c r="M63" s="401" t="s">
-[...9 lines deleted...]
-    <row r="64" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M63" s="499" t="s">
+        <v>315</v>
+      </c>
+      <c r="N63" s="502" t="s">
+        <v>316</v>
+      </c>
+      <c r="O63" s="533" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="64" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A64" s="47">
         <v>4</v>
       </c>
       <c r="B64" s="46">
         <v>29.2</v>
       </c>
-      <c r="C64" s="463"/>
-[...6 lines deleted...]
-      <c r="J64" s="461"/>
+      <c r="C64" s="385">
+        <v>14.01</v>
+      </c>
+      <c r="D64" s="385" t="s">
+        <v>298</v>
+      </c>
+      <c r="E64" s="386" t="s">
+        <v>308</v>
+      </c>
+      <c r="F64" s="386" t="s">
+        <v>235</v>
+      </c>
+      <c r="G64" s="529"/>
+      <c r="H64" s="530"/>
+      <c r="I64" s="531"/>
+      <c r="J64" s="530"/>
       <c r="K64" s="252" t="s">
         <v>231</v>
       </c>
-      <c r="L64" s="416"/>
-[...4 lines deleted...]
-    <row r="65" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+      <c r="L64" s="481"/>
+      <c r="M64" s="500"/>
+      <c r="N64" s="502"/>
+      <c r="O64" s="533"/>
+    </row>
+    <row r="65" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A65" s="47">
         <v>4</v>
       </c>
       <c r="B65" s="46">
         <v>29.3</v>
       </c>
-      <c r="C65" s="463"/>
-[...6 lines deleted...]
-      <c r="J65" s="461"/>
+      <c r="C65" s="377">
+        <v>14.01</v>
+      </c>
+      <c r="D65" s="377" t="s">
+        <v>298</v>
+      </c>
+      <c r="E65" s="380" t="s">
+        <v>308</v>
+      </c>
+      <c r="F65" s="380" t="s">
+        <v>235</v>
+      </c>
+      <c r="G65" s="529"/>
+      <c r="H65" s="530"/>
+      <c r="I65" s="531"/>
+      <c r="J65" s="530"/>
       <c r="K65" s="252" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L65" s="46">
         <v>3823</v>
       </c>
       <c r="M65" s="307" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="N65" s="47" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
       <c r="O65" s="48" t="s">
-        <v>1496</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="66" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="47">
         <v>4</v>
       </c>
       <c r="B66" s="46">
         <v>30.1</v>
       </c>
-      <c r="C66" s="461">
+      <c r="C66" s="382">
         <v>14.009</v>
       </c>
-      <c r="D66" s="461" t="s">
-[...13 lines deleted...]
-      <c r="J66" s="461" t="s">
+      <c r="D66" s="382" t="s">
+        <v>298</v>
+      </c>
+      <c r="E66" s="379" t="s">
+        <v>308</v>
+      </c>
+      <c r="F66" s="379" t="s">
+        <v>244</v>
+      </c>
+      <c r="G66" s="529"/>
+      <c r="H66" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I66" s="532"/>
+      <c r="J66" s="530" t="s">
+        <v>227</v>
+      </c>
+      <c r="K66" s="252" t="s">
         <v>228</v>
       </c>
-      <c r="K66" s="252" t="s">
-[...2 lines deleted...]
-      <c r="L66" s="399">
+      <c r="L66" s="480">
         <v>3824</v>
       </c>
-      <c r="M66" s="401" t="s">
-        <v>311</v>
+      <c r="M66" s="499" t="s">
+        <v>321</v>
       </c>
       <c r="N66" s="47" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="O66" s="48" t="s">
-        <v>1497</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="67" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A67" s="47">
         <v>4</v>
       </c>
       <c r="B67" s="46">
         <v>30.2</v>
       </c>
-      <c r="C67" s="463"/>
-[...6 lines deleted...]
-      <c r="J67" s="461"/>
+      <c r="C67" s="387">
+        <v>14.009</v>
+      </c>
+      <c r="D67" s="387" t="s">
+        <v>298</v>
+      </c>
+      <c r="E67" s="386" t="s">
+        <v>308</v>
+      </c>
+      <c r="F67" s="386" t="s">
+        <v>244</v>
+      </c>
+      <c r="G67" s="529"/>
+      <c r="H67" s="530"/>
+      <c r="I67" s="532"/>
+      <c r="J67" s="530"/>
       <c r="K67" s="252" t="s">
         <v>231</v>
       </c>
-      <c r="L67" s="416"/>
-      <c r="M67" s="402"/>
+      <c r="L67" s="481"/>
+      <c r="M67" s="500"/>
       <c r="N67" s="47" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="O67" s="48" t="s">
-        <v>1497</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="68" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A68" s="47">
         <v>4</v>
       </c>
       <c r="B68" s="46">
         <v>30.3</v>
       </c>
-      <c r="C68" s="463"/>
-[...6 lines deleted...]
-      <c r="J68" s="461"/>
+      <c r="C68" s="384">
+        <v>14.009</v>
+      </c>
+      <c r="D68" s="384" t="s">
+        <v>298</v>
+      </c>
+      <c r="E68" s="380" t="s">
+        <v>308</v>
+      </c>
+      <c r="F68" s="380" t="s">
+        <v>244</v>
+      </c>
+      <c r="G68" s="529"/>
+      <c r="H68" s="530"/>
+      <c r="I68" s="532"/>
+      <c r="J68" s="530"/>
       <c r="K68" s="252" t="s">
         <v>232</v>
       </c>
       <c r="L68" s="46">
         <v>3825</v>
       </c>
       <c r="M68" s="307" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="N68" s="47" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="O68" s="48" t="s">
-        <v>1498</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:15" s="254" customFormat="1" ht="72" x14ac:dyDescent="0.25">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="69" spans="1:15" s="254" customFormat="1" ht="72" x14ac:dyDescent="0.3">
       <c r="A69" s="47">
         <v>4</v>
       </c>
       <c r="B69" s="46">
         <v>31</v>
       </c>
       <c r="C69" s="250">
         <v>14.016</v>
       </c>
       <c r="D69" s="250" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="E69" s="253" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="F69" s="253" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G69" s="253" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
       <c r="H69" s="250" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I69" s="252"/>
       <c r="J69" s="250" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K69" s="252" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="L69" s="46">
         <v>3818</v>
       </c>
       <c r="M69" s="307" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="N69" s="47" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="O69" s="48" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="70" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="47">
         <v>4</v>
       </c>
       <c r="B70" s="46">
         <v>32.1</v>
       </c>
-      <c r="C70" s="461">
+      <c r="C70" s="382">
         <v>14.016999999999999</v>
       </c>
-      <c r="D70" s="461" t="s">
-[...14 lines deleted...]
-        <v>320</v>
+      <c r="D70" s="382" t="s">
+        <v>327</v>
+      </c>
+      <c r="E70" s="379" t="s">
+        <v>331</v>
+      </c>
+      <c r="F70" s="379" t="s">
+        <v>203</v>
+      </c>
+      <c r="G70" s="529"/>
+      <c r="H70" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I70" s="532"/>
+      <c r="J70" s="530" t="s">
+        <v>332</v>
       </c>
       <c r="K70" s="252" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L70" s="399">
+        <v>219</v>
+      </c>
+      <c r="L70" s="480">
         <v>3073</v>
       </c>
-      <c r="M70" s="401" t="s">
-        <v>321</v>
+      <c r="M70" s="499" t="s">
+        <v>333</v>
       </c>
       <c r="N70" s="47" t="s">
-        <v>322</v>
+        <v>334</v>
       </c>
       <c r="O70" s="48" t="s">
-        <v>323</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="71" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A71" s="47">
         <v>4</v>
       </c>
       <c r="B71" s="46">
         <v>32.200000000000003</v>
       </c>
-      <c r="C71" s="463"/>
-[...6 lines deleted...]
-      <c r="J71" s="461"/>
+      <c r="C71" s="384">
+        <v>14.016999999999999</v>
+      </c>
+      <c r="D71" s="384" t="s">
+        <v>327</v>
+      </c>
+      <c r="E71" s="380" t="s">
+        <v>331</v>
+      </c>
+      <c r="F71" s="380" t="s">
+        <v>203</v>
+      </c>
+      <c r="G71" s="529"/>
+      <c r="H71" s="530"/>
+      <c r="I71" s="532"/>
+      <c r="J71" s="530"/>
       <c r="K71" s="252" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M71" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L71" s="481"/>
+      <c r="M71" s="500"/>
       <c r="N71" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O71" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O71" s="49" t="s">
-[...3 lines deleted...]
-    <row r="72" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="72" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="47">
         <v>4</v>
       </c>
       <c r="B72" s="46">
         <v>33.1</v>
       </c>
-      <c r="C72" s="461">
+      <c r="C72" s="382">
         <v>14.019</v>
       </c>
-      <c r="D72" s="461" t="s">
-[...14 lines deleted...]
-        <v>324</v>
+      <c r="D72" s="382" t="s">
+        <v>327</v>
+      </c>
+      <c r="E72" s="379" t="s">
+        <v>331</v>
+      </c>
+      <c r="F72" s="379" t="s">
+        <v>207</v>
+      </c>
+      <c r="G72" s="529"/>
+      <c r="H72" s="530" t="s">
+        <v>196</v>
+      </c>
+      <c r="I72" s="531"/>
+      <c r="J72" s="530" t="s">
+        <v>336</v>
       </c>
       <c r="K72" s="252" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L72" s="399">
+        <v>219</v>
+      </c>
+      <c r="L72" s="480">
         <v>3074</v>
       </c>
-      <c r="M72" s="401" t="s">
-        <v>325</v>
+      <c r="M72" s="499" t="s">
+        <v>337</v>
       </c>
       <c r="N72" s="47" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="O72" s="48" t="s">
-        <v>327</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="73" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A73" s="47">
         <v>4</v>
       </c>
       <c r="B73" s="46">
         <v>33.200000000000003</v>
       </c>
-      <c r="C73" s="463"/>
-[...6 lines deleted...]
-      <c r="J73" s="461"/>
+      <c r="C73" s="384">
+        <v>14.019</v>
+      </c>
+      <c r="D73" s="384" t="s">
+        <v>327</v>
+      </c>
+      <c r="E73" s="380" t="s">
+        <v>331</v>
+      </c>
+      <c r="F73" s="380" t="s">
+        <v>207</v>
+      </c>
+      <c r="G73" s="529"/>
+      <c r="H73" s="530"/>
+      <c r="I73" s="531"/>
+      <c r="J73" s="530"/>
       <c r="K73" s="252" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M73" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L73" s="481"/>
+      <c r="M73" s="500"/>
       <c r="N73" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O73" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O73" s="49" t="s">
-[...3 lines deleted...]
-    <row r="74" spans="1:15" ht="84" x14ac:dyDescent="0.25">
+    </row>
+    <row r="74" spans="1:15" ht="84" x14ac:dyDescent="0.3">
       <c r="A74" s="47">
         <v>4</v>
       </c>
       <c r="B74" s="46">
         <v>34</v>
       </c>
       <c r="C74" s="255">
         <v>14.028</v>
       </c>
       <c r="D74" s="255" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="E74" s="256" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
       <c r="F74" s="256" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G74" s="256" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="H74" s="257" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I74" s="258" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="J74" s="257" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K74" s="259" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L74" s="46">
         <v>3828</v>
       </c>
       <c r="M74" s="307" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-    <row r="75" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>344</v>
+      </c>
+      <c r="N74" s="336" t="s">
+        <v>345</v>
+      </c>
+      <c r="O74" s="337" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="75" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="47">
         <v>4</v>
       </c>
       <c r="B75" s="46">
         <v>35.1</v>
       </c>
-      <c r="C75" s="470">
+      <c r="C75" s="389">
         <v>14.03</v>
       </c>
-      <c r="D75" s="470" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="467" t="s">
+      <c r="D75" s="389" t="s">
+        <v>340</v>
+      </c>
+      <c r="E75" s="391" t="s">
+        <v>347</v>
+      </c>
+      <c r="F75" s="391" t="s">
+        <v>174</v>
+      </c>
+      <c r="G75" s="535"/>
+      <c r="H75" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I75" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J75" s="536" t="s">
         <v>175</v>
       </c>
-      <c r="G75" s="467"/>
-[...8 lines deleted...]
-      </c>
       <c r="K75" s="259" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L75" s="399">
+        <v>157</v>
+      </c>
+      <c r="L75" s="480">
         <v>3078</v>
       </c>
-      <c r="M75" s="401" t="s">
-        <v>337</v>
+      <c r="M75" s="499" t="s">
+        <v>349</v>
       </c>
       <c r="N75" s="47" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="O75" s="48" t="s">
-        <v>339</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="76" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A76" s="47">
         <v>4</v>
       </c>
       <c r="B76" s="46">
         <v>35.200000000000003</v>
       </c>
-      <c r="C76" s="470"/>
-[...6 lines deleted...]
-      <c r="J76" s="468"/>
+      <c r="C76" s="388">
+        <v>14.03</v>
+      </c>
+      <c r="D76" s="388" t="s">
+        <v>340</v>
+      </c>
+      <c r="E76" s="390" t="s">
+        <v>347</v>
+      </c>
+      <c r="F76" s="390" t="s">
+        <v>174</v>
+      </c>
+      <c r="G76" s="535"/>
+      <c r="H76" s="536"/>
+      <c r="I76" s="537"/>
+      <c r="J76" s="536"/>
       <c r="K76" s="259" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M76" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L76" s="481"/>
+      <c r="M76" s="500"/>
       <c r="N76" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O76" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O76" s="49" t="s">
-[...3 lines deleted...]
-    <row r="77" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="77" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="47">
         <v>4</v>
       </c>
       <c r="B77" s="46">
         <v>36.1</v>
       </c>
-      <c r="C77" s="470">
+      <c r="C77" s="389">
         <v>14.032</v>
       </c>
-      <c r="D77" s="470" t="s">
-[...2 lines deleted...]
-      <c r="E77" s="467" t="s">
+      <c r="D77" s="389" t="s">
         <v>340</v>
       </c>
-      <c r="F77" s="467" t="s">
-[...10 lines deleted...]
-        <v>176</v>
+      <c r="E77" s="391" t="s">
+        <v>352</v>
+      </c>
+      <c r="F77" s="391" t="s">
+        <v>218</v>
+      </c>
+      <c r="G77" s="535"/>
+      <c r="H77" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I77" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J77" s="536" t="s">
+        <v>175</v>
       </c>
       <c r="K77" s="259" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L77" s="399">
+        <v>157</v>
+      </c>
+      <c r="L77" s="480">
         <v>3829</v>
       </c>
-      <c r="M77" s="401" t="s">
-        <v>341</v>
+      <c r="M77" s="499" t="s">
+        <v>353</v>
       </c>
       <c r="N77" s="47" t="s">
-        <v>342</v>
+        <v>354</v>
       </c>
       <c r="O77" s="48" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="78" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A78" s="47">
         <v>4</v>
       </c>
       <c r="B78" s="46">
         <v>36.200000000000003</v>
       </c>
-      <c r="C78" s="470"/>
-[...6 lines deleted...]
-      <c r="J78" s="468"/>
+      <c r="C78" s="388">
+        <v>14.032</v>
+      </c>
+      <c r="D78" s="388" t="s">
+        <v>340</v>
+      </c>
+      <c r="E78" s="390" t="s">
+        <v>352</v>
+      </c>
+      <c r="F78" s="390" t="s">
+        <v>218</v>
+      </c>
+      <c r="G78" s="535"/>
+      <c r="H78" s="536"/>
+      <c r="I78" s="537"/>
+      <c r="J78" s="536"/>
       <c r="K78" s="259" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M78" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L78" s="481"/>
+      <c r="M78" s="500"/>
       <c r="N78" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O78" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O78" s="49" t="s">
-[...3 lines deleted...]
-    <row r="79" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+    </row>
+    <row r="79" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="47">
         <v>4</v>
       </c>
       <c r="B79" s="46">
         <v>37.1</v>
       </c>
-      <c r="C79" s="470">
+      <c r="C79" s="389">
         <v>14.036</v>
       </c>
-      <c r="D79" s="470" t="s">
-[...2 lines deleted...]
-      <c r="E79" s="467" t="s">
+      <c r="D79" s="389" t="s">
         <v>340</v>
       </c>
-      <c r="F79" s="467" t="s">
+      <c r="E79" s="391" t="s">
+        <v>352</v>
+      </c>
+      <c r="F79" s="391" t="s">
+        <v>222</v>
+      </c>
+      <c r="G79" s="538"/>
+      <c r="H79" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I79" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J79" s="536" t="s">
         <v>223</v>
       </c>
-      <c r="G79" s="471"/>
-[...8 lines deleted...]
-      </c>
       <c r="K79" s="259" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L79" s="399">
+        <v>157</v>
+      </c>
+      <c r="L79" s="480">
         <v>3830</v>
       </c>
-      <c r="M79" s="401" t="s">
-        <v>344</v>
+      <c r="M79" s="499" t="s">
+        <v>356</v>
       </c>
       <c r="N79" s="47" t="s">
-        <v>345</v>
+        <v>357</v>
       </c>
       <c r="O79" s="48" t="s">
-        <v>1499</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="80" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A80" s="47">
         <v>4</v>
       </c>
       <c r="B80" s="46">
         <v>37.200000000000003</v>
       </c>
-      <c r="C80" s="470"/>
-[...6 lines deleted...]
-      <c r="J80" s="468"/>
+      <c r="C80" s="388">
+        <v>14.036</v>
+      </c>
+      <c r="D80" s="388" t="s">
+        <v>340</v>
+      </c>
+      <c r="E80" s="390" t="s">
+        <v>352</v>
+      </c>
+      <c r="F80" s="390" t="s">
+        <v>222</v>
+      </c>
+      <c r="G80" s="538"/>
+      <c r="H80" s="536"/>
+      <c r="I80" s="537"/>
+      <c r="J80" s="536"/>
       <c r="K80" s="259" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M80" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L80" s="481"/>
+      <c r="M80" s="500"/>
       <c r="N80" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O80" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O80" s="49" t="s">
-[...3 lines deleted...]
-    <row r="81" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="81" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="47">
         <v>4</v>
       </c>
       <c r="B81" s="46">
         <v>38.1</v>
       </c>
-      <c r="C81" s="470">
+      <c r="C81" s="389">
         <v>14.038</v>
       </c>
-      <c r="D81" s="470" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="467" t="s">
+      <c r="D81" s="389" t="s">
         <v>340</v>
       </c>
-      <c r="F81" s="467" t="s">
+      <c r="E81" s="391" t="s">
+        <v>352</v>
+      </c>
+      <c r="F81" s="391" t="s">
         <v>235</v>
       </c>
-      <c r="G81" s="467"/>
-[...6 lines deleted...]
-      <c r="J81" s="468" t="s">
+      <c r="G81" s="535"/>
+      <c r="H81" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I81" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J81" s="536" t="s">
         <v>237</v>
       </c>
       <c r="K81" s="259" t="s">
         <v>238</v>
       </c>
-      <c r="L81" s="399">
+      <c r="L81" s="480">
         <v>3831</v>
       </c>
-      <c r="M81" s="401" t="s">
-[...9 lines deleted...]
-    <row r="82" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M81" s="499" t="s">
+        <v>359</v>
+      </c>
+      <c r="N81" s="502" t="s">
+        <v>360</v>
+      </c>
+      <c r="O81" s="533" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="82" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="47">
         <v>4</v>
       </c>
       <c r="B82" s="46">
         <v>38.200000000000003</v>
       </c>
-      <c r="C82" s="470"/>
-[...6 lines deleted...]
-      <c r="J82" s="468"/>
+      <c r="C82" s="392">
+        <v>14.038</v>
+      </c>
+      <c r="D82" s="392" t="s">
+        <v>340</v>
+      </c>
+      <c r="E82" s="393" t="s">
+        <v>352</v>
+      </c>
+      <c r="F82" s="393" t="s">
+        <v>235</v>
+      </c>
+      <c r="G82" s="535"/>
+      <c r="H82" s="536"/>
+      <c r="I82" s="537"/>
+      <c r="J82" s="536"/>
       <c r="K82" s="259" t="s">
         <v>231</v>
       </c>
-      <c r="L82" s="416"/>
-[...4 lines deleted...]
-    <row r="83" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+      <c r="L82" s="481"/>
+      <c r="M82" s="500"/>
+      <c r="N82" s="502"/>
+      <c r="O82" s="533"/>
+    </row>
+    <row r="83" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A83" s="47">
         <v>4</v>
       </c>
       <c r="B83" s="46">
         <v>38.299999999999997</v>
       </c>
-      <c r="C83" s="470"/>
-[...6 lines deleted...]
-      <c r="J83" s="468"/>
+      <c r="C83" s="388">
+        <v>14.038</v>
+      </c>
+      <c r="D83" s="388" t="s">
+        <v>340</v>
+      </c>
+      <c r="E83" s="390" t="s">
+        <v>352</v>
+      </c>
+      <c r="F83" s="390" t="s">
+        <v>235</v>
+      </c>
+      <c r="G83" s="535"/>
+      <c r="H83" s="536"/>
+      <c r="I83" s="537"/>
+      <c r="J83" s="536"/>
       <c r="K83" s="259" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L83" s="46">
         <v>3832</v>
       </c>
       <c r="M83" s="307" t="s">
-        <v>348</v>
+        <v>362</v>
       </c>
       <c r="N83" s="47" t="s">
-        <v>349</v>
+        <v>363</v>
       </c>
       <c r="O83" s="48" t="s">
-        <v>1501</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="84" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="47">
         <v>4</v>
       </c>
       <c r="B84" s="46">
         <v>39.1</v>
       </c>
-      <c r="C84" s="470">
+      <c r="C84" s="389">
         <v>14.037000000000001</v>
       </c>
-      <c r="D84" s="470" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="467" t="s">
+      <c r="D84" s="389" t="s">
         <v>340</v>
       </c>
-      <c r="F84" s="467" t="s">
-[...10 lines deleted...]
-        <v>228</v>
+      <c r="E84" s="391" t="s">
+        <v>352</v>
+      </c>
+      <c r="F84" s="391" t="s">
+        <v>244</v>
+      </c>
+      <c r="G84" s="535"/>
+      <c r="H84" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I84" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J84" s="536" t="s">
+        <v>227</v>
       </c>
       <c r="K84" s="259" t="s">
         <v>238</v>
       </c>
-      <c r="L84" s="399">
+      <c r="L84" s="480">
         <v>3833</v>
       </c>
-      <c r="M84" s="401" t="s">
-        <v>350</v>
+      <c r="M84" s="499" t="s">
+        <v>365</v>
       </c>
       <c r="N84" s="47" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="O84" s="48" t="s">
-        <v>1502</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="85" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A85" s="47">
         <v>4</v>
       </c>
       <c r="B85" s="46">
         <v>39.200000000000003</v>
       </c>
-      <c r="C85" s="470"/>
-[...6 lines deleted...]
-      <c r="J85" s="468"/>
+      <c r="C85" s="392">
+        <v>14.037000000000001</v>
+      </c>
+      <c r="D85" s="392" t="s">
+        <v>340</v>
+      </c>
+      <c r="E85" s="393" t="s">
+        <v>352</v>
+      </c>
+      <c r="F85" s="393" t="s">
+        <v>244</v>
+      </c>
+      <c r="G85" s="535"/>
+      <c r="H85" s="536"/>
+      <c r="I85" s="537"/>
+      <c r="J85" s="536"/>
       <c r="K85" s="259" t="s">
         <v>231</v>
       </c>
-      <c r="L85" s="416"/>
-      <c r="M85" s="402"/>
+      <c r="L85" s="481"/>
+      <c r="M85" s="500"/>
       <c r="N85" s="47" t="s">
-        <v>351</v>
+        <v>366</v>
       </c>
       <c r="O85" s="48" t="s">
-        <v>1502</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="86" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A86" s="47">
         <v>4</v>
       </c>
       <c r="B86" s="46">
         <v>39.299999999999997</v>
       </c>
-      <c r="C86" s="470"/>
-[...6 lines deleted...]
-      <c r="J86" s="468"/>
+      <c r="C86" s="388">
+        <v>14.037000000000001</v>
+      </c>
+      <c r="D86" s="388" t="s">
+        <v>340</v>
+      </c>
+      <c r="E86" s="390" t="s">
+        <v>352</v>
+      </c>
+      <c r="F86" s="390" t="s">
+        <v>244</v>
+      </c>
+      <c r="G86" s="535"/>
+      <c r="H86" s="536"/>
+      <c r="I86" s="537"/>
+      <c r="J86" s="536"/>
       <c r="K86" s="259" t="s">
         <v>232</v>
       </c>
       <c r="L86" s="46">
         <v>3834</v>
       </c>
       <c r="M86" s="307" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="N86" s="47" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="O86" s="48" t="s">
-        <v>1503</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:15" ht="84" x14ac:dyDescent="0.25">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="87" spans="1:15" ht="84" x14ac:dyDescent="0.3">
       <c r="A87" s="47">
         <v>4</v>
       </c>
       <c r="B87" s="46">
         <v>40</v>
       </c>
       <c r="C87" s="255">
         <v>14.044</v>
       </c>
       <c r="D87" s="255" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="E87" s="256" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="F87" s="256" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G87" s="256" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="H87" s="257" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I87" s="260" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="J87" s="257" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K87" s="259" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L87" s="46">
         <v>3828</v>
       </c>
       <c r="M87" s="307" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-    <row r="88" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>344</v>
+      </c>
+      <c r="N87" s="336" t="s">
+        <v>374</v>
+      </c>
+      <c r="O87" s="337" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="88" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="47">
         <v>4</v>
       </c>
       <c r="B88" s="46">
         <v>41.1</v>
       </c>
-      <c r="C88" s="470">
+      <c r="C88" s="389">
         <v>14.045</v>
       </c>
-      <c r="D88" s="470" t="s">
-[...16 lines deleted...]
-        <v>320</v>
+      <c r="D88" s="389" t="s">
+        <v>371</v>
+      </c>
+      <c r="E88" s="391" t="s">
+        <v>376</v>
+      </c>
+      <c r="F88" s="391" t="s">
+        <v>203</v>
+      </c>
+      <c r="G88" s="535"/>
+      <c r="H88" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I88" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J88" s="536" t="s">
+        <v>332</v>
       </c>
       <c r="K88" s="259" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L88" s="399">
+        <v>157</v>
+      </c>
+      <c r="L88" s="480">
         <v>3082</v>
       </c>
-      <c r="M88" s="401" t="s">
-        <v>360</v>
+      <c r="M88" s="499" t="s">
+        <v>377</v>
       </c>
       <c r="N88" s="47" t="s">
-        <v>361</v>
+        <v>378</v>
       </c>
       <c r="O88" s="48" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="89" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A89" s="47">
         <v>4</v>
       </c>
       <c r="B89" s="46">
         <v>41.2</v>
       </c>
-      <c r="C89" s="470"/>
-[...6 lines deleted...]
-      <c r="J89" s="468"/>
+      <c r="C89" s="388">
+        <v>14.045</v>
+      </c>
+      <c r="D89" s="388" t="s">
+        <v>371</v>
+      </c>
+      <c r="E89" s="390" t="s">
+        <v>376</v>
+      </c>
+      <c r="F89" s="390" t="s">
+        <v>203</v>
+      </c>
+      <c r="G89" s="535"/>
+      <c r="H89" s="536"/>
+      <c r="I89" s="537"/>
+      <c r="J89" s="536"/>
       <c r="K89" s="259" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M89" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L89" s="481"/>
+      <c r="M89" s="500"/>
       <c r="N89" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O89" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O89" s="49" t="s">
-[...3 lines deleted...]
-    <row r="90" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="90" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="47">
         <v>4</v>
       </c>
       <c r="B90" s="46">
         <v>42.1</v>
       </c>
-      <c r="C90" s="470">
+      <c r="C90" s="389">
         <v>14.047000000000001</v>
       </c>
-      <c r="D90" s="470" t="s">
-[...12 lines deleted...]
-      <c r="I90" s="469" t="s">
+      <c r="D90" s="389" t="s">
+        <v>371</v>
+      </c>
+      <c r="E90" s="391" t="s">
+        <v>376</v>
+      </c>
+      <c r="F90" s="391" t="s">
+        <v>207</v>
+      </c>
+      <c r="G90" s="535"/>
+      <c r="H90" s="536" t="s">
+        <v>150</v>
+      </c>
+      <c r="I90" s="537" t="s">
+        <v>348</v>
+      </c>
+      <c r="J90" s="536" t="s">
         <v>336</v>
       </c>
-      <c r="J90" s="468" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K90" s="259" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L90" s="399">
+        <v>157</v>
+      </c>
+      <c r="L90" s="480">
         <v>3083</v>
       </c>
-      <c r="M90" s="401" t="s">
-        <v>363</v>
+      <c r="M90" s="499" t="s">
+        <v>380</v>
       </c>
       <c r="N90" s="47" t="s">
-        <v>364</v>
+        <v>381</v>
       </c>
       <c r="O90" s="48" t="s">
-        <v>365</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="91" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A91" s="47">
         <v>4</v>
       </c>
       <c r="B91" s="46">
         <v>42.2</v>
       </c>
-      <c r="C91" s="470"/>
-[...6 lines deleted...]
-      <c r="J91" s="468"/>
+      <c r="C91" s="388">
+        <v>14.047000000000001</v>
+      </c>
+      <c r="D91" s="388" t="s">
+        <v>371</v>
+      </c>
+      <c r="E91" s="390" t="s">
+        <v>376</v>
+      </c>
+      <c r="F91" s="390" t="s">
+        <v>207</v>
+      </c>
+      <c r="G91" s="535"/>
+      <c r="H91" s="536"/>
+      <c r="I91" s="537"/>
+      <c r="J91" s="536"/>
       <c r="K91" s="259" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M91" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L91" s="481"/>
+      <c r="M91" s="500"/>
       <c r="N91" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O91" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O91" s="49" t="s">
-[...3 lines deleted...]
-    <row r="92" spans="1:15" ht="72" x14ac:dyDescent="0.25">
+    </row>
+    <row r="92" spans="1:15" ht="72" x14ac:dyDescent="0.3">
       <c r="A92" s="47">
         <v>4</v>
       </c>
       <c r="B92" s="46">
         <v>43</v>
       </c>
       <c r="C92" s="261">
         <v>1.004</v>
       </c>
       <c r="D92" s="261" t="s">
-        <v>366</v>
+        <v>383</v>
       </c>
       <c r="E92" s="262" t="s">
-        <v>367</v>
+        <v>384</v>
       </c>
       <c r="F92" s="263" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G92" s="263" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="H92" s="146" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I92" s="264"/>
       <c r="J92" s="146" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K92" s="264" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="L92" s="46">
         <v>3172</v>
       </c>
       <c r="M92" s="307" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="N92" s="47" t="s">
-        <v>370</v>
+        <v>387</v>
       </c>
       <c r="O92" s="49" t="s">
-        <v>1365</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="93" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="47">
         <v>4</v>
       </c>
       <c r="B93" s="46">
         <v>44.1</v>
       </c>
-      <c r="C93" s="475">
+      <c r="C93" s="394">
         <v>1.0049999999999999</v>
       </c>
-      <c r="D93" s="475" t="s">
-[...5 lines deleted...]
-      <c r="F93" s="472" t="s">
+      <c r="D93" s="394" t="s">
+        <v>383</v>
+      </c>
+      <c r="E93" s="396" t="s">
+        <v>388</v>
+      </c>
+      <c r="F93" s="398" t="s">
+        <v>174</v>
+      </c>
+      <c r="G93" s="539"/>
+      <c r="H93" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I93" s="541"/>
+      <c r="J93" s="540" t="s">
         <v>175</v>
       </c>
-      <c r="G93" s="472"/>
-[...6 lines deleted...]
-      </c>
       <c r="K93" s="264" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L93" s="399">
+        <v>219</v>
+      </c>
+      <c r="L93" s="480">
         <v>3087</v>
       </c>
-      <c r="M93" s="401" t="s">
-        <v>372</v>
+      <c r="M93" s="499" t="s">
+        <v>389</v>
       </c>
       <c r="N93" s="47" t="s">
-        <v>373</v>
+        <v>390</v>
       </c>
       <c r="O93" s="48" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="94" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A94" s="47">
         <v>4</v>
       </c>
       <c r="B94" s="46">
         <v>44.2</v>
       </c>
-      <c r="C94" s="475"/>
-[...6 lines deleted...]
-      <c r="J94" s="473"/>
+      <c r="C94" s="395">
+        <v>1.0049999999999999</v>
+      </c>
+      <c r="D94" s="395" t="s">
+        <v>383</v>
+      </c>
+      <c r="E94" s="397" t="s">
+        <v>388</v>
+      </c>
+      <c r="F94" s="397" t="s">
+        <v>174</v>
+      </c>
+      <c r="G94" s="539"/>
+      <c r="H94" s="540"/>
+      <c r="I94" s="541"/>
+      <c r="J94" s="540"/>
       <c r="K94" s="264" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M94" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L94" s="481"/>
+      <c r="M94" s="500"/>
       <c r="N94" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O94" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O94" s="49" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="95" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="47">
         <v>4</v>
       </c>
       <c r="B95" s="46">
         <v>45.1</v>
       </c>
-      <c r="C95" s="475">
+      <c r="C95" s="394">
         <v>14.117000000000001</v>
       </c>
-      <c r="D95" s="475" t="s">
-[...5 lines deleted...]
-      <c r="F95" s="476" t="s">
+      <c r="D95" s="394" t="s">
+        <v>383</v>
+      </c>
+      <c r="E95" s="396" t="s">
+        <v>392</v>
+      </c>
+      <c r="F95" s="396" t="s">
+        <v>218</v>
+      </c>
+      <c r="G95" s="542"/>
+      <c r="H95" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I95" s="541"/>
+      <c r="J95" s="540" t="s">
+        <v>175</v>
+      </c>
+      <c r="K95" s="264" t="s">
         <v>219</v>
       </c>
-      <c r="G95" s="476"/>
-[...10 lines deleted...]
-      <c r="L95" s="399">
+      <c r="L95" s="480">
         <v>3151</v>
       </c>
-      <c r="M95" s="401" t="s">
-        <v>376</v>
+      <c r="M95" s="499" t="s">
+        <v>393</v>
       </c>
       <c r="N95" s="47" t="s">
-        <v>377</v>
+        <v>394</v>
       </c>
       <c r="O95" s="48" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="96" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A96" s="47">
         <v>4</v>
       </c>
       <c r="B96" s="46">
         <v>45.2</v>
       </c>
-      <c r="C96" s="475"/>
-[...6 lines deleted...]
-      <c r="J96" s="473"/>
+      <c r="C96" s="395">
+        <v>14.117000000000001</v>
+      </c>
+      <c r="D96" s="395" t="s">
+        <v>383</v>
+      </c>
+      <c r="E96" s="397" t="s">
+        <v>392</v>
+      </c>
+      <c r="F96" s="397" t="s">
+        <v>218</v>
+      </c>
+      <c r="G96" s="542"/>
+      <c r="H96" s="540"/>
+      <c r="I96" s="541"/>
+      <c r="J96" s="540"/>
       <c r="K96" s="264" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M96" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L96" s="481"/>
+      <c r="M96" s="500"/>
       <c r="N96" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O96" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O96" s="49" t="s">
-[...3 lines deleted...]
-    <row r="97" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="97" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="47">
         <v>4</v>
       </c>
       <c r="B97" s="46">
         <v>46.1</v>
       </c>
-      <c r="C97" s="475">
+      <c r="C97" s="394">
         <v>14.121</v>
       </c>
-      <c r="D97" s="475" t="s">
-[...5 lines deleted...]
-      <c r="F97" s="472" t="s">
+      <c r="D97" s="394" t="s">
+        <v>383</v>
+      </c>
+      <c r="E97" s="396" t="s">
+        <v>392</v>
+      </c>
+      <c r="F97" s="398" t="s">
+        <v>222</v>
+      </c>
+      <c r="G97" s="543"/>
+      <c r="H97" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I97" s="541"/>
+      <c r="J97" s="540" t="s">
         <v>223</v>
       </c>
-      <c r="G97" s="477"/>
-[...6 lines deleted...]
-      </c>
       <c r="K97" s="264" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L97" s="399">
+        <v>219</v>
+      </c>
+      <c r="L97" s="480">
         <v>3152</v>
       </c>
-      <c r="M97" s="401" t="s">
-        <v>379</v>
+      <c r="M97" s="499" t="s">
+        <v>396</v>
       </c>
       <c r="N97" s="47" t="s">
-        <v>380</v>
+        <v>397</v>
       </c>
       <c r="O97" s="48" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="98" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A98" s="47">
         <v>4</v>
       </c>
       <c r="B98" s="46">
         <v>46.2</v>
       </c>
-      <c r="C98" s="475"/>
-[...6 lines deleted...]
-      <c r="J98" s="473"/>
+      <c r="C98" s="395">
+        <v>14.121</v>
+      </c>
+      <c r="D98" s="395" t="s">
+        <v>383</v>
+      </c>
+      <c r="E98" s="397" t="s">
+        <v>392</v>
+      </c>
+      <c r="F98" s="397" t="s">
+        <v>222</v>
+      </c>
+      <c r="G98" s="543"/>
+      <c r="H98" s="540"/>
+      <c r="I98" s="541"/>
+      <c r="J98" s="540"/>
       <c r="K98" s="264" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M98" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L98" s="481"/>
+      <c r="M98" s="500"/>
       <c r="N98" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O98" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O98" s="49" t="s">
-[...3 lines deleted...]
-    <row r="99" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="99" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="47">
         <v>4</v>
       </c>
       <c r="B99" s="46">
         <v>47.1</v>
       </c>
-      <c r="C99" s="475">
+      <c r="C99" s="394">
         <v>14.122999999999999</v>
       </c>
-      <c r="D99" s="475" t="s">
-[...5 lines deleted...]
-      <c r="F99" s="472" t="s">
+      <c r="D99" s="394" t="s">
+        <v>383</v>
+      </c>
+      <c r="E99" s="396" t="s">
+        <v>392</v>
+      </c>
+      <c r="F99" s="398" t="s">
         <v>235</v>
       </c>
-      <c r="G99" s="472"/>
-[...4 lines deleted...]
-      <c r="J99" s="473" t="s">
+      <c r="G99" s="539"/>
+      <c r="H99" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I99" s="541"/>
+      <c r="J99" s="540" t="s">
         <v>237</v>
       </c>
       <c r="K99" s="264" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="L99" s="399">
+        <v>228</v>
+      </c>
+      <c r="L99" s="480">
         <v>3154</v>
       </c>
-      <c r="M99" s="401" t="s">
-[...9 lines deleted...]
-    <row r="100" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M99" s="499" t="s">
+        <v>399</v>
+      </c>
+      <c r="N99" s="502" t="s">
+        <v>400</v>
+      </c>
+      <c r="O99" s="533" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="100" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A100" s="47">
         <v>4</v>
       </c>
       <c r="B100" s="46">
         <v>47.2</v>
       </c>
-      <c r="C100" s="475"/>
-[...6 lines deleted...]
-      <c r="J100" s="473"/>
+      <c r="C100" s="399">
+        <v>14.122999999999999</v>
+      </c>
+      <c r="D100" s="399" t="s">
+        <v>383</v>
+      </c>
+      <c r="E100" s="400" t="s">
+        <v>392</v>
+      </c>
+      <c r="F100" s="400" t="s">
+        <v>235</v>
+      </c>
+      <c r="G100" s="539"/>
+      <c r="H100" s="540"/>
+      <c r="I100" s="541"/>
+      <c r="J100" s="540"/>
       <c r="K100" s="264" t="s">
         <v>231</v>
       </c>
-      <c r="L100" s="416"/>
-[...4 lines deleted...]
-    <row r="101" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+      <c r="L100" s="481"/>
+      <c r="M100" s="500"/>
+      <c r="N100" s="502"/>
+      <c r="O100" s="533"/>
+    </row>
+    <row r="101" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A101" s="47">
         <v>4</v>
       </c>
       <c r="B101" s="46">
         <v>47.3</v>
       </c>
-      <c r="C101" s="475"/>
-[...6 lines deleted...]
-      <c r="J101" s="473"/>
+      <c r="C101" s="395">
+        <v>14.122999999999999</v>
+      </c>
+      <c r="D101" s="395" t="s">
+        <v>383</v>
+      </c>
+      <c r="E101" s="397" t="s">
+        <v>392</v>
+      </c>
+      <c r="F101" s="397" t="s">
+        <v>235</v>
+      </c>
+      <c r="G101" s="539"/>
+      <c r="H101" s="540"/>
+      <c r="I101" s="541"/>
+      <c r="J101" s="540"/>
       <c r="K101" s="264" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L101" s="46">
         <v>3826</v>
       </c>
       <c r="M101" s="307" t="s">
-        <v>384</v>
+        <v>402</v>
       </c>
       <c r="N101" s="47" t="s">
-        <v>385</v>
+        <v>403</v>
       </c>
       <c r="O101" s="48" t="s">
-        <v>1352</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="102" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="47">
         <v>4</v>
       </c>
       <c r="B102" s="46">
         <v>48.1</v>
       </c>
-      <c r="C102" s="475">
+      <c r="C102" s="394">
         <v>14.122</v>
       </c>
-      <c r="D102" s="475" t="s">
-[...13 lines deleted...]
-      <c r="J102" s="473" t="s">
+      <c r="D102" s="394" t="s">
+        <v>383</v>
+      </c>
+      <c r="E102" s="396" t="s">
+        <v>392</v>
+      </c>
+      <c r="F102" s="398" t="s">
+        <v>244</v>
+      </c>
+      <c r="G102" s="539"/>
+      <c r="H102" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I102" s="541"/>
+      <c r="J102" s="540" t="s">
+        <v>227</v>
+      </c>
+      <c r="K102" s="264" t="s">
         <v>228</v>
       </c>
-      <c r="K102" s="264" t="s">
-[...2 lines deleted...]
-      <c r="L102" s="399">
+      <c r="L102" s="480">
         <v>3153</v>
       </c>
-      <c r="M102" s="401" t="s">
-        <v>386</v>
+      <c r="M102" s="499" t="s">
+        <v>404</v>
       </c>
       <c r="N102" s="47" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="O102" s="48" t="s">
-        <v>1353</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="103" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A103" s="47">
         <v>4</v>
       </c>
       <c r="B103" s="46">
         <v>48.2</v>
       </c>
-      <c r="C103" s="475"/>
-[...6 lines deleted...]
-      <c r="J103" s="473"/>
+      <c r="C103" s="399">
+        <v>14.122</v>
+      </c>
+      <c r="D103" s="399" t="s">
+        <v>383</v>
+      </c>
+      <c r="E103" s="400" t="s">
+        <v>392</v>
+      </c>
+      <c r="F103" s="400" t="s">
+        <v>244</v>
+      </c>
+      <c r="G103" s="539"/>
+      <c r="H103" s="540"/>
+      <c r="I103" s="541"/>
+      <c r="J103" s="540"/>
       <c r="K103" s="264" t="s">
         <v>231</v>
       </c>
-      <c r="L103" s="416"/>
-      <c r="M103" s="402"/>
+      <c r="L103" s="481"/>
+      <c r="M103" s="500"/>
       <c r="N103" s="47" t="s">
-        <v>387</v>
+        <v>405</v>
       </c>
       <c r="O103" s="48" t="s">
-        <v>1353</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="104" spans="1:15" ht="36" x14ac:dyDescent="0.3">
       <c r="A104" s="47">
         <v>4</v>
       </c>
       <c r="B104" s="46">
         <v>48.3</v>
       </c>
-      <c r="C104" s="475"/>
-[...6 lines deleted...]
-      <c r="J104" s="473"/>
+      <c r="C104" s="395">
+        <v>14.122</v>
+      </c>
+      <c r="D104" s="395" t="s">
+        <v>383</v>
+      </c>
+      <c r="E104" s="397" t="s">
+        <v>392</v>
+      </c>
+      <c r="F104" s="397" t="s">
+        <v>244</v>
+      </c>
+      <c r="G104" s="539"/>
+      <c r="H104" s="540"/>
+      <c r="I104" s="541"/>
+      <c r="J104" s="540"/>
       <c r="K104" s="264" t="s">
         <v>232</v>
       </c>
       <c r="L104" s="46">
         <v>3827</v>
       </c>
       <c r="M104" s="307" t="s">
-        <v>388</v>
+        <v>406</v>
       </c>
       <c r="N104" s="47" t="s">
-        <v>389</v>
+        <v>407</v>
       </c>
       <c r="O104" s="48" t="s">
-        <v>1354</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:15" ht="72" x14ac:dyDescent="0.25">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15" ht="72" x14ac:dyDescent="0.3">
       <c r="A105" s="47">
         <v>4</v>
       </c>
       <c r="B105" s="46">
         <v>49</v>
       </c>
       <c r="C105" s="261">
         <v>14.129</v>
       </c>
       <c r="D105" s="261" t="s">
-        <v>390</v>
+        <v>408</v>
       </c>
       <c r="E105" s="262" t="s">
-        <v>391</v>
+        <v>409</v>
       </c>
       <c r="F105" s="263" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G105" s="263" t="s">
-        <v>368</v>
+        <v>385</v>
       </c>
       <c r="H105" s="146" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I105" s="264"/>
       <c r="J105" s="146" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K105" s="264" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="L105" s="46">
         <v>3172</v>
       </c>
       <c r="M105" s="307" t="s">
-        <v>369</v>
+        <v>386</v>
       </c>
       <c r="N105" s="47" t="s">
-        <v>392</v>
+        <v>410</v>
       </c>
       <c r="O105" s="49" t="s">
-        <v>1366</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="47">
         <v>4</v>
       </c>
       <c r="B106" s="46">
         <v>50.1</v>
       </c>
-      <c r="C106" s="475">
+      <c r="C106" s="394">
         <v>14.13</v>
       </c>
-      <c r="D106" s="475" t="s">
-[...14 lines deleted...]
-        <v>320</v>
+      <c r="D106" s="394" t="s">
+        <v>408</v>
+      </c>
+      <c r="E106" s="396" t="s">
+        <v>411</v>
+      </c>
+      <c r="F106" s="396" t="s">
+        <v>203</v>
+      </c>
+      <c r="G106" s="542"/>
+      <c r="H106" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I106" s="541"/>
+      <c r="J106" s="540" t="s">
+        <v>332</v>
       </c>
       <c r="K106" s="264" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L106" s="399">
+        <v>219</v>
+      </c>
+      <c r="L106" s="480">
         <v>3091</v>
       </c>
-      <c r="M106" s="401" t="s">
-        <v>394</v>
+      <c r="M106" s="499" t="s">
+        <v>412</v>
       </c>
       <c r="N106" s="47" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
       <c r="O106" s="48" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="107" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A107" s="47">
         <v>4</v>
       </c>
       <c r="B107" s="46">
         <v>50.2</v>
       </c>
-      <c r="C107" s="475"/>
-[...6 lines deleted...]
-      <c r="J107" s="473"/>
+      <c r="C107" s="395">
+        <v>14.13</v>
+      </c>
+      <c r="D107" s="395" t="s">
+        <v>408</v>
+      </c>
+      <c r="E107" s="397" t="s">
+        <v>411</v>
+      </c>
+      <c r="F107" s="397" t="s">
+        <v>203</v>
+      </c>
+      <c r="G107" s="542"/>
+      <c r="H107" s="540"/>
+      <c r="I107" s="541"/>
+      <c r="J107" s="540"/>
       <c r="K107" s="264" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M107" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L107" s="481"/>
+      <c r="M107" s="500"/>
       <c r="N107" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O107" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O107" s="49" t="s">
-[...3 lines deleted...]
-    <row r="108" spans="1:15" ht="36" x14ac:dyDescent="0.25">
+    </row>
+    <row r="108" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="47">
         <v>4</v>
       </c>
       <c r="B108" s="46">
         <v>51.1</v>
       </c>
-      <c r="C108" s="475">
+      <c r="C108" s="394">
         <v>14.132</v>
       </c>
-      <c r="D108" s="475" t="s">
-[...14 lines deleted...]
-        <v>324</v>
+      <c r="D108" s="394" t="s">
+        <v>408</v>
+      </c>
+      <c r="E108" s="396" t="s">
+        <v>411</v>
+      </c>
+      <c r="F108" s="396" t="s">
+        <v>207</v>
+      </c>
+      <c r="G108" s="542"/>
+      <c r="H108" s="540" t="s">
+        <v>196</v>
+      </c>
+      <c r="I108" s="544"/>
+      <c r="J108" s="540" t="s">
+        <v>336</v>
       </c>
       <c r="K108" s="264" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="L108" s="399">
+        <v>219</v>
+      </c>
+      <c r="L108" s="480">
         <v>3092</v>
       </c>
-      <c r="M108" s="401" t="s">
-        <v>397</v>
+      <c r="M108" s="499" t="s">
+        <v>415</v>
       </c>
       <c r="N108" s="47" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
       <c r="O108" s="48" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="109" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A109" s="47">
         <v>4</v>
       </c>
       <c r="B109" s="46">
         <v>51.2</v>
       </c>
-      <c r="C109" s="475"/>
-[...6 lines deleted...]
-      <c r="J109" s="473"/>
+      <c r="C109" s="395">
+        <v>14.132</v>
+      </c>
+      <c r="D109" s="395" t="s">
+        <v>408</v>
+      </c>
+      <c r="E109" s="397" t="s">
+        <v>411</v>
+      </c>
+      <c r="F109" s="397" t="s">
+        <v>207</v>
+      </c>
+      <c r="G109" s="542"/>
+      <c r="H109" s="540"/>
+      <c r="I109" s="544"/>
+      <c r="J109" s="540"/>
       <c r="K109" s="264" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M109" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L109" s="481"/>
+      <c r="M109" s="500"/>
       <c r="N109" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O109" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O109" s="49" t="s">
-[...3 lines deleted...]
-    <row r="110" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="110" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="47">
         <v>4</v>
       </c>
       <c r="B110" s="46">
         <v>52</v>
       </c>
       <c r="C110" s="265">
         <v>14.055999999999999</v>
       </c>
       <c r="D110" s="266" t="s">
-        <v>400</v>
+        <v>418</v>
       </c>
       <c r="E110" s="267" t="s">
-        <v>401</v>
+        <v>419</v>
       </c>
       <c r="F110" s="268" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G110" s="267" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="H110" s="269" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I110" s="267" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="J110" s="269" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K110" s="270" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L110" s="121">
         <v>3836</v>
       </c>
-      <c r="M110" s="309" t="s">
-        <v>404</v>
+      <c r="M110" s="308" t="s">
+        <v>422</v>
       </c>
       <c r="N110" s="47" t="s">
-        <v>405</v>
+        <v>423</v>
       </c>
       <c r="O110" s="49" t="s">
-        <v>1383</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="47">
         <v>4</v>
       </c>
       <c r="B111" s="46">
         <v>53</v>
       </c>
       <c r="C111" s="265">
         <v>14.057</v>
       </c>
       <c r="D111" s="266" t="s">
-        <v>400</v>
+        <v>418</v>
       </c>
       <c r="E111" s="267" t="s">
-        <v>406</v>
+        <v>424</v>
       </c>
       <c r="F111" s="268" t="s">
-        <v>407</v>
+        <v>425</v>
       </c>
       <c r="G111" s="267" t="s">
-        <v>408</v>
+        <v>426</v>
       </c>
       <c r="H111" s="269" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I111" s="268" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="J111" s="269" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K111" s="270" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="L111" s="341">
+        <v>254</v>
+      </c>
+      <c r="L111" s="121">
         <v>3836</v>
       </c>
-      <c r="M111" s="333" t="s">
-[...9 lines deleted...]
-    <row r="112" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+      <c r="M111" s="308" t="s">
+        <v>1486</v>
+      </c>
+      <c r="N111" s="333" t="s">
+        <v>1456</v>
+      </c>
+      <c r="O111" s="335" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="47">
         <v>4</v>
       </c>
       <c r="B112" s="46">
         <v>54.1</v>
       </c>
-      <c r="C112" s="482">
+      <c r="C112" s="401">
         <v>14.058</v>
       </c>
-      <c r="D112" s="482" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="479" t="s">
+      <c r="D112" s="401" t="s">
+        <v>418</v>
+      </c>
+      <c r="E112" s="403" t="s">
+        <v>427</v>
+      </c>
+      <c r="F112" s="403" t="s">
+        <v>174</v>
+      </c>
+      <c r="G112" s="545"/>
+      <c r="H112" s="546" t="s">
+        <v>150</v>
+      </c>
+      <c r="I112" s="547" t="s">
+        <v>428</v>
+      </c>
+      <c r="J112" s="546" t="s">
         <v>175</v>
       </c>
-      <c r="G112" s="479"/>
-[...8 lines deleted...]
-      </c>
       <c r="K112" s="270" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L112" s="399">
+        <v>157</v>
+      </c>
+      <c r="L112" s="480">
         <v>3096</v>
       </c>
-      <c r="M112" s="401" t="s">
-[...9 lines deleted...]
-    <row r="113" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="M112" s="499" t="s">
+        <v>429</v>
+      </c>
+      <c r="N112" s="473" t="s">
+        <v>430</v>
+      </c>
+      <c r="O112" s="473" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15" x14ac:dyDescent="0.3">
       <c r="A113" s="47">
         <v>4</v>
       </c>
       <c r="B113" s="46">
         <v>54.2</v>
       </c>
-      <c r="C113" s="482"/>
-[...6 lines deleted...]
-      <c r="J113" s="480"/>
+      <c r="C113" s="402">
+        <v>14.058</v>
+      </c>
+      <c r="D113" s="402" t="s">
+        <v>418</v>
+      </c>
+      <c r="E113" s="404" t="s">
+        <v>427</v>
+      </c>
+      <c r="F113" s="404" t="s">
+        <v>174</v>
+      </c>
+      <c r="G113" s="545"/>
+      <c r="H113" s="546"/>
+      <c r="I113" s="547"/>
+      <c r="J113" s="546"/>
       <c r="K113" s="270" t="s">
-        <v>159</v>
-[...6 lines deleted...]
-    <row r="114" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>158</v>
+      </c>
+      <c r="L113" s="481"/>
+      <c r="M113" s="500"/>
+      <c r="N113" s="474"/>
+      <c r="O113" s="474"/>
+    </row>
+    <row r="114" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="47">
         <v>4</v>
       </c>
       <c r="B114" s="46">
         <v>55.1</v>
       </c>
-      <c r="C114" s="482">
+      <c r="C114" s="401">
         <v>14.066000000000001</v>
       </c>
-      <c r="D114" s="482" t="s">
-[...5 lines deleted...]
-      <c r="F114" s="479" t="s">
+      <c r="D114" s="401" t="s">
+        <v>418</v>
+      </c>
+      <c r="E114" s="403" t="s">
+        <v>432</v>
+      </c>
+      <c r="F114" s="403" t="s">
         <v>235</v>
       </c>
-      <c r="G114" s="479"/>
-[...6 lines deleted...]
-      <c r="J114" s="480" t="s">
+      <c r="G114" s="548"/>
+      <c r="H114" s="546" t="s">
+        <v>150</v>
+      </c>
+      <c r="I114" s="547" t="s">
+        <v>428</v>
+      </c>
+      <c r="J114" s="546" t="s">
         <v>237</v>
       </c>
       <c r="K114" s="270" t="s">
         <v>238</v>
       </c>
-      <c r="L114" s="399">
+      <c r="L114" s="480">
         <v>3837</v>
       </c>
-      <c r="M114" s="401" t="s">
-        <v>415</v>
+      <c r="M114" s="499" t="s">
+        <v>433</v>
       </c>
       <c r="N114" s="47" t="s">
-        <v>416</v>
+        <v>434</v>
       </c>
       <c r="O114" s="48" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A115" s="47">
         <v>4</v>
       </c>
       <c r="B115" s="46">
         <v>55.2</v>
       </c>
-      <c r="C115" s="482"/>
-[...6 lines deleted...]
-      <c r="J115" s="480"/>
+      <c r="C115" s="405">
+        <v>14.066000000000001</v>
+      </c>
+      <c r="D115" s="405" t="s">
+        <v>418</v>
+      </c>
+      <c r="E115" s="406" t="s">
+        <v>432</v>
+      </c>
+      <c r="F115" s="406" t="s">
+        <v>235</v>
+      </c>
+      <c r="G115" s="548"/>
+      <c r="H115" s="546"/>
+      <c r="I115" s="547"/>
+      <c r="J115" s="546"/>
       <c r="K115" s="270" t="s">
         <v>231</v>
       </c>
-      <c r="L115" s="416"/>
-      <c r="M115" s="402"/>
+      <c r="L115" s="481"/>
+      <c r="M115" s="500"/>
       <c r="N115" s="47" t="s">
-        <v>416</v>
+        <v>434</v>
       </c>
       <c r="O115" s="48" t="s">
-        <v>417</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A116" s="47">
         <v>4</v>
       </c>
       <c r="B116" s="46">
         <v>55.3</v>
       </c>
-      <c r="C116" s="482"/>
-[...6 lines deleted...]
-      <c r="J116" s="480"/>
+      <c r="C116" s="402">
+        <v>14.066000000000001</v>
+      </c>
+      <c r="D116" s="402" t="s">
+        <v>418</v>
+      </c>
+      <c r="E116" s="404" t="s">
+        <v>432</v>
+      </c>
+      <c r="F116" s="404" t="s">
+        <v>235</v>
+      </c>
+      <c r="G116" s="548"/>
+      <c r="H116" s="546"/>
+      <c r="I116" s="547"/>
+      <c r="J116" s="546"/>
       <c r="K116" s="270" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L116" s="46">
         <v>3838</v>
       </c>
       <c r="M116" s="307" t="s">
-        <v>418</v>
+        <v>436</v>
       </c>
       <c r="N116" s="47" t="s">
-        <v>419</v>
+        <v>437</v>
       </c>
       <c r="O116" s="49" t="s">
-        <v>1384</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="47">
         <v>4</v>
       </c>
       <c r="B117" s="46">
         <v>56.1</v>
       </c>
-      <c r="C117" s="482">
+      <c r="C117" s="401">
         <v>14.065</v>
       </c>
-      <c r="D117" s="482" t="s">
-[...16 lines deleted...]
-        <v>228</v>
+      <c r="D117" s="401" t="s">
+        <v>418</v>
+      </c>
+      <c r="E117" s="403" t="s">
+        <v>432</v>
+      </c>
+      <c r="F117" s="403" t="s">
+        <v>244</v>
+      </c>
+      <c r="G117" s="550"/>
+      <c r="H117" s="546" t="s">
+        <v>150</v>
+      </c>
+      <c r="I117" s="547" t="s">
+        <v>428</v>
+      </c>
+      <c r="J117" s="546" t="s">
+        <v>227</v>
       </c>
       <c r="K117" s="270" t="s">
         <v>238</v>
       </c>
-      <c r="L117" s="399">
+      <c r="L117" s="480">
         <v>3839</v>
       </c>
-      <c r="M117" s="401" t="s">
-        <v>420</v>
+      <c r="M117" s="499" t="s">
+        <v>438</v>
       </c>
       <c r="N117" s="47" t="s">
-        <v>421</v>
+        <v>439</v>
       </c>
       <c r="O117" s="48" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15" ht="48" x14ac:dyDescent="0.3">
       <c r="A118" s="47">
         <v>4</v>
       </c>
       <c r="B118" s="46">
         <v>56.2</v>
       </c>
-      <c r="C118" s="482"/>
-[...6 lines deleted...]
-      <c r="J118" s="480"/>
+      <c r="C118" s="405">
+        <v>14.065</v>
+      </c>
+      <c r="D118" s="405" t="s">
+        <v>418</v>
+      </c>
+      <c r="E118" s="406" t="s">
+        <v>432</v>
+      </c>
+      <c r="F118" s="406" t="s">
+        <v>244</v>
+      </c>
+      <c r="G118" s="550"/>
+      <c r="H118" s="546"/>
+      <c r="I118" s="547"/>
+      <c r="J118" s="546"/>
       <c r="K118" s="270" t="s">
         <v>231</v>
       </c>
-      <c r="L118" s="416"/>
-      <c r="M118" s="402"/>
+      <c r="L118" s="481"/>
+      <c r="M118" s="500"/>
       <c r="N118" s="47" t="s">
-        <v>421</v>
+        <v>439</v>
       </c>
       <c r="O118" s="48" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:15" ht="60" x14ac:dyDescent="0.25">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15" ht="60" x14ac:dyDescent="0.3">
       <c r="A119" s="47">
         <v>4</v>
       </c>
       <c r="B119" s="46">
         <v>56.3</v>
       </c>
-      <c r="C119" s="482"/>
-[...6 lines deleted...]
-      <c r="J119" s="480"/>
+      <c r="C119" s="402">
+        <v>14.065</v>
+      </c>
+      <c r="D119" s="402" t="s">
+        <v>418</v>
+      </c>
+      <c r="E119" s="404" t="s">
+        <v>432</v>
+      </c>
+      <c r="F119" s="404" t="s">
+        <v>244</v>
+      </c>
+      <c r="G119" s="550"/>
+      <c r="H119" s="546"/>
+      <c r="I119" s="547"/>
+      <c r="J119" s="546"/>
       <c r="K119" s="270" t="s">
         <v>232</v>
       </c>
       <c r="L119" s="46">
         <v>3840</v>
       </c>
       <c r="M119" s="307" t="s">
-        <v>423</v>
+        <v>441</v>
       </c>
       <c r="N119" s="47" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="O119" s="49" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
     </row>
     <row r="120" spans="1:15" ht="84" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A120" s="47">
         <v>4</v>
       </c>
       <c r="B120" s="46">
         <v>57</v>
       </c>
       <c r="C120" s="265">
         <v>14.071999999999999</v>
       </c>
       <c r="D120" s="266" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="E120" s="267" t="s">
-        <v>427</v>
+        <v>445</v>
       </c>
       <c r="F120" s="268" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G120" s="267" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="H120" s="268" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I120" s="268" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="J120" s="269" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K120" s="270" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L120" s="46">
         <v>3836</v>
       </c>
       <c r="M120" s="305" t="s">
-        <v>404</v>
-[...8 lines deleted...]
-    <row r="121" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>422</v>
+      </c>
+      <c r="N120" s="420" t="s">
+        <v>1490</v>
+      </c>
+      <c r="O120" s="421" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="47">
         <v>4</v>
       </c>
       <c r="B121" s="46">
         <v>58</v>
       </c>
       <c r="C121" s="265">
         <v>14.073</v>
       </c>
       <c r="D121" s="266" t="s">
+        <v>444</v>
+      </c>
+      <c r="E121" s="268" t="s">
+        <v>446</v>
+      </c>
+      <c r="F121" s="268" t="s">
+        <v>447</v>
+      </c>
+      <c r="G121" s="268" t="s">
         <v>426</v>
       </c>
-      <c r="E121" s="268" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H121" s="268" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I121" s="267" t="s">
-        <v>403</v>
+        <v>421</v>
       </c>
       <c r="J121" s="269" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K121" s="270" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L121" s="46">
         <v>3836</v>
       </c>
       <c r="M121" s="305" t="s">
-        <v>404</v>
+        <v>422</v>
       </c>
       <c r="N121" s="47" t="s">
-        <v>432</v>
+        <v>448</v>
       </c>
       <c r="O121" s="49" t="s">
-        <v>1385</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="47">
         <v>4</v>
       </c>
       <c r="B122" s="46">
         <v>59.1</v>
       </c>
-      <c r="C122" s="482">
+      <c r="C122" s="401">
         <v>14.074</v>
       </c>
-      <c r="D122" s="482" t="s">
-[...16 lines deleted...]
-        <v>320</v>
+      <c r="D122" s="401" t="s">
+        <v>444</v>
+      </c>
+      <c r="E122" s="403" t="s">
+        <v>449</v>
+      </c>
+      <c r="F122" s="407" t="s">
+        <v>203</v>
+      </c>
+      <c r="G122" s="549"/>
+      <c r="H122" s="546" t="s">
+        <v>150</v>
+      </c>
+      <c r="I122" s="547" t="s">
+        <v>428</v>
+      </c>
+      <c r="J122" s="546" t="s">
+        <v>332</v>
       </c>
       <c r="K122" s="270" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L122" s="399">
+        <v>157</v>
+      </c>
+      <c r="L122" s="480">
         <v>3100</v>
       </c>
-      <c r="M122" s="401" t="s">
-        <v>434</v>
+      <c r="M122" s="499" t="s">
+        <v>450</v>
       </c>
       <c r="N122" s="47" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="O122" s="48" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A123" s="47">
         <v>4</v>
       </c>
       <c r="B123" s="46">
         <v>59.2</v>
       </c>
-      <c r="C123" s="482"/>
-[...6 lines deleted...]
-      <c r="J123" s="480"/>
+      <c r="C123" s="402">
+        <v>14.074</v>
+      </c>
+      <c r="D123" s="402" t="s">
+        <v>444</v>
+      </c>
+      <c r="E123" s="404" t="s">
+        <v>449</v>
+      </c>
+      <c r="F123" s="404" t="s">
+        <v>203</v>
+      </c>
+      <c r="G123" s="549"/>
+      <c r="H123" s="546"/>
+      <c r="I123" s="547"/>
+      <c r="J123" s="546"/>
       <c r="K123" s="270" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M123" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L123" s="481"/>
+      <c r="M123" s="500"/>
       <c r="N123" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O123" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O123" s="49" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+    </row>
+    <row r="124" spans="1:15" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="47">
         <v>4</v>
       </c>
       <c r="B124" s="46">
         <v>60.1</v>
       </c>
-      <c r="C124" s="482">
+      <c r="C124" s="401">
         <v>14.076000000000001</v>
       </c>
-      <c r="D124" s="482" t="s">
-[...16 lines deleted...]
-        <v>324</v>
+      <c r="D124" s="401" t="s">
+        <v>444</v>
+      </c>
+      <c r="E124" s="403" t="s">
+        <v>449</v>
+      </c>
+      <c r="F124" s="403" t="s">
+        <v>207</v>
+      </c>
+      <c r="G124" s="549"/>
+      <c r="H124" s="546" t="s">
+        <v>150</v>
+      </c>
+      <c r="I124" s="547" t="s">
+        <v>428</v>
+      </c>
+      <c r="J124" s="546" t="s">
+        <v>336</v>
       </c>
       <c r="K124" s="270" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L124" s="399">
+        <v>157</v>
+      </c>
+      <c r="L124" s="480">
         <v>3101</v>
       </c>
-      <c r="M124" s="401" t="s">
-        <v>437</v>
+      <c r="M124" s="499" t="s">
+        <v>453</v>
       </c>
       <c r="N124" s="47" t="s">
-        <v>438</v>
+        <v>454</v>
       </c>
       <c r="O124" s="48" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:15" ht="24" x14ac:dyDescent="0.25">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15" ht="24" x14ac:dyDescent="0.3">
       <c r="A125" s="47">
         <v>4</v>
       </c>
       <c r="B125" s="46">
         <v>60.2</v>
       </c>
-      <c r="C125" s="482"/>
-[...6 lines deleted...]
-      <c r="J125" s="480"/>
+      <c r="C125" s="402">
+        <v>14.076000000000001</v>
+      </c>
+      <c r="D125" s="402" t="s">
+        <v>444</v>
+      </c>
+      <c r="E125" s="404" t="s">
+        <v>449</v>
+      </c>
+      <c r="F125" s="404" t="s">
+        <v>207</v>
+      </c>
+      <c r="G125" s="549"/>
+      <c r="H125" s="546"/>
+      <c r="I125" s="547"/>
+      <c r="J125" s="546"/>
       <c r="K125" s="270" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M125" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L125" s="481"/>
+      <c r="M125" s="500"/>
       <c r="N125" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O125" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O125" s="49" t="s">
-[...3 lines deleted...]
-    <row r="126" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="126" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="47">
         <v>4</v>
       </c>
       <c r="B126" s="46">
         <v>61</v>
       </c>
       <c r="C126" s="271">
         <v>14.085000000000001</v>
       </c>
       <c r="D126" s="271" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="E126" s="272" t="s">
-        <v>441</v>
+        <v>457</v>
       </c>
       <c r="F126" s="37" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G126" s="272" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="H126" s="34" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I126" s="37" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="J126" s="34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K126" s="35" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L126" s="46">
         <v>3841</v>
       </c>
       <c r="M126" s="305" t="s">
-        <v>443</v>
+        <v>459</v>
       </c>
       <c r="N126" s="47" t="s">
-        <v>444</v>
+        <v>460</v>
       </c>
       <c r="O126" s="49" t="s">
-        <v>1386</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15" s="254" customFormat="1" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="47">
         <v>4</v>
       </c>
       <c r="B127" s="46">
         <v>62</v>
       </c>
       <c r="C127" s="224">
         <v>14.086</v>
       </c>
       <c r="D127" s="271" t="s">
-        <v>440</v>
+        <v>456</v>
       </c>
       <c r="E127" s="37" t="s">
-        <v>445</v>
+        <v>461</v>
       </c>
       <c r="F127" s="37" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="G127" s="37" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="H127" s="34" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I127" s="37" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="J127" s="34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K127" s="35" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="L127" s="343">
+        <v>254</v>
+      </c>
+      <c r="L127" s="46">
         <v>3841</v>
       </c>
-      <c r="M127" s="335" t="s">
-        <v>1437</v>
+      <c r="M127" s="305" t="s">
+        <v>1487</v>
       </c>
       <c r="N127" s="47" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="O127" s="49" t="s">
-        <v>1387</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15" s="254" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="47">
         <v>4</v>
       </c>
       <c r="B128" s="46">
         <v>63.1</v>
       </c>
-      <c r="C128" s="486">
+      <c r="C128" s="408">
         <v>14.087</v>
       </c>
-      <c r="D128" s="486" t="s">
-[...5 lines deleted...]
-      <c r="F128" s="488" t="s">
+      <c r="D128" s="408" t="s">
+        <v>456</v>
+      </c>
+      <c r="E128" s="410" t="s">
+        <v>464</v>
+      </c>
+      <c r="F128" s="412" t="s">
+        <v>174</v>
+      </c>
+      <c r="G128" s="551"/>
+      <c r="H128" s="552" t="s">
+        <v>150</v>
+      </c>
+      <c r="I128" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="J128" s="552" t="s">
         <v>175</v>
       </c>
-      <c r="G128" s="489"/>
-[...8 lines deleted...]
-      </c>
       <c r="K128" s="35" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L128" s="403">
+        <v>157</v>
+      </c>
+      <c r="L128" s="473">
         <v>3105</v>
       </c>
-      <c r="M128" s="401" t="s">
-        <v>450</v>
+      <c r="M128" s="499" t="s">
+        <v>466</v>
       </c>
       <c r="N128" s="47" t="s">
-        <v>451</v>
+        <v>467</v>
       </c>
       <c r="O128" s="49" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:15" s="254" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" s="254" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A129" s="47">
         <v>4</v>
       </c>
       <c r="B129" s="46">
         <v>63.2</v>
       </c>
-      <c r="C129" s="486"/>
-[...6 lines deleted...]
-      <c r="J129" s="490"/>
+      <c r="C129" s="409">
+        <v>14.087</v>
+      </c>
+      <c r="D129" s="409" t="s">
+        <v>456</v>
+      </c>
+      <c r="E129" s="411" t="s">
+        <v>464</v>
+      </c>
+      <c r="F129" s="411" t="s">
+        <v>174</v>
+      </c>
+      <c r="G129" s="551"/>
+      <c r="H129" s="552"/>
+      <c r="I129" s="553"/>
+      <c r="J129" s="552"/>
       <c r="K129" s="35" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M129" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L129" s="481"/>
+      <c r="M129" s="500"/>
       <c r="N129" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O129" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O129" s="49" t="s">
-[...3 lines deleted...]
-    <row r="130" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+    </row>
+    <row r="130" spans="1:17" s="254" customFormat="1" ht="48" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="47">
         <v>4</v>
       </c>
       <c r="B130" s="46">
         <v>64.099999999999994</v>
       </c>
-      <c r="C130" s="486">
+      <c r="C130" s="408">
         <v>14.095000000000001</v>
       </c>
-      <c r="D130" s="486" t="s">
-[...5 lines deleted...]
-      <c r="F130" s="488" t="s">
+      <c r="D130" s="408" t="s">
+        <v>456</v>
+      </c>
+      <c r="E130" s="410" t="s">
+        <v>469</v>
+      </c>
+      <c r="F130" s="412" t="s">
         <v>235</v>
       </c>
-      <c r="G130" s="488"/>
-[...6 lines deleted...]
-      <c r="J130" s="490" t="s">
+      <c r="G130" s="556"/>
+      <c r="H130" s="552" t="s">
+        <v>150</v>
+      </c>
+      <c r="I130" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="J130" s="552" t="s">
         <v>237</v>
       </c>
       <c r="K130" s="35" t="s">
         <v>238</v>
       </c>
-      <c r="L130" s="399">
+      <c r="L130" s="480">
         <v>3148</v>
       </c>
-      <c r="M130" s="401" t="s">
-        <v>454</v>
+      <c r="M130" s="499" t="s">
+        <v>470</v>
       </c>
       <c r="N130" s="47" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="O130" s="48" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.3">
       <c r="A131" s="47">
         <v>4</v>
       </c>
       <c r="B131" s="46">
         <v>64.2</v>
       </c>
-      <c r="C131" s="486"/>
-[...6 lines deleted...]
-      <c r="J131" s="490"/>
+      <c r="C131" s="413">
+        <v>14.095000000000001</v>
+      </c>
+      <c r="D131" s="413" t="s">
+        <v>456</v>
+      </c>
+      <c r="E131" s="414" t="s">
+        <v>469</v>
+      </c>
+      <c r="F131" s="414" t="s">
+        <v>235</v>
+      </c>
+      <c r="G131" s="556"/>
+      <c r="H131" s="552"/>
+      <c r="I131" s="553"/>
+      <c r="J131" s="552"/>
       <c r="K131" s="35" t="s">
         <v>231</v>
       </c>
-      <c r="L131" s="416"/>
-      <c r="M131" s="402"/>
+      <c r="L131" s="481"/>
+      <c r="M131" s="500"/>
       <c r="N131" s="47" t="s">
-        <v>455</v>
+        <v>471</v>
       </c>
       <c r="O131" s="48" t="s">
-        <v>456</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.3">
       <c r="A132" s="47">
         <v>4</v>
       </c>
       <c r="B132" s="46">
         <v>64.3</v>
       </c>
-      <c r="C132" s="486"/>
-[...6 lines deleted...]
-      <c r="J132" s="490"/>
+      <c r="C132" s="409">
+        <v>14.095000000000001</v>
+      </c>
+      <c r="D132" s="409" t="s">
+        <v>456</v>
+      </c>
+      <c r="E132" s="411" t="s">
+        <v>469</v>
+      </c>
+      <c r="F132" s="411" t="s">
+        <v>235</v>
+      </c>
+      <c r="G132" s="556"/>
+      <c r="H132" s="552"/>
+      <c r="I132" s="553"/>
+      <c r="J132" s="552"/>
       <c r="K132" s="35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="L132" s="46">
         <v>3842</v>
       </c>
       <c r="M132" s="307" t="s">
-        <v>457</v>
+        <v>473</v>
       </c>
       <c r="N132" s="47" t="s">
-        <v>458</v>
+        <v>474</v>
       </c>
       <c r="O132" s="49" t="s">
-        <v>1388</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" s="254" customFormat="1" ht="84" x14ac:dyDescent="0.3">
       <c r="A133" s="47">
         <v>4</v>
       </c>
       <c r="B133" s="46">
         <v>65.099999999999994</v>
       </c>
-      <c r="C133" s="486">
+      <c r="C133" s="408">
         <v>14.093999999999999</v>
       </c>
-      <c r="D133" s="486" t="s">
-[...16 lines deleted...]
-        <v>228</v>
+      <c r="D133" s="408" t="s">
+        <v>456</v>
+      </c>
+      <c r="E133" s="412" t="s">
+        <v>469</v>
+      </c>
+      <c r="F133" s="412" t="s">
+        <v>244</v>
+      </c>
+      <c r="G133" s="557"/>
+      <c r="H133" s="552" t="s">
+        <v>150</v>
+      </c>
+      <c r="I133" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="J133" s="552" t="s">
+        <v>227</v>
       </c>
       <c r="K133" s="35" t="s">
         <v>238</v>
       </c>
-      <c r="L133" s="399">
+      <c r="L133" s="480">
         <v>3147</v>
       </c>
-      <c r="M133" s="401" t="s">
-        <v>459</v>
+      <c r="M133" s="499" t="s">
+        <v>475</v>
       </c>
       <c r="N133" s="47" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="O133" s="48" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.3">
       <c r="A134" s="47">
         <v>4</v>
       </c>
       <c r="B134" s="46">
         <v>65.2</v>
       </c>
-      <c r="C134" s="486"/>
-[...6 lines deleted...]
-      <c r="J134" s="490"/>
+      <c r="C134" s="413">
+        <v>14.093999999999999</v>
+      </c>
+      <c r="D134" s="413" t="s">
+        <v>456</v>
+      </c>
+      <c r="E134" s="414" t="s">
+        <v>469</v>
+      </c>
+      <c r="F134" s="414" t="s">
+        <v>244</v>
+      </c>
+      <c r="G134" s="557"/>
+      <c r="H134" s="552"/>
+      <c r="I134" s="553"/>
+      <c r="J134" s="552"/>
       <c r="K134" s="35" t="s">
         <v>231</v>
       </c>
-      <c r="L134" s="416"/>
-      <c r="M134" s="402"/>
+      <c r="L134" s="481"/>
+      <c r="M134" s="500"/>
       <c r="N134" s="47" t="s">
-        <v>460</v>
+        <v>476</v>
       </c>
       <c r="O134" s="48" t="s">
-        <v>461</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:15" s="254" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" s="254" customFormat="1" ht="60" x14ac:dyDescent="0.3">
       <c r="A135" s="47">
         <v>4</v>
       </c>
       <c r="B135" s="46">
         <v>65.3</v>
       </c>
-      <c r="C135" s="486"/>
-[...6 lines deleted...]
-      <c r="J135" s="490"/>
+      <c r="C135" s="409">
+        <v>14.093999999999999</v>
+      </c>
+      <c r="D135" s="409" t="s">
+        <v>456</v>
+      </c>
+      <c r="E135" s="411" t="s">
+        <v>469</v>
+      </c>
+      <c r="F135" s="411" t="s">
+        <v>244</v>
+      </c>
+      <c r="G135" s="557"/>
+      <c r="H135" s="552"/>
+      <c r="I135" s="553"/>
+      <c r="J135" s="552"/>
       <c r="K135" s="35" t="s">
         <v>232</v>
       </c>
       <c r="L135" s="46">
         <v>3843</v>
       </c>
       <c r="M135" s="307" t="s">
-        <v>462</v>
+        <v>478</v>
       </c>
       <c r="N135" s="47" t="s">
-        <v>463</v>
+        <v>479</v>
       </c>
       <c r="O135" s="49" t="s">
-        <v>1389</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:15" ht="96" x14ac:dyDescent="0.25">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" ht="84" x14ac:dyDescent="0.3">
       <c r="A136" s="47">
         <v>4</v>
       </c>
       <c r="B136" s="46">
         <v>66</v>
       </c>
       <c r="C136" s="224">
         <v>14.101000000000001</v>
       </c>
       <c r="D136" s="271" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="E136" s="272" t="s">
-        <v>465</v>
+        <v>481</v>
       </c>
       <c r="F136" s="272" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="G136" s="272" t="s">
-        <v>402</v>
+        <v>420</v>
       </c>
       <c r="H136" s="34" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I136" s="272" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="J136" s="34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K136" s="35" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L136" s="46">
         <v>3841</v>
       </c>
       <c r="M136" s="305" t="s">
-        <v>443</v>
-[...8 lines deleted...]
-    <row r="137" spans="1:15" s="254" customFormat="1" ht="96" x14ac:dyDescent="0.2">
+        <v>459</v>
+      </c>
+      <c r="N136" s="333" t="s">
+        <v>1491</v>
+      </c>
+      <c r="O136" s="425" t="s">
+        <v>1457</v>
+      </c>
+      <c r="P136" s="336"/>
+      <c r="Q136" s="418"/>
+    </row>
+    <row r="137" spans="1:17" s="254" customFormat="1" ht="84" x14ac:dyDescent="0.25">
       <c r="A137" s="47">
         <v>4</v>
       </c>
       <c r="B137" s="46">
         <v>67</v>
       </c>
       <c r="C137" s="224">
         <v>14.102</v>
       </c>
       <c r="D137" s="271" t="s">
-        <v>464</v>
+        <v>480</v>
       </c>
       <c r="E137" s="37" t="s">
-        <v>468</v>
+        <v>483</v>
       </c>
       <c r="F137" s="37" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="G137" s="37" t="s">
-        <v>446</v>
+        <v>462</v>
       </c>
       <c r="H137" s="34" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="I137" s="37" t="s">
-        <v>442</v>
+        <v>458</v>
       </c>
       <c r="J137" s="34" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K137" s="35" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="L137" s="46">
         <v>3841</v>
       </c>
       <c r="M137" s="305" t="s">
-        <v>443</v>
-[...8 lines deleted...]
-    <row r="138" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>459</v>
+      </c>
+      <c r="N137" s="416" t="s">
+        <v>1488</v>
+      </c>
+      <c r="O137" s="417" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" s="254" customFormat="1" ht="84" x14ac:dyDescent="0.3">
       <c r="A138" s="47">
         <v>4</v>
       </c>
       <c r="B138" s="46">
         <v>68.099999999999994</v>
       </c>
-      <c r="C138" s="486">
+      <c r="C138" s="408">
         <v>14.103</v>
       </c>
-      <c r="D138" s="486" t="s">
-[...16 lines deleted...]
-        <v>320</v>
+      <c r="D138" s="408" t="s">
+        <v>480</v>
+      </c>
+      <c r="E138" s="410" t="s">
+        <v>484</v>
+      </c>
+      <c r="F138" s="410" t="s">
+        <v>203</v>
+      </c>
+      <c r="G138" s="551"/>
+      <c r="H138" s="552" t="s">
+        <v>150</v>
+      </c>
+      <c r="I138" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="J138" s="552" t="s">
+        <v>332</v>
       </c>
       <c r="K138" s="35" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L138" s="399">
+        <v>157</v>
+      </c>
+      <c r="L138" s="480">
         <v>3109</v>
       </c>
-      <c r="M138" s="401" t="s">
-        <v>471</v>
+      <c r="M138" s="499" t="s">
+        <v>485</v>
       </c>
       <c r="N138" s="47" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="O138" s="48" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.3">
       <c r="A139" s="47">
         <v>4</v>
       </c>
       <c r="B139" s="46">
         <v>68.2</v>
       </c>
-      <c r="C139" s="486"/>
-[...6 lines deleted...]
-      <c r="J139" s="490"/>
+      <c r="C139" s="409">
+        <v>14.103</v>
+      </c>
+      <c r="D139" s="409" t="s">
+        <v>480</v>
+      </c>
+      <c r="E139" s="411" t="s">
+        <v>484</v>
+      </c>
+      <c r="F139" s="411" t="s">
+        <v>203</v>
+      </c>
+      <c r="G139" s="551"/>
+      <c r="H139" s="552"/>
+      <c r="I139" s="553"/>
+      <c r="J139" s="552"/>
       <c r="K139" s="35" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M139" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L139" s="481"/>
+      <c r="M139" s="500"/>
       <c r="N139" s="47" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="O139" s="49" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:15" s="254" customFormat="1" ht="48" x14ac:dyDescent="0.25">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" s="254" customFormat="1" ht="84" x14ac:dyDescent="0.3">
       <c r="A140" s="47">
         <v>4</v>
       </c>
       <c r="B140" s="46">
         <v>69.099999999999994</v>
       </c>
-      <c r="C140" s="486">
+      <c r="C140" s="408">
         <v>14.105</v>
       </c>
-      <c r="D140" s="486" t="s">
-[...16 lines deleted...]
-        <v>324</v>
+      <c r="D140" s="408" t="s">
+        <v>480</v>
+      </c>
+      <c r="E140" s="410" t="s">
+        <v>484</v>
+      </c>
+      <c r="F140" s="410" t="s">
+        <v>207</v>
+      </c>
+      <c r="G140" s="551"/>
+      <c r="H140" s="552" t="s">
+        <v>150</v>
+      </c>
+      <c r="I140" s="553" t="s">
+        <v>465</v>
+      </c>
+      <c r="J140" s="552" t="s">
+        <v>336</v>
       </c>
       <c r="K140" s="35" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="L140" s="399">
+        <v>157</v>
+      </c>
+      <c r="L140" s="480">
         <v>3110</v>
       </c>
-      <c r="M140" s="401" t="s">
-        <v>474</v>
+      <c r="M140" s="499" t="s">
+        <v>488</v>
       </c>
       <c r="N140" s="47" t="s">
-        <v>475</v>
+        <v>489</v>
       </c>
       <c r="O140" s="48" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:15" s="254" customFormat="1" ht="24" x14ac:dyDescent="0.25">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" s="254" customFormat="1" ht="24" x14ac:dyDescent="0.3">
       <c r="A141" s="47">
         <v>4</v>
       </c>
       <c r="B141" s="46">
         <v>69.2</v>
       </c>
-      <c r="C141" s="486"/>
-[...6 lines deleted...]
-      <c r="J141" s="490"/>
+      <c r="C141" s="409">
+        <v>14.105</v>
+      </c>
+      <c r="D141" s="409" t="s">
+        <v>480</v>
+      </c>
+      <c r="E141" s="411" t="s">
+        <v>484</v>
+      </c>
+      <c r="F141" s="411" t="s">
+        <v>207</v>
+      </c>
+      <c r="G141" s="551"/>
+      <c r="H141" s="552"/>
+      <c r="I141" s="553"/>
+      <c r="J141" s="552"/>
       <c r="K141" s="35" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M141" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L141" s="481"/>
+      <c r="M141" s="500"/>
       <c r="N141" s="47" t="s">
+        <v>191</v>
+      </c>
+      <c r="O141" s="49" t="s">
         <v>192</v>
       </c>
-      <c r="O141" s="49" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:15" ht="60" x14ac:dyDescent="0.25">
+    </row>
+    <row r="142" spans="1:17" ht="60" x14ac:dyDescent="0.3">
       <c r="A142" s="47">
         <v>4</v>
       </c>
       <c r="B142" s="46">
         <v>70</v>
       </c>
       <c r="C142" s="46">
         <v>5.2999999999999999E-2</v>
       </c>
       <c r="D142" s="47" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="E142" s="273" t="s">
-        <v>478</v>
+        <v>492</v>
       </c>
       <c r="F142" s="273" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="G142" s="49" t="s">
-        <v>479</v>
+        <v>493</v>
       </c>
       <c r="H142" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="I142" s="63"/>
       <c r="J142" s="47" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="K142" s="48" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="L142" s="399">
+        <v>301</v>
+      </c>
+      <c r="L142" s="480">
         <v>3900</v>
       </c>
-      <c r="M142" s="401" t="s">
-        <v>480</v>
+      <c r="M142" s="499" t="s">
+        <v>494</v>
       </c>
       <c r="N142" s="47" t="s">
-        <v>481</v>
+        <v>495</v>
       </c>
       <c r="O142" s="48" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="72" x14ac:dyDescent="0.3">
       <c r="A143" s="47">
         <v>4</v>
       </c>
       <c r="B143" s="46">
         <v>71.099999999999994</v>
       </c>
-      <c r="C143" s="494">
+      <c r="C143" s="121">
         <v>5.1999999999999998E-2</v>
       </c>
-      <c r="D143" s="408" t="s">
-[...14 lines deleted...]
-        <v>224</v>
+      <c r="D143" s="339" t="s">
+        <v>491</v>
+      </c>
+      <c r="E143" s="415" t="s">
+        <v>497</v>
+      </c>
+      <c r="F143" s="342" t="s">
+        <v>498</v>
+      </c>
+      <c r="G143" s="511"/>
+      <c r="H143" s="502" t="s">
+        <v>196</v>
+      </c>
+      <c r="I143" s="533"/>
+      <c r="J143" s="502" t="s">
+        <v>223</v>
       </c>
       <c r="K143" s="48" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-      <c r="M143" s="493"/>
+        <v>219</v>
+      </c>
+      <c r="L143" s="554"/>
+      <c r="M143" s="555"/>
       <c r="N143" s="47" t="s">
-        <v>485</v>
-[...5 lines deleted...]
-    <row r="144" spans="1:15" ht="48" x14ac:dyDescent="0.25">
+        <v>499</v>
+      </c>
+      <c r="O143" s="310" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" ht="72" x14ac:dyDescent="0.3">
       <c r="A144" s="47">
         <v>4</v>
       </c>
       <c r="B144" s="46">
         <v>71.2</v>
       </c>
-      <c r="C144" s="495"/>
-[...6 lines deleted...]
-      <c r="J144" s="408"/>
+      <c r="C144" s="347">
+        <v>5.1999999999999998E-2</v>
+      </c>
+      <c r="D144" s="345" t="s">
+        <v>491</v>
+      </c>
+      <c r="E144" s="348" t="s">
+        <v>497</v>
+      </c>
+      <c r="F144" s="348" t="s">
+        <v>498</v>
+      </c>
+      <c r="G144" s="511"/>
+      <c r="H144" s="502"/>
+      <c r="I144" s="533"/>
+      <c r="J144" s="502"/>
       <c r="K144" s="48" t="s">
-        <v>159</v>
-[...2 lines deleted...]
-      <c r="M144" s="402"/>
+        <v>158</v>
+      </c>
+      <c r="L144" s="481"/>
+      <c r="M144" s="500"/>
       <c r="N144" s="47" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
       <c r="O144" s="48" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:10" x14ac:dyDescent="0.25">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" x14ac:dyDescent="0.3">
       <c r="A145" s="274"/>
       <c r="H145" s="279"/>
       <c r="I145" s="280"/>
       <c r="J145" s="279"/>
     </row>
-    <row r="146" spans="1:10" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:10" x14ac:dyDescent="0.3">
       <c r="H146" s="274"/>
       <c r="I146" s="172"/>
       <c r="J146" s="274"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:O144" xr:uid="{4941C05F-AD4F-48EA-B0A7-31677003BC46}"/>
-  <mergeCells count="534">
-[...5 lines deleted...]
-    <mergeCell ref="F140:F141"/>
+  <mergeCells count="354">
+    <mergeCell ref="I133:I135"/>
+    <mergeCell ref="J133:J135"/>
+    <mergeCell ref="L133:L134"/>
     <mergeCell ref="G140:G141"/>
     <mergeCell ref="H140:H141"/>
     <mergeCell ref="I140:I141"/>
     <mergeCell ref="J140:J141"/>
     <mergeCell ref="L140:L141"/>
-    <mergeCell ref="M140:M141"/>
-[...3 lines deleted...]
-    <mergeCell ref="F138:F139"/>
+    <mergeCell ref="O37:O38"/>
     <mergeCell ref="G138:G139"/>
     <mergeCell ref="H138:H139"/>
     <mergeCell ref="I138:I139"/>
     <mergeCell ref="J138:J139"/>
+    <mergeCell ref="N37:N38"/>
+    <mergeCell ref="G124:G125"/>
+    <mergeCell ref="H124:H125"/>
+    <mergeCell ref="I124:I125"/>
+    <mergeCell ref="J124:J125"/>
+    <mergeCell ref="L124:L125"/>
+    <mergeCell ref="M124:M125"/>
+    <mergeCell ref="G128:G129"/>
+    <mergeCell ref="H128:H129"/>
+    <mergeCell ref="I128:I129"/>
+    <mergeCell ref="J128:J129"/>
+    <mergeCell ref="L128:L129"/>
+    <mergeCell ref="M128:M129"/>
     <mergeCell ref="L142:L144"/>
     <mergeCell ref="M142:M144"/>
-    <mergeCell ref="C143:C144"/>
-[...2 lines deleted...]
-    <mergeCell ref="F143:F144"/>
     <mergeCell ref="G143:G144"/>
     <mergeCell ref="H143:H144"/>
     <mergeCell ref="I143:I144"/>
     <mergeCell ref="J143:J144"/>
     <mergeCell ref="G130:G132"/>
     <mergeCell ref="H130:H132"/>
     <mergeCell ref="I130:I132"/>
     <mergeCell ref="J130:J132"/>
     <mergeCell ref="L130:L131"/>
     <mergeCell ref="M130:M131"/>
-    <mergeCell ref="C133:C135"/>
-[...2 lines deleted...]
-    <mergeCell ref="F133:F135"/>
+    <mergeCell ref="M133:M134"/>
+    <mergeCell ref="L138:L139"/>
+    <mergeCell ref="M138:M139"/>
+    <mergeCell ref="M140:M141"/>
     <mergeCell ref="G133:G135"/>
     <mergeCell ref="H133:H135"/>
-    <mergeCell ref="I133:I135"/>
-[...26 lines deleted...]
-    <mergeCell ref="F124:F125"/>
     <mergeCell ref="M117:M118"/>
-    <mergeCell ref="C122:C123"/>
-[...2 lines deleted...]
-    <mergeCell ref="F122:F123"/>
     <mergeCell ref="G122:G123"/>
     <mergeCell ref="H122:H123"/>
     <mergeCell ref="I122:I123"/>
     <mergeCell ref="J122:J123"/>
     <mergeCell ref="L122:L123"/>
     <mergeCell ref="M122:M123"/>
-    <mergeCell ref="C117:C119"/>
-[...2 lines deleted...]
-    <mergeCell ref="F117:F119"/>
     <mergeCell ref="G117:G119"/>
     <mergeCell ref="H117:H119"/>
     <mergeCell ref="I117:I119"/>
     <mergeCell ref="J117:J119"/>
     <mergeCell ref="L117:L118"/>
     <mergeCell ref="G112:G113"/>
     <mergeCell ref="H112:H113"/>
     <mergeCell ref="I112:I113"/>
     <mergeCell ref="J112:J113"/>
     <mergeCell ref="L112:L113"/>
     <mergeCell ref="M112:M113"/>
-    <mergeCell ref="C114:C116"/>
-[...2 lines deleted...]
-    <mergeCell ref="F114:F116"/>
     <mergeCell ref="G114:G116"/>
     <mergeCell ref="H114:H116"/>
     <mergeCell ref="I114:I116"/>
     <mergeCell ref="J114:J116"/>
     <mergeCell ref="L114:L115"/>
     <mergeCell ref="M114:M115"/>
-    <mergeCell ref="C112:C113"/>
-[...2 lines deleted...]
-    <mergeCell ref="F112:F113"/>
+    <mergeCell ref="G102:G104"/>
+    <mergeCell ref="H102:H104"/>
+    <mergeCell ref="I102:I104"/>
+    <mergeCell ref="J102:J104"/>
+    <mergeCell ref="L102:L103"/>
+    <mergeCell ref="M102:M103"/>
     <mergeCell ref="L106:L107"/>
     <mergeCell ref="M106:M107"/>
-    <mergeCell ref="C108:C109"/>
-[...2 lines deleted...]
-    <mergeCell ref="F108:F109"/>
     <mergeCell ref="G108:G109"/>
     <mergeCell ref="H108:H109"/>
     <mergeCell ref="I108:I109"/>
     <mergeCell ref="J108:J109"/>
     <mergeCell ref="L108:L109"/>
     <mergeCell ref="M108:M109"/>
-    <mergeCell ref="C106:C107"/>
-[...2 lines deleted...]
-    <mergeCell ref="F106:F107"/>
     <mergeCell ref="G106:G107"/>
     <mergeCell ref="H106:H107"/>
     <mergeCell ref="I106:I107"/>
     <mergeCell ref="J106:J107"/>
-    <mergeCell ref="N99:N100"/>
-[...10 lines deleted...]
-    <mergeCell ref="M102:M103"/>
     <mergeCell ref="G97:G98"/>
     <mergeCell ref="H97:H98"/>
     <mergeCell ref="I97:I98"/>
     <mergeCell ref="J97:J98"/>
     <mergeCell ref="L97:L98"/>
     <mergeCell ref="M97:M98"/>
-    <mergeCell ref="C99:C101"/>
-[...2 lines deleted...]
-    <mergeCell ref="F99:F101"/>
     <mergeCell ref="G99:G101"/>
     <mergeCell ref="H99:H101"/>
     <mergeCell ref="I99:I101"/>
     <mergeCell ref="J99:J101"/>
     <mergeCell ref="L99:L100"/>
     <mergeCell ref="M99:M100"/>
-    <mergeCell ref="C97:C98"/>
-[...2 lines deleted...]
-    <mergeCell ref="F97:F98"/>
     <mergeCell ref="G93:G94"/>
     <mergeCell ref="H93:H94"/>
     <mergeCell ref="I93:I94"/>
     <mergeCell ref="J93:J94"/>
     <mergeCell ref="L93:L94"/>
     <mergeCell ref="M93:M94"/>
-    <mergeCell ref="C95:C96"/>
-[...2 lines deleted...]
-    <mergeCell ref="F95:F96"/>
     <mergeCell ref="G95:G96"/>
     <mergeCell ref="H95:H96"/>
     <mergeCell ref="I95:I96"/>
     <mergeCell ref="J95:J96"/>
     <mergeCell ref="L95:L96"/>
     <mergeCell ref="M95:M96"/>
-    <mergeCell ref="C93:C94"/>
-[...2 lines deleted...]
-    <mergeCell ref="F93:F94"/>
     <mergeCell ref="G88:G89"/>
     <mergeCell ref="H88:H89"/>
     <mergeCell ref="I88:I89"/>
     <mergeCell ref="J88:J89"/>
     <mergeCell ref="L88:L89"/>
     <mergeCell ref="M88:M89"/>
-    <mergeCell ref="C90:C91"/>
-[...2 lines deleted...]
-    <mergeCell ref="F90:F91"/>
     <mergeCell ref="G90:G91"/>
     <mergeCell ref="H90:H91"/>
     <mergeCell ref="I90:I91"/>
     <mergeCell ref="J90:J91"/>
     <mergeCell ref="L90:L91"/>
     <mergeCell ref="M90:M91"/>
-    <mergeCell ref="C88:C89"/>
-[...8 lines deleted...]
-    <mergeCell ref="F84:F86"/>
     <mergeCell ref="G84:G86"/>
     <mergeCell ref="H84:H86"/>
     <mergeCell ref="I84:I86"/>
     <mergeCell ref="J84:J86"/>
     <mergeCell ref="L84:L85"/>
     <mergeCell ref="M84:M85"/>
     <mergeCell ref="G79:G80"/>
     <mergeCell ref="H79:H80"/>
     <mergeCell ref="I79:I80"/>
     <mergeCell ref="J79:J80"/>
     <mergeCell ref="L79:L80"/>
     <mergeCell ref="M79:M80"/>
-    <mergeCell ref="C81:C83"/>
-[...2 lines deleted...]
-    <mergeCell ref="F81:F83"/>
     <mergeCell ref="G81:G83"/>
     <mergeCell ref="H81:H83"/>
     <mergeCell ref="I81:I83"/>
     <mergeCell ref="J81:J83"/>
     <mergeCell ref="L81:L82"/>
     <mergeCell ref="M81:M82"/>
-    <mergeCell ref="C79:C80"/>
-[...2 lines deleted...]
-    <mergeCell ref="F79:F80"/>
     <mergeCell ref="G75:G76"/>
     <mergeCell ref="H75:H76"/>
     <mergeCell ref="I75:I76"/>
     <mergeCell ref="J75:J76"/>
     <mergeCell ref="L75:L76"/>
     <mergeCell ref="M75:M76"/>
-    <mergeCell ref="C77:C78"/>
-[...2 lines deleted...]
-    <mergeCell ref="F77:F78"/>
     <mergeCell ref="G77:G78"/>
     <mergeCell ref="H77:H78"/>
     <mergeCell ref="I77:I78"/>
     <mergeCell ref="J77:J78"/>
     <mergeCell ref="L77:L78"/>
     <mergeCell ref="M77:M78"/>
-    <mergeCell ref="C75:C76"/>
-[...2 lines deleted...]
-    <mergeCell ref="F75:F76"/>
     <mergeCell ref="L70:L71"/>
     <mergeCell ref="M70:M71"/>
-    <mergeCell ref="C72:C73"/>
-[...2 lines deleted...]
-    <mergeCell ref="F72:F73"/>
     <mergeCell ref="G72:G73"/>
     <mergeCell ref="H72:H73"/>
     <mergeCell ref="I72:I73"/>
     <mergeCell ref="J72:J73"/>
     <mergeCell ref="L72:L73"/>
     <mergeCell ref="M72:M73"/>
-    <mergeCell ref="C70:C71"/>
-[...2 lines deleted...]
-    <mergeCell ref="F70:F71"/>
     <mergeCell ref="G70:G71"/>
     <mergeCell ref="H70:H71"/>
     <mergeCell ref="I70:I71"/>
     <mergeCell ref="J70:J71"/>
-    <mergeCell ref="N63:N64"/>
-[...4 lines deleted...]
-    <mergeCell ref="F66:F68"/>
     <mergeCell ref="G66:G68"/>
     <mergeCell ref="H66:H68"/>
     <mergeCell ref="I66:I68"/>
     <mergeCell ref="J66:J68"/>
     <mergeCell ref="L66:L67"/>
     <mergeCell ref="M66:M67"/>
     <mergeCell ref="G61:G62"/>
     <mergeCell ref="H61:H62"/>
     <mergeCell ref="I61:I62"/>
     <mergeCell ref="J61:J62"/>
     <mergeCell ref="L61:L62"/>
     <mergeCell ref="M61:M62"/>
-    <mergeCell ref="C63:C65"/>
-[...2 lines deleted...]
-    <mergeCell ref="F63:F65"/>
     <mergeCell ref="G63:G65"/>
     <mergeCell ref="H63:H65"/>
     <mergeCell ref="I63:I65"/>
     <mergeCell ref="J63:J65"/>
     <mergeCell ref="L63:L64"/>
     <mergeCell ref="M63:M64"/>
-    <mergeCell ref="C61:C62"/>
-[...2 lines deleted...]
-    <mergeCell ref="F61:F62"/>
     <mergeCell ref="G57:G58"/>
     <mergeCell ref="H57:H58"/>
     <mergeCell ref="I57:I58"/>
     <mergeCell ref="J57:J58"/>
     <mergeCell ref="L57:L58"/>
     <mergeCell ref="M57:M58"/>
-    <mergeCell ref="C59:C60"/>
-[...2 lines deleted...]
-    <mergeCell ref="F59:F60"/>
     <mergeCell ref="G59:G60"/>
     <mergeCell ref="H59:H60"/>
     <mergeCell ref="I59:I60"/>
     <mergeCell ref="J59:J60"/>
     <mergeCell ref="L59:L60"/>
     <mergeCell ref="M59:M60"/>
-    <mergeCell ref="C57:C58"/>
-[...2 lines deleted...]
-    <mergeCell ref="F57:F58"/>
     <mergeCell ref="G50:G52"/>
     <mergeCell ref="H50:H52"/>
     <mergeCell ref="I50:I52"/>
     <mergeCell ref="J50:J52"/>
     <mergeCell ref="L50:L51"/>
     <mergeCell ref="M50:M51"/>
-    <mergeCell ref="C53:C55"/>
-[...2 lines deleted...]
-    <mergeCell ref="F53:F55"/>
     <mergeCell ref="G53:G55"/>
     <mergeCell ref="H53:H55"/>
     <mergeCell ref="I53:I55"/>
     <mergeCell ref="J53:J55"/>
     <mergeCell ref="L53:L54"/>
     <mergeCell ref="M53:M54"/>
-    <mergeCell ref="C50:C52"/>
-[...2 lines deleted...]
-    <mergeCell ref="F50:F52"/>
     <mergeCell ref="G45:G46"/>
     <mergeCell ref="H45:H46"/>
     <mergeCell ref="I45:I46"/>
     <mergeCell ref="J45:J46"/>
     <mergeCell ref="L45:L46"/>
     <mergeCell ref="M45:M46"/>
-    <mergeCell ref="C47:C49"/>
-[...2 lines deleted...]
-    <mergeCell ref="F47:F49"/>
     <mergeCell ref="G47:G49"/>
     <mergeCell ref="H47:H49"/>
     <mergeCell ref="I47:I49"/>
     <mergeCell ref="J47:J49"/>
     <mergeCell ref="L47:L48"/>
     <mergeCell ref="M47:M48"/>
-    <mergeCell ref="C45:C46"/>
-[...2 lines deleted...]
-    <mergeCell ref="F45:F46"/>
     <mergeCell ref="G41:G42"/>
     <mergeCell ref="H41:H42"/>
     <mergeCell ref="I41:I42"/>
     <mergeCell ref="J41:J42"/>
     <mergeCell ref="L41:L42"/>
     <mergeCell ref="M41:M42"/>
-    <mergeCell ref="C43:C44"/>
-[...2 lines deleted...]
-    <mergeCell ref="F43:F44"/>
     <mergeCell ref="G43:G44"/>
     <mergeCell ref="H43:H44"/>
     <mergeCell ref="I43:I44"/>
     <mergeCell ref="J43:J44"/>
     <mergeCell ref="L43:L44"/>
     <mergeCell ref="M43:M44"/>
-    <mergeCell ref="C41:C42"/>
-[...2 lines deleted...]
-    <mergeCell ref="F41:F42"/>
     <mergeCell ref="G37:G38"/>
     <mergeCell ref="H37:H38"/>
     <mergeCell ref="I37:I38"/>
     <mergeCell ref="J37:J38"/>
     <mergeCell ref="L37:L38"/>
     <mergeCell ref="M37:M38"/>
     <mergeCell ref="C39:C40"/>
     <mergeCell ref="D39:D40"/>
     <mergeCell ref="E39:E40"/>
     <mergeCell ref="F39:F40"/>
     <mergeCell ref="G39:G40"/>
     <mergeCell ref="H39:H40"/>
     <mergeCell ref="I39:I40"/>
     <mergeCell ref="J39:J40"/>
     <mergeCell ref="L39:L40"/>
     <mergeCell ref="M39:M40"/>
-    <mergeCell ref="C37:C38"/>
-[...2 lines deleted...]
-    <mergeCell ref="F37:F38"/>
     <mergeCell ref="G30:G32"/>
     <mergeCell ref="H30:H32"/>
     <mergeCell ref="I30:I32"/>
     <mergeCell ref="J30:J32"/>
     <mergeCell ref="L30:L31"/>
     <mergeCell ref="M30:M31"/>
-    <mergeCell ref="C33:C35"/>
-[...2 lines deleted...]
-    <mergeCell ref="F33:F35"/>
     <mergeCell ref="G33:G35"/>
     <mergeCell ref="H33:H35"/>
     <mergeCell ref="I33:I35"/>
     <mergeCell ref="J33:J35"/>
     <mergeCell ref="L33:L34"/>
     <mergeCell ref="M33:M34"/>
-    <mergeCell ref="C30:C32"/>
-[...2 lines deleted...]
-    <mergeCell ref="F30:F32"/>
     <mergeCell ref="G25:G26"/>
     <mergeCell ref="H25:H26"/>
     <mergeCell ref="I25:I26"/>
     <mergeCell ref="J25:J26"/>
     <mergeCell ref="L25:L26"/>
     <mergeCell ref="M25:M26"/>
-    <mergeCell ref="C27:C29"/>
-[...2 lines deleted...]
-    <mergeCell ref="F27:F29"/>
     <mergeCell ref="G27:G29"/>
     <mergeCell ref="H27:H29"/>
     <mergeCell ref="I27:I29"/>
     <mergeCell ref="J27:J29"/>
     <mergeCell ref="L27:L28"/>
     <mergeCell ref="M27:M28"/>
-    <mergeCell ref="C25:C26"/>
-[...2 lines deleted...]
-    <mergeCell ref="F25:F26"/>
     <mergeCell ref="M19:M20"/>
     <mergeCell ref="G21:G22"/>
     <mergeCell ref="H21:H22"/>
     <mergeCell ref="I21:I22"/>
     <mergeCell ref="J21:J22"/>
     <mergeCell ref="L19:L20"/>
     <mergeCell ref="M21:M22"/>
-    <mergeCell ref="C23:C24"/>
-[...2 lines deleted...]
-    <mergeCell ref="F23:F24"/>
     <mergeCell ref="G23:G24"/>
     <mergeCell ref="H23:H24"/>
     <mergeCell ref="I23:I24"/>
     <mergeCell ref="J23:J24"/>
-    <mergeCell ref="C21:C22"/>
-[...6 lines deleted...]
-    <mergeCell ref="F19:F20"/>
     <mergeCell ref="G19:G20"/>
     <mergeCell ref="H19:H20"/>
     <mergeCell ref="I19:I20"/>
     <mergeCell ref="J19:J20"/>
     <mergeCell ref="L21:L22"/>
+    <mergeCell ref="M13:M14"/>
+    <mergeCell ref="L10:L11"/>
     <mergeCell ref="M6:M7"/>
-    <mergeCell ref="A13:A14"/>
-[...4 lines deleted...]
-    <mergeCell ref="F13:F15"/>
     <mergeCell ref="G13:G15"/>
     <mergeCell ref="H13:H15"/>
     <mergeCell ref="I13:I15"/>
-    <mergeCell ref="C6:C7"/>
-[...2 lines deleted...]
-    <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="L6:L7"/>
-    <mergeCell ref="C17:C18"/>
+    <mergeCell ref="G10:G11"/>
+    <mergeCell ref="G17:G18"/>
+    <mergeCell ref="H17:H18"/>
+    <mergeCell ref="I17:I18"/>
+    <mergeCell ref="J17:J18"/>
+    <mergeCell ref="L17:L18"/>
     <mergeCell ref="A1:B2"/>
     <mergeCell ref="C1:O1"/>
     <mergeCell ref="C2:G2"/>
     <mergeCell ref="H2:J2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="N2:O2"/>
-    <mergeCell ref="A4:A5"/>
-[...4 lines deleted...]
-    <mergeCell ref="F4:F5"/>
     <mergeCell ref="G4:G5"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="I4:I5"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="K4:K5"/>
-    <mergeCell ref="D17:D18"/>
-[...12 lines deleted...]
-    <mergeCell ref="L17:L18"/>
     <mergeCell ref="M17:M18"/>
     <mergeCell ref="L13:L14"/>
     <mergeCell ref="M10:M11"/>
     <mergeCell ref="J13:J15"/>
     <mergeCell ref="K13:K14"/>
     <mergeCell ref="H10:H11"/>
     <mergeCell ref="I10:I11"/>
     <mergeCell ref="J10:J11"/>
-    <mergeCell ref="M13:M14"/>
+    <mergeCell ref="N112:N113"/>
+    <mergeCell ref="O112:O113"/>
+    <mergeCell ref="N61:N62"/>
+    <mergeCell ref="O61:O62"/>
+    <mergeCell ref="N57:N58"/>
+    <mergeCell ref="O57:O58"/>
+    <mergeCell ref="N59:N60"/>
+    <mergeCell ref="O59:O60"/>
+    <mergeCell ref="N45:N46"/>
+    <mergeCell ref="O45:O46"/>
+    <mergeCell ref="N63:N64"/>
+    <mergeCell ref="O63:O64"/>
+    <mergeCell ref="N81:N82"/>
+    <mergeCell ref="O81:O82"/>
+    <mergeCell ref="N99:N100"/>
+    <mergeCell ref="O99:O100"/>
+    <mergeCell ref="N21:N22"/>
+    <mergeCell ref="O21:O22"/>
+    <mergeCell ref="N19:N20"/>
+    <mergeCell ref="O19:O20"/>
+    <mergeCell ref="N17:N18"/>
+    <mergeCell ref="O17:O18"/>
+    <mergeCell ref="N43:N44"/>
+    <mergeCell ref="O43:O44"/>
+    <mergeCell ref="N39:N40"/>
+    <mergeCell ref="O39:O40"/>
+    <mergeCell ref="N41:N42"/>
+    <mergeCell ref="O41:O42"/>
+    <mergeCell ref="N25:N26"/>
+    <mergeCell ref="O25:O26"/>
+    <mergeCell ref="N23:N24"/>
+    <mergeCell ref="O23:O24"/>
   </mergeCells>
   <dataValidations count="3">
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Mutually Exclusive " prompt="Provide only for non-individual borrowers. Do not provide FirstName or LastName." sqref="C19:D19 C21:D21 C17:D17" xr:uid="{285356AB-5A20-4182-A0A3-96D5F3A9F62E}"/>
-[...1 lines deleted...]
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If address is outside US or Canada, include State and Postal Code information" sqref="C27:D27 C61:D61 C25:D25 C79:D79 C43:D43" xr:uid="{FF116CB9-5B50-45B3-927B-17B80B89823B}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Mutually Exclusive " prompt="Provide only for non-individual borrowers. Do not provide FirstName or LastName." sqref="C17:D22" xr:uid="{285356AB-5A20-4182-A0A3-96D5F3A9F62E}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Mutually Exclusive " prompt="Provide only for non-individual sellers. Do not provide FirstName or LastName." sqref="C41:D42" xr:uid="{543D9E46-7295-4069-AB09-2AA68802D6E4}"/>
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" prompt="If address is outside US or Canada, include State and Postal Code information" sqref="C61:D62 C25:D29 C79:D80 C43:D44" xr:uid="{FF116CB9-5B50-45B3-927B-17B80B89823B}"/>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold"&amp;10Uniform Closing Dataset (UCD) Critical Edits Matrix, v4.0&amp;R&amp;"-,Bold"&amp;10&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"-,Bold"&amp;10&amp;P of &amp;N&amp;R&amp;"-,Bold"&amp;10February 8, 2022</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4994E36-EC10-41B6-84B4-6617402869B0}">
   <sheetPr>
     <tabColor rgb="FFFFCC00"/>
   </sheetPr>
   <dimension ref="A1:M198"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <pane ySplit="3" topLeftCell="A12" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L12" sqref="L12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="8.5703125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="13" width="24.5703125" customWidth="1"/>
+    <col min="1" max="2" width="8.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.77734375" style="45" customWidth="1"/>
+    <col min="4" max="4" width="18.77734375" customWidth="1"/>
+    <col min="5" max="9" width="24.77734375" customWidth="1"/>
+    <col min="10" max="10" width="10.77734375" style="168" customWidth="1"/>
+    <col min="11" max="11" width="24.77734375" customWidth="1"/>
+    <col min="12" max="12" width="10.77734375" style="168" customWidth="1"/>
+    <col min="13" max="13" width="24.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="331" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...32 lines deleted...]
-      <c r="J2" s="535" t="s">
+    <row r="1" spans="1:13" s="327" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="587" t="s">
+        <v>1500</v>
+      </c>
+      <c r="B1" s="588"/>
+      <c r="C1" s="588"/>
+      <c r="D1" s="588"/>
+      <c r="E1" s="588"/>
+      <c r="F1" s="588"/>
+      <c r="G1" s="588"/>
+      <c r="H1" s="588"/>
+      <c r="I1" s="588"/>
+      <c r="J1" s="588"/>
+      <c r="K1" s="588"/>
+      <c r="L1" s="588"/>
+      <c r="M1" s="588"/>
+    </row>
+    <row r="2" spans="1:13" ht="36.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="589" t="s">
+        <v>502</v>
+      </c>
+      <c r="B2" s="590"/>
+      <c r="C2" s="591" t="s">
+        <v>137</v>
+      </c>
+      <c r="D2" s="592"/>
+      <c r="E2" s="592"/>
+      <c r="F2" s="592"/>
+      <c r="G2" s="593"/>
+      <c r="H2" s="594" t="s">
+        <v>503</v>
+      </c>
+      <c r="I2" s="595"/>
+      <c r="J2" s="596" t="s">
+        <v>100</v>
+      </c>
+      <c r="K2" s="597"/>
+      <c r="L2" s="598" t="s">
         <v>101</v>
       </c>
-      <c r="K2" s="536"/>
-[...5 lines deleted...]
-    <row r="3" spans="1:13" ht="81.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="M2" s="599"/>
+    </row>
+    <row r="3" spans="1:13" ht="83.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="58" t="s">
-        <v>490</v>
+        <v>504</v>
       </c>
       <c r="B3" s="156" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C3" s="132" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D3" s="132" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="E3" s="151" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F3" s="152" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G3" s="153" t="s">
-        <v>491</v>
+        <v>505</v>
       </c>
       <c r="H3" s="288" t="s">
-        <v>492</v>
+        <v>506</v>
       </c>
       <c r="I3" s="288" t="s">
-        <v>493</v>
+        <v>507</v>
       </c>
       <c r="J3" s="83" t="s">
+        <v>107</v>
+      </c>
+      <c r="K3" s="84" t="s">
         <v>108</v>
       </c>
-      <c r="K3" s="84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L3" s="85" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" s="85" t="s">
         <v>108</v>
       </c>
-      <c r="M3" s="85" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+    </row>
+    <row r="4" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B4" s="123">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C4" s="544">
+      <c r="C4" s="605">
         <v>7.0010000000000003</v>
       </c>
-      <c r="D4" s="544" t="s">
-[...12 lines deleted...]
-        <v>499</v>
+      <c r="D4" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E4" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F4" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G4" s="608" t="s">
+        <v>512</v>
+      </c>
+      <c r="H4" s="553" t="s">
+        <v>513</v>
       </c>
       <c r="I4" s="35" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="J4" s="70">
         <v>3541</v>
       </c>
       <c r="K4" s="69" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="L4" s="164" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="M4" s="35" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A5" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B5" s="68">
         <v>1.2</v>
       </c>
-      <c r="C5" s="545"/>
-[...6 lines deleted...]
-      <c r="H5" s="491"/>
+      <c r="C5" s="606"/>
+      <c r="D5" s="606"/>
+      <c r="E5" s="607"/>
+      <c r="F5" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G5" s="608"/>
+      <c r="H5" s="553"/>
       <c r="I5" s="35" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="J5" s="70">
         <v>3501</v>
       </c>
       <c r="K5" s="69" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="L5" s="164" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
       <c r="M5" s="35" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A6" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B6" s="68">
         <v>2</v>
       </c>
       <c r="C6" s="220">
         <v>7.0019999999999998</v>
       </c>
       <c r="D6" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E6" s="102" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F6" s="69" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G6" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H6" s="69" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="I6" s="69" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="J6" s="70">
         <v>3502</v>
       </c>
       <c r="K6" s="69" t="s">
-        <v>512</v>
+        <v>526</v>
       </c>
       <c r="L6" s="164" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="M6" s="35" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="252" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B7" s="38">
         <v>3.1</v>
       </c>
-      <c r="C7" s="539">
+      <c r="C7" s="600">
         <v>15.000999999999999</v>
       </c>
-      <c r="D7" s="541" t="s">
-[...12 lines deleted...]
-        <v>518</v>
+      <c r="D7" s="602" t="s">
+        <v>528</v>
+      </c>
+      <c r="E7" s="586" t="s">
+        <v>529</v>
+      </c>
+      <c r="F7" s="586" t="s">
+        <v>530</v>
+      </c>
+      <c r="G7" s="604" t="s">
+        <v>531</v>
+      </c>
+      <c r="H7" s="609" t="s">
+        <v>532</v>
       </c>
       <c r="I7" s="72" t="s">
-        <v>519</v>
+        <v>533</v>
       </c>
       <c r="J7" s="44">
         <v>4542</v>
       </c>
       <c r="K7" s="40" t="s">
-        <v>520</v>
+        <v>534</v>
       </c>
       <c r="L7" s="38" t="s">
-        <v>521</v>
+        <v>535</v>
       </c>
       <c r="M7" s="42" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B8" s="122">
         <v>3.2</v>
       </c>
-      <c r="C8" s="540"/>
-[...6 lines deleted...]
-      <c r="H8" s="549"/>
+      <c r="C8" s="601"/>
+      <c r="D8" s="603"/>
+      <c r="E8" s="586"/>
+      <c r="F8" s="586" t="s">
+        <v>537</v>
+      </c>
+      <c r="G8" s="604"/>
+      <c r="H8" s="610"/>
       <c r="I8" s="72" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="J8" s="44">
         <v>4505</v>
       </c>
       <c r="K8" s="40" t="s">
-        <v>525</v>
+        <v>539</v>
       </c>
       <c r="L8" s="38" t="s">
-        <v>526</v>
+        <v>540</v>
       </c>
       <c r="M8" s="40" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="84" x14ac:dyDescent="0.3">
+      <c r="A9" s="38" t="s">
         <v>527</v>
-      </c>
-[...3 lines deleted...]
-        <v>513</v>
       </c>
       <c r="B9" s="117">
         <v>4</v>
       </c>
       <c r="C9" s="221">
         <v>7.0030000000000001</v>
       </c>
       <c r="D9" s="140" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E9" s="154" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="F9" s="72" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="G9" s="72" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="H9" s="40" t="s">
-        <v>529</v>
+        <v>543</v>
       </c>
       <c r="I9" s="40" t="s">
-        <v>530</v>
+        <v>544</v>
       </c>
       <c r="J9" s="44">
         <v>4549</v>
       </c>
       <c r="K9" s="40" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="L9" s="44" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="M9" s="40" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A10" s="38"/>
       <c r="B10" s="117"/>
       <c r="C10" s="221"/>
       <c r="D10" s="140"/>
       <c r="E10" s="154"/>
       <c r="F10" s="72"/>
       <c r="G10" s="72"/>
       <c r="H10" s="40"/>
       <c r="I10" s="40"/>
       <c r="J10" s="44"/>
       <c r="K10" s="40"/>
       <c r="L10" s="44" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M10" s="42" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A11" s="38" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B11" s="38">
         <v>5</v>
       </c>
       <c r="C11" s="221">
         <v>7.0060000000000002</v>
       </c>
       <c r="D11" s="140" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E11" s="154" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="F11" s="72" t="s">
-        <v>536</v>
+        <v>550</v>
       </c>
       <c r="G11" s="229" t="s">
-        <v>537</v>
+        <v>551</v>
       </c>
       <c r="H11" s="40" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="I11" s="40" t="s">
-        <v>539</v>
+        <v>553</v>
       </c>
       <c r="J11" s="86">
         <v>4550</v>
       </c>
       <c r="K11" s="72" t="s">
-        <v>540</v>
+        <v>554</v>
       </c>
       <c r="L11" s="38" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="M11" s="40" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A12" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B12" s="74">
         <v>6.1</v>
       </c>
-      <c r="C12" s="550">
+      <c r="C12" s="611">
         <v>7.085</v>
       </c>
-      <c r="D12" s="552" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="505" t="s">
+      <c r="D12" s="613" t="s">
         <v>528</v>
       </c>
-      <c r="F12" s="525" t="s">
-[...6 lines deleted...]
-        <v>545</v>
+      <c r="E12" s="566" t="s">
+        <v>542</v>
+      </c>
+      <c r="F12" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G12" s="586" t="s">
+        <v>558</v>
+      </c>
+      <c r="H12" s="586" t="s">
+        <v>559</v>
       </c>
       <c r="I12" s="40" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="J12" s="86">
         <v>4553</v>
       </c>
       <c r="K12" s="72" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>561</v>
+      </c>
+      <c r="L12" s="338" t="s">
+        <v>1469</v>
       </c>
       <c r="M12" s="40" t="s">
-        <v>549</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A13" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B13" s="137">
         <v>6.2</v>
       </c>
-      <c r="C13" s="551"/>
-[...6 lines deleted...]
-      <c r="H13" s="525"/>
+      <c r="C13" s="612"/>
+      <c r="D13" s="614"/>
+      <c r="E13" s="567"/>
+      <c r="F13" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G13" s="586"/>
+      <c r="H13" s="586"/>
       <c r="I13" s="40" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J13" s="86">
         <v>4554</v>
       </c>
       <c r="K13" s="75" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="L13" s="38" t="s">
-        <v>552</v>
+        <v>566</v>
       </c>
       <c r="M13" s="40" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="38" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B14" s="138">
         <v>7.1</v>
       </c>
-      <c r="C14" s="550">
+      <c r="C14" s="611">
         <v>7.1070000000000002</v>
       </c>
-      <c r="D14" s="552" t="s">
-[...2 lines deleted...]
-      <c r="E14" s="522" t="s">
+      <c r="D14" s="613" t="s">
         <v>528</v>
       </c>
-      <c r="F14" s="525" t="s">
-[...6 lines deleted...]
-        <v>556</v>
+      <c r="E14" s="583" t="s">
+        <v>542</v>
+      </c>
+      <c r="F14" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G14" s="586" t="s">
+        <v>569</v>
+      </c>
+      <c r="H14" s="586" t="s">
+        <v>570</v>
       </c>
       <c r="I14" s="40" t="s">
-        <v>546</v>
+        <v>560</v>
       </c>
       <c r="J14" s="86">
         <v>4553</v>
       </c>
       <c r="K14" s="40" t="s">
-        <v>547</v>
+        <v>561</v>
       </c>
       <c r="L14" s="38" t="s">
-        <v>1410</v>
-[...5 lines deleted...]
-    <row r="15" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+        <v>1424</v>
+      </c>
+      <c r="M14" s="328" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="38" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B15" s="139">
         <v>7.2</v>
       </c>
-      <c r="C15" s="555"/>
-[...6 lines deleted...]
-      <c r="H15" s="525"/>
+      <c r="C15" s="616"/>
+      <c r="D15" s="617"/>
+      <c r="E15" s="585"/>
+      <c r="F15" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G15" s="586"/>
+      <c r="H15" s="586"/>
       <c r="I15" s="40" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J15" s="86">
         <v>4554</v>
       </c>
       <c r="K15" s="75" t="s">
-        <v>551</v>
+        <v>565</v>
       </c>
       <c r="L15" s="38" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M15" s="40" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A16" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B16" s="136">
         <v>8.1</v>
       </c>
-      <c r="C16" s="558">
+      <c r="C16" s="619">
         <v>7.008</v>
       </c>
-      <c r="D16" s="519" t="s">
-[...2 lines deleted...]
-      <c r="E16" s="522" t="s">
+      <c r="D16" s="580" t="s">
+        <v>528</v>
+      </c>
+      <c r="E16" s="583" t="s">
+        <v>573</v>
+      </c>
+      <c r="F16" s="604" t="s">
+        <v>574</v>
+      </c>
+      <c r="G16" s="604" t="s">
+        <v>575</v>
+      </c>
+      <c r="H16" s="586" t="s">
         <v>559</v>
       </c>
-      <c r="F16" s="543" t="s">
-[...11 lines deleted...]
-      <c r="J16" s="518">
+      <c r="I16" s="586" t="s">
+        <v>576</v>
+      </c>
+      <c r="J16" s="579">
         <v>4555</v>
       </c>
-      <c r="K16" s="525" t="s">
-        <v>1391</v>
+      <c r="K16" s="586" t="s">
+        <v>1405</v>
       </c>
       <c r="L16" s="38" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="M16" s="40" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A17" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B17" s="74">
         <v>8.1999999999999993</v>
       </c>
-      <c r="C17" s="559"/>
-[...10 lines deleted...]
-      <c r="J17" s="557">
+      <c r="C17" s="620"/>
+      <c r="D17" s="581"/>
+      <c r="E17" s="584"/>
+      <c r="F17" s="604" t="s">
+        <v>574</v>
+      </c>
+      <c r="G17" s="604"/>
+      <c r="H17" s="586"/>
+      <c r="I17" s="586" t="s">
+        <v>579</v>
+      </c>
+      <c r="J17" s="618">
         <v>3555</v>
       </c>
-      <c r="K17" s="525" t="s">
-        <v>566</v>
+      <c r="K17" s="586" t="s">
+        <v>580</v>
       </c>
       <c r="L17" s="38" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="M17" s="40" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A18" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B18" s="74">
         <v>8.3000000000000007</v>
       </c>
-      <c r="C18" s="559"/>
-[...10 lines deleted...]
-      <c r="J18" s="518">
+      <c r="C18" s="620"/>
+      <c r="D18" s="581"/>
+      <c r="E18" s="584"/>
+      <c r="F18" s="604" t="s">
+        <v>574</v>
+      </c>
+      <c r="G18" s="604"/>
+      <c r="H18" s="586"/>
+      <c r="I18" s="586" t="s">
+        <v>583</v>
+      </c>
+      <c r="J18" s="579">
         <v>4556</v>
       </c>
-      <c r="K18" s="525" t="s">
-        <v>570</v>
+      <c r="K18" s="586" t="s">
+        <v>584</v>
       </c>
       <c r="L18" s="38" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="M18" s="40" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A19" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B19" s="74">
         <v>8.4</v>
       </c>
-      <c r="C19" s="559"/>
-[...10 lines deleted...]
-      <c r="J19" s="557">
+      <c r="C19" s="620"/>
+      <c r="D19" s="581"/>
+      <c r="E19" s="584"/>
+      <c r="F19" s="604" t="s">
+        <v>574</v>
+      </c>
+      <c r="G19" s="604"/>
+      <c r="H19" s="586"/>
+      <c r="I19" s="586" t="s">
+        <v>585</v>
+      </c>
+      <c r="J19" s="618">
         <v>3556</v>
       </c>
-      <c r="K19" s="525" t="s">
-        <v>570</v>
+      <c r="K19" s="586" t="s">
+        <v>584</v>
       </c>
       <c r="L19" s="38" t="s">
-        <v>567</v>
+        <v>581</v>
       </c>
       <c r="M19" s="40" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A20" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B20" s="137">
         <v>8.5</v>
       </c>
-      <c r="C20" s="560"/>
-[...6 lines deleted...]
-      <c r="H20" s="525"/>
+      <c r="C20" s="621"/>
+      <c r="D20" s="582"/>
+      <c r="E20" s="585"/>
+      <c r="F20" s="604" t="s">
+        <v>574</v>
+      </c>
+      <c r="G20" s="604"/>
+      <c r="H20" s="586"/>
       <c r="I20" s="40" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J20" s="73">
         <v>3557</v>
       </c>
       <c r="K20" s="40" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="L20" s="38" t="s">
-        <v>563</v>
+        <v>577</v>
       </c>
       <c r="M20" s="40" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A21" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B21" s="120">
         <v>9</v>
       </c>
       <c r="C21" s="222">
         <v>7.01</v>
       </c>
       <c r="D21" s="141" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E21" s="154" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="F21" s="72" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G21" s="230" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H21" s="40" t="s">
-        <v>575</v>
+        <v>589</v>
       </c>
       <c r="I21" s="40" t="s">
-        <v>576</v>
+        <v>590</v>
       </c>
       <c r="J21" s="44">
         <v>4506</v>
       </c>
       <c r="K21" s="72" t="s">
-        <v>577</v>
+        <v>591</v>
       </c>
       <c r="L21" s="38" t="s">
-        <v>548</v>
+        <v>562</v>
       </c>
       <c r="M21" s="40" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="134.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B22" s="46">
         <v>10</v>
       </c>
       <c r="C22" s="226">
         <v>15</v>
       </c>
       <c r="D22" s="107" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E22" s="155" t="s">
-        <v>515</v>
+        <v>529</v>
       </c>
       <c r="F22" s="91" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="G22" s="48" t="s">
-        <v>579</v>
+        <v>593</v>
       </c>
       <c r="H22" s="48" t="s">
-        <v>580</v>
+        <v>594</v>
       </c>
       <c r="I22" s="48" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="J22" s="340">
+        <v>595</v>
+      </c>
+      <c r="J22" s="333">
         <v>4526</v>
       </c>
-      <c r="K22" s="337" t="s">
-        <v>1441</v>
+      <c r="K22" s="330" t="s">
+        <v>1435</v>
       </c>
       <c r="L22" s="46" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="M22" s="48" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A23" s="46" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B23" s="46">
         <v>11.1</v>
       </c>
-      <c r="C23" s="572">
+      <c r="C23" s="634">
         <v>15.003</v>
       </c>
-      <c r="D23" s="570" t="s">
-[...12 lines deleted...]
-        <v>586</v>
+      <c r="D23" s="632" t="s">
+        <v>528</v>
+      </c>
+      <c r="E23" s="625" t="s">
+        <v>529</v>
+      </c>
+      <c r="F23" s="533" t="s">
+        <v>598</v>
+      </c>
+      <c r="G23" s="635" t="s">
+        <v>599</v>
+      </c>
+      <c r="H23" s="533" t="s">
+        <v>600</v>
       </c>
       <c r="I23" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J23" s="408">
+        <v>560</v>
+      </c>
+      <c r="J23" s="502">
         <v>4560</v>
       </c>
-      <c r="K23" s="466" t="s">
-[...9 lines deleted...]
-    <row r="24" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K23" s="533" t="s">
+        <v>601</v>
+      </c>
+      <c r="L23" s="334" t="s">
+        <v>602</v>
+      </c>
+      <c r="M23" s="335" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="63" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="46" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B24" s="59">
         <v>11.2</v>
       </c>
-      <c r="C24" s="572"/>
-[...6 lines deleted...]
-      <c r="H24" s="466"/>
+      <c r="C24" s="634"/>
+      <c r="D24" s="633"/>
+      <c r="E24" s="626"/>
+      <c r="F24" s="533" t="s">
+        <v>603</v>
+      </c>
+      <c r="G24" s="636"/>
+      <c r="H24" s="533"/>
       <c r="I24" s="48" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="J24" s="565">
+        <v>604</v>
+      </c>
+      <c r="J24" s="627">
         <v>3560</v>
       </c>
-      <c r="K24" s="466"/>
-[...7 lines deleted...]
-    <row r="25" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="K24" s="533"/>
+      <c r="L24" s="334" t="s">
+        <v>602</v>
+      </c>
+      <c r="M24" s="335" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A25" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B25" s="64">
         <v>12</v>
       </c>
       <c r="C25" s="46">
         <v>7.0030000000000001</v>
       </c>
       <c r="D25" s="107" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E25" s="155" t="s">
-        <v>528</v>
+        <v>542</v>
       </c>
       <c r="F25" s="48" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="G25" s="48" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="H25" s="48" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="I25" s="48" t="s">
-        <v>592</v>
+        <v>606</v>
       </c>
       <c r="J25" s="47">
         <v>3561</v>
       </c>
       <c r="K25" s="48" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L25" s="46" t="s">
-        <v>532</v>
+        <v>546</v>
       </c>
       <c r="M25" s="49" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A26" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B26" s="121">
         <v>13.1</v>
       </c>
-      <c r="C26" s="494">
+      <c r="C26" s="622">
         <v>7.085</v>
       </c>
-      <c r="D26" s="561" t="s">
-[...2 lines deleted...]
-      <c r="E26" s="563" t="s">
+      <c r="D26" s="623" t="s">
         <v>528</v>
       </c>
-      <c r="F26" s="466" t="s">
-[...6 lines deleted...]
-        <v>595</v>
+      <c r="E26" s="625" t="s">
+        <v>542</v>
+      </c>
+      <c r="F26" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G26" s="503" t="s">
+        <v>558</v>
+      </c>
+      <c r="H26" s="533" t="s">
+        <v>609</v>
       </c>
       <c r="I26" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J26" s="339">
+        <v>560</v>
+      </c>
+      <c r="J26" s="332">
         <v>4529</v>
       </c>
-      <c r="K26" s="338" t="s">
-        <v>1442</v>
+      <c r="K26" s="331" t="s">
+        <v>1436</v>
       </c>
       <c r="L26" s="46" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="M26" s="48" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A27" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B27" s="59">
         <v>13.2</v>
       </c>
-      <c r="C27" s="494"/>
-[...6 lines deleted...]
-      <c r="H27" s="554"/>
+      <c r="C27" s="622"/>
+      <c r="D27" s="624"/>
+      <c r="E27" s="626"/>
+      <c r="F27" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G27" s="503"/>
+      <c r="H27" s="615"/>
       <c r="I27" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J27" s="340">
+        <v>564</v>
+      </c>
+      <c r="J27" s="333">
         <v>4530</v>
       </c>
-      <c r="K27" s="338" t="s">
-        <v>1443</v>
+      <c r="K27" s="331" t="s">
+        <v>1437</v>
       </c>
       <c r="L27" s="46" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="M27" s="48" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="204" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B28" s="118">
         <v>14.1</v>
       </c>
-      <c r="C28" s="494">
+      <c r="C28" s="622">
         <v>7.1070000000000002</v>
       </c>
-      <c r="D28" s="561" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="563" t="s">
+      <c r="D28" s="623" t="s">
         <v>528</v>
       </c>
-      <c r="F28" s="466" t="s">
-[...6 lines deleted...]
-        <v>600</v>
+      <c r="E28" s="625" t="s">
+        <v>542</v>
+      </c>
+      <c r="F28" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G28" s="533" t="s">
+        <v>569</v>
+      </c>
+      <c r="H28" s="533" t="s">
+        <v>614</v>
       </c>
       <c r="I28" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J28" s="339">
+        <v>560</v>
+      </c>
+      <c r="J28" s="332">
         <v>4529</v>
       </c>
-      <c r="K28" s="338" t="s">
-        <v>1442</v>
+      <c r="K28" s="331" t="s">
+        <v>1436</v>
       </c>
       <c r="L28" s="46" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="M28" s="48" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="204" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B29" s="65">
         <v>14.2</v>
       </c>
-      <c r="C29" s="494"/>
-[...6 lines deleted...]
-      <c r="H29" s="466"/>
+      <c r="C29" s="622"/>
+      <c r="D29" s="624"/>
+      <c r="E29" s="626"/>
+      <c r="F29" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G29" s="533"/>
+      <c r="H29" s="533"/>
       <c r="I29" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J29" s="340">
+        <v>564</v>
+      </c>
+      <c r="J29" s="333">
         <v>4530</v>
       </c>
-      <c r="K29" s="338" t="s">
-        <v>1443</v>
+      <c r="K29" s="331" t="s">
+        <v>1437</v>
       </c>
       <c r="L29" s="46" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M29" s="48" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A30" s="46" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B30" s="399">
+        <v>508</v>
+      </c>
+      <c r="B30" s="480">
         <v>15.1</v>
       </c>
-      <c r="C30" s="572">
+      <c r="C30" s="634">
         <v>7.008</v>
       </c>
-      <c r="D30" s="576" t="s">
-[...17 lines deleted...]
-      <c r="J30" s="567">
+      <c r="D30" s="638" t="s">
+        <v>528</v>
+      </c>
+      <c r="E30" s="625" t="s">
+        <v>573</v>
+      </c>
+      <c r="F30" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G30" s="503" t="s">
+        <v>575</v>
+      </c>
+      <c r="H30" s="533" t="s">
+        <v>609</v>
+      </c>
+      <c r="I30" s="533" t="s">
+        <v>616</v>
+      </c>
+      <c r="J30" s="629">
         <v>4531</v>
       </c>
-      <c r="K30" s="569" t="s">
-        <v>1448</v>
+      <c r="K30" s="631" t="s">
+        <v>1442</v>
       </c>
       <c r="L30" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M30" s="48" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A31" s="46" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-      <c r="J31" s="568">
+        <v>508</v>
+      </c>
+      <c r="B31" s="554"/>
+      <c r="C31" s="634"/>
+      <c r="D31" s="639"/>
+      <c r="E31" s="641"/>
+      <c r="F31" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G31" s="503"/>
+      <c r="H31" s="628"/>
+      <c r="I31" s="533" t="s">
+        <v>620</v>
+      </c>
+      <c r="J31" s="630">
         <v>3531</v>
       </c>
-      <c r="K31" s="569" t="s">
-[...9 lines deleted...]
-    <row r="32" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K31" s="631" t="s">
+        <v>617</v>
+      </c>
+      <c r="L31" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M31" s="330" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A32" s="46" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B32" s="400">
+        <v>508</v>
+      </c>
+      <c r="B32" s="554">
         <v>15.2</v>
       </c>
-      <c r="C32" s="572"/>
-[...10 lines deleted...]
-      <c r="J32" s="567">
+      <c r="C32" s="634"/>
+      <c r="D32" s="639"/>
+      <c r="E32" s="641"/>
+      <c r="F32" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G32" s="503"/>
+      <c r="H32" s="628"/>
+      <c r="I32" s="533" t="s">
+        <v>583</v>
+      </c>
+      <c r="J32" s="629">
         <v>4532</v>
       </c>
-      <c r="K32" s="569" t="s">
-        <v>1444</v>
+      <c r="K32" s="631" t="s">
+        <v>1438</v>
       </c>
       <c r="L32" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M32" s="48" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A33" s="46" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-      <c r="J33" s="575">
+        <v>508</v>
+      </c>
+      <c r="B33" s="554"/>
+      <c r="C33" s="634"/>
+      <c r="D33" s="639"/>
+      <c r="E33" s="641"/>
+      <c r="F33" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G33" s="503"/>
+      <c r="H33" s="628"/>
+      <c r="I33" s="533" t="s">
+        <v>585</v>
+      </c>
+      <c r="J33" s="637">
         <v>3532</v>
       </c>
-      <c r="K33" s="569" t="s">
-[...9 lines deleted...]
-    <row r="34" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K33" s="631" t="s">
+        <v>622</v>
+      </c>
+      <c r="L33" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M33" s="330" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A34" s="46" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B34" s="59">
         <v>15.3</v>
       </c>
-      <c r="C34" s="572"/>
-[...6 lines deleted...]
-      <c r="H34" s="566"/>
+      <c r="C34" s="634"/>
+      <c r="D34" s="640"/>
+      <c r="E34" s="626"/>
+      <c r="F34" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G34" s="503"/>
+      <c r="H34" s="628"/>
       <c r="I34" s="48" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J34" s="47">
         <v>3557</v>
       </c>
       <c r="K34" s="48" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="L34" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M34" s="48" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A35" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B35" s="64">
         <v>16</v>
       </c>
       <c r="C35" s="226">
         <v>7.01</v>
       </c>
       <c r="D35" s="108" t="s">
-        <v>514</v>
+        <v>528</v>
       </c>
       <c r="E35" s="155" t="s">
-        <v>559</v>
+        <v>573</v>
       </c>
       <c r="F35" s="48" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G35" s="174" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H35" s="48" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
       <c r="I35" s="48" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="J35" s="339">
+        <v>590</v>
+      </c>
+      <c r="J35" s="332">
         <v>4508</v>
       </c>
-      <c r="K35" s="336" t="s">
-        <v>1438</v>
+      <c r="K35" s="329" t="s">
+        <v>1432</v>
       </c>
       <c r="L35" s="46" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="M35" s="48" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="156" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B36" s="115">
         <v>17.100000000000001</v>
       </c>
-      <c r="C36" s="581">
+      <c r="C36" s="643">
         <v>7.0010000000000003</v>
       </c>
-      <c r="D36" s="544" t="s">
-[...12 lines deleted...]
-        <v>614</v>
+      <c r="D36" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E36" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F36" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G36" s="608" t="s">
+        <v>627</v>
+      </c>
+      <c r="H36" s="553" t="s">
+        <v>628</v>
       </c>
       <c r="I36" s="35" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="J36" s="70">
         <v>3543</v>
       </c>
       <c r="K36" s="69" t="s">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="L36" s="164" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="M36" s="69" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A37" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B37" s="116">
         <v>17.2</v>
       </c>
-      <c r="C37" s="581"/>
-[...6 lines deleted...]
-      <c r="H37" s="491"/>
+      <c r="C37" s="643"/>
+      <c r="D37" s="606"/>
+      <c r="E37" s="607"/>
+      <c r="F37" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G37" s="608"/>
+      <c r="H37" s="553"/>
       <c r="I37" s="35" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="J37" s="70">
         <v>3544</v>
       </c>
       <c r="K37" s="69" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="L37" s="164" t="s">
-        <v>621</v>
+        <v>635</v>
       </c>
       <c r="M37" s="35" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A38" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B38" s="68">
         <v>18</v>
       </c>
       <c r="C38" s="290">
         <v>7.0019999999999998</v>
       </c>
       <c r="D38" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E38" s="102" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F38" s="69" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G38" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H38" s="35" t="s">
-        <v>623</v>
+        <v>637</v>
       </c>
       <c r="I38" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J38" s="70">
         <v>3512</v>
       </c>
       <c r="K38" s="69" t="s">
-        <v>625</v>
+        <v>639</v>
       </c>
       <c r="L38" s="164" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="M38" s="69" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="126.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="44" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B39" s="38">
         <v>19</v>
       </c>
       <c r="C39" s="223">
         <v>15.004</v>
       </c>
       <c r="D39" s="144" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="E39" s="40" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="F39" s="145" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="G39" s="40" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="H39" s="40" t="s">
-        <v>630</v>
+        <v>644</v>
       </c>
       <c r="I39" s="40" t="s">
-        <v>631</v>
+        <v>645</v>
       </c>
       <c r="J39" s="44">
         <v>4563</v>
       </c>
       <c r="K39" s="301" t="s">
-        <v>632</v>
+        <v>646</v>
       </c>
       <c r="L39" s="44" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="M39" s="42" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B40" s="44">
         <v>20</v>
       </c>
       <c r="C40" s="38">
         <v>15.006</v>
       </c>
       <c r="D40" s="142" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="E40" s="143" t="s">
-        <v>628</v>
+        <v>642</v>
       </c>
       <c r="F40" s="143" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="G40" s="231" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="H40" s="41" t="s">
-        <v>635</v>
+        <v>649</v>
       </c>
       <c r="I40" s="40" t="s">
-        <v>636</v>
+        <v>650</v>
       </c>
       <c r="J40" s="39">
         <v>4563</v>
       </c>
       <c r="K40" s="41" t="s">
-        <v>637</v>
-[...8 lines deleted...]
-    <row r="41" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>651</v>
+      </c>
+      <c r="L40" s="334" t="s">
+        <v>602</v>
+      </c>
+      <c r="M40" s="335" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A41" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B41" s="74">
         <v>21</v>
       </c>
       <c r="C41" s="223">
         <v>7.0250000000000004</v>
       </c>
       <c r="D41" s="140" t="s">
+        <v>641</v>
+      </c>
+      <c r="E41" s="154" t="s">
+        <v>652</v>
+      </c>
+      <c r="F41" s="40" t="s">
+        <v>511</v>
+      </c>
+      <c r="G41" s="40" t="s">
         <v>627</v>
       </c>
-      <c r="E41" s="154" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H41" s="40" t="s">
-        <v>639</v>
+        <v>653</v>
       </c>
       <c r="I41" s="40" t="s">
-        <v>640</v>
+        <v>654</v>
       </c>
       <c r="J41" s="86">
         <v>3561</v>
       </c>
       <c r="K41" s="40" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L41" s="38" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M41" s="40" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="120" x14ac:dyDescent="0.3">
       <c r="A42" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B42" s="112">
         <v>22.1</v>
       </c>
-      <c r="C42" s="580">
+      <c r="C42" s="642">
         <v>7.0730000000000004</v>
       </c>
-      <c r="D42" s="552" t="s">
-[...12 lines deleted...]
-        <v>642</v>
+      <c r="D42" s="613" t="s">
+        <v>641</v>
+      </c>
+      <c r="E42" s="583" t="s">
+        <v>652</v>
+      </c>
+      <c r="F42" s="566" t="s">
+        <v>557</v>
+      </c>
+      <c r="G42" s="586" t="s">
+        <v>558</v>
+      </c>
+      <c r="H42" s="586" t="s">
+        <v>656</v>
       </c>
       <c r="I42" s="40" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J42" s="339">
+        <v>560</v>
+      </c>
+      <c r="J42" s="332">
         <v>4533</v>
       </c>
-      <c r="K42" s="336" t="s">
-        <v>1445</v>
+      <c r="K42" s="329" t="s">
+        <v>1439</v>
       </c>
       <c r="L42" s="38" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="M42" s="40" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A43" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B43" s="137">
         <v>22.2</v>
       </c>
-      <c r="C43" s="580"/>
-[...4 lines deleted...]
-      <c r="H43" s="554"/>
+      <c r="C43" s="642"/>
+      <c r="D43" s="617"/>
+      <c r="E43" s="585"/>
+      <c r="F43" s="567"/>
+      <c r="G43" s="586"/>
+      <c r="H43" s="615"/>
       <c r="I43" s="40" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J43" s="339">
+        <v>564</v>
+      </c>
+      <c r="J43" s="332">
         <v>4534</v>
       </c>
-      <c r="K43" s="338" t="s">
-        <v>1446</v>
+      <c r="K43" s="331" t="s">
+        <v>1440</v>
       </c>
       <c r="L43" s="38" t="s">
-        <v>596</v>
+        <v>610</v>
       </c>
       <c r="M43" s="40" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B44" s="136">
         <v>23.1</v>
       </c>
-      <c r="C44" s="583">
+      <c r="C44" s="645">
         <v>7.109</v>
       </c>
-      <c r="D44" s="552" t="s">
-[...12 lines deleted...]
-        <v>643</v>
+      <c r="D44" s="613" t="s">
+        <v>641</v>
+      </c>
+      <c r="E44" s="583" t="s">
+        <v>652</v>
+      </c>
+      <c r="F44" s="566" t="s">
+        <v>568</v>
+      </c>
+      <c r="G44" s="586" t="s">
+        <v>569</v>
+      </c>
+      <c r="H44" s="566" t="s">
+        <v>657</v>
       </c>
       <c r="I44" s="40" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J44" s="339">
+        <v>560</v>
+      </c>
+      <c r="J44" s="332">
         <v>4533</v>
       </c>
-      <c r="K44" s="336" t="s">
-        <v>1445</v>
+      <c r="K44" s="329" t="s">
+        <v>1439</v>
       </c>
       <c r="L44" s="38" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M44" s="40" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B45" s="137">
         <v>23.2</v>
       </c>
-      <c r="C45" s="583"/>
-[...4 lines deleted...]
-      <c r="H45" s="506"/>
+      <c r="C45" s="645"/>
+      <c r="D45" s="617"/>
+      <c r="E45" s="585"/>
+      <c r="F45" s="567"/>
+      <c r="G45" s="586"/>
+      <c r="H45" s="567"/>
       <c r="I45" s="40" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J45" s="339">
+        <v>564</v>
+      </c>
+      <c r="J45" s="332">
         <v>4534</v>
       </c>
-      <c r="K45" s="338" t="s">
-        <v>1446</v>
+      <c r="K45" s="331" t="s">
+        <v>1440</v>
       </c>
       <c r="L45" s="38" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M45" s="40" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A46" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B46" s="515">
+        <v>508</v>
+      </c>
+      <c r="B46" s="576">
         <v>24.1</v>
       </c>
-      <c r="C46" s="518">
+      <c r="C46" s="579">
         <v>7.0289999999999999</v>
       </c>
-      <c r="D46" s="552" t="s">
-[...17 lines deleted...]
-      <c r="J46" s="567">
+      <c r="D46" s="613" t="s">
+        <v>641</v>
+      </c>
+      <c r="E46" s="583" t="s">
+        <v>658</v>
+      </c>
+      <c r="F46" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G46" s="586" t="s">
+        <v>575</v>
+      </c>
+      <c r="H46" s="586" t="s">
+        <v>656</v>
+      </c>
+      <c r="I46" s="609" t="s">
+        <v>616</v>
+      </c>
+      <c r="J46" s="629">
         <v>4535</v>
       </c>
-      <c r="K46" s="569" t="s">
-        <v>1447</v>
+      <c r="K46" s="631" t="s">
+        <v>1441</v>
       </c>
       <c r="L46" s="38" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M46" s="40" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A47" s="74" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-      <c r="J47" s="582">
+        <v>508</v>
+      </c>
+      <c r="B47" s="577"/>
+      <c r="C47" s="579"/>
+      <c r="D47" s="614"/>
+      <c r="E47" s="584"/>
+      <c r="F47" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G47" s="586"/>
+      <c r="H47" s="586"/>
+      <c r="I47" s="610" t="s">
+        <v>620</v>
+      </c>
+      <c r="J47" s="644">
         <v>3535</v>
       </c>
-      <c r="K47" s="569"/>
-[...7 lines deleted...]
-    <row r="48" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K47" s="631"/>
+      <c r="L47" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M47" s="330" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A48" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B48" s="516">
+        <v>508</v>
+      </c>
+      <c r="B48" s="577">
         <v>24.2</v>
       </c>
-      <c r="C48" s="518"/>
-[...10 lines deleted...]
-      <c r="J48" s="567">
+      <c r="C48" s="579"/>
+      <c r="D48" s="614"/>
+      <c r="E48" s="584"/>
+      <c r="F48" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G48" s="586"/>
+      <c r="H48" s="586"/>
+      <c r="I48" s="609" t="s">
+        <v>583</v>
+      </c>
+      <c r="J48" s="629">
         <v>4536</v>
       </c>
-      <c r="K48" s="569" t="s">
-        <v>1485</v>
+      <c r="K48" s="631" t="s">
+        <v>1443</v>
       </c>
       <c r="L48" s="38" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M48" s="40" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A49" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J49" s="582">
+        <v>508</v>
+      </c>
+      <c r="B49" s="577"/>
+      <c r="C49" s="579"/>
+      <c r="D49" s="614"/>
+      <c r="E49" s="584"/>
+      <c r="F49" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G49" s="586"/>
+      <c r="H49" s="586"/>
+      <c r="I49" s="610"/>
+      <c r="J49" s="644">
         <v>3536</v>
       </c>
-      <c r="K49" s="569"/>
-[...7 lines deleted...]
-    <row r="50" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K49" s="631"/>
+      <c r="L49" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M49" s="330" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A50" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B50" s="137">
         <v>24.3</v>
       </c>
-      <c r="C50" s="518"/>
-[...6 lines deleted...]
-      <c r="H50" s="525"/>
+      <c r="C50" s="579"/>
+      <c r="D50" s="617"/>
+      <c r="E50" s="585"/>
+      <c r="F50" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G50" s="586"/>
+      <c r="H50" s="586"/>
       <c r="I50" s="72" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J50" s="71">
         <v>3557</v>
       </c>
       <c r="K50" s="72" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="L50" s="38" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M50" s="40" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A51" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B51" s="74">
         <v>25</v>
       </c>
       <c r="C51" s="43">
         <v>7.0309999999999997</v>
       </c>
       <c r="D51" s="140" t="s">
-        <v>627</v>
+        <v>641</v>
       </c>
       <c r="E51" s="154" t="s">
-        <v>644</v>
+        <v>658</v>
       </c>
       <c r="F51" s="40" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G51" s="230" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H51" s="40" t="s">
-        <v>646</v>
+        <v>660</v>
       </c>
       <c r="I51" s="72" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="J51" s="339">
+        <v>590</v>
+      </c>
+      <c r="J51" s="332">
         <v>4515</v>
       </c>
-      <c r="K51" s="336" t="s">
-        <v>1439</v>
+      <c r="K51" s="329" t="s">
+        <v>1433</v>
       </c>
       <c r="L51" s="38" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="M51" s="42" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A52" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B52" s="115">
         <v>26.1</v>
       </c>
-      <c r="C52" s="581">
+      <c r="C52" s="643">
         <v>7.0010000000000003</v>
       </c>
-      <c r="D52" s="544" t="s">
-[...12 lines deleted...]
-        <v>649</v>
+      <c r="D52" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E52" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F52" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G52" s="608" t="s">
+        <v>662</v>
+      </c>
+      <c r="H52" s="553" t="s">
+        <v>663</v>
       </c>
       <c r="I52" s="69" t="s">
-        <v>650</v>
+        <v>664</v>
       </c>
       <c r="J52" s="70">
         <v>3545</v>
       </c>
       <c r="K52" s="69" t="s">
-        <v>651</v>
+        <v>665</v>
       </c>
       <c r="L52" s="164" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="M52" s="69" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A53" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B53" s="116">
         <v>26.2</v>
       </c>
-      <c r="C53" s="581"/>
-[...6 lines deleted...]
-      <c r="H53" s="491"/>
+      <c r="C53" s="643"/>
+      <c r="D53" s="606"/>
+      <c r="E53" s="607"/>
+      <c r="F53" s="608" t="s">
+        <v>511</v>
+      </c>
+      <c r="G53" s="608"/>
+      <c r="H53" s="553"/>
       <c r="I53" s="69" t="s">
-        <v>654</v>
+        <v>668</v>
       </c>
       <c r="J53" s="70">
         <v>3546</v>
       </c>
       <c r="K53" s="69" t="s">
-        <v>655</v>
+        <v>669</v>
       </c>
       <c r="L53" s="164" t="s">
-        <v>656</v>
+        <v>670</v>
       </c>
       <c r="M53" s="69" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A54" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B54" s="68">
         <v>27</v>
       </c>
       <c r="C54" s="290">
         <v>7.0019999999999998</v>
       </c>
       <c r="D54" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E54" s="102" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F54" s="69" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G54" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H54" s="69" t="s">
-        <v>658</v>
+        <v>672</v>
       </c>
       <c r="I54" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J54" s="79">
         <v>3518</v>
       </c>
       <c r="K54" s="69" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="L54" s="164" t="s">
-        <v>652</v>
+        <v>666</v>
       </c>
       <c r="M54" s="69" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="183.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="47" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B55" s="46">
         <v>28</v>
       </c>
       <c r="C55" s="226">
         <v>15.007</v>
       </c>
       <c r="D55" s="291" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="E55" s="91" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="F55" s="91" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="G55" s="48" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="H55" s="48" t="s">
-        <v>662</v>
+        <v>676</v>
       </c>
       <c r="I55" s="48" t="s">
-        <v>663</v>
+        <v>677</v>
       </c>
       <c r="J55" s="47">
         <v>4565</v>
       </c>
       <c r="K55" s="148" t="s">
-        <v>664</v>
+        <v>678</v>
       </c>
       <c r="L55" s="47" t="s">
-        <v>633</v>
+        <v>647</v>
       </c>
       <c r="M55" s="48" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="168" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B56" s="121">
         <v>29.1</v>
       </c>
-      <c r="C56" s="495">
+      <c r="C56" s="651">
         <v>15.02</v>
       </c>
-      <c r="D56" s="588" t="s">
-[...12 lines deleted...]
-        <v>665</v>
+      <c r="D56" s="652" t="s">
+        <v>674</v>
+      </c>
+      <c r="E56" s="649" t="s">
+        <v>675</v>
+      </c>
+      <c r="F56" s="649" t="s">
+        <v>598</v>
+      </c>
+      <c r="G56" s="635" t="s">
+        <v>599</v>
+      </c>
+      <c r="H56" s="533" t="s">
+        <v>679</v>
       </c>
       <c r="I56" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J56" s="408">
+        <v>560</v>
+      </c>
+      <c r="J56" s="502">
         <v>4565</v>
       </c>
-      <c r="K56" s="466" t="s">
-[...9 lines deleted...]
-    <row r="57" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="K56" s="533" t="s">
+        <v>678</v>
+      </c>
+      <c r="L56" s="562" t="s">
+        <v>602</v>
+      </c>
+      <c r="M56" s="563" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="24" x14ac:dyDescent="0.3">
       <c r="A57" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B57" s="59">
         <v>29.2</v>
       </c>
-      <c r="C57" s="495"/>
-[...4 lines deleted...]
-      <c r="H57" s="466"/>
+      <c r="C57" s="651"/>
+      <c r="D57" s="653"/>
+      <c r="E57" s="650"/>
+      <c r="F57" s="650"/>
+      <c r="G57" s="636"/>
+      <c r="H57" s="533"/>
       <c r="I57" s="48" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="J57" s="565">
+        <v>604</v>
+      </c>
+      <c r="J57" s="627">
         <v>3565</v>
       </c>
-      <c r="K57" s="466"/>
-[...3 lines deleted...]
-    <row r="58" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+      <c r="K57" s="533"/>
+      <c r="L57" s="481"/>
+      <c r="M57" s="510"/>
+    </row>
+    <row r="58" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A58" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B58" s="46">
         <v>30</v>
       </c>
       <c r="C58" s="50">
         <v>7.0449999999999999</v>
       </c>
       <c r="D58" s="110" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="E58" s="91" t="s">
-        <v>666</v>
+        <v>680</v>
       </c>
       <c r="F58" s="48" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="G58" s="48" t="s">
-        <v>648</v>
+        <v>662</v>
       </c>
       <c r="H58" s="48" t="s">
-        <v>667</v>
+        <v>681</v>
       </c>
       <c r="I58" s="48" t="s">
-        <v>668</v>
+        <v>682</v>
       </c>
       <c r="J58" s="47">
         <v>3561</v>
       </c>
       <c r="K58" s="48" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L58" s="47" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M58" s="48" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="120" x14ac:dyDescent="0.3">
       <c r="A59" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B59" s="121">
         <v>31.1</v>
       </c>
-      <c r="C59" s="413">
+      <c r="C59" s="646">
         <v>7.0739999999999998</v>
       </c>
-      <c r="D59" s="584" t="s">
-[...12 lines deleted...]
-        <v>669</v>
+      <c r="D59" s="647" t="s">
+        <v>674</v>
+      </c>
+      <c r="E59" s="649" t="s">
+        <v>680</v>
+      </c>
+      <c r="F59" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G59" s="533" t="s">
+        <v>558</v>
+      </c>
+      <c r="H59" s="533" t="s">
+        <v>683</v>
       </c>
       <c r="I59" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J59" s="340">
+        <v>560</v>
+      </c>
+      <c r="J59" s="333">
         <v>4537</v>
       </c>
-      <c r="K59" s="337" t="s">
-        <v>1449</v>
+      <c r="K59" s="330" t="s">
+        <v>1444</v>
       </c>
       <c r="L59" s="46" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="M59" s="48" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A60" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B60" s="59">
         <v>31.2</v>
       </c>
-      <c r="C60" s="413"/>
-[...6 lines deleted...]
-      <c r="H60" s="466"/>
+      <c r="C60" s="646"/>
+      <c r="D60" s="648"/>
+      <c r="E60" s="650"/>
+      <c r="F60" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G60" s="533"/>
+      <c r="H60" s="533"/>
       <c r="I60" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J60" s="340">
+        <v>564</v>
+      </c>
+      <c r="J60" s="333">
         <v>4538</v>
       </c>
-      <c r="K60" s="337" t="s">
-        <v>1450</v>
+      <c r="K60" s="330" t="s">
+        <v>1445</v>
       </c>
       <c r="L60" s="46" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="M60" s="48" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B61" s="121">
         <v>32.1</v>
       </c>
-      <c r="C61" s="495">
+      <c r="C61" s="651">
         <v>7.11</v>
       </c>
-      <c r="D61" s="584" t="s">
-[...12 lines deleted...]
-        <v>670</v>
+      <c r="D61" s="647" t="s">
+        <v>674</v>
+      </c>
+      <c r="E61" s="649" t="s">
+        <v>680</v>
+      </c>
+      <c r="F61" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G61" s="533" t="s">
+        <v>569</v>
+      </c>
+      <c r="H61" s="533" t="s">
+        <v>684</v>
       </c>
       <c r="I61" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J61" s="340">
+        <v>560</v>
+      </c>
+      <c r="J61" s="333">
         <v>4537</v>
       </c>
-      <c r="K61" s="337" t="s">
-        <v>1449</v>
+      <c r="K61" s="330" t="s">
+        <v>1444</v>
       </c>
       <c r="L61" s="46" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M61" s="48" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B62" s="59">
         <v>32.200000000000003</v>
       </c>
-      <c r="C62" s="495"/>
-[...6 lines deleted...]
-      <c r="H62" s="466"/>
+      <c r="C62" s="651"/>
+      <c r="D62" s="648"/>
+      <c r="E62" s="650"/>
+      <c r="F62" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G62" s="533"/>
+      <c r="H62" s="533"/>
       <c r="I62" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J62" s="340">
+        <v>564</v>
+      </c>
+      <c r="J62" s="333">
         <v>4538</v>
       </c>
-      <c r="K62" s="337" t="s">
-        <v>1450</v>
+      <c r="K62" s="330" t="s">
+        <v>1445</v>
       </c>
       <c r="L62" s="46" t="s">
-        <v>557</v>
+        <v>571</v>
       </c>
       <c r="M62" s="48" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A63" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B63" s="592">
+        <v>508</v>
+      </c>
+      <c r="B63" s="656">
         <v>33.1</v>
       </c>
-      <c r="C63" s="408">
+      <c r="C63" s="502">
         <v>7.0490000000000004</v>
       </c>
-      <c r="D63" s="593" t="s">
-[...17 lines deleted...]
-      <c r="J63" s="590">
+      <c r="D63" s="657" t="s">
+        <v>674</v>
+      </c>
+      <c r="E63" s="660" t="s">
+        <v>685</v>
+      </c>
+      <c r="F63" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G63" s="533" t="s">
+        <v>575</v>
+      </c>
+      <c r="H63" s="533" t="s">
+        <v>686</v>
+      </c>
+      <c r="I63" s="533" t="s">
+        <v>687</v>
+      </c>
+      <c r="J63" s="654">
         <v>4539</v>
       </c>
-      <c r="K63" s="409" t="s">
-        <v>674</v>
+      <c r="K63" s="503" t="s">
+        <v>688</v>
       </c>
       <c r="L63" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M63" s="48" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A64" s="64" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-      <c r="J64" s="568">
+        <v>508</v>
+      </c>
+      <c r="B64" s="655"/>
+      <c r="C64" s="502"/>
+      <c r="D64" s="658"/>
+      <c r="E64" s="660"/>
+      <c r="F64" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G64" s="533"/>
+      <c r="H64" s="533"/>
+      <c r="I64" s="533" t="s">
+        <v>690</v>
+      </c>
+      <c r="J64" s="630">
         <v>3539</v>
       </c>
-      <c r="K64" s="409" t="s">
-[...9 lines deleted...]
-    <row r="65" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K64" s="503" t="s">
+        <v>688</v>
+      </c>
+      <c r="L64" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M64" s="330" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A65" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B65" s="591">
+        <v>508</v>
+      </c>
+      <c r="B65" s="655">
         <v>33.200000000000003</v>
       </c>
-      <c r="C65" s="408"/>
-[...10 lines deleted...]
-      <c r="J65" s="567">
+      <c r="C65" s="502"/>
+      <c r="D65" s="658"/>
+      <c r="E65" s="660"/>
+      <c r="F65" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G65" s="533"/>
+      <c r="H65" s="533"/>
+      <c r="I65" s="533" t="s">
+        <v>583</v>
+      </c>
+      <c r="J65" s="629">
         <v>4540</v>
       </c>
-      <c r="K65" s="569" t="s">
-        <v>1451</v>
+      <c r="K65" s="631" t="s">
+        <v>1446</v>
       </c>
       <c r="L65" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M65" s="48" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A66" s="64" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-      <c r="J66" s="575">
+        <v>508</v>
+      </c>
+      <c r="B66" s="655"/>
+      <c r="C66" s="502"/>
+      <c r="D66" s="658"/>
+      <c r="E66" s="660"/>
+      <c r="F66" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G66" s="533"/>
+      <c r="H66" s="533"/>
+      <c r="I66" s="533" t="s">
+        <v>585</v>
+      </c>
+      <c r="J66" s="637">
         <v>3540</v>
       </c>
-      <c r="K66" s="569" t="s">
-[...9 lines deleted...]
-    <row r="67" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+      <c r="K66" s="631" t="s">
+        <v>691</v>
+      </c>
+      <c r="L66" s="334" t="s">
+        <v>621</v>
+      </c>
+      <c r="M66" s="330" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A67" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B67" s="65">
         <v>33.299999999999997</v>
       </c>
-      <c r="C67" s="408"/>
-[...6 lines deleted...]
-      <c r="H67" s="466"/>
+      <c r="C67" s="502"/>
+      <c r="D67" s="659"/>
+      <c r="E67" s="660"/>
+      <c r="F67" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G67" s="533"/>
+      <c r="H67" s="533"/>
       <c r="I67" s="48" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J67" s="77">
         <v>3557</v>
       </c>
       <c r="K67" s="63" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="L67" s="46" t="s">
-        <v>604</v>
+        <v>618</v>
       </c>
       <c r="M67" s="48" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A68" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B68" s="64">
         <v>34</v>
       </c>
       <c r="C68" s="50">
         <v>7.0510000000000002</v>
       </c>
       <c r="D68" s="108" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
       <c r="E68" s="155" t="s">
-        <v>671</v>
+        <v>685</v>
       </c>
       <c r="F68" s="48" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G68" s="174" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H68" s="48" t="s">
-        <v>678</v>
+        <v>692</v>
       </c>
       <c r="I68" s="48" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="J68" s="339">
+        <v>590</v>
+      </c>
+      <c r="J68" s="332">
         <v>4521</v>
       </c>
-      <c r="K68" s="336" t="s">
-        <v>1440</v>
+      <c r="K68" s="329" t="s">
+        <v>1434</v>
       </c>
       <c r="L68" s="46" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="M68" s="49" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="156" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B69" s="115">
         <v>35.1</v>
       </c>
-      <c r="C69" s="486">
+      <c r="C69" s="662">
         <v>7.0629999999999997</v>
       </c>
-      <c r="D69" s="598" t="s">
-[...12 lines deleted...]
-        <v>680</v>
+      <c r="D69" s="663" t="s">
+        <v>509</v>
+      </c>
+      <c r="E69" s="665" t="s">
+        <v>510</v>
+      </c>
+      <c r="F69" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G69" s="608" t="s">
+        <v>693</v>
+      </c>
+      <c r="H69" s="553" t="s">
+        <v>694</v>
       </c>
       <c r="I69" s="69" t="s">
-        <v>681</v>
+        <v>695</v>
       </c>
       <c r="J69" s="70">
         <v>3547</v>
       </c>
       <c r="K69" s="69" t="s">
-        <v>682</v>
+        <v>696</v>
       </c>
       <c r="L69" s="164" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="M69" s="35" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="216" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A70" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B70" s="116">
         <v>35.200000000000003</v>
       </c>
-      <c r="C70" s="486"/>
-[...6 lines deleted...]
-      <c r="H70" s="491"/>
+      <c r="C70" s="662"/>
+      <c r="D70" s="664"/>
+      <c r="E70" s="666"/>
+      <c r="F70" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G70" s="608"/>
+      <c r="H70" s="553"/>
       <c r="I70" s="35" t="s">
-        <v>685</v>
+        <v>699</v>
       </c>
       <c r="J70" s="70">
         <v>3548</v>
       </c>
       <c r="K70" s="69" t="s">
-        <v>686</v>
+        <v>700</v>
       </c>
       <c r="L70" s="164" t="s">
-        <v>687</v>
+        <v>701</v>
       </c>
       <c r="M70" s="35" t="s">
-        <v>688</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A71" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B71" s="68">
         <v>36</v>
       </c>
       <c r="C71" s="224">
         <v>7.0640000000000001</v>
       </c>
       <c r="D71" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E71" s="102" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F71" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G71" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H71" s="35" t="s">
-        <v>689</v>
+        <v>703</v>
       </c>
       <c r="I71" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J71" s="70">
         <v>3524</v>
       </c>
       <c r="K71" s="69" t="s">
-        <v>690</v>
+        <v>704</v>
       </c>
       <c r="L71" s="164" t="s">
-        <v>683</v>
+        <v>697</v>
       </c>
       <c r="M71" s="35" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="156" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B72" s="115">
         <v>37.1</v>
       </c>
-      <c r="C72" s="597">
+      <c r="C72" s="661">
         <v>8.15</v>
       </c>
-      <c r="D72" s="544" t="s">
-[...12 lines deleted...]
-        <v>692</v>
+      <c r="D72" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E72" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F72" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G72" s="608" t="s">
+        <v>705</v>
+      </c>
+      <c r="H72" s="553" t="s">
+        <v>706</v>
       </c>
       <c r="I72" s="35" t="s">
-        <v>693</v>
+        <v>707</v>
       </c>
       <c r="J72" s="80">
         <v>3584</v>
       </c>
       <c r="K72" s="69" t="s">
-        <v>694</v>
+        <v>708</v>
       </c>
       <c r="L72" s="164" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="M72" s="35" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A73" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B73" s="116">
         <v>37.200000000000003</v>
       </c>
-      <c r="C73" s="597"/>
-[...6 lines deleted...]
-      <c r="H73" s="491"/>
+      <c r="C73" s="661"/>
+      <c r="D73" s="606"/>
+      <c r="E73" s="607"/>
+      <c r="F73" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G73" s="608"/>
+      <c r="H73" s="553"/>
       <c r="I73" s="35" t="s">
-        <v>697</v>
+        <v>711</v>
       </c>
       <c r="J73" s="70">
         <v>3608</v>
       </c>
       <c r="K73" s="69" t="s">
-        <v>698</v>
+        <v>712</v>
       </c>
       <c r="L73" s="164" t="s">
-        <v>699</v>
+        <v>713</v>
       </c>
       <c r="M73" s="35" t="s">
-        <v>700</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A74" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B74" s="68">
         <v>38</v>
       </c>
       <c r="C74" s="224">
         <v>8.0030000000000001</v>
       </c>
       <c r="D74" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E74" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F74" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G74" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H74" s="69" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="I74" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J74" s="70">
         <v>3653</v>
       </c>
       <c r="K74" s="69" t="s">
-        <v>702</v>
+        <v>716</v>
       </c>
       <c r="L74" s="164" t="s">
-        <v>695</v>
+        <v>709</v>
       </c>
       <c r="M74" s="35" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="99" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="44" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B75" s="138">
         <v>39.1</v>
       </c>
-      <c r="C75" s="499">
+      <c r="C75" s="560">
         <v>15.007999999999999</v>
       </c>
-      <c r="D75" s="509" t="s">
-[...12 lines deleted...]
-        <v>706</v>
+      <c r="D75" s="570" t="s">
+        <v>717</v>
+      </c>
+      <c r="E75" s="573" t="s">
+        <v>718</v>
+      </c>
+      <c r="F75" s="566" t="s">
+        <v>530</v>
+      </c>
+      <c r="G75" s="566" t="s">
+        <v>719</v>
+      </c>
+      <c r="H75" s="566" t="s">
+        <v>720</v>
       </c>
       <c r="I75" s="41" t="s">
-        <v>1393</v>
+        <v>1407</v>
       </c>
       <c r="J75" s="44">
         <v>4606</v>
       </c>
       <c r="K75" s="135" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="L75" s="44" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
       <c r="M75" s="42" t="s">
-        <v>708</v>
-[...6 lines deleted...]
-      <c r="B76" s="499">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="48" x14ac:dyDescent="0.3">
+      <c r="A76" s="564" t="s">
+        <v>640</v>
+      </c>
+      <c r="B76" s="560">
         <v>39.200000000000003</v>
       </c>
-      <c r="C76" s="508"/>
-[...6 lines deleted...]
-        <v>709</v>
+      <c r="C76" s="569"/>
+      <c r="D76" s="571"/>
+      <c r="E76" s="574"/>
+      <c r="F76" s="568"/>
+      <c r="G76" s="568"/>
+      <c r="H76" s="568"/>
+      <c r="I76" s="566" t="s">
+        <v>723</v>
       </c>
       <c r="J76" s="44">
         <v>4302</v>
       </c>
       <c r="K76" s="40" t="s">
-        <v>710</v>
-[...17 lines deleted...]
-      <c r="I77" s="506"/>
+        <v>724</v>
+      </c>
+      <c r="L76" s="564" t="s">
+        <v>1416</v>
+      </c>
+      <c r="M76" s="566" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="565"/>
+      <c r="B77" s="561"/>
+      <c r="C77" s="561"/>
+      <c r="D77" s="572"/>
+      <c r="E77" s="575"/>
+      <c r="F77" s="567"/>
+      <c r="G77" s="567"/>
+      <c r="H77" s="567"/>
+      <c r="I77" s="567"/>
       <c r="J77" s="44">
         <v>4304</v>
       </c>
       <c r="K77" s="40" t="s">
-        <v>712</v>
-[...4 lines deleted...]
-    <row r="78" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>726</v>
+      </c>
+      <c r="L77" s="565"/>
+      <c r="M77" s="567"/>
+    </row>
+    <row r="78" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A78" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B78" s="74">
         <v>40</v>
       </c>
       <c r="C78" s="223">
         <v>8.2050000000000001</v>
       </c>
       <c r="D78" s="147" t="s">
-        <v>703</v>
+        <v>717</v>
       </c>
       <c r="E78" s="145" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="F78" s="40" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="G78" s="40" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="H78" s="40" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="I78" s="40" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="J78" s="44">
         <v>3561</v>
       </c>
       <c r="K78" s="40" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L78" s="44" t="s">
+        <v>731</v>
+      </c>
+      <c r="M78" s="42" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" ht="204" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="74" t="s">
+        <v>508</v>
+      </c>
+      <c r="B79" s="576">
+        <v>41</v>
+      </c>
+      <c r="C79" s="579">
+        <v>8.2070000000000007</v>
+      </c>
+      <c r="D79" s="580" t="s">
         <v>717</v>
       </c>
-      <c r="M78" s="42" t="s">
+      <c r="E79" s="583" t="s">
+        <v>727</v>
+      </c>
+      <c r="F79" s="586" t="s">
+        <v>733</v>
+      </c>
+      <c r="G79" s="579" t="s">
+        <v>523</v>
+      </c>
+      <c r="H79" s="586" t="s">
+        <v>734</v>
+      </c>
+      <c r="I79" s="586" t="s">
+        <v>735</v>
+      </c>
+      <c r="J79" s="674">
+        <v>4568</v>
+      </c>
+      <c r="K79" s="667" t="s">
+        <v>1447</v>
+      </c>
+      <c r="L79" s="38" t="s">
+        <v>736</v>
+      </c>
+      <c r="M79" s="40" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="74" t="s">
+        <v>508</v>
+      </c>
+      <c r="B80" s="577"/>
+      <c r="C80" s="579"/>
+      <c r="D80" s="581"/>
+      <c r="E80" s="584"/>
+      <c r="F80" s="586" t="s">
+        <v>733</v>
+      </c>
+      <c r="G80" s="586"/>
+      <c r="H80" s="586"/>
+      <c r="I80" s="586"/>
+      <c r="J80" s="675"/>
+      <c r="K80" s="668"/>
+      <c r="L80" s="38" t="s">
+        <v>738</v>
+      </c>
+      <c r="M80" s="42" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="74" t="s">
+        <v>508</v>
+      </c>
+      <c r="B81" s="578"/>
+      <c r="C81" s="579"/>
+      <c r="D81" s="582"/>
+      <c r="E81" s="585"/>
+      <c r="F81" s="586" t="s">
+        <v>733</v>
+      </c>
+      <c r="G81" s="586"/>
+      <c r="H81" s="586"/>
+      <c r="I81" s="586"/>
+      <c r="J81" s="676"/>
+      <c r="K81" s="669"/>
+      <c r="L81" s="38" t="s">
+        <v>740</v>
+      </c>
+      <c r="M81" s="42" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" ht="204" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="46" t="s">
+        <v>527</v>
+      </c>
+      <c r="B82" s="656">
+        <v>42.1</v>
+      </c>
+      <c r="C82" s="622">
+        <v>15.018000000000001</v>
+      </c>
+      <c r="D82" s="670" t="s">
+        <v>741</v>
+      </c>
+      <c r="E82" s="649" t="s">
         <v>718</v>
       </c>
-    </row>
-[...113 lines deleted...]
-        <v>730</v>
+      <c r="F82" s="533" t="s">
+        <v>530</v>
+      </c>
+      <c r="G82" s="533" t="s">
+        <v>742</v>
+      </c>
+      <c r="H82" s="533" t="s">
+        <v>743</v>
+      </c>
+      <c r="I82" s="475" t="s">
+        <v>744</v>
       </c>
       <c r="J82" s="47">
         <v>4605</v>
       </c>
       <c r="K82" s="48" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="L82" s="46" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="M82" s="49" t="s">
-        <v>733</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A83" s="46" t="s">
-        <v>513</v>
-[...10 lines deleted...]
-      <c r="I83" s="407"/>
+        <v>527</v>
+      </c>
+      <c r="B83" s="655"/>
+      <c r="C83" s="622"/>
+      <c r="D83" s="671"/>
+      <c r="E83" s="673"/>
+      <c r="F83" s="533" t="s">
+        <v>537</v>
+      </c>
+      <c r="G83" s="533"/>
+      <c r="H83" s="533"/>
+      <c r="I83" s="476"/>
       <c r="J83" s="47">
         <v>4590</v>
       </c>
       <c r="K83" s="307" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="L83" s="46" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="M83" s="49" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A84" s="47" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B84" s="65">
         <v>42.2</v>
       </c>
-      <c r="C84" s="494"/>
-[...6 lines deleted...]
-      <c r="H84" s="466"/>
+      <c r="C84" s="622"/>
+      <c r="D84" s="672"/>
+      <c r="E84" s="650"/>
+      <c r="F84" s="533" t="s">
+        <v>537</v>
+      </c>
+      <c r="G84" s="533"/>
+      <c r="H84" s="533"/>
       <c r="I84" s="48" t="s">
-        <v>737</v>
+        <v>751</v>
       </c>
       <c r="J84" s="47">
         <v>4609</v>
       </c>
       <c r="K84" s="148" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="L84" s="47" t="s">
-        <v>739</v>
+        <v>753</v>
       </c>
       <c r="M84" s="49" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A85" s="47" t="s">
-        <v>626</v>
-[...1 lines deleted...]
-      <c r="B85" s="592">
+        <v>640</v>
+      </c>
+      <c r="B85" s="656">
         <v>43</v>
       </c>
-      <c r="C85" s="613">
+      <c r="C85" s="678">
         <v>8.2089999999999996</v>
       </c>
-      <c r="D85" s="614" t="s">
-[...17 lines deleted...]
-      <c r="J85" s="403">
+      <c r="D85" s="679" t="s">
+        <v>755</v>
+      </c>
+      <c r="E85" s="533" t="s">
+        <v>727</v>
+      </c>
+      <c r="F85" s="533" t="s">
+        <v>511</v>
+      </c>
+      <c r="G85" s="533" t="s">
+        <v>705</v>
+      </c>
+      <c r="H85" s="533" t="s">
+        <v>756</v>
+      </c>
+      <c r="I85" s="475" t="s">
+        <v>757</v>
+      </c>
+      <c r="J85" s="47">
         <v>4607</v>
       </c>
-      <c r="K85" s="653" t="s">
-        <v>744</v>
+      <c r="K85" s="148" t="s">
+        <v>758</v>
       </c>
       <c r="L85" s="47" t="s">
-        <v>745</v>
-[...5 lines deleted...]
-    <row r="86" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>759</v>
+      </c>
+      <c r="M85" s="314" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A86" s="46" t="s">
-        <v>513</v>
-[...10 lines deleted...]
-      <c r="K86" s="654"/>
+        <v>527</v>
+      </c>
+      <c r="B86" s="677"/>
+      <c r="C86" s="678"/>
+      <c r="D86" s="680"/>
+      <c r="E86" s="533"/>
+      <c r="F86" s="533"/>
+      <c r="G86" s="533"/>
+      <c r="H86" s="533"/>
+      <c r="I86" s="476"/>
+      <c r="J86" s="166"/>
+      <c r="K86" s="48"/>
       <c r="L86" s="46" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M86" s="48" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A87" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B87" s="592">
+        <v>508</v>
+      </c>
+      <c r="B87" s="656">
         <v>44.1</v>
       </c>
-      <c r="C87" s="408">
+      <c r="C87" s="502">
         <v>8.1530000000000005</v>
       </c>
-      <c r="D87" s="593" t="s">
-[...17 lines deleted...]
-      <c r="J87" s="590">
+      <c r="D87" s="657" t="s">
+        <v>755</v>
+      </c>
+      <c r="E87" s="660" t="s">
+        <v>760</v>
+      </c>
+      <c r="F87" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G87" s="533" t="s">
+        <v>575</v>
+      </c>
+      <c r="H87" s="533" t="s">
+        <v>761</v>
+      </c>
+      <c r="I87" s="533" t="s">
+        <v>762</v>
+      </c>
+      <c r="J87" s="654">
         <v>4614</v>
       </c>
-      <c r="K87" s="409" t="s">
-        <v>749</v>
+      <c r="K87" s="503" t="s">
+        <v>763</v>
       </c>
       <c r="L87" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M87" s="49" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A88" s="64" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J88" s="575">
+        <v>508</v>
+      </c>
+      <c r="B88" s="655"/>
+      <c r="C88" s="502"/>
+      <c r="D88" s="658"/>
+      <c r="E88" s="660"/>
+      <c r="F88" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G88" s="533"/>
+      <c r="H88" s="533"/>
+      <c r="I88" s="533"/>
+      <c r="J88" s="637">
         <v>3614</v>
       </c>
-      <c r="K88" s="409"/>
+      <c r="K88" s="503"/>
       <c r="L88" s="46" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M88" s="49" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A89" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B89" s="591">
+        <v>508</v>
+      </c>
+      <c r="B89" s="655">
         <v>44.2</v>
       </c>
-      <c r="C89" s="408"/>
-[...10 lines deleted...]
-      <c r="J89" s="590">
+      <c r="C89" s="502"/>
+      <c r="D89" s="658"/>
+      <c r="E89" s="660"/>
+      <c r="F89" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G89" s="533"/>
+      <c r="H89" s="533"/>
+      <c r="I89" s="533" t="s">
+        <v>583</v>
+      </c>
+      <c r="J89" s="654">
         <v>4614</v>
       </c>
-      <c r="K89" s="409" t="s">
-        <v>749</v>
+      <c r="K89" s="503" t="s">
+        <v>763</v>
       </c>
       <c r="L89" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M89" s="49" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A90" s="64" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J90" s="575">
+        <v>508</v>
+      </c>
+      <c r="B90" s="655"/>
+      <c r="C90" s="502"/>
+      <c r="D90" s="658"/>
+      <c r="E90" s="660"/>
+      <c r="F90" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G90" s="533"/>
+      <c r="H90" s="533"/>
+      <c r="I90" s="533"/>
+      <c r="J90" s="637">
         <v>3614</v>
       </c>
-      <c r="K90" s="409"/>
+      <c r="K90" s="503"/>
       <c r="L90" s="46" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M90" s="49" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A91" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B91" s="65">
         <v>44.3</v>
       </c>
-      <c r="C91" s="408"/>
-[...6 lines deleted...]
-      <c r="H91" s="466"/>
+      <c r="C91" s="502"/>
+      <c r="D91" s="659"/>
+      <c r="E91" s="660"/>
+      <c r="F91" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G91" s="533"/>
+      <c r="H91" s="533"/>
       <c r="I91" s="48" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J91" s="134">
         <v>3557</v>
       </c>
       <c r="K91" s="48" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="L91" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M91" s="49" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="46" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="B92" s="592">
+        <v>527</v>
+      </c>
+      <c r="B92" s="656">
         <v>45</v>
       </c>
-      <c r="C92" s="621">
+      <c r="C92" s="686">
         <v>8.1929999999999996</v>
       </c>
-      <c r="D92" s="576" t="s">
-[...17 lines deleted...]
-      <c r="J92" s="616">
+      <c r="D92" s="638" t="s">
+        <v>755</v>
+      </c>
+      <c r="E92" s="625" t="s">
+        <v>760</v>
+      </c>
+      <c r="F92" s="533" t="s">
+        <v>588</v>
+      </c>
+      <c r="G92" s="502" t="s">
+        <v>523</v>
+      </c>
+      <c r="H92" s="533" t="s">
+        <v>768</v>
+      </c>
+      <c r="I92" s="533" t="s">
+        <v>590</v>
+      </c>
+      <c r="J92" s="681">
         <v>4574</v>
       </c>
-      <c r="K92" s="617" t="s">
-        <v>1454</v>
+      <c r="K92" s="682" t="s">
+        <v>1449</v>
       </c>
       <c r="L92" s="46" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="M92" s="49" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="46" t="s">
-        <v>513</v>
-[...11 lines deleted...]
-      <c r="J93" s="565">
+        <v>527</v>
+      </c>
+      <c r="B93" s="677"/>
+      <c r="C93" s="686"/>
+      <c r="D93" s="640"/>
+      <c r="E93" s="626"/>
+      <c r="F93" s="533" t="s">
+        <v>588</v>
+      </c>
+      <c r="G93" s="533"/>
+      <c r="H93" s="533"/>
+      <c r="I93" s="533"/>
+      <c r="J93" s="627">
         <v>3574</v>
       </c>
-      <c r="K93" s="617"/>
+      <c r="K93" s="682"/>
       <c r="L93" s="46" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="M93" s="49" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="154.5" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B94" s="38">
         <v>46</v>
       </c>
       <c r="C94" s="223" t="s">
-        <v>1394</v>
-[...2 lines deleted...]
-        <v>1395</v>
+        <v>1408</v>
+      </c>
+      <c r="D94" s="315" t="s">
+        <v>1409</v>
       </c>
       <c r="E94" s="145" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="F94" s="145" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="G94" s="54" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="H94" s="40" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="I94" s="72" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="J94" s="44">
         <v>4590</v>
       </c>
       <c r="K94" s="40" t="s">
-        <v>734</v>
+        <v>748</v>
       </c>
       <c r="L94" s="38" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="M94" s="40" t="s">
-        <v>762</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A95" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B95" s="38">
         <v>47</v>
       </c>
       <c r="C95" s="223" t="s">
-        <v>1396</v>
-[...2 lines deleted...]
-        <v>1395</v>
+        <v>1410</v>
+      </c>
+      <c r="D95" s="315" t="s">
+        <v>1409</v>
       </c>
       <c r="E95" s="145" t="s">
-        <v>704</v>
+        <v>718</v>
       </c>
       <c r="F95" s="145" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="G95" s="232" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="H95" s="40" t="s">
-        <v>763</v>
+        <v>777</v>
       </c>
       <c r="I95" s="40" t="s">
-        <v>764</v>
+        <v>778</v>
       </c>
       <c r="J95" s="86">
         <v>4572</v>
       </c>
       <c r="K95" s="40" t="s">
-        <v>765</v>
+        <v>779</v>
       </c>
       <c r="L95" s="38" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
       <c r="M95" s="42" t="s">
-        <v>767</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A96" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B96" s="38">
         <v>48</v>
       </c>
       <c r="C96" s="223" t="s">
-        <v>1397</v>
-[...2 lines deleted...]
-        <v>1395</v>
+        <v>1411</v>
+      </c>
+      <c r="D96" s="315" t="s">
+        <v>1409</v>
       </c>
       <c r="E96" s="154" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="F96" s="40" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="G96" s="42" t="s">
-        <v>691</v>
+        <v>705</v>
       </c>
       <c r="H96" s="40" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
       <c r="I96" s="40" t="s">
-        <v>769</v>
+        <v>783</v>
       </c>
       <c r="J96" s="44">
         <v>3561</v>
       </c>
       <c r="K96" s="72" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L96" s="44" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M96" s="40" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A97" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B97" s="499">
+        <v>508</v>
+      </c>
+      <c r="B97" s="560">
         <v>49.1</v>
       </c>
-      <c r="C97" s="580" t="s">
-[...20 lines deleted...]
-      <c r="J97" s="567">
+      <c r="C97" s="642" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D97" s="683" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E97" s="604" t="s">
+        <v>760</v>
+      </c>
+      <c r="F97" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G97" s="604" t="s">
+        <v>575</v>
+      </c>
+      <c r="H97" s="586" t="s">
+        <v>784</v>
+      </c>
+      <c r="I97" s="586" t="s">
+        <v>616</v>
+      </c>
+      <c r="J97" s="629">
         <v>4573</v>
       </c>
-      <c r="K97" s="569" t="s">
-        <v>1453</v>
+      <c r="K97" s="631" t="s">
+        <v>1448</v>
       </c>
       <c r="L97" s="38" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M97" s="42" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A98" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J98" s="622">
+        <v>508</v>
+      </c>
+      <c r="B98" s="561"/>
+      <c r="C98" s="642"/>
+      <c r="D98" s="684"/>
+      <c r="E98" s="604"/>
+      <c r="F98" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G98" s="604"/>
+      <c r="H98" s="586"/>
+      <c r="I98" s="586"/>
+      <c r="J98" s="687">
         <v>3573</v>
       </c>
-      <c r="K98" s="569" t="s">
-        <v>771</v>
+      <c r="K98" s="631" t="s">
+        <v>785</v>
       </c>
       <c r="L98" s="38" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M98" s="42" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A99" s="136" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B99" s="508">
+        <v>508</v>
+      </c>
+      <c r="B99" s="569">
         <v>49.2</v>
       </c>
-      <c r="C99" s="580"/>
-[...10 lines deleted...]
-      <c r="J99" s="567">
+      <c r="C99" s="642"/>
+      <c r="D99" s="684"/>
+      <c r="E99" s="604"/>
+      <c r="F99" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G99" s="604"/>
+      <c r="H99" s="586"/>
+      <c r="I99" s="586" t="s">
+        <v>583</v>
+      </c>
+      <c r="J99" s="629">
         <v>4583</v>
       </c>
-      <c r="K99" s="569" t="s">
-        <v>1455</v>
+      <c r="K99" s="631" t="s">
+        <v>1450</v>
       </c>
       <c r="L99" s="38" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M99" s="42" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A100" s="136" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J100" s="622">
+        <v>508</v>
+      </c>
+      <c r="B100" s="561"/>
+      <c r="C100" s="642"/>
+      <c r="D100" s="684"/>
+      <c r="E100" s="604"/>
+      <c r="F100" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G100" s="604"/>
+      <c r="H100" s="586"/>
+      <c r="I100" s="586"/>
+      <c r="J100" s="687">
         <v>3583</v>
       </c>
-      <c r="K100" s="569" t="s">
-        <v>772</v>
+      <c r="K100" s="631" t="s">
+        <v>786</v>
       </c>
       <c r="L100" s="38" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M100" s="42" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A101" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B101" s="139">
         <v>49.3</v>
       </c>
-      <c r="C101" s="580"/>
-[...6 lines deleted...]
-      <c r="H101" s="525"/>
+      <c r="C101" s="642"/>
+      <c r="D101" s="685"/>
+      <c r="E101" s="604"/>
+      <c r="F101" s="586" t="s">
+        <v>574</v>
+      </c>
+      <c r="G101" s="604"/>
+      <c r="H101" s="586"/>
       <c r="I101" s="40" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J101" s="78">
         <v>3557</v>
       </c>
       <c r="K101" s="72" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="L101" s="38" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M101" s="42" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:13" ht="120" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A102" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B102" s="38">
         <v>50</v>
       </c>
       <c r="C102" s="223" t="s">
-        <v>1399</v>
-[...2 lines deleted...]
-        <v>1395</v>
+        <v>1413</v>
+      </c>
+      <c r="D102" s="315" t="s">
+        <v>1409</v>
       </c>
       <c r="E102" s="154" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="F102" s="40" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G102" s="230" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H102" s="40" t="s">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="I102" s="40" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="J102" s="339">
+        <v>590</v>
+      </c>
+      <c r="J102" s="332">
         <v>4574</v>
       </c>
-      <c r="K102" s="337" t="s">
-        <v>1454</v>
+      <c r="K102" s="330" t="s">
+        <v>1449</v>
       </c>
       <c r="L102" s="38" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="M102" s="42" t="s">
-        <v>756</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B103" s="115">
         <v>51.1</v>
       </c>
-      <c r="C103" s="623">
+      <c r="C103" s="688">
         <v>8.15</v>
       </c>
-      <c r="D103" s="544" t="s">
-[...12 lines deleted...]
-        <v>775</v>
+      <c r="D103" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E103" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F103" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G103" s="608" t="s">
+        <v>788</v>
+      </c>
+      <c r="H103" s="553" t="s">
+        <v>789</v>
       </c>
       <c r="I103" s="35" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="J103" s="79">
         <v>3586</v>
       </c>
       <c r="K103" s="69" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="L103" s="164" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="M103" s="35" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A104" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B104" s="116">
         <v>51.2</v>
       </c>
-      <c r="C104" s="623"/>
-[...6 lines deleted...]
-      <c r="H104" s="491"/>
+      <c r="C104" s="688"/>
+      <c r="D104" s="606"/>
+      <c r="E104" s="607"/>
+      <c r="F104" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G104" s="608"/>
+      <c r="H104" s="553"/>
       <c r="I104" s="35" t="s">
-        <v>780</v>
+        <v>794</v>
       </c>
       <c r="J104" s="79">
         <v>3610</v>
       </c>
       <c r="K104" s="69" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
       <c r="L104" s="164" t="s">
-        <v>782</v>
+        <v>796</v>
       </c>
       <c r="M104" s="35" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A105" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B105" s="68">
         <v>52</v>
       </c>
       <c r="C105" s="224">
         <v>8.0030000000000001</v>
       </c>
       <c r="D105" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E105" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F105" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G105" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H105" s="69" t="s">
-        <v>784</v>
+        <v>798</v>
       </c>
       <c r="I105" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J105" s="79">
         <v>3595</v>
       </c>
       <c r="K105" s="69" t="s">
-        <v>785</v>
+        <v>799</v>
       </c>
       <c r="L105" s="164" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="M105" s="35" t="s">
-        <v>779</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:13" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" ht="204" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="38" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="B106" s="515">
+        <v>527</v>
+      </c>
+      <c r="B106" s="576">
         <v>53</v>
       </c>
-      <c r="C106" s="583">
+      <c r="C106" s="645">
         <v>8.0120000000000005</v>
       </c>
-      <c r="D106" s="630" t="s">
-[...17 lines deleted...]
-      <c r="J106" s="557">
+      <c r="D106" s="695" t="s">
+        <v>800</v>
+      </c>
+      <c r="E106" s="604" t="s">
+        <v>801</v>
+      </c>
+      <c r="F106" s="586" t="s">
+        <v>802</v>
+      </c>
+      <c r="G106" s="586" t="s">
+        <v>803</v>
+      </c>
+      <c r="H106" s="609" t="s">
+        <v>804</v>
+      </c>
+      <c r="I106" s="609" t="s">
+        <v>805</v>
+      </c>
+      <c r="J106" s="618">
         <v>3627</v>
       </c>
-      <c r="K106" s="548" t="s">
-        <v>792</v>
+      <c r="K106" s="72" t="s">
+        <v>806</v>
       </c>
       <c r="L106" s="86" t="s">
-        <v>793</v>
+        <v>807</v>
       </c>
       <c r="M106" s="40" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" ht="48" x14ac:dyDescent="0.3">
       <c r="A107" s="38" t="s">
-        <v>513</v>
-[...11 lines deleted...]
-      <c r="J107" s="557">
+        <v>527</v>
+      </c>
+      <c r="B107" s="578"/>
+      <c r="C107" s="645"/>
+      <c r="D107" s="696"/>
+      <c r="E107" s="604"/>
+      <c r="F107" s="586" t="s">
+        <v>802</v>
+      </c>
+      <c r="G107" s="586"/>
+      <c r="H107" s="610"/>
+      <c r="I107" s="610"/>
+      <c r="J107" s="618">
         <v>3627</v>
       </c>
-      <c r="K107" s="549"/>
+      <c r="K107" s="72"/>
       <c r="L107" s="86" t="s">
-        <v>795</v>
+        <v>809</v>
       </c>
       <c r="M107" s="40" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B108" s="74">
         <v>54.1</v>
       </c>
-      <c r="C108" s="580">
+      <c r="C108" s="642">
         <v>8.2669999999999995</v>
       </c>
-      <c r="D108" s="624" t="s">
-[...12 lines deleted...]
-        <v>800</v>
+      <c r="D108" s="689" t="s">
+        <v>811</v>
+      </c>
+      <c r="E108" s="691" t="s">
+        <v>801</v>
+      </c>
+      <c r="F108" s="566" t="s">
+        <v>812</v>
+      </c>
+      <c r="G108" s="693" t="s">
+        <v>813</v>
+      </c>
+      <c r="H108" s="609" t="s">
+        <v>814</v>
       </c>
       <c r="I108" s="72" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="J108" s="78">
         <v>3627</v>
       </c>
       <c r="K108" s="72" t="s">
-        <v>792</v>
+        <v>806</v>
       </c>
       <c r="L108" s="86" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
       <c r="M108" s="40" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B109" s="136">
         <v>54.2</v>
       </c>
-      <c r="C109" s="580"/>
-[...4 lines deleted...]
-      <c r="H109" s="549"/>
+      <c r="C109" s="642"/>
+      <c r="D109" s="690"/>
+      <c r="E109" s="692"/>
+      <c r="F109" s="567"/>
+      <c r="G109" s="694"/>
+      <c r="H109" s="610"/>
       <c r="I109" s="72" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="J109" s="78">
         <v>3627</v>
       </c>
       <c r="K109" s="72" t="s">
-        <v>792</v>
+        <v>806</v>
       </c>
       <c r="L109" s="86" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
       <c r="M109" s="40" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B110" s="515">
+        <v>508</v>
+      </c>
+      <c r="B110" s="576">
         <v>55</v>
       </c>
-      <c r="C110" s="518">
+      <c r="C110" s="579">
         <v>8.2439999999999998</v>
       </c>
-      <c r="D110" s="624" t="s">
-[...17 lines deleted...]
-      <c r="J110" s="622">
+      <c r="D110" s="689" t="s">
+        <v>811</v>
+      </c>
+      <c r="E110" s="691" t="s">
+        <v>801</v>
+      </c>
+      <c r="F110" s="586" t="s">
+        <v>511</v>
+      </c>
+      <c r="G110" s="604" t="s">
+        <v>818</v>
+      </c>
+      <c r="H110" s="604" t="s">
+        <v>819</v>
+      </c>
+      <c r="I110" s="609" t="s">
+        <v>820</v>
+      </c>
+      <c r="J110" s="687">
         <v>3628</v>
       </c>
-      <c r="K110" s="543" t="s">
-        <v>807</v>
+      <c r="K110" s="604" t="s">
+        <v>821</v>
       </c>
       <c r="L110" s="86" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="M110" s="40" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J111" s="622">
+        <v>508</v>
+      </c>
+      <c r="B111" s="578"/>
+      <c r="C111" s="579"/>
+      <c r="D111" s="690"/>
+      <c r="E111" s="692"/>
+      <c r="F111" s="586" t="s">
+        <v>511</v>
+      </c>
+      <c r="G111" s="604"/>
+      <c r="H111" s="604"/>
+      <c r="I111" s="610"/>
+      <c r="J111" s="687">
         <v>3628</v>
       </c>
-      <c r="K111" s="543" t="s">
-        <v>807</v>
+      <c r="K111" s="604" t="s">
+        <v>821</v>
       </c>
       <c r="L111" s="86" t="s">
-        <v>810</v>
+        <v>824</v>
       </c>
       <c r="M111" s="72" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B112" s="136">
         <v>56.1</v>
       </c>
-      <c r="C112" s="580">
+      <c r="C112" s="642">
         <v>8.2569999999999997</v>
       </c>
-      <c r="D112" s="624" t="s">
-[...12 lines deleted...]
-        <v>812</v>
+      <c r="D112" s="689" t="s">
+        <v>811</v>
+      </c>
+      <c r="E112" s="691" t="s">
+        <v>801</v>
+      </c>
+      <c r="F112" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G112" s="586" t="s">
+        <v>558</v>
+      </c>
+      <c r="H112" s="586" t="s">
+        <v>826</v>
       </c>
       <c r="I112" s="72" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="J112" s="78">
         <v>3629</v>
       </c>
       <c r="K112" s="72" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="L112" s="86" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="M112" s="40" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" ht="120" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B113" s="137">
         <v>56.2</v>
       </c>
-      <c r="C113" s="580"/>
-[...6 lines deleted...]
-      <c r="H113" s="525"/>
+      <c r="C113" s="642"/>
+      <c r="D113" s="690"/>
+      <c r="E113" s="692"/>
+      <c r="F113" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G113" s="586"/>
+      <c r="H113" s="586"/>
       <c r="I113" s="75" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J113" s="78">
         <v>3620</v>
       </c>
       <c r="K113" s="75" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="L113" s="86" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="M113" s="40" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A114" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B114" s="38">
         <v>57.1</v>
       </c>
-      <c r="C114" s="580" t="s">
-[...15 lines deleted...]
-        <v>821</v>
+      <c r="C114" s="642" t="s">
+        <v>832</v>
+      </c>
+      <c r="D114" s="579" t="s">
+        <v>833</v>
+      </c>
+      <c r="E114" s="586" t="s">
+        <v>801</v>
+      </c>
+      <c r="F114" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G114" s="586" t="s">
+        <v>834</v>
+      </c>
+      <c r="H114" s="586" t="s">
+        <v>835</v>
       </c>
       <c r="I114" s="40" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="J114" s="78">
         <v>3629</v>
       </c>
       <c r="K114" s="72" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
       <c r="L114" s="86" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="M114" s="72" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A115" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B115" s="38">
         <v>57.2</v>
       </c>
-      <c r="C115" s="580"/>
-[...6 lines deleted...]
-      <c r="H115" s="554"/>
+      <c r="C115" s="642"/>
+      <c r="D115" s="579"/>
+      <c r="E115" s="586"/>
+      <c r="F115" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G115" s="586"/>
+      <c r="H115" s="615"/>
       <c r="I115" s="40" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="J115" s="78">
         <v>3620</v>
       </c>
       <c r="K115" s="75" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="L115" s="86" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="M115" s="72" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A116" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B116" s="515">
+        <v>508</v>
+      </c>
+      <c r="B116" s="576">
         <v>58.1</v>
       </c>
-      <c r="C116" s="633">
+      <c r="C116" s="698">
         <v>8.2530000000000001</v>
       </c>
-      <c r="D116" s="518" t="s">
-[...17 lines deleted...]
-      <c r="J116" s="622">
+      <c r="D116" s="579" t="s">
+        <v>811</v>
+      </c>
+      <c r="E116" s="586" t="s">
+        <v>839</v>
+      </c>
+      <c r="F116" s="586" t="s">
+        <v>840</v>
+      </c>
+      <c r="G116" s="586" t="s">
+        <v>575</v>
+      </c>
+      <c r="H116" s="586" t="s">
+        <v>841</v>
+      </c>
+      <c r="I116" s="586" t="s">
+        <v>842</v>
+      </c>
+      <c r="J116" s="687">
         <v>3615</v>
       </c>
-      <c r="K116" s="505" t="s">
-        <v>829</v>
+      <c r="K116" s="40" t="s">
+        <v>843</v>
       </c>
       <c r="L116" s="86" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M116" s="40" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A117" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J117" s="622">
+        <v>508</v>
+      </c>
+      <c r="B117" s="577"/>
+      <c r="C117" s="698"/>
+      <c r="D117" s="579"/>
+      <c r="E117" s="586"/>
+      <c r="F117" s="586" t="s">
+        <v>840</v>
+      </c>
+      <c r="G117" s="586"/>
+      <c r="H117" s="586"/>
+      <c r="I117" s="586"/>
+      <c r="J117" s="687">
         <v>3615</v>
       </c>
-      <c r="K117" s="506"/>
+      <c r="K117" s="40" t="s">
+        <v>843</v>
+      </c>
       <c r="L117" s="44" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="M117" s="40" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A118" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B118" s="632">
+        <v>508</v>
+      </c>
+      <c r="B118" s="697">
         <v>58.2</v>
       </c>
-      <c r="C118" s="633"/>
-[...10 lines deleted...]
-      <c r="J118" s="583">
+      <c r="C118" s="698"/>
+      <c r="D118" s="579"/>
+      <c r="E118" s="586"/>
+      <c r="F118" s="586" t="s">
+        <v>840</v>
+      </c>
+      <c r="G118" s="586"/>
+      <c r="H118" s="586"/>
+      <c r="I118" s="586" t="s">
+        <v>583</v>
+      </c>
+      <c r="J118" s="645">
         <v>3602</v>
       </c>
-      <c r="K118" s="505" t="s">
-        <v>834</v>
+      <c r="K118" s="40" t="s">
+        <v>848</v>
       </c>
       <c r="L118" s="44" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M118" s="40" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A119" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J119" s="622">
+        <v>508</v>
+      </c>
+      <c r="B119" s="697"/>
+      <c r="C119" s="698"/>
+      <c r="D119" s="579"/>
+      <c r="E119" s="586"/>
+      <c r="F119" s="586" t="s">
+        <v>840</v>
+      </c>
+      <c r="G119" s="586"/>
+      <c r="H119" s="586"/>
+      <c r="I119" s="586"/>
+      <c r="J119" s="687">
         <v>3602</v>
       </c>
-      <c r="K119" s="506"/>
+      <c r="K119" s="40" t="s">
+        <v>848</v>
+      </c>
       <c r="L119" s="86" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="M119" s="40" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A120" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B120" s="78">
         <v>58.3</v>
       </c>
-      <c r="C120" s="633"/>
-[...6 lines deleted...]
-      <c r="H120" s="525"/>
+      <c r="C120" s="698"/>
+      <c r="D120" s="579"/>
+      <c r="E120" s="586"/>
+      <c r="F120" s="586" t="s">
+        <v>840</v>
+      </c>
+      <c r="G120" s="586"/>
+      <c r="H120" s="586"/>
       <c r="I120" s="40" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J120" s="78">
         <v>3601</v>
       </c>
       <c r="K120" s="40" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="L120" s="44" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M120" s="40" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A121" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B121" s="78">
         <v>59</v>
       </c>
       <c r="C121" s="43">
         <v>8.2550000000000008</v>
       </c>
       <c r="D121" s="149" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="E121" s="54" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="F121" s="40" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="G121" s="230" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H121" s="40" t="s">
-        <v>837</v>
+        <v>851</v>
       </c>
       <c r="I121" s="40" t="s">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="J121" s="78">
         <v>3596</v>
       </c>
       <c r="K121" s="72" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="L121" s="86" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="M121" s="40" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A122" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B122" s="118">
         <v>60.1</v>
       </c>
-      <c r="C122" s="613">
+      <c r="C122" s="678">
         <v>8.2449999999999992</v>
       </c>
-      <c r="D122" s="634" t="s">
-[...12 lines deleted...]
-        <v>845</v>
+      <c r="D122" s="699" t="s">
+        <v>856</v>
+      </c>
+      <c r="E122" s="475" t="s">
+        <v>801</v>
+      </c>
+      <c r="F122" s="533" t="s">
+        <v>857</v>
+      </c>
+      <c r="G122" s="503" t="s">
+        <v>858</v>
+      </c>
+      <c r="H122" s="533" t="s">
+        <v>859</v>
       </c>
       <c r="I122" s="48" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="J122" s="66">
         <v>3587</v>
       </c>
       <c r="K122" s="63" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
       <c r="L122" s="47" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="M122" s="48" t="s">
-        <v>849</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A123" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B123" s="65">
         <v>60.2</v>
       </c>
-      <c r="C123" s="613"/>
-[...6 lines deleted...]
-      <c r="H123" s="466"/>
+      <c r="C123" s="678"/>
+      <c r="D123" s="700"/>
+      <c r="E123" s="476"/>
+      <c r="F123" s="533" t="s">
+        <v>857</v>
+      </c>
+      <c r="G123" s="503"/>
+      <c r="H123" s="533"/>
       <c r="I123" s="48" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="J123" s="66">
         <v>3611</v>
       </c>
       <c r="K123" s="48" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="L123" s="47" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="M123" s="49" t="s">
-        <v>853</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A124" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B124" s="64">
         <v>61</v>
       </c>
       <c r="C124" s="47">
         <v>8.2439999999999998</v>
       </c>
       <c r="D124" s="124" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="E124" s="53" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="F124" s="48" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="G124" s="48" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="H124" s="48" t="s">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="I124" s="48" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="J124" s="66">
         <v>3619</v>
       </c>
       <c r="K124" s="63" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="L124" s="166" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="M124" s="48" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A125" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B125" s="118">
         <v>62.1</v>
       </c>
-      <c r="C125" s="413">
+      <c r="C125" s="646">
         <v>8.2479999999999993</v>
       </c>
-      <c r="D125" s="593" t="s">
-[...12 lines deleted...]
-        <v>859</v>
+      <c r="D125" s="657" t="s">
+        <v>856</v>
+      </c>
+      <c r="E125" s="660" t="s">
+        <v>801</v>
+      </c>
+      <c r="F125" s="533" t="s">
+        <v>871</v>
+      </c>
+      <c r="G125" s="502" t="s">
+        <v>872</v>
+      </c>
+      <c r="H125" s="533" t="s">
+        <v>873</v>
       </c>
       <c r="I125" s="48" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
       <c r="J125" s="66">
         <v>3593</v>
       </c>
       <c r="K125" s="48" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="L125" s="165" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="M125" s="51" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A126" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B126" s="65">
         <v>62.2</v>
       </c>
-      <c r="C126" s="413"/>
-[...6 lines deleted...]
-      <c r="H126" s="466"/>
+      <c r="C126" s="646"/>
+      <c r="D126" s="659"/>
+      <c r="E126" s="660"/>
+      <c r="F126" s="533" t="s">
+        <v>871</v>
+      </c>
+      <c r="G126" s="533"/>
+      <c r="H126" s="533"/>
       <c r="I126" s="48" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="J126" s="66">
         <v>3650</v>
       </c>
       <c r="K126" s="63" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="L126" s="165" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="M126" s="51" t="s">
-        <v>863</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A127" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B127" s="64">
         <v>63</v>
       </c>
       <c r="C127" s="50">
         <v>8.25</v>
       </c>
       <c r="D127" s="110" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="E127" s="53" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="F127" s="48" t="s">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="G127" s="47" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="H127" s="48" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="I127" s="48" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="J127" s="66">
         <v>3597</v>
       </c>
       <c r="K127" s="63" t="s">
-        <v>869</v>
+        <v>883</v>
       </c>
       <c r="L127" s="166" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="M127" s="48" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A128" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B128" s="64">
         <v>64</v>
       </c>
       <c r="C128" s="50">
         <v>8.2509999999999994</v>
       </c>
       <c r="D128" s="110" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="E128" s="53" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="F128" s="48" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="G128" s="47" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="H128" s="48" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="I128" s="48" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="J128" s="66">
         <v>3622</v>
       </c>
       <c r="K128" s="63" t="s">
-        <v>873</v>
+        <v>887</v>
       </c>
       <c r="L128" s="166" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="M128" s="48" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B129" s="118">
         <v>65.099999999999994</v>
       </c>
-      <c r="C129" s="413">
+      <c r="C129" s="646">
         <v>8.2569999999999997</v>
       </c>
-      <c r="D129" s="636" t="s">
-[...12 lines deleted...]
-        <v>874</v>
+      <c r="D129" s="701" t="s">
+        <v>811</v>
+      </c>
+      <c r="E129" s="703" t="s">
+        <v>801</v>
+      </c>
+      <c r="F129" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G129" s="533" t="s">
+        <v>558</v>
+      </c>
+      <c r="H129" s="533" t="s">
+        <v>888</v>
       </c>
       <c r="I129" s="48" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="J129" s="66">
         <v>3594</v>
       </c>
       <c r="K129" s="63" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="L129" s="166" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="M129" s="48" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A130" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B130" s="65">
         <v>65.2</v>
       </c>
-      <c r="C130" s="413"/>
-[...6 lines deleted...]
-      <c r="H130" s="466"/>
+      <c r="C130" s="646"/>
+      <c r="D130" s="702"/>
+      <c r="E130" s="704"/>
+      <c r="F130" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G130" s="533"/>
+      <c r="H130" s="533"/>
       <c r="I130" s="48" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J130" s="67">
         <v>3616</v>
       </c>
       <c r="K130" s="76" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="L130" s="166" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="M130" s="48" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B131" s="118">
         <v>66.099999999999994</v>
       </c>
-      <c r="C131" s="413" t="s">
-[...15 lines deleted...]
-        <v>877</v>
+      <c r="C131" s="646" t="s">
+        <v>832</v>
+      </c>
+      <c r="D131" s="657" t="s">
+        <v>833</v>
+      </c>
+      <c r="E131" s="503" t="s">
+        <v>801</v>
+      </c>
+      <c r="F131" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G131" s="533" t="s">
+        <v>834</v>
+      </c>
+      <c r="H131" s="533" t="s">
+        <v>891</v>
       </c>
       <c r="I131" s="48" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="J131" s="67">
         <v>3594</v>
       </c>
       <c r="K131" s="63" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="L131" s="166" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="M131" s="63" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A132" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B132" s="65">
         <v>66.2</v>
       </c>
-      <c r="C132" s="413"/>
-[...6 lines deleted...]
-      <c r="H132" s="466"/>
+      <c r="C132" s="646"/>
+      <c r="D132" s="659"/>
+      <c r="E132" s="503"/>
+      <c r="F132" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G132" s="533"/>
+      <c r="H132" s="533"/>
       <c r="I132" s="48" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="J132" s="66">
         <v>3616</v>
       </c>
       <c r="K132" s="76" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="L132" s="166" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="M132" s="63" t="s">
-        <v>823</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A133" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B133" s="592">
+        <v>508</v>
+      </c>
+      <c r="B133" s="656">
         <v>67.099999999999994</v>
       </c>
-      <c r="C133" s="613">
+      <c r="C133" s="678">
         <v>8.2530000000000001</v>
       </c>
-      <c r="D133" s="593" t="s">
-[...17 lines deleted...]
-      <c r="J133" s="575">
+      <c r="D133" s="657" t="s">
+        <v>811</v>
+      </c>
+      <c r="E133" s="503" t="s">
+        <v>839</v>
+      </c>
+      <c r="F133" s="533" t="s">
+        <v>840</v>
+      </c>
+      <c r="G133" s="533" t="s">
+        <v>575</v>
+      </c>
+      <c r="H133" s="533" t="s">
+        <v>841</v>
+      </c>
+      <c r="I133" s="533" t="s">
+        <v>892</v>
+      </c>
+      <c r="J133" s="637">
         <v>3602</v>
       </c>
-      <c r="K133" s="406" t="s">
-        <v>834</v>
+      <c r="K133" s="48" t="s">
+        <v>848</v>
       </c>
       <c r="L133" s="47" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M133" s="48" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A134" s="64" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J134" s="575">
+        <v>508</v>
+      </c>
+      <c r="B134" s="677"/>
+      <c r="C134" s="678"/>
+      <c r="D134" s="658"/>
+      <c r="E134" s="503"/>
+      <c r="F134" s="533" t="s">
+        <v>840</v>
+      </c>
+      <c r="G134" s="533"/>
+      <c r="H134" s="533"/>
+      <c r="I134" s="533"/>
+      <c r="J134" s="637">
         <v>3602</v>
       </c>
-      <c r="K134" s="407"/>
+      <c r="K134" s="48"/>
       <c r="L134" s="47" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="M134" s="48" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A135" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B135" s="592">
+        <v>508</v>
+      </c>
+      <c r="B135" s="656">
         <v>67.2</v>
       </c>
-      <c r="C135" s="613"/>
-[...10 lines deleted...]
-      <c r="J135" s="575">
+      <c r="C135" s="678"/>
+      <c r="D135" s="658"/>
+      <c r="E135" s="503"/>
+      <c r="F135" s="533" t="s">
+        <v>840</v>
+      </c>
+      <c r="G135" s="533"/>
+      <c r="H135" s="533"/>
+      <c r="I135" s="533" t="s">
+        <v>583</v>
+      </c>
+      <c r="J135" s="637">
         <v>3644</v>
       </c>
-      <c r="K135" s="406" t="s">
-        <v>829</v>
+      <c r="K135" s="48" t="s">
+        <v>843</v>
       </c>
       <c r="L135" s="166" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M135" s="48" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A136" s="64" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J136" s="575">
+        <v>508</v>
+      </c>
+      <c r="B136" s="677"/>
+      <c r="C136" s="678"/>
+      <c r="D136" s="658"/>
+      <c r="E136" s="503"/>
+      <c r="F136" s="533" t="s">
+        <v>840</v>
+      </c>
+      <c r="G136" s="533"/>
+      <c r="H136" s="533"/>
+      <c r="I136" s="533"/>
+      <c r="J136" s="637">
         <v>3644</v>
       </c>
-      <c r="K136" s="407"/>
+      <c r="K136" s="48"/>
       <c r="L136" s="47" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="M136" s="48" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="137" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A137" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B137" s="65">
         <v>67.3</v>
       </c>
-      <c r="C137" s="613"/>
-[...6 lines deleted...]
-      <c r="H137" s="466"/>
+      <c r="C137" s="678"/>
+      <c r="D137" s="659"/>
+      <c r="E137" s="503"/>
+      <c r="F137" s="533" t="s">
+        <v>840</v>
+      </c>
+      <c r="G137" s="533"/>
+      <c r="H137" s="533"/>
       <c r="I137" s="48" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J137" s="66">
         <v>3601</v>
       </c>
       <c r="K137" s="48" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
       <c r="L137" s="47" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="M137" s="48" t="s">
-        <v>831</v>
-[...2 lines deleted...]
-    <row r="138" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A138" s="81" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B138" s="64">
         <v>68</v>
       </c>
       <c r="C138" s="50">
         <v>8.2550000000000008</v>
       </c>
       <c r="D138" s="109" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="E138" s="53" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
       <c r="F138" s="48" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="G138" s="174" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H138" s="48" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
       <c r="I138" s="48" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="J138" s="66">
         <v>3598</v>
       </c>
       <c r="K138" s="63" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="L138" s="166" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="M138" s="48" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" ht="156" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B139" s="115">
         <v>69.099999999999994</v>
       </c>
-      <c r="C139" s="623">
+      <c r="C139" s="688">
         <v>8.15</v>
       </c>
-      <c r="D139" s="544" t="s">
-[...12 lines deleted...]
-        <v>884</v>
+      <c r="D139" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E139" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F139" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G139" s="608" t="s">
+        <v>897</v>
+      </c>
+      <c r="H139" s="553" t="s">
+        <v>898</v>
       </c>
       <c r="I139" s="35" t="s">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="J139" s="82">
         <v>3592</v>
       </c>
       <c r="K139" s="37" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="L139" s="34" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="M139" s="35" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A140" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B140" s="116">
         <v>69.2</v>
       </c>
-      <c r="C140" s="623"/>
-[...6 lines deleted...]
-      <c r="H140" s="491"/>
+      <c r="C140" s="688"/>
+      <c r="D140" s="606"/>
+      <c r="E140" s="607"/>
+      <c r="F140" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G140" s="608"/>
+      <c r="H140" s="553"/>
       <c r="I140" s="35" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="J140" s="70">
         <v>3612</v>
       </c>
       <c r="K140" s="69" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
       <c r="L140" s="34" t="s">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="M140" s="35" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A141" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B141" s="68">
         <v>70</v>
       </c>
       <c r="C141" s="224">
         <v>8.0030000000000001</v>
       </c>
       <c r="D141" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E141" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F141" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G141" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H141" s="69" t="s">
-        <v>893</v>
+        <v>907</v>
       </c>
       <c r="I141" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J141" s="82">
         <v>3623</v>
       </c>
       <c r="K141" s="35" t="s">
-        <v>894</v>
+        <v>908</v>
       </c>
       <c r="L141" s="164" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="M141" s="35" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A142" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B142" s="118">
         <v>71.099999999999994</v>
       </c>
-      <c r="C142" s="583">
+      <c r="C142" s="645">
         <v>8.1690000000000005</v>
       </c>
-      <c r="D142" s="640" t="s">
-[...12 lines deleted...]
-        <v>898</v>
+      <c r="D142" s="705" t="s">
+        <v>909</v>
+      </c>
+      <c r="E142" s="604" t="s">
+        <v>910</v>
+      </c>
+      <c r="F142" s="586" t="s">
+        <v>911</v>
+      </c>
+      <c r="G142" s="586" t="s">
+        <v>803</v>
+      </c>
+      <c r="H142" s="586" t="s">
+        <v>912</v>
       </c>
       <c r="I142" s="72" t="s">
-        <v>899</v>
+        <v>913</v>
       </c>
       <c r="J142" s="78">
         <v>3633</v>
       </c>
       <c r="K142" s="72" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
       <c r="L142" s="38" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="M142" s="42" t="s">
-        <v>902</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" ht="84" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B143" s="65">
         <v>71.2</v>
       </c>
-      <c r="C143" s="583"/>
-[...6 lines deleted...]
-      <c r="H143" s="525"/>
+      <c r="C143" s="645"/>
+      <c r="D143" s="706"/>
+      <c r="E143" s="604"/>
+      <c r="F143" s="586" t="s">
+        <v>911</v>
+      </c>
+      <c r="G143" s="586"/>
+      <c r="H143" s="586"/>
       <c r="I143" s="72" t="s">
-        <v>903</v>
+        <v>917</v>
       </c>
       <c r="J143" s="78">
         <v>3638</v>
       </c>
       <c r="K143" s="72" t="s">
-        <v>904</v>
-[...8 lines deleted...]
-    <row r="144" spans="1:13" ht="48" x14ac:dyDescent="0.25">
+        <v>918</v>
+      </c>
+      <c r="L143" s="334" t="s">
+        <v>919</v>
+      </c>
+      <c r="M143" s="335" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B144" s="74">
         <v>72.099999999999994</v>
       </c>
-      <c r="C144" s="583">
+      <c r="C144" s="645">
         <v>8.0559999999999992</v>
       </c>
-      <c r="D144" s="630" t="s">
-[...12 lines deleted...]
-        <v>908</v>
+      <c r="D144" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E144" s="604" t="s">
+        <v>910</v>
+      </c>
+      <c r="F144" s="604" t="s">
+        <v>920</v>
+      </c>
+      <c r="G144" s="579" t="s">
+        <v>921</v>
+      </c>
+      <c r="H144" s="604" t="s">
+        <v>922</v>
       </c>
       <c r="I144" s="40" t="s">
-        <v>909</v>
-[...1 lines deleted...]
-      <c r="J144" s="622">
+        <v>923</v>
+      </c>
+      <c r="J144" s="687">
         <v>3638</v>
       </c>
-      <c r="K144" s="543" t="s">
-[...9 lines deleted...]
-    <row r="145" spans="1:13" ht="24" x14ac:dyDescent="0.25">
+      <c r="K144" s="604" t="s">
+        <v>918</v>
+      </c>
+      <c r="L144" s="560" t="s">
+        <v>924</v>
+      </c>
+      <c r="M144" s="558" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" ht="24" x14ac:dyDescent="0.3">
       <c r="A145" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B145" s="137">
         <v>72.2</v>
       </c>
-      <c r="C145" s="583"/>
-[...6 lines deleted...]
-      <c r="H145" s="543"/>
+      <c r="C145" s="645"/>
+      <c r="D145" s="696"/>
+      <c r="E145" s="604"/>
+      <c r="F145" s="604" t="s">
+        <v>920</v>
+      </c>
+      <c r="G145" s="586"/>
+      <c r="H145" s="604"/>
       <c r="I145" s="40" t="s">
-        <v>590</v>
-[...1 lines deleted...]
-      <c r="J145" s="622">
+        <v>604</v>
+      </c>
+      <c r="J145" s="687">
         <v>3638</v>
       </c>
-      <c r="K145" s="543"/>
-[...3 lines deleted...]
-    <row r="146" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+      <c r="K145" s="604"/>
+      <c r="L145" s="561"/>
+      <c r="M145" s="559"/>
+    </row>
+    <row r="146" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A146" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B146" s="515">
+        <v>508</v>
+      </c>
+      <c r="B146" s="576">
         <v>73</v>
       </c>
-      <c r="C146" s="583">
+      <c r="C146" s="645">
         <v>8.2970000000000006</v>
       </c>
-      <c r="D146" s="630" t="s">
-[...17 lines deleted...]
-      <c r="J146" s="622">
+      <c r="D146" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E146" s="586" t="s">
+        <v>910</v>
+      </c>
+      <c r="F146" s="566" t="s">
+        <v>511</v>
+      </c>
+      <c r="G146" s="604" t="s">
+        <v>897</v>
+      </c>
+      <c r="H146" s="604" t="s">
+        <v>926</v>
+      </c>
+      <c r="I146" s="604" t="s">
+        <v>927</v>
+      </c>
+      <c r="J146" s="687">
         <v>3657</v>
       </c>
-      <c r="K146" s="543" t="s">
-        <v>914</v>
+      <c r="K146" s="604" t="s">
+        <v>928</v>
       </c>
       <c r="L146" s="38" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="M146" s="42" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A147" s="74" t="s">
-        <v>494</v>
-[...9 lines deleted...]
-      <c r="J147" s="622">
+        <v>508</v>
+      </c>
+      <c r="B147" s="578"/>
+      <c r="C147" s="645"/>
+      <c r="D147" s="696"/>
+      <c r="E147" s="586"/>
+      <c r="F147" s="567"/>
+      <c r="G147" s="604"/>
+      <c r="H147" s="604"/>
+      <c r="I147" s="604"/>
+      <c r="J147" s="687">
         <v>3657</v>
       </c>
-      <c r="K147" s="543" t="s">
-        <v>914</v>
+      <c r="K147" s="604" t="s">
+        <v>928</v>
       </c>
       <c r="L147" s="38" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="M147" s="42" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A148" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B148" s="112">
         <v>74.099999999999994</v>
       </c>
-      <c r="C148" s="583">
+      <c r="C148" s="645">
         <v>8.1709999999999994</v>
       </c>
-      <c r="D148" s="630" t="s">
-[...12 lines deleted...]
-        <v>920</v>
+      <c r="D148" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E148" s="604" t="s">
+        <v>910</v>
+      </c>
+      <c r="F148" s="586" t="s">
+        <v>933</v>
+      </c>
+      <c r="G148" s="579" t="s">
+        <v>872</v>
+      </c>
+      <c r="H148" s="586" t="s">
+        <v>934</v>
       </c>
       <c r="I148" s="40" t="s">
-        <v>921</v>
+        <v>935</v>
       </c>
       <c r="J148" s="78">
         <v>3634</v>
       </c>
       <c r="K148" s="72" t="s">
-        <v>922</v>
-[...8 lines deleted...]
-    <row r="149" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>936</v>
+      </c>
+      <c r="L148" s="334" t="s">
+        <v>937</v>
+      </c>
+      <c r="M148" s="335" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A149" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B149" s="137">
         <v>74.2</v>
       </c>
-      <c r="C149" s="583"/>
-[...6 lines deleted...]
-      <c r="H149" s="525"/>
+      <c r="C149" s="645"/>
+      <c r="D149" s="696"/>
+      <c r="E149" s="604"/>
+      <c r="F149" s="586" t="s">
+        <v>933</v>
+      </c>
+      <c r="G149" s="586"/>
+      <c r="H149" s="586"/>
       <c r="I149" s="40" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="J149" s="78">
         <v>3639</v>
       </c>
       <c r="K149" s="72" t="s">
-        <v>925</v>
-[...8 lines deleted...]
-    <row r="150" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>939</v>
+      </c>
+      <c r="L149" s="334" t="s">
+        <v>940</v>
+      </c>
+      <c r="M149" s="335" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A150" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B150" s="136">
         <v>75.099999999999994</v>
       </c>
-      <c r="C150" s="583">
+      <c r="C150" s="645">
         <v>8.1890000000000001</v>
       </c>
-      <c r="D150" s="630" t="s">
-[...12 lines deleted...]
-        <v>927</v>
+      <c r="D150" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E150" s="604" t="s">
+        <v>910</v>
+      </c>
+      <c r="F150" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G150" s="586" t="s">
+        <v>558</v>
+      </c>
+      <c r="H150" s="566" t="s">
+        <v>941</v>
       </c>
       <c r="I150" s="40" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="J150" s="78">
         <v>3640</v>
       </c>
       <c r="K150" s="72" t="s">
-        <v>929</v>
-[...8 lines deleted...]
-    <row r="151" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>943</v>
+      </c>
+      <c r="L150" s="334" t="s">
+        <v>944</v>
+      </c>
+      <c r="M150" s="335" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A151" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B151" s="137">
         <v>75.2</v>
       </c>
-      <c r="C151" s="583"/>
-[...6 lines deleted...]
-      <c r="H151" s="506"/>
+      <c r="C151" s="645"/>
+      <c r="D151" s="696"/>
+      <c r="E151" s="604"/>
+      <c r="F151" s="586" t="s">
+        <v>557</v>
+      </c>
+      <c r="G151" s="586"/>
+      <c r="H151" s="567"/>
       <c r="I151" s="40" t="s">
-        <v>550</v>
+        <v>564</v>
       </c>
       <c r="J151" s="78">
         <v>3636</v>
       </c>
       <c r="K151" s="75" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="L151" s="38" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="M151" s="42" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" ht="72" x14ac:dyDescent="0.3">
       <c r="A152" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B152" s="136">
         <v>76.099999999999994</v>
       </c>
-      <c r="C152" s="643">
+      <c r="C152" s="708">
         <v>8.83</v>
       </c>
-      <c r="D152" s="630" t="s">
-[...17 lines deleted...]
-      <c r="J152" s="518">
+      <c r="D152" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E152" s="604" t="s">
+        <v>910</v>
+      </c>
+      <c r="F152" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G152" s="586" t="s">
+        <v>569</v>
+      </c>
+      <c r="H152" s="586" t="s">
+        <v>948</v>
+      </c>
+      <c r="I152" s="586" t="s">
+        <v>942</v>
+      </c>
+      <c r="J152" s="579">
         <v>3640</v>
       </c>
       <c r="K152" s="72" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="L152" s="38" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="M152" s="42" t="s">
-        <v>936</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A153" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B153" s="137">
         <v>76.2</v>
       </c>
-      <c r="C153" s="643"/>
-[...10 lines deleted...]
-      <c r="J153" s="518">
+      <c r="C153" s="708"/>
+      <c r="D153" s="696"/>
+      <c r="E153" s="604"/>
+      <c r="F153" s="586" t="s">
+        <v>568</v>
+      </c>
+      <c r="G153" s="586"/>
+      <c r="H153" s="586"/>
+      <c r="I153" s="586" t="s">
+        <v>951</v>
+      </c>
+      <c r="J153" s="579">
         <v>3636</v>
       </c>
       <c r="K153" s="75" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="L153" s="38" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="M153" s="42" t="s">
-        <v>1476</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A154" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B154" s="515">
+        <v>508</v>
+      </c>
+      <c r="B154" s="576">
         <v>77.099999999999994</v>
       </c>
-      <c r="C154" s="583">
+      <c r="C154" s="645">
         <v>8.173</v>
       </c>
-      <c r="D154" s="630" t="s">
-[...17 lines deleted...]
-      <c r="J154" s="622">
+      <c r="D154" s="695" t="s">
+        <v>909</v>
+      </c>
+      <c r="E154" s="604" t="s">
+        <v>953</v>
+      </c>
+      <c r="F154" s="586" t="s">
+        <v>954</v>
+      </c>
+      <c r="G154" s="566" t="s">
+        <v>575</v>
+      </c>
+      <c r="H154" s="566" t="s">
+        <v>934</v>
+      </c>
+      <c r="I154" s="586" t="s">
+        <v>955</v>
+      </c>
+      <c r="J154" s="687">
         <v>3641</v>
       </c>
-      <c r="K154" s="548" t="s">
-        <v>942</v>
+      <c r="K154" s="72" t="s">
+        <v>956</v>
       </c>
       <c r="L154" s="38" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="M154" s="42" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A155" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J155" s="622">
+        <v>508</v>
+      </c>
+      <c r="B155" s="577"/>
+      <c r="C155" s="645"/>
+      <c r="D155" s="707"/>
+      <c r="E155" s="604"/>
+      <c r="F155" s="586" t="s">
+        <v>954</v>
+      </c>
+      <c r="G155" s="568"/>
+      <c r="H155" s="568"/>
+      <c r="I155" s="586"/>
+      <c r="J155" s="687">
         <v>3641</v>
       </c>
-      <c r="K155" s="549"/>
+      <c r="K155" s="72"/>
       <c r="L155" s="44" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="M155" s="42" t="s">
-        <v>946</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A156" s="74" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B156" s="516">
+        <v>508</v>
+      </c>
+      <c r="B156" s="577">
         <v>77.2</v>
       </c>
-      <c r="C156" s="583"/>
-[...10 lines deleted...]
-      <c r="J156" s="622">
+      <c r="C156" s="645"/>
+      <c r="D156" s="707"/>
+      <c r="E156" s="604"/>
+      <c r="F156" s="586" t="s">
+        <v>954</v>
+      </c>
+      <c r="G156" s="568"/>
+      <c r="H156" s="568"/>
+      <c r="I156" s="586" t="s">
+        <v>583</v>
+      </c>
+      <c r="J156" s="687">
         <v>3637</v>
       </c>
-      <c r="K156" s="548" t="s">
-        <v>947</v>
+      <c r="K156" s="72" t="s">
+        <v>961</v>
       </c>
       <c r="L156" s="38" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="M156" s="42" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A157" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J157" s="622">
+        <v>508</v>
+      </c>
+      <c r="B157" s="577"/>
+      <c r="C157" s="645"/>
+      <c r="D157" s="707"/>
+      <c r="E157" s="604"/>
+      <c r="F157" s="586" t="s">
+        <v>954</v>
+      </c>
+      <c r="G157" s="568"/>
+      <c r="H157" s="568"/>
+      <c r="I157" s="586"/>
+      <c r="J157" s="687">
         <v>3637</v>
       </c>
-      <c r="K157" s="549"/>
+      <c r="K157" s="72"/>
       <c r="L157" s="44" t="s">
-        <v>948</v>
-[...5 lines deleted...]
-    <row r="158" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>962</v>
+      </c>
+      <c r="M157" s="316" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A158" s="74" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B158" s="113">
         <v>77.3</v>
       </c>
-      <c r="C158" s="583"/>
-[...6 lines deleted...]
-      <c r="H158" s="506"/>
+      <c r="C158" s="645"/>
+      <c r="D158" s="696"/>
+      <c r="E158" s="604"/>
+      <c r="F158" s="586" t="s">
+        <v>954</v>
+      </c>
+      <c r="G158" s="567"/>
+      <c r="H158" s="567"/>
       <c r="I158" s="40" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J158" s="78">
         <v>3635</v>
       </c>
       <c r="K158" s="72" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="L158" s="38" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="M158" s="42" t="s">
-        <v>944</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" ht="96" x14ac:dyDescent="0.3">
       <c r="A159" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B159" s="117">
         <v>78</v>
       </c>
       <c r="C159" s="43">
         <v>8.1980000000000004</v>
       </c>
       <c r="D159" s="150" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="E159" s="54" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="F159" s="40" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="G159" s="230" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="H159" s="40" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="I159" s="40" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="J159" s="73">
         <v>3642</v>
       </c>
       <c r="K159" s="72" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="L159" s="38" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="M159" s="42" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A160" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B160" s="115">
         <v>79.099999999999994</v>
       </c>
-      <c r="C160" s="623">
+      <c r="C160" s="688">
         <v>8.15</v>
       </c>
-      <c r="D160" s="544" t="s">
-[...12 lines deleted...]
-        <v>958</v>
+      <c r="D160" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E160" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F160" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G160" s="608" t="s">
+        <v>971</v>
+      </c>
+      <c r="H160" s="553" t="s">
+        <v>972</v>
       </c>
       <c r="I160" s="35" t="s">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="J160" s="79">
         <v>3645</v>
       </c>
       <c r="K160" s="69" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="L160" s="164" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="M160" s="35" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="161" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A161" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B161" s="116">
         <v>79.2</v>
       </c>
-      <c r="C161" s="623"/>
-[...6 lines deleted...]
-      <c r="H161" s="491"/>
+      <c r="C161" s="688"/>
+      <c r="D161" s="606"/>
+      <c r="E161" s="607"/>
+      <c r="F161" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G161" s="608"/>
+      <c r="H161" s="553"/>
       <c r="I161" s="35" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="J161" s="79">
         <v>3646</v>
       </c>
       <c r="K161" s="69" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="L161" s="164" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="M161" s="35" t="s">
-        <v>966</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A162" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B162" s="68">
         <v>80</v>
       </c>
       <c r="C162" s="224">
         <v>8.0030000000000001</v>
       </c>
       <c r="D162" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E162" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F162" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G162" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H162" s="69" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="I162" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J162" s="79">
         <v>3624</v>
       </c>
       <c r="K162" s="69" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
       <c r="L162" s="164" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="M162" s="35" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" ht="168" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A163" s="47" t="s">
-        <v>626</v>
+        <v>640</v>
       </c>
       <c r="B163" s="46">
         <v>81</v>
       </c>
       <c r="C163" s="226">
         <v>15.013</v>
       </c>
       <c r="D163" s="111" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E163" s="91" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="F163" s="48" t="s">
-        <v>516</v>
+        <v>530</v>
       </c>
       <c r="G163" s="48" t="s">
-        <v>629</v>
+        <v>643</v>
       </c>
       <c r="H163" s="48" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="I163" s="48" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="J163" s="303" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="K163" s="148" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="L163" s="47" t="s">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="M163" s="49" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A164" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B164" s="46">
         <v>82</v>
       </c>
       <c r="C164" s="226">
         <v>15.015000000000001</v>
       </c>
       <c r="D164" s="111" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E164" s="91" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="F164" s="91" t="s">
-        <v>584</v>
+        <v>598</v>
       </c>
       <c r="G164" s="289" t="s">
-        <v>585</v>
+        <v>599</v>
       </c>
       <c r="H164" s="48" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="I164" s="48" t="s">
-        <v>764</v>
+        <v>778</v>
       </c>
       <c r="J164" s="47">
         <v>4647</v>
       </c>
       <c r="K164" s="48" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="L164" s="46" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
       <c r="M164" s="48" t="s">
-        <v>977</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A165" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B165" s="64">
         <v>83</v>
       </c>
       <c r="C165" s="226">
         <v>8.0649999999999995</v>
       </c>
       <c r="D165" s="111" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E165" s="155" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
       <c r="F165" s="48" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="G165" s="48" t="str">
         <f xml:space="preserve"> "OtherCosts"</f>
         <v>OtherCosts</v>
       </c>
       <c r="H165" s="48" t="s">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="I165" s="48" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="J165" s="47">
         <v>3561</v>
       </c>
       <c r="K165" s="63" t="s">
-        <v>593</v>
+        <v>607</v>
       </c>
       <c r="L165" s="47" t="s">
-        <v>534</v>
+        <v>548</v>
       </c>
       <c r="M165" s="48" t="s">
-        <v>641</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A166" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B166" s="118">
         <v>84.1</v>
       </c>
-      <c r="C166" s="644">
+      <c r="C166" s="709">
         <v>8.18</v>
       </c>
-      <c r="D166" s="593" t="s">
-[...12 lines deleted...]
-        <v>981</v>
+      <c r="D166" s="657" t="s">
+        <v>983</v>
+      </c>
+      <c r="E166" s="503" t="s">
+        <v>992</v>
+      </c>
+      <c r="F166" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G166" s="533" t="s">
+        <v>558</v>
+      </c>
+      <c r="H166" s="533" t="s">
+        <v>995</v>
       </c>
       <c r="I166" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J166" s="339">
+        <v>560</v>
+      </c>
+      <c r="J166" s="332">
         <v>4599</v>
       </c>
-      <c r="K166" s="336" t="s">
-        <v>1456</v>
+      <c r="K166" s="329" t="s">
+        <v>1451</v>
       </c>
       <c r="L166" s="46" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="M166" s="48" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A167" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B167" s="65">
         <v>84.2</v>
       </c>
-      <c r="C167" s="644"/>
-[...6 lines deleted...]
-      <c r="H167" s="466"/>
+      <c r="C167" s="709"/>
+      <c r="D167" s="659"/>
+      <c r="E167" s="503"/>
+      <c r="F167" s="533" t="s">
+        <v>557</v>
+      </c>
+      <c r="G167" s="533"/>
+      <c r="H167" s="533"/>
       <c r="I167" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J167" s="339">
+        <v>564</v>
+      </c>
+      <c r="J167" s="332">
         <v>4617</v>
       </c>
-      <c r="K167" s="338" t="s">
-        <v>1458</v>
+      <c r="K167" s="331" t="s">
+        <v>1453</v>
       </c>
       <c r="L167" s="46" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="M167" s="48" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" ht="108" x14ac:dyDescent="0.3">
       <c r="A168" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B168" s="118">
         <v>85.1</v>
       </c>
-      <c r="C168" s="613">
+      <c r="C168" s="678">
         <v>8.8339999999999996</v>
       </c>
-      <c r="D168" s="593" t="s">
-[...12 lines deleted...]
-        <v>985</v>
+      <c r="D168" s="657" t="s">
+        <v>983</v>
+      </c>
+      <c r="E168" s="503" t="s">
+        <v>992</v>
+      </c>
+      <c r="F168" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G168" s="533" t="s">
+        <v>569</v>
+      </c>
+      <c r="H168" s="533" t="s">
+        <v>999</v>
       </c>
       <c r="I168" s="48" t="s">
-        <v>546</v>
-[...1 lines deleted...]
-      <c r="J168" s="340">
+        <v>560</v>
+      </c>
+      <c r="J168" s="333">
         <v>4599</v>
       </c>
-      <c r="K168" s="336" t="s">
-        <v>1456</v>
+      <c r="K168" s="329" t="s">
+        <v>1451</v>
       </c>
       <c r="L168" s="46" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
       <c r="M168" s="48" t="s">
-        <v>601</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:13" ht="132" x14ac:dyDescent="0.25">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A169" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B169" s="65">
         <v>85.2</v>
       </c>
-      <c r="C169" s="613"/>
-[...6 lines deleted...]
-      <c r="H169" s="466"/>
+      <c r="C169" s="678"/>
+      <c r="D169" s="659"/>
+      <c r="E169" s="503"/>
+      <c r="F169" s="533" t="s">
+        <v>568</v>
+      </c>
+      <c r="G169" s="533"/>
+      <c r="H169" s="533"/>
       <c r="I169" s="48" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="J169" s="340">
+        <v>564</v>
+      </c>
+      <c r="J169" s="333">
         <v>4617</v>
       </c>
-      <c r="K169" s="338" t="s">
-        <v>1458</v>
+      <c r="K169" s="331" t="s">
+        <v>1453</v>
       </c>
       <c r="L169" s="46" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="M169" s="48" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A170" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B170" s="592">
+        <v>508</v>
+      </c>
+      <c r="B170" s="656">
         <v>86.1</v>
       </c>
-      <c r="C170" s="613">
+      <c r="C170" s="678">
         <v>8.1069999999999993</v>
       </c>
-      <c r="D170" s="593" t="s">
-[...17 lines deleted...]
-      <c r="J170" s="567">
+      <c r="D170" s="657" t="s">
+        <v>983</v>
+      </c>
+      <c r="E170" s="533" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F170" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G170" s="533" t="s">
+        <v>575</v>
+      </c>
+      <c r="H170" s="533" t="s">
+        <v>995</v>
+      </c>
+      <c r="I170" s="533" t="s">
+        <v>762</v>
+      </c>
+      <c r="J170" s="629">
         <v>4600</v>
       </c>
-      <c r="K170" s="569" t="s">
-        <v>1457</v>
+      <c r="K170" s="631" t="s">
+        <v>1452</v>
       </c>
       <c r="L170" s="46" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="M170" s="48" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A171" s="64" t="s">
-        <v>494</v>
-[...13 lines deleted...]
-        <v>990</v>
+        <v>508</v>
+      </c>
+      <c r="B171" s="655"/>
+      <c r="C171" s="678"/>
+      <c r="D171" s="658"/>
+      <c r="E171" s="533"/>
+      <c r="F171" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G171" s="533"/>
+      <c r="H171" s="533"/>
+      <c r="I171" s="533"/>
+      <c r="J171" s="637"/>
+      <c r="K171" s="631" t="s">
+        <v>1004</v>
       </c>
       <c r="L171" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M171" s="48" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:13" ht="144" x14ac:dyDescent="0.25">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A172" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B172" s="119">
         <v>86.2</v>
       </c>
-      <c r="C172" s="613"/>
-[...10 lines deleted...]
-      <c r="J172" s="575">
+      <c r="C172" s="678"/>
+      <c r="D172" s="658"/>
+      <c r="E172" s="533"/>
+      <c r="F172" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G172" s="533"/>
+      <c r="H172" s="533"/>
+      <c r="I172" s="533" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J172" s="637">
         <v>3600</v>
       </c>
-      <c r="K172" s="569" t="s">
-        <v>990</v>
+      <c r="K172" s="631" t="s">
+        <v>1004</v>
       </c>
       <c r="L172" s="46" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M172" s="48" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" ht="156" x14ac:dyDescent="0.3">
       <c r="A173" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B173" s="119"/>
-      <c r="C173" s="613"/>
-[...10 lines deleted...]
-      <c r="J173" s="567">
+      <c r="C173" s="678"/>
+      <c r="D173" s="658"/>
+      <c r="E173" s="533"/>
+      <c r="F173" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G173" s="533"/>
+      <c r="H173" s="533"/>
+      <c r="I173" s="533" t="s">
+        <v>583</v>
+      </c>
+      <c r="J173" s="629">
         <v>4618</v>
       </c>
-      <c r="K173" s="569" t="s">
-        <v>1459</v>
+      <c r="K173" s="631" t="s">
+        <v>1454</v>
       </c>
       <c r="L173" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M173" s="48" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A174" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B174" s="119"/>
-      <c r="C174" s="613"/>
-[...10 lines deleted...]
-      <c r="J174" s="575">
+      <c r="C174" s="678"/>
+      <c r="D174" s="658"/>
+      <c r="E174" s="533"/>
+      <c r="F174" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G174" s="533"/>
+      <c r="H174" s="533"/>
+      <c r="I174" s="533" t="s">
+        <v>585</v>
+      </c>
+      <c r="J174" s="637">
         <v>3618</v>
       </c>
-      <c r="K174" s="569" t="s">
-        <v>995</v>
+      <c r="K174" s="631" t="s">
+        <v>1009</v>
       </c>
       <c r="L174" s="46" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="M174" s="49" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A175" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B175" s="65">
         <v>86.3</v>
       </c>
-      <c r="C175" s="613"/>
-[...6 lines deleted...]
-      <c r="H175" s="466"/>
+      <c r="C175" s="678"/>
+      <c r="D175" s="659"/>
+      <c r="E175" s="533"/>
+      <c r="F175" s="533" t="s">
+        <v>574</v>
+      </c>
+      <c r="G175" s="533"/>
+      <c r="H175" s="533"/>
       <c r="I175" s="48" t="s">
-        <v>572</v>
+        <v>586</v>
       </c>
       <c r="J175" s="66">
         <v>3557</v>
       </c>
       <c r="K175" s="63" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="L175" s="46" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="M175" s="49" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A176" s="46" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B176" s="64">
         <v>87</v>
       </c>
       <c r="C176" s="225">
         <v>8.1080000000000005</v>
       </c>
       <c r="D176" s="108" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="E176" s="155" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="F176" s="48" t="s">
-        <v>574</v>
+        <v>588</v>
       </c>
       <c r="G176" s="174" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H176" s="48" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="I176" s="48" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="J176" s="339">
+        <v>590</v>
+      </c>
+      <c r="J176" s="332">
         <v>4625</v>
       </c>
-      <c r="K176" s="336" t="s">
-        <v>1460</v>
+      <c r="K176" s="329" t="s">
+        <v>1455</v>
       </c>
       <c r="L176" s="46" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="M176" s="49" t="s">
-        <v>758</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" ht="132" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A177" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B177" s="68">
         <v>88.1</v>
       </c>
-      <c r="C177" s="645">
+      <c r="C177" s="710">
         <v>8.0719999999999992</v>
       </c>
-      <c r="D177" s="544" t="s">
-[...12 lines deleted...]
-        <v>998</v>
+      <c r="D177" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E177" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F177" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G177" s="608" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H177" s="553" t="s">
+        <v>1012</v>
       </c>
       <c r="I177" s="35" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="J177" s="79">
         <v>3588</v>
       </c>
       <c r="K177" s="69" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="L177" s="34" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="M177" s="35" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:13" ht="72" x14ac:dyDescent="0.25">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" ht="60" x14ac:dyDescent="0.3">
       <c r="A178" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B178" s="68">
         <v>88.2</v>
       </c>
-      <c r="C178" s="645"/>
-[...6 lines deleted...]
-      <c r="H178" s="491"/>
+      <c r="C178" s="710"/>
+      <c r="D178" s="606"/>
+      <c r="E178" s="607"/>
+      <c r="F178" s="553" t="s">
+        <v>511</v>
+      </c>
+      <c r="G178" s="608"/>
+      <c r="H178" s="553"/>
       <c r="I178" s="35" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="J178" s="79">
         <v>3613</v>
       </c>
       <c r="K178" s="69" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
       <c r="L178" s="164" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="M178" s="35" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A179" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B179" s="68">
         <v>89</v>
       </c>
       <c r="C179" s="224">
         <v>8.0739999999999998</v>
       </c>
       <c r="D179" s="106" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E179" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F179" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G179" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H179" s="69" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="I179" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J179" s="79">
         <v>3630</v>
       </c>
       <c r="K179" s="69" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="L179" s="34" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="M179" s="35" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:13" ht="84" x14ac:dyDescent="0.25">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" ht="144" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A180" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B180" s="68">
         <v>90.1</v>
       </c>
-      <c r="C180" s="645">
+      <c r="C180" s="710">
         <v>8.0779999999999994</v>
       </c>
-      <c r="D180" s="544" t="s">
-[...12 lines deleted...]
-        <v>1010</v>
+      <c r="D180" s="605" t="s">
+        <v>509</v>
+      </c>
+      <c r="E180" s="607" t="s">
+        <v>510</v>
+      </c>
+      <c r="F180" s="553" t="s">
+        <v>728</v>
+      </c>
+      <c r="G180" s="608" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H180" s="553" t="s">
+        <v>1024</v>
       </c>
       <c r="I180" s="35" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
       <c r="J180" s="79">
         <v>3654</v>
       </c>
       <c r="K180" s="69" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="L180" s="34" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="M180" s="35" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:13" ht="96" x14ac:dyDescent="0.25">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" ht="84" x14ac:dyDescent="0.3">
       <c r="A181" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B181" s="68">
         <v>90.2</v>
       </c>
-      <c r="C181" s="645"/>
-[...6 lines deleted...]
-      <c r="H181" s="491"/>
+      <c r="C181" s="710"/>
+      <c r="D181" s="606"/>
+      <c r="E181" s="607"/>
+      <c r="F181" s="553" t="s">
+        <v>728</v>
+      </c>
+      <c r="G181" s="608"/>
+      <c r="H181" s="553"/>
       <c r="I181" s="35" t="s">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="J181" s="79">
         <v>3655</v>
       </c>
       <c r="K181" s="69" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="L181" s="34" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="M181" s="35" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A182" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B182" s="68">
         <v>91</v>
       </c>
       <c r="C182" s="227">
         <v>8.08</v>
       </c>
       <c r="D182" s="114" t="s">
-        <v>495</v>
+        <v>509</v>
       </c>
       <c r="E182" s="102" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F182" s="35" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="G182" s="228" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="H182" s="69" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="I182" s="69" t="s">
-        <v>624</v>
+        <v>638</v>
       </c>
       <c r="J182" s="79">
         <v>3632</v>
       </c>
       <c r="K182" s="69" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="L182" s="34" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="M182" s="35" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A183" s="68" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B183" s="68">
         <v>92</v>
       </c>
       <c r="C183" s="224">
         <v>8.2959999999999994</v>
       </c>
       <c r="D183" s="106" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="E183" s="36" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F183" s="35" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="G183" s="69" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="H183" s="35" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="I183" s="69" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="J183" s="79">
         <v>3655</v>
       </c>
       <c r="K183" s="69" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="L183" s="164" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="M183" s="35" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:13" ht="108" x14ac:dyDescent="0.25">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" ht="96" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="38" t="s">
-        <v>513</v>
-[...1 lines deleted...]
-      <c r="B184" s="515">
+        <v>527</v>
+      </c>
+      <c r="B184" s="576">
         <v>93</v>
       </c>
-      <c r="C184" s="583">
+      <c r="C184" s="645">
         <v>6.0140000000000002</v>
       </c>
-      <c r="D184" s="630" t="s">
-[...8 lines deleted...]
-      <c r="G184" s="543" t="str">
+      <c r="D184" s="695" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E184" s="711" t="s">
+        <v>510</v>
+      </c>
+      <c r="F184" s="586" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G184" s="604" t="str">
         <f xml:space="preserve"> "LenderCredits"</f>
         <v>LenderCredits</v>
       </c>
-      <c r="H184" s="525" t="s">
-[...5 lines deleted...]
-      <c r="J184" s="651">
+      <c r="H184" s="586" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I184" s="586" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J184" s="86">
         <v>4603</v>
       </c>
-      <c r="K184" s="543" t="s">
-[...9 lines deleted...]
-    <row r="185" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="K184" s="604" t="s">
+        <v>1042</v>
+      </c>
+      <c r="L184" s="332" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M184" s="330" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" ht="108" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A185" s="38" t="s">
-        <v>513</v>
-[...13 lines deleted...]
-        <v>1028</v>
+        <v>527</v>
+      </c>
+      <c r="B185" s="578"/>
+      <c r="C185" s="645"/>
+      <c r="D185" s="696"/>
+      <c r="E185" s="711"/>
+      <c r="F185" s="586" t="s">
+        <v>1039</v>
+      </c>
+      <c r="G185" s="604"/>
+      <c r="H185" s="586"/>
+      <c r="I185" s="586"/>
+      <c r="J185" s="73"/>
+      <c r="K185" s="604" t="s">
+        <v>1042</v>
       </c>
       <c r="L185" s="86" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="M185" s="40" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" ht="132" x14ac:dyDescent="0.3">
       <c r="A186" s="38" t="s">
-        <v>513</v>
+        <v>527</v>
       </c>
       <c r="B186" s="74">
         <v>94</v>
       </c>
       <c r="C186" s="43">
         <v>8.2230000000000008</v>
       </c>
       <c r="D186" s="150" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="E186" s="54" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="F186" s="40" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="G186" s="230" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
       <c r="H186" s="40" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="I186" s="40" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="J186" s="78">
         <v>3656</v>
       </c>
       <c r="K186" s="40" t="s">
-        <v>1034</v>
-[...1 lines deleted...]
-      <c r="L186" s="339" t="s">
+        <v>1048</v>
+      </c>
+      <c r="L186" s="332" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M186" s="330" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" ht="89.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="74" t="s">
+        <v>508</v>
+      </c>
+      <c r="B187" s="576">
+        <v>95</v>
+      </c>
+      <c r="C187" s="645">
+        <v>8.2040000000000006</v>
+      </c>
+      <c r="D187" s="695" t="s">
         <v>1035</v>
       </c>
-      <c r="M186" s="337" t="s">
-[...31 lines deleted...]
-      <c r="J187" s="622">
+      <c r="E187" s="604" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F187" s="586" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G187" s="579" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H187" s="586" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I187" s="586" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J187" s="687">
         <v>3626</v>
       </c>
-      <c r="K187" s="543" t="s">
-[...9 lines deleted...]
-    <row r="188" spans="1:13" ht="36" x14ac:dyDescent="0.25">
+      <c r="K187" s="604" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L187" s="333" t="s">
+        <v>1055</v>
+      </c>
+      <c r="M187" s="330" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" ht="36" x14ac:dyDescent="0.3">
       <c r="A188" s="74" t="s">
-        <v>494</v>
-[...11 lines deleted...]
-      <c r="J188" s="622">
+        <v>508</v>
+      </c>
+      <c r="B188" s="578"/>
+      <c r="C188" s="645"/>
+      <c r="D188" s="696"/>
+      <c r="E188" s="604"/>
+      <c r="F188" s="586" t="s">
+        <v>1051</v>
+      </c>
+      <c r="G188" s="586"/>
+      <c r="H188" s="586"/>
+      <c r="I188" s="586"/>
+      <c r="J188" s="687">
         <v>3626</v>
       </c>
-      <c r="K188" s="543"/>
+      <c r="K188" s="604"/>
       <c r="L188" s="86" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="M188" s="40" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="189" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A189" s="64" t="s">
-        <v>494</v>
-[...1 lines deleted...]
-      <c r="B189" s="399">
+        <v>508</v>
+      </c>
+      <c r="B189" s="480">
         <v>96</v>
       </c>
-      <c r="C189" s="408" t="s">
-[...18 lines deleted...]
-        <v>1049</v>
+      <c r="C189" s="502" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D189" s="657" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E189" s="533" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F189" s="533" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G189" s="712" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H189" s="475" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I189" s="533" t="s">
+        <v>1063</v>
       </c>
       <c r="J189" s="67">
         <v>3649</v>
       </c>
       <c r="K189" s="48" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="L189" s="47" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="M189" s="48" t="s">
-        <v>1052</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:13" ht="156" x14ac:dyDescent="0.25">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="190" spans="1:13" ht="144" x14ac:dyDescent="0.3">
       <c r="A190" s="64" t="s">
-        <v>494</v>
-[...10 lines deleted...]
-      <c r="I190" s="466"/>
+        <v>508</v>
+      </c>
+      <c r="B190" s="481"/>
+      <c r="C190" s="502"/>
+      <c r="D190" s="659"/>
+      <c r="E190" s="533"/>
+      <c r="F190" s="533" t="s">
+        <v>1061</v>
+      </c>
+      <c r="G190" s="712"/>
+      <c r="H190" s="476"/>
+      <c r="I190" s="533"/>
       <c r="J190" s="47">
         <v>3903</v>
       </c>
       <c r="K190" s="48" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="L190" s="47" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="M190" s="48" t="s">
-        <v>1052</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:13" s="133" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="191" spans="1:13" s="133" customFormat="1" ht="36" x14ac:dyDescent="0.3">
       <c r="A191" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B191" s="64" t="s">
-        <v>1054</v>
-[...1 lines deleted...]
-      <c r="C191" s="408">
+        <v>1068</v>
+      </c>
+      <c r="C191" s="502">
         <v>4.0119999999999996</v>
       </c>
-      <c r="D191" s="648" t="s">
-[...17 lines deleted...]
-      <c r="J191" s="408">
+      <c r="D191" s="713" t="s">
+        <v>1069</v>
+      </c>
+      <c r="E191" s="533" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F191" s="533" t="s">
+        <v>1071</v>
+      </c>
+      <c r="G191" s="502" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H191" s="533" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I191" s="533" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J191" s="502">
         <v>3670</v>
       </c>
-      <c r="K191" s="649" t="s">
-        <v>1061</v>
+      <c r="K191" s="714" t="s">
+        <v>1075</v>
       </c>
       <c r="L191" s="47" t="s">
-        <v>1360</v>
+        <v>1374</v>
       </c>
       <c r="M191" s="48" t="s">
-        <v>1062</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:13" s="133" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="192" spans="1:13" s="133" customFormat="1" ht="36" x14ac:dyDescent="0.3">
       <c r="A192" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B192" s="64" t="s">
-        <v>1054</v>
-[...9 lines deleted...]
-      <c r="K192" s="649"/>
+        <v>1068</v>
+      </c>
+      <c r="C192" s="627"/>
+      <c r="D192" s="713"/>
+      <c r="E192" s="533"/>
+      <c r="F192" s="533"/>
+      <c r="G192" s="533"/>
+      <c r="H192" s="533"/>
+      <c r="I192" s="533"/>
+      <c r="J192" s="502"/>
+      <c r="K192" s="714"/>
       <c r="L192" s="47" t="s">
-        <v>1361</v>
+        <v>1375</v>
       </c>
       <c r="M192" s="48" t="s">
-        <v>1063</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:13" s="133" customFormat="1" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="193" spans="1:13" s="133" customFormat="1" ht="69" x14ac:dyDescent="0.3">
       <c r="A193" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B193" s="64" t="s">
-        <v>1064</v>
-[...1 lines deleted...]
-      <c r="C193" s="413">
+        <v>1078</v>
+      </c>
+      <c r="C193" s="646">
         <v>3.0310000000000001</v>
       </c>
-      <c r="D193" s="648" t="s">
-[...15 lines deleted...]
-        <v>1069</v>
+      <c r="D193" s="713" t="s">
+        <v>181</v>
+      </c>
+      <c r="E193" s="715" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F193" s="715" t="s">
+        <v>1080</v>
+      </c>
+      <c r="G193" s="502" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H193" s="533" t="s">
+        <v>1082</v>
+      </c>
+      <c r="I193" s="533" t="s">
+        <v>1083</v>
       </c>
       <c r="J193" s="47">
         <v>3671</v>
       </c>
       <c r="K193" s="20" t="s">
-        <v>1070</v>
+        <v>1084</v>
       </c>
       <c r="L193" s="47" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="M193" s="48" t="s">
-        <v>1071</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:13" s="133" customFormat="1" ht="81" x14ac:dyDescent="0.25">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="194" spans="1:13" s="133" customFormat="1" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A194" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B194" s="64" t="s">
-        <v>1064</v>
-[...7 lines deleted...]
-      <c r="I194" s="466"/>
+        <v>1078</v>
+      </c>
+      <c r="C194" s="646"/>
+      <c r="D194" s="713"/>
+      <c r="E194" s="715"/>
+      <c r="F194" s="715"/>
+      <c r="G194" s="533"/>
+      <c r="H194" s="533"/>
+      <c r="I194" s="533"/>
       <c r="J194" s="47">
         <v>3672</v>
       </c>
       <c r="K194" s="20" t="s">
-        <v>1072</v>
+        <v>1086</v>
       </c>
       <c r="L194" s="47" t="s">
-        <v>1358</v>
+        <v>1372</v>
       </c>
       <c r="M194" s="48" t="s">
-        <v>1073</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:13" s="133" customFormat="1" ht="81" x14ac:dyDescent="0.25">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="195" spans="1:13" s="133" customFormat="1" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A195" s="64" t="s">
-        <v>494</v>
+        <v>508</v>
       </c>
       <c r="B195" s="64" t="s">
-        <v>1064</v>
-[...7 lines deleted...]
-      <c r="I195" s="466"/>
+        <v>1078</v>
+      </c>
+      <c r="C195" s="646"/>
+      <c r="D195" s="713"/>
+      <c r="E195" s="715"/>
+      <c r="F195" s="715"/>
+      <c r="G195" s="533"/>
+      <c r="H195" s="533"/>
+      <c r="I195" s="533"/>
       <c r="J195" s="47">
         <v>3673</v>
       </c>
       <c r="K195" s="20" t="s">
-        <v>1074</v>
+        <v>1088</v>
       </c>
       <c r="L195" s="46"/>
       <c r="M195" s="302"/>
     </row>
-    <row r="196" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.3">
       <c r="C196" s="52"/>
       <c r="J196" s="167"/>
       <c r="L196" s="167"/>
     </row>
-    <row r="197" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.3">
       <c r="C197" s="52"/>
       <c r="J197" s="167"/>
       <c r="L197" s="167"/>
     </row>
-    <row r="198" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:13" s="133" customFormat="1" x14ac:dyDescent="0.3">
       <c r="C198" s="52"/>
       <c r="J198" s="167"/>
       <c r="L198" s="167"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:M195" xr:uid="{D4994E36-EC10-41B6-84B4-6617402869B0}"/>
-  <mergeCells count="488">
-[...10 lines deleted...]
-    <mergeCell ref="K87:K88"/>
+  <mergeCells count="478">
     <mergeCell ref="J191:J192"/>
     <mergeCell ref="K191:K192"/>
     <mergeCell ref="C193:C195"/>
     <mergeCell ref="D193:D195"/>
     <mergeCell ref="E193:E195"/>
     <mergeCell ref="F193:F195"/>
     <mergeCell ref="G193:G195"/>
     <mergeCell ref="H193:H195"/>
     <mergeCell ref="I193:I195"/>
     <mergeCell ref="G187:G188"/>
     <mergeCell ref="H187:H188"/>
     <mergeCell ref="I187:I188"/>
     <mergeCell ref="C191:C192"/>
     <mergeCell ref="D191:D192"/>
     <mergeCell ref="E191:E192"/>
     <mergeCell ref="F191:F192"/>
     <mergeCell ref="G191:G192"/>
     <mergeCell ref="H191:H192"/>
     <mergeCell ref="I191:I192"/>
     <mergeCell ref="J187:J188"/>
     <mergeCell ref="K187:K188"/>
     <mergeCell ref="B189:B190"/>
     <mergeCell ref="C189:C190"/>
     <mergeCell ref="D189:D190"/>
     <mergeCell ref="E189:E190"/>
@@ -27383,50 +27467,51 @@
     <mergeCell ref="F97:F101"/>
     <mergeCell ref="G97:G101"/>
     <mergeCell ref="H97:H101"/>
     <mergeCell ref="H103:H104"/>
     <mergeCell ref="G92:G93"/>
     <mergeCell ref="H92:H93"/>
     <mergeCell ref="I92:I93"/>
     <mergeCell ref="J92:J93"/>
     <mergeCell ref="K92:K93"/>
     <mergeCell ref="B97:B98"/>
     <mergeCell ref="C97:C101"/>
     <mergeCell ref="D97:D101"/>
     <mergeCell ref="E97:E101"/>
     <mergeCell ref="B92:B93"/>
     <mergeCell ref="C92:C93"/>
     <mergeCell ref="D92:D93"/>
     <mergeCell ref="E92:E93"/>
     <mergeCell ref="F92:F93"/>
     <mergeCell ref="B99:B100"/>
     <mergeCell ref="I99:I100"/>
     <mergeCell ref="J99:J100"/>
     <mergeCell ref="K99:K100"/>
     <mergeCell ref="I97:I98"/>
     <mergeCell ref="J97:J98"/>
     <mergeCell ref="K97:K98"/>
+    <mergeCell ref="K87:K88"/>
     <mergeCell ref="B89:B90"/>
     <mergeCell ref="I89:I90"/>
     <mergeCell ref="J89:J90"/>
     <mergeCell ref="K89:K90"/>
     <mergeCell ref="H85:H86"/>
     <mergeCell ref="I85:I86"/>
     <mergeCell ref="B87:B88"/>
     <mergeCell ref="C87:C91"/>
     <mergeCell ref="D87:D91"/>
     <mergeCell ref="E87:E91"/>
     <mergeCell ref="F87:F91"/>
     <mergeCell ref="G87:G91"/>
     <mergeCell ref="H87:H91"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:C86"/>
     <mergeCell ref="D85:D86"/>
     <mergeCell ref="E85:E86"/>
     <mergeCell ref="F85:F86"/>
     <mergeCell ref="G85:G86"/>
     <mergeCell ref="I87:I88"/>
     <mergeCell ref="J87:J88"/>
     <mergeCell ref="K79:K81"/>
     <mergeCell ref="B82:B83"/>
     <mergeCell ref="C82:C84"/>
     <mergeCell ref="D82:D84"/>
@@ -27616,15403 +27701,15412 @@
     <mergeCell ref="I76:I77"/>
     <mergeCell ref="B79:B81"/>
     <mergeCell ref="C79:C81"/>
     <mergeCell ref="D79:D81"/>
     <mergeCell ref="E79:E81"/>
     <mergeCell ref="F79:F81"/>
     <mergeCell ref="G79:G81"/>
     <mergeCell ref="H79:H81"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Message Text Error" prompt="Need to add &quot;or 'RecordingFeeForMortgage'" sqref="M79" xr:uid="{EBB4110D-3E3E-4800-8D19-EAACF9761CCD}"/>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{954F3E0A-F57C-4C83-8638-FA2A3E9C9361}">
   <sheetPr>
     <tabColor rgb="FF92D050"/>
   </sheetPr>
   <dimension ref="A1:L1004"/>
   <sheetViews>
     <sheetView showRuler="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft" sqref="A1:B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.5703125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="11.5546875" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="8.5703125" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="13" max="16384" width="11.5703125" style="16"/>
+    <col min="1" max="2" width="8.77734375" customWidth="1"/>
+    <col min="3" max="3" width="18.77734375" style="55" customWidth="1"/>
+    <col min="4" max="4" width="8.77734375" style="16" customWidth="1"/>
+    <col min="5" max="5" width="18.77734375" style="16" customWidth="1"/>
+    <col min="6" max="6" width="16.77734375" style="55" customWidth="1"/>
+    <col min="7" max="11" width="24.77734375" style="16" customWidth="1"/>
+    <col min="12" max="12" width="18.77734375" style="299" customWidth="1"/>
+    <col min="13" max="16384" width="11.5546875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" s="22" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
-[...16 lines deleted...]
-      <c r="K1" s="658"/>
+    <row r="1" spans="1:12" s="22" customFormat="1" ht="29.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="716" t="s">
+        <v>502</v>
+      </c>
+      <c r="B1" s="716"/>
+      <c r="C1" s="717" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D1" s="717"/>
+      <c r="E1" s="717"/>
+      <c r="F1" s="718" t="s">
+        <v>1501</v>
+      </c>
+      <c r="G1" s="719"/>
+      <c r="H1" s="719"/>
+      <c r="I1" s="719"/>
+      <c r="J1" s="719"/>
+      <c r="K1" s="719"/>
       <c r="L1" s="23"/>
     </row>
-    <row r="2" spans="1:12" s="33" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" s="33" customFormat="1" ht="76.8" x14ac:dyDescent="0.3">
       <c r="A2" s="158" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B2" s="158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C2" s="97" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="D2" s="97" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="E2" s="97" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="F2" s="99" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="G2" s="99" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="H2" s="160" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="I2" s="161" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
       <c r="J2" s="162" t="s">
-        <v>1082</v>
+        <v>1096</v>
       </c>
       <c r="K2" s="157" t="s">
-        <v>1083</v>
+        <v>1097</v>
       </c>
       <c r="L2" s="298"/>
     </row>
-    <row r="3" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:12" ht="48" x14ac:dyDescent="0.3">
       <c r="A3" s="46">
         <v>2</v>
       </c>
       <c r="B3" s="46">
         <v>1</v>
       </c>
       <c r="C3" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D3" s="47" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="E3" s="48" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="F3" s="47">
         <v>4.0010000000000003</v>
       </c>
       <c r="G3" s="48" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H3" s="48" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="I3" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J3" s="48"/>
       <c r="K3" s="48" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="L3" s="298"/>
     </row>
-    <row r="4" spans="1:12" ht="72" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A4" s="46">
         <v>2</v>
       </c>
       <c r="B4" s="46">
         <v>2</v>
       </c>
       <c r="C4" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D4" s="47" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="E4" s="48" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="F4" s="47">
         <v>4.0060000000000002</v>
       </c>
       <c r="G4" s="48" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H4" s="48" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="I4" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J4" s="53" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
       <c r="K4" s="48" t="s">
-        <v>1094</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:12" ht="84" x14ac:dyDescent="0.25">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="5" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A5" s="46">
         <v>2</v>
       </c>
       <c r="B5" s="46">
         <v>4</v>
       </c>
       <c r="C5" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D5" s="47" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="E5" s="48" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="F5" s="47">
         <v>4.0369999999999999</v>
       </c>
       <c r="G5" s="48" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H5" s="48" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="I5" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J5" s="53" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
       <c r="K5" s="48" t="s">
-        <v>1098</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:12" ht="96" x14ac:dyDescent="0.25">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" ht="84" x14ac:dyDescent="0.3">
       <c r="A6" s="46">
         <v>2</v>
       </c>
       <c r="B6" s="46">
         <v>5</v>
       </c>
       <c r="C6" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D6" s="47" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="E6" s="48" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="F6" s="293">
         <v>4.0350000000000001</v>
       </c>
       <c r="G6" s="53" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="H6" s="48" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
       <c r="I6" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J6" s="53" t="s">
-        <v>1102</v>
+        <v>1116</v>
       </c>
       <c r="K6" s="48" t="s">
-        <v>1103</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="48" x14ac:dyDescent="0.3">
       <c r="A7" s="46">
         <v>2</v>
       </c>
       <c r="B7" s="46">
         <v>6</v>
       </c>
       <c r="C7" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D7" s="47" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="E7" s="48" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="F7" s="47">
         <v>4.048</v>
       </c>
       <c r="G7" s="48" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H7" s="48" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="I7" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J7" s="48"/>
       <c r="K7" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" ht="60" x14ac:dyDescent="0.3">
       <c r="A8" s="46">
         <v>2</v>
       </c>
       <c r="B8" s="46">
         <v>7</v>
       </c>
       <c r="C8" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D8" s="47">
         <v>4.3</v>
       </c>
       <c r="E8" s="48" t="s">
-        <v>1107</v>
+        <v>1121</v>
       </c>
       <c r="F8" s="47">
         <v>4.0140000000000002</v>
       </c>
       <c r="G8" s="294" t="s">
-        <v>1108</v>
+        <v>1122</v>
       </c>
       <c r="H8" s="48" t="s">
-        <v>1109</v>
+        <v>1123</v>
       </c>
       <c r="I8" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J8" s="48"/>
       <c r="K8" s="48" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" ht="48" x14ac:dyDescent="0.3">
       <c r="A9" s="46">
         <v>2</v>
       </c>
       <c r="B9" s="46">
         <v>8</v>
       </c>
       <c r="C9" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D9" s="47" t="s">
-        <v>1111</v>
+        <v>1125</v>
       </c>
       <c r="E9" s="48" t="s">
-        <v>1112</v>
+        <v>1126</v>
       </c>
       <c r="F9" s="47">
         <v>4.0190000000000001</v>
       </c>
       <c r="G9" s="48" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H9" s="48" t="s">
-        <v>1113</v>
+        <v>1127</v>
       </c>
       <c r="I9" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J9" s="48"/>
       <c r="K9" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" ht="48" x14ac:dyDescent="0.3">
       <c r="A10" s="46">
         <v>2</v>
       </c>
       <c r="B10" s="46">
         <v>9</v>
       </c>
       <c r="C10" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D10" s="47" t="s">
-        <v>1114</v>
+        <v>1128</v>
       </c>
       <c r="E10" s="48" t="s">
-        <v>1115</v>
+        <v>1129</v>
       </c>
       <c r="F10" s="47">
         <v>4.0259999999999998</v>
       </c>
       <c r="G10" s="48" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H10" s="48" t="s">
-        <v>1116</v>
+        <v>1130</v>
       </c>
       <c r="I10" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J10" s="48"/>
       <c r="K10" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:12" ht="60" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="48" x14ac:dyDescent="0.3">
       <c r="A11" s="46">
         <v>2</v>
       </c>
       <c r="B11" s="46">
         <v>10</v>
       </c>
       <c r="C11" s="47" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
       <c r="D11" s="47" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="E11" s="48" t="s">
-        <v>1118</v>
+        <v>1132</v>
       </c>
       <c r="F11" s="47">
         <v>4.0289999999999999</v>
       </c>
       <c r="G11" s="48" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H11" s="48" t="s">
-        <v>1119</v>
+        <v>1133</v>
       </c>
       <c r="I11" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J11" s="48"/>
       <c r="K11" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A12" s="46">
         <v>2</v>
       </c>
       <c r="B12" s="46">
         <v>11</v>
       </c>
       <c r="C12" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D12" s="47" t="s">
-        <v>1121</v>
+        <v>1135</v>
       </c>
       <c r="E12" s="48" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
       <c r="F12" s="47">
         <v>5.0030000000000001</v>
       </c>
       <c r="G12" s="48" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="H12" s="48" t="s">
-        <v>1124</v>
+        <v>1138</v>
       </c>
       <c r="I12" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J12" s="48"/>
       <c r="K12" s="48" t="s">
-        <v>1125</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A13" s="46">
         <v>2</v>
       </c>
       <c r="B13" s="46">
         <v>12</v>
       </c>
       <c r="C13" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D13" s="47" t="s">
-        <v>1126</v>
+        <v>1140</v>
       </c>
       <c r="E13" s="48" t="s">
-        <v>1127</v>
+        <v>1141</v>
       </c>
       <c r="F13" s="47">
         <v>5.0090000000000003</v>
       </c>
       <c r="G13" s="48" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H13" s="48" t="s">
         <v>1123</v>
       </c>
-      <c r="H13" s="48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J13" s="48"/>
       <c r="K13" s="48" t="s">
-        <v>1110</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A14" s="46">
         <v>2</v>
       </c>
       <c r="B14" s="46">
         <v>13</v>
       </c>
       <c r="C14" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D14" s="47" t="s">
-        <v>1128</v>
+        <v>1142</v>
       </c>
       <c r="E14" s="48" t="s">
-        <v>1129</v>
+        <v>1143</v>
       </c>
       <c r="F14" s="50">
         <v>5.01</v>
       </c>
       <c r="G14" s="48" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="H14" s="48" t="s">
-        <v>1130</v>
+        <v>1144</v>
       </c>
       <c r="I14" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J14" s="48"/>
       <c r="K14" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:12" ht="168" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="168" x14ac:dyDescent="0.3">
       <c r="A15" s="46">
         <v>2</v>
       </c>
       <c r="B15" s="46">
         <v>14</v>
       </c>
       <c r="C15" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D15" s="47" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="E15" s="48" t="s">
-        <v>1132</v>
+        <v>1146</v>
       </c>
       <c r="F15" s="47">
         <v>5.0380000000000003</v>
       </c>
       <c r="G15" s="48" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="H15" s="48" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
       <c r="I15" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J15" s="53" t="s">
-        <v>1135</v>
+        <v>1149</v>
       </c>
       <c r="K15" s="48" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:12" ht="132" x14ac:dyDescent="0.25">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" ht="120" x14ac:dyDescent="0.3">
       <c r="A16" s="46">
         <v>2</v>
       </c>
       <c r="B16" s="46">
         <v>15</v>
       </c>
       <c r="C16" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D16" s="47" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="E16" s="48" t="s">
-        <v>1138</v>
+        <v>1152</v>
       </c>
       <c r="F16" s="47">
         <v>5.069</v>
       </c>
       <c r="G16" s="48" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="H16" s="48" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="I16" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J16" s="53" t="s">
-        <v>1140</v>
+        <v>1154</v>
       </c>
       <c r="K16" s="48" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:12" ht="120" x14ac:dyDescent="0.25">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="108" x14ac:dyDescent="0.3">
       <c r="A17" s="46">
         <v>2</v>
       </c>
       <c r="B17" s="46">
         <v>16</v>
       </c>
       <c r="C17" s="47" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="D17" s="47" t="s">
-        <v>1142</v>
+        <v>1156</v>
       </c>
       <c r="E17" s="48" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="F17" s="293">
         <v>5.0350000000000001</v>
       </c>
       <c r="G17" s="53" t="s">
-        <v>1144</v>
+        <v>1158</v>
       </c>
       <c r="H17" s="48" t="s">
-        <v>1145</v>
+        <v>1159</v>
       </c>
       <c r="I17" s="47" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J17" s="48"/>
       <c r="K17" s="48" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A18" s="46">
         <v>2</v>
       </c>
       <c r="B18" s="46">
         <v>19</v>
       </c>
       <c r="C18" s="47" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="D18" s="47">
         <v>10.9</v>
       </c>
       <c r="E18" s="48" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
       <c r="F18" s="293">
         <v>9.0879999999999992</v>
       </c>
       <c r="G18" s="53" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="H18" s="48" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="I18" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J18" s="48" t="s">
-        <v>1151</v>
+        <v>1165</v>
       </c>
       <c r="K18" s="48" t="s">
-        <v>1106</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A19" s="46">
         <v>2</v>
       </c>
       <c r="B19" s="46">
         <v>20</v>
       </c>
       <c r="C19" s="47" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="D19" s="47" t="s">
-        <v>1152</v>
+        <v>1166</v>
       </c>
       <c r="E19" s="48" t="s">
-        <v>1153</v>
+        <v>1167</v>
       </c>
       <c r="F19" s="47">
         <v>9.0890000000000004</v>
       </c>
       <c r="G19" s="53" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="H19" s="48" t="s">
-        <v>1154</v>
+        <v>1168</v>
       </c>
       <c r="I19" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J19" s="48" t="s">
+        <v>1169</v>
+      </c>
+      <c r="K19" s="48" t="s">
         <v>1155</v>
       </c>
-      <c r="K19" s="48" t="s">
-[...3 lines deleted...]
-    <row r="20" spans="1:12" ht="156" x14ac:dyDescent="0.25">
+    </row>
+    <row r="20" spans="1:12" ht="132" x14ac:dyDescent="0.3">
       <c r="A20" s="46">
         <v>2</v>
       </c>
       <c r="B20" s="46">
         <v>25</v>
       </c>
       <c r="C20" s="47" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="D20" s="47" t="s">
-        <v>1157</v>
+        <v>1171</v>
       </c>
       <c r="E20" s="48" t="s">
-        <v>1158</v>
+        <v>1172</v>
       </c>
       <c r="F20" s="47">
         <v>10.159000000000001</v>
       </c>
       <c r="G20" s="53" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H20" s="48" t="s">
-        <v>1159</v>
+        <v>1173</v>
       </c>
       <c r="I20" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J20" s="53" t="s">
-        <v>1160</v>
+        <v>1174</v>
       </c>
       <c r="K20" s="48" t="s">
-        <v>1161</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="156" x14ac:dyDescent="0.25">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="132" x14ac:dyDescent="0.3">
       <c r="A21" s="46">
         <v>2</v>
       </c>
       <c r="B21" s="46">
         <v>26</v>
       </c>
       <c r="C21" s="47" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="D21" s="47" t="s">
-        <v>1162</v>
+        <v>1176</v>
       </c>
       <c r="E21" s="48" t="s">
-        <v>1163</v>
+        <v>1177</v>
       </c>
       <c r="F21" s="295">
         <v>10.144</v>
       </c>
       <c r="G21" s="296" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H21" s="48" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="I21" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J21" s="292" t="s">
-        <v>1164</v>
+        <v>1178</v>
       </c>
       <c r="K21" s="48" t="s">
-        <v>1165</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="156" x14ac:dyDescent="0.25">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="132" x14ac:dyDescent="0.3">
       <c r="A22" s="46">
         <v>2</v>
       </c>
       <c r="B22" s="46">
         <v>27</v>
       </c>
       <c r="C22" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D22" s="47" t="s">
-        <v>1167</v>
+        <v>1181</v>
       </c>
       <c r="E22" s="48" t="s">
-        <v>1168</v>
+        <v>1182</v>
       </c>
       <c r="F22" s="293">
         <v>10.159000000000001</v>
       </c>
       <c r="G22" s="53" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H22" s="48" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="I22" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J22" s="53" t="s">
-        <v>1160</v>
+        <v>1174</v>
       </c>
       <c r="K22" s="48" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="156" x14ac:dyDescent="0.25">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="132" x14ac:dyDescent="0.3">
       <c r="A23" s="46">
         <v>2</v>
       </c>
       <c r="B23" s="46">
         <v>28</v>
       </c>
       <c r="C23" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D23" s="47" t="s">
-        <v>1171</v>
+        <v>1185</v>
       </c>
       <c r="E23" s="48" t="s">
-        <v>1172</v>
+        <v>1186</v>
       </c>
       <c r="F23" s="293">
         <v>10.144</v>
       </c>
       <c r="G23" s="53" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H23" s="48" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="I23" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J23" s="292" t="s">
-        <v>1164</v>
+        <v>1178</v>
       </c>
       <c r="K23" s="48" t="s">
-        <v>1173</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="84" x14ac:dyDescent="0.25">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A24" s="46">
         <v>2</v>
       </c>
       <c r="B24" s="46">
         <v>29</v>
       </c>
       <c r="C24" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D24" s="47">
         <v>12.1</v>
       </c>
       <c r="E24" s="48" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="F24" s="293">
         <v>10.028</v>
       </c>
       <c r="G24" s="53" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="H24" s="48" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="I24" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J24" s="53" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="K24" s="48" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="84" x14ac:dyDescent="0.25">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A25" s="46">
         <v>2</v>
       </c>
       <c r="B25" s="46">
         <v>30</v>
       </c>
       <c r="C25" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D25" s="47">
         <v>12.1</v>
       </c>
       <c r="E25" s="48" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="F25" s="293">
         <v>10.16</v>
       </c>
       <c r="G25" s="53" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="H25" s="48" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="I25" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="53" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
       <c r="K25" s="48" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="72" x14ac:dyDescent="0.25">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A26" s="46">
         <v>2</v>
       </c>
       <c r="B26" s="46">
         <v>31</v>
       </c>
       <c r="C26" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D26" s="47" t="s">
-        <v>1182</v>
+        <v>1196</v>
       </c>
       <c r="E26" s="48" t="s">
-        <v>1183</v>
+        <v>1197</v>
       </c>
       <c r="F26" s="47">
         <v>10.029</v>
       </c>
       <c r="G26" s="49" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="H26" s="48" t="s">
-        <v>1184</v>
+        <v>1198</v>
       </c>
       <c r="I26" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J26" s="53" t="s">
-        <v>1180</v>
+        <v>1194</v>
       </c>
       <c r="K26" s="48" t="s">
-        <v>1185</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A27" s="46">
         <v>2</v>
       </c>
       <c r="B27" s="46">
         <v>32</v>
       </c>
       <c r="C27" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D27" s="47">
         <v>12.5</v>
       </c>
       <c r="E27" s="297" t="s">
-        <v>1186</v>
+        <v>1200</v>
       </c>
       <c r="F27" s="293">
         <v>10.038</v>
       </c>
       <c r="G27" s="53" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="H27" s="48" t="s">
-        <v>1188</v>
+        <v>1202</v>
       </c>
       <c r="I27" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J27" s="53" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="K27" s="48" t="s">
-        <v>1170</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A28" s="46">
         <v>2</v>
       </c>
       <c r="B28" s="46">
         <v>33</v>
       </c>
       <c r="C28" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D28" s="47">
         <v>12.5</v>
       </c>
       <c r="E28" s="48" t="s">
-        <v>1189</v>
+        <v>1203</v>
       </c>
       <c r="F28" s="293">
         <v>10.026</v>
       </c>
       <c r="G28" s="53" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="H28" s="48" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="I28" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J28" s="53" t="s">
-        <v>1190</v>
+        <v>1204</v>
       </c>
       <c r="K28" s="48" t="s">
-        <v>1191</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A29" s="46">
         <v>2</v>
       </c>
       <c r="B29" s="46">
         <v>34</v>
       </c>
       <c r="C29" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D29" s="47" t="s">
-        <v>1192</v>
+        <v>1206</v>
       </c>
       <c r="E29" s="48" t="s">
-        <v>1193</v>
+        <v>1207</v>
       </c>
       <c r="F29" s="293">
         <v>10.036</v>
       </c>
       <c r="G29" s="53" t="s">
-        <v>1187</v>
+        <v>1201</v>
       </c>
       <c r="H29" s="48" t="s">
-        <v>1194</v>
+        <v>1208</v>
       </c>
       <c r="I29" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J29" s="53" t="s">
-        <v>1195</v>
+        <v>1209</v>
       </c>
       <c r="K29" s="48" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="108" x14ac:dyDescent="0.25">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="96" x14ac:dyDescent="0.3">
       <c r="A30" s="46">
         <v>2</v>
       </c>
       <c r="B30" s="46">
         <v>37</v>
       </c>
       <c r="C30" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D30" s="47">
         <v>12.6</v>
       </c>
       <c r="E30" s="48" t="s">
-        <v>1197</v>
+        <v>1211</v>
       </c>
       <c r="F30" s="293">
         <v>10.308</v>
       </c>
       <c r="G30" s="53" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="H30" s="48" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="I30" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J30" s="53" t="s">
-        <v>1199</v>
+        <v>1213</v>
       </c>
       <c r="K30" s="48" t="s">
-        <v>1200</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="120" x14ac:dyDescent="0.25">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="108" x14ac:dyDescent="0.3">
       <c r="A31" s="46">
         <v>2</v>
       </c>
       <c r="B31" s="46">
         <v>38</v>
       </c>
       <c r="C31" s="47" t="s">
-        <v>1166</v>
+        <v>1180</v>
       </c>
       <c r="D31" s="47">
         <v>12.6</v>
       </c>
       <c r="E31" s="48" t="s">
-        <v>1201</v>
+        <v>1215</v>
       </c>
       <c r="F31" s="293">
         <v>10.042999999999999</v>
       </c>
       <c r="G31" s="53" t="s">
-        <v>1202</v>
+        <v>1216</v>
       </c>
       <c r="H31" s="48" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="I31" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J31" s="53" t="s">
-        <v>1203</v>
+        <v>1217</v>
       </c>
       <c r="K31" s="48" t="s">
-        <v>1204</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" ht="72" x14ac:dyDescent="0.25">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A32" s="46">
         <v>2</v>
       </c>
       <c r="B32" s="46">
         <v>39</v>
       </c>
       <c r="C32" s="47" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="D32" s="47" t="s">
-        <v>1206</v>
+        <v>1220</v>
       </c>
       <c r="E32" s="48" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="F32" s="47">
         <v>6.0149999999999997</v>
       </c>
       <c r="G32" s="48" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="H32" s="48" t="s">
-        <v>1209</v>
+        <v>1223</v>
       </c>
       <c r="I32" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J32" s="53" t="s">
-        <v>1210</v>
+        <v>1224</v>
       </c>
       <c r="K32" s="48" t="s">
-        <v>1211</v>
+        <v>1225</v>
       </c>
       <c r="L32" s="127"/>
     </row>
-    <row r="33" spans="1:12" ht="84" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:12" ht="72" x14ac:dyDescent="0.3">
       <c r="A33" s="46">
         <v>2</v>
       </c>
       <c r="B33" s="46">
         <v>40</v>
       </c>
       <c r="C33" s="47" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="D33" s="47" t="s">
-        <v>1206</v>
+        <v>1220</v>
       </c>
       <c r="E33" s="48" t="s">
-        <v>1212</v>
+        <v>1226</v>
       </c>
       <c r="F33" s="47">
         <v>6.016</v>
       </c>
       <c r="G33" s="48" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="H33" s="48" t="s">
-        <v>1213</v>
+        <v>1227</v>
       </c>
       <c r="I33" s="47" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J33" s="53" t="s">
-        <v>1214</v>
+        <v>1228</v>
       </c>
       <c r="K33" s="48" t="s">
-        <v>1215</v>
+        <v>1229</v>
       </c>
       <c r="L33" s="127"/>
     </row>
-    <row r="34" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A34" s="101"/>
       <c r="B34" s="101"/>
     </row>
-    <row r="35" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:12" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A35" s="101"/>
       <c r="B35" s="101"/>
     </row>
-    <row r="36" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:12" ht="13.8" x14ac:dyDescent="0.3">
       <c r="A36" s="101"/>
       <c r="B36" s="101"/>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A37" s="93"/>
       <c r="B37" s="22"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A38" s="93"/>
       <c r="B38" s="22"/>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A39" s="93"/>
       <c r="B39" s="22"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A40" s="93"/>
       <c r="B40" s="22"/>
     </row>
-    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A41" s="93"/>
       <c r="B41" s="22"/>
     </row>
-    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A42" s="93"/>
       <c r="B42" s="22"/>
     </row>
-    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A43" s="93"/>
       <c r="B43" s="22"/>
     </row>
-    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A44" s="93"/>
       <c r="B44" s="22"/>
     </row>
-    <row r="45" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A45" s="93"/>
       <c r="B45" s="22"/>
     </row>
-    <row r="46" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A46" s="93"/>
       <c r="B46" s="22"/>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A47" s="93"/>
       <c r="B47" s="22"/>
     </row>
-    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:12" x14ac:dyDescent="0.3">
       <c r="A48" s="93"/>
       <c r="B48" s="22"/>
     </row>
-    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A49" s="93"/>
       <c r="B49" s="22"/>
     </row>
-    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A50" s="93"/>
       <c r="B50" s="22"/>
     </row>
-    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A51" s="93"/>
       <c r="B51" s="22"/>
     </row>
-    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A52" s="93"/>
       <c r="B52" s="22"/>
     </row>
-    <row r="53" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A53" s="93"/>
       <c r="B53" s="22"/>
     </row>
-    <row r="54" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A54" s="93"/>
       <c r="B54" s="22"/>
     </row>
-    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A55" s="93"/>
       <c r="B55" s="22"/>
     </row>
-    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A56" s="93"/>
       <c r="B56" s="22"/>
     </row>
-    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A57" s="93"/>
       <c r="B57" s="22"/>
     </row>
-    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A58" s="93"/>
       <c r="B58" s="22"/>
     </row>
-    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A59" s="93"/>
       <c r="B59" s="22"/>
     </row>
-    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A60" s="93"/>
       <c r="B60" s="22"/>
     </row>
-    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A61" s="93"/>
       <c r="B61" s="22"/>
     </row>
-    <row r="62" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A62" s="93"/>
       <c r="B62" s="22"/>
     </row>
-    <row r="63" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A63" s="93"/>
       <c r="B63" s="22"/>
     </row>
-    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A64" s="93"/>
       <c r="B64" s="22"/>
     </row>
-    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A65" s="93"/>
       <c r="B65" s="22"/>
     </row>
-    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A66" s="93"/>
       <c r="B66" s="22"/>
     </row>
-    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A67" s="93"/>
       <c r="B67" s="22"/>
     </row>
-    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A68" s="93"/>
       <c r="B68" s="22"/>
     </row>
-    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A69" s="93"/>
       <c r="B69" s="22"/>
     </row>
-    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A70" s="93"/>
       <c r="B70" s="22"/>
     </row>
-    <row r="71" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A71" s="93"/>
       <c r="B71" s="22"/>
     </row>
-    <row r="72" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A72" s="93"/>
       <c r="B72" s="22"/>
     </row>
-    <row r="73" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A73" s="93"/>
       <c r="B73" s="22"/>
     </row>
-    <row r="74" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A74" s="93"/>
       <c r="B74" s="22"/>
     </row>
-    <row r="75" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A75" s="93"/>
       <c r="B75" s="22"/>
     </row>
-    <row r="76" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A76" s="93"/>
       <c r="B76" s="22"/>
     </row>
-    <row r="77" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A77" s="93"/>
       <c r="B77" s="22"/>
     </row>
-    <row r="78" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A78" s="93"/>
       <c r="B78" s="22"/>
     </row>
-    <row r="79" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A79" s="93"/>
       <c r="B79" s="22"/>
     </row>
-    <row r="80" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A80" s="93"/>
       <c r="B80" s="22"/>
     </row>
-    <row r="81" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A81" s="93"/>
       <c r="B81" s="22"/>
     </row>
-    <row r="82" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A82" s="93"/>
       <c r="B82" s="22"/>
     </row>
-    <row r="83" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A83" s="93"/>
       <c r="B83" s="22"/>
     </row>
-    <row r="84" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A84" s="93"/>
       <c r="B84" s="22"/>
     </row>
-    <row r="85" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A85" s="93"/>
       <c r="B85" s="22"/>
     </row>
-    <row r="86" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A86" s="93"/>
       <c r="B86" s="22"/>
     </row>
-    <row r="87" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A87" s="93"/>
       <c r="B87" s="22"/>
     </row>
-    <row r="88" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A88" s="93"/>
       <c r="B88" s="22"/>
     </row>
-    <row r="89" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A89" s="93"/>
       <c r="B89" s="22"/>
     </row>
-    <row r="90" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A90" s="93"/>
       <c r="B90" s="22"/>
     </row>
-    <row r="91" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A91" s="93"/>
       <c r="B91" s="22"/>
     </row>
-    <row r="92" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A92" s="93"/>
       <c r="B92" s="22"/>
     </row>
-    <row r="93" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A93" s="93"/>
       <c r="B93" s="22"/>
     </row>
-    <row r="94" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A94" s="93"/>
       <c r="B94" s="22"/>
     </row>
-    <row r="95" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A95" s="93"/>
       <c r="B95" s="22"/>
     </row>
-    <row r="96" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A96" s="93"/>
       <c r="B96" s="22"/>
     </row>
-    <row r="97" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A97" s="93"/>
       <c r="B97" s="22"/>
     </row>
-    <row r="98" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A98" s="93"/>
       <c r="B98" s="22"/>
     </row>
-    <row r="99" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A99" s="93"/>
       <c r="B99" s="22"/>
     </row>
-    <row r="100" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A100" s="93"/>
       <c r="B100" s="22"/>
     </row>
-    <row r="101" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A101" s="93"/>
       <c r="B101" s="22"/>
     </row>
-    <row r="102" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A102" s="93"/>
       <c r="B102" s="22"/>
     </row>
-    <row r="103" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A103" s="93"/>
       <c r="B103" s="22"/>
     </row>
-    <row r="104" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A104" s="93"/>
       <c r="B104" s="22"/>
     </row>
-    <row r="105" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A105" s="93"/>
       <c r="B105" s="22"/>
     </row>
-    <row r="106" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A106" s="93"/>
       <c r="B106" s="22"/>
     </row>
-    <row r="107" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A107" s="93"/>
       <c r="B107" s="22"/>
     </row>
-    <row r="108" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A108" s="93"/>
       <c r="B108" s="22"/>
     </row>
-    <row r="109" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A109" s="93"/>
       <c r="B109" s="22"/>
     </row>
-    <row r="110" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A110" s="93"/>
       <c r="B110" s="22"/>
     </row>
-    <row r="111" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A111" s="93"/>
       <c r="B111" s="22"/>
     </row>
-    <row r="112" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A112" s="93"/>
       <c r="B112" s="22"/>
     </row>
-    <row r="113" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A113" s="93"/>
       <c r="B113" s="22"/>
     </row>
-    <row r="114" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A114" s="93"/>
       <c r="B114" s="22"/>
     </row>
-    <row r="115" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A115" s="93"/>
       <c r="B115" s="22"/>
     </row>
-    <row r="116" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A116" s="93"/>
       <c r="B116" s="22"/>
     </row>
-    <row r="117" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A117" s="93"/>
       <c r="B117" s="22"/>
     </row>
-    <row r="118" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A118" s="93"/>
       <c r="B118" s="22"/>
     </row>
-    <row r="119" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A119" s="93"/>
       <c r="B119" s="22"/>
     </row>
-    <row r="120" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A120" s="93"/>
       <c r="B120" s="22"/>
     </row>
-    <row r="121" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A121" s="93"/>
       <c r="B121" s="22"/>
     </row>
-    <row r="122" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A122" s="93"/>
       <c r="B122" s="22"/>
     </row>
-    <row r="123" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A123" s="93"/>
       <c r="B123" s="22"/>
     </row>
-    <row r="124" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A124" s="93"/>
       <c r="B124" s="22"/>
     </row>
-    <row r="125" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A125" s="93"/>
       <c r="B125" s="22"/>
     </row>
-    <row r="126" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A126" s="93"/>
       <c r="B126" s="22"/>
     </row>
-    <row r="127" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A127" s="93"/>
       <c r="B127" s="22"/>
     </row>
-    <row r="128" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A128" s="93"/>
       <c r="B128" s="22"/>
     </row>
-    <row r="129" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A129" s="93"/>
       <c r="B129" s="22"/>
     </row>
-    <row r="130" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A130" s="93"/>
       <c r="B130" s="22"/>
     </row>
-    <row r="131" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A131" s="93"/>
       <c r="B131" s="22"/>
     </row>
-    <row r="132" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A132" s="93"/>
       <c r="B132" s="22"/>
     </row>
-    <row r="133" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A133" s="93"/>
       <c r="B133" s="22"/>
     </row>
-    <row r="134" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A134" s="93"/>
       <c r="B134" s="22"/>
     </row>
-    <row r="135" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A135" s="93"/>
       <c r="B135" s="22"/>
     </row>
-    <row r="136" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A136" s="93"/>
       <c r="B136" s="22"/>
     </row>
-    <row r="137" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A137" s="93"/>
       <c r="B137" s="22"/>
     </row>
-    <row r="138" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A138" s="93"/>
       <c r="B138" s="22"/>
     </row>
-    <row r="139" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A139" s="93"/>
       <c r="B139" s="22"/>
     </row>
-    <row r="140" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A140" s="93"/>
       <c r="B140" s="22"/>
     </row>
-    <row r="141" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A141" s="93"/>
       <c r="B141" s="22"/>
     </row>
-    <row r="142" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A142" s="93"/>
       <c r="B142" s="22"/>
     </row>
-    <row r="143" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A143" s="93"/>
       <c r="B143" s="22"/>
     </row>
-    <row r="144" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A144" s="93"/>
       <c r="B144" s="22"/>
     </row>
-    <row r="145" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A145" s="93"/>
       <c r="B145" s="22"/>
     </row>
-    <row r="146" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A146" s="93"/>
       <c r="B146" s="22"/>
     </row>
-    <row r="147" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A147" s="93"/>
       <c r="B147" s="22"/>
     </row>
-    <row r="148" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A148" s="93"/>
       <c r="B148" s="22"/>
     </row>
-    <row r="149" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A149" s="93"/>
       <c r="B149" s="22"/>
     </row>
-    <row r="150" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A150" s="93"/>
       <c r="B150" s="22"/>
     </row>
-    <row r="151" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A151" s="93"/>
       <c r="B151" s="22"/>
     </row>
-    <row r="152" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A152" s="93"/>
       <c r="B152" s="22"/>
     </row>
-    <row r="153" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A153" s="93"/>
       <c r="B153" s="22"/>
     </row>
-    <row r="154" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A154" s="93"/>
       <c r="B154" s="22"/>
     </row>
-    <row r="155" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A155" s="93"/>
       <c r="B155" s="22"/>
     </row>
-    <row r="156" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A156" s="93"/>
       <c r="B156" s="22"/>
     </row>
-    <row r="157" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A157" s="93"/>
       <c r="B157" s="22"/>
     </row>
-    <row r="158" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A158" s="93"/>
       <c r="B158" s="22"/>
     </row>
-    <row r="159" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A159" s="93"/>
       <c r="B159" s="22"/>
     </row>
-    <row r="160" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A160" s="93"/>
       <c r="B160" s="22"/>
     </row>
-    <row r="161" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A161" s="93"/>
       <c r="B161" s="22"/>
     </row>
-    <row r="162" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A162" s="93"/>
       <c r="B162" s="22"/>
     </row>
-    <row r="163" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A163" s="93"/>
       <c r="B163" s="22"/>
     </row>
-    <row r="164" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A164" s="93"/>
       <c r="B164" s="22"/>
     </row>
-    <row r="165" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A165" s="93"/>
       <c r="B165" s="22"/>
     </row>
-    <row r="166" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A166" s="93"/>
       <c r="B166" s="22"/>
     </row>
-    <row r="167" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A167" s="93"/>
       <c r="B167" s="22"/>
     </row>
-    <row r="168" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A168" s="93"/>
       <c r="B168" s="22"/>
     </row>
-    <row r="169" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A169" s="93"/>
       <c r="B169" s="22"/>
     </row>
-    <row r="170" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A170" s="93"/>
       <c r="B170" s="22"/>
     </row>
-    <row r="171" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A171" s="93"/>
       <c r="B171" s="22"/>
     </row>
-    <row r="172" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A172" s="93"/>
       <c r="B172" s="22"/>
     </row>
-    <row r="173" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A173" s="93"/>
       <c r="B173" s="22"/>
     </row>
-    <row r="174" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A174" s="93"/>
       <c r="B174" s="22"/>
     </row>
-    <row r="175" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A175" s="93"/>
       <c r="B175" s="22"/>
     </row>
-    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A176" s="93"/>
       <c r="B176" s="22"/>
     </row>
-    <row r="177" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A177" s="93"/>
       <c r="B177" s="22"/>
     </row>
-    <row r="178" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A178" s="93"/>
       <c r="B178" s="22"/>
     </row>
-    <row r="179" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A179" s="93"/>
       <c r="B179" s="22"/>
     </row>
-    <row r="180" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A180" s="93"/>
       <c r="B180" s="22"/>
     </row>
-    <row r="181" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A181" s="93"/>
       <c r="B181" s="22"/>
     </row>
-    <row r="182" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A182" s="93"/>
       <c r="B182" s="22"/>
     </row>
-    <row r="183" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A183" s="93"/>
       <c r="B183" s="22"/>
     </row>
-    <row r="184" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A184" s="93"/>
       <c r="B184" s="22"/>
     </row>
-    <row r="185" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A185" s="93"/>
       <c r="B185" s="22"/>
     </row>
-    <row r="186" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A186" s="93"/>
       <c r="B186" s="22"/>
     </row>
-    <row r="187" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A187" s="93"/>
       <c r="B187" s="22"/>
     </row>
-    <row r="188" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A188" s="93"/>
       <c r="B188" s="22"/>
     </row>
-    <row r="189" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A189" s="93"/>
       <c r="B189" s="22"/>
     </row>
-    <row r="190" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A190" s="93"/>
       <c r="B190" s="22"/>
     </row>
-    <row r="191" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A191" s="93"/>
       <c r="B191" s="22"/>
     </row>
-    <row r="192" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A192" s="93"/>
       <c r="B192" s="22"/>
     </row>
-    <row r="193" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A193" s="93"/>
       <c r="B193" s="22"/>
     </row>
-    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A194" s="93"/>
       <c r="B194" s="22"/>
     </row>
-    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A195" s="93"/>
       <c r="B195" s="22"/>
     </row>
-    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A196" s="93"/>
       <c r="B196" s="22"/>
     </row>
-    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A197" s="93"/>
       <c r="B197" s="22"/>
     </row>
-    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A198" s="93"/>
       <c r="B198" s="22"/>
     </row>
-    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A199" s="93"/>
       <c r="B199" s="22"/>
     </row>
-    <row r="200" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A200" s="93"/>
       <c r="B200" s="22"/>
     </row>
-    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A201" s="93"/>
       <c r="B201" s="22"/>
     </row>
-    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A202" s="93"/>
       <c r="B202" s="22"/>
     </row>
-    <row r="203" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A203" s="93"/>
       <c r="B203" s="22"/>
     </row>
-    <row r="204" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A204" s="93"/>
       <c r="B204" s="22"/>
     </row>
-    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A205" s="93"/>
       <c r="B205" s="22"/>
     </row>
-    <row r="206" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A206" s="93"/>
       <c r="B206" s="22"/>
     </row>
-    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A207" s="93"/>
       <c r="B207" s="22"/>
     </row>
-    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A208" s="93"/>
       <c r="B208" s="22"/>
     </row>
-    <row r="209" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A209" s="93"/>
       <c r="B209" s="22"/>
     </row>
-    <row r="210" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A210" s="93"/>
       <c r="B210" s="22"/>
     </row>
-    <row r="211" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A211" s="93"/>
       <c r="B211" s="22"/>
     </row>
-    <row r="212" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A212" s="93"/>
       <c r="B212" s="22"/>
     </row>
-    <row r="213" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A213" s="93"/>
       <c r="B213" s="22"/>
     </row>
-    <row r="214" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A214" s="93"/>
       <c r="B214" s="22"/>
     </row>
-    <row r="215" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A215" s="93"/>
       <c r="B215" s="22"/>
     </row>
-    <row r="216" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A216" s="93"/>
       <c r="B216" s="22"/>
     </row>
-    <row r="217" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A217" s="93"/>
       <c r="B217" s="22"/>
     </row>
-    <row r="218" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A218" s="93"/>
       <c r="B218" s="22"/>
     </row>
-    <row r="219" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A219" s="93"/>
       <c r="B219" s="22"/>
     </row>
-    <row r="220" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A220" s="93"/>
       <c r="B220" s="22"/>
     </row>
-    <row r="221" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A221" s="93"/>
       <c r="B221" s="22"/>
     </row>
-    <row r="222" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A222" s="93"/>
       <c r="B222" s="22"/>
     </row>
-    <row r="223" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A223" s="93"/>
       <c r="B223" s="22"/>
     </row>
-    <row r="224" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A224" s="93"/>
       <c r="B224" s="22"/>
     </row>
-    <row r="225" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A225" s="93"/>
       <c r="B225" s="22"/>
     </row>
-    <row r="226" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A226" s="93"/>
       <c r="B226" s="22"/>
     </row>
-    <row r="227" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A227" s="93"/>
       <c r="B227" s="22"/>
     </row>
-    <row r="228" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A228" s="93"/>
       <c r="B228" s="22"/>
     </row>
-    <row r="229" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A229" s="93"/>
       <c r="B229" s="22"/>
     </row>
-    <row r="230" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A230" s="93"/>
       <c r="B230" s="22"/>
     </row>
-    <row r="231" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A231" s="93"/>
       <c r="B231" s="22"/>
     </row>
-    <row r="232" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A232" s="93"/>
       <c r="B232" s="22"/>
     </row>
-    <row r="233" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A233" s="93"/>
       <c r="B233" s="22"/>
     </row>
-    <row r="234" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A234" s="93"/>
       <c r="B234" s="22"/>
     </row>
-    <row r="235" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A235" s="93"/>
       <c r="B235" s="22"/>
     </row>
-    <row r="236" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A236" s="93"/>
       <c r="B236" s="22"/>
     </row>
-    <row r="237" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A237" s="93"/>
       <c r="B237" s="22"/>
     </row>
-    <row r="238" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A238" s="93"/>
       <c r="B238" s="22"/>
     </row>
-    <row r="239" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A239" s="93"/>
       <c r="B239" s="22"/>
     </row>
-    <row r="240" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A240" s="93"/>
       <c r="B240" s="22"/>
     </row>
-    <row r="241" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A241" s="93"/>
       <c r="B241" s="22"/>
     </row>
-    <row r="242" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A242" s="93"/>
       <c r="B242" s="22"/>
     </row>
-    <row r="243" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A243" s="93"/>
       <c r="B243" s="22"/>
     </row>
-    <row r="244" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A244" s="93"/>
       <c r="B244" s="22"/>
     </row>
-    <row r="245" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A245" s="93"/>
       <c r="B245" s="22"/>
     </row>
-    <row r="246" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A246" s="93"/>
       <c r="B246" s="22"/>
     </row>
-    <row r="247" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A247" s="93"/>
       <c r="B247" s="22"/>
     </row>
-    <row r="248" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A248" s="93"/>
       <c r="B248" s="22"/>
     </row>
-    <row r="249" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A249" s="93"/>
       <c r="B249" s="22"/>
     </row>
-    <row r="250" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A250" s="93"/>
       <c r="B250" s="22"/>
     </row>
-    <row r="251" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A251" s="93"/>
       <c r="B251" s="22"/>
     </row>
-    <row r="252" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A252" s="93"/>
       <c r="B252" s="22"/>
     </row>
-    <row r="253" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A253" s="93"/>
       <c r="B253" s="22"/>
     </row>
-    <row r="254" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A254" s="93"/>
       <c r="B254" s="22"/>
     </row>
-    <row r="255" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A255" s="93"/>
       <c r="B255" s="22"/>
     </row>
-    <row r="256" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A256" s="93"/>
       <c r="B256" s="22"/>
     </row>
-    <row r="257" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A257" s="93"/>
       <c r="B257" s="22"/>
     </row>
-    <row r="258" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A258" s="93"/>
       <c r="B258" s="22"/>
     </row>
-    <row r="259" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A259" s="93"/>
       <c r="B259" s="22"/>
     </row>
-    <row r="260" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A260" s="93"/>
       <c r="B260" s="22"/>
     </row>
-    <row r="261" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A261" s="93"/>
       <c r="B261" s="22"/>
     </row>
-    <row r="262" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A262" s="93"/>
       <c r="B262" s="22"/>
     </row>
-    <row r="263" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A263" s="93"/>
       <c r="B263" s="22"/>
     </row>
-    <row r="264" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A264" s="93"/>
       <c r="B264" s="22"/>
     </row>
-    <row r="265" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A265" s="93"/>
       <c r="B265" s="22"/>
     </row>
-    <row r="266" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A266" s="93"/>
       <c r="B266" s="22"/>
     </row>
-    <row r="267" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A267" s="93"/>
       <c r="B267" s="22"/>
     </row>
-    <row r="268" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A268" s="93"/>
       <c r="B268" s="22"/>
     </row>
-    <row r="269" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A269" s="93"/>
       <c r="B269" s="22"/>
     </row>
-    <row r="270" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A270" s="93"/>
       <c r="B270" s="22"/>
     </row>
-    <row r="271" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A271" s="93"/>
       <c r="B271" s="22"/>
     </row>
-    <row r="272" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A272" s="93"/>
       <c r="B272" s="22"/>
     </row>
-    <row r="273" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A273" s="93"/>
       <c r="B273" s="22"/>
     </row>
-    <row r="274" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A274" s="93"/>
       <c r="B274" s="22"/>
     </row>
-    <row r="275" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A275" s="93"/>
       <c r="B275" s="22"/>
     </row>
-    <row r="276" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A276" s="93"/>
       <c r="B276" s="22"/>
     </row>
-    <row r="277" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A277" s="93"/>
       <c r="B277" s="22"/>
     </row>
-    <row r="278" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A278" s="93"/>
       <c r="B278" s="22"/>
     </row>
-    <row r="279" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A279" s="93"/>
       <c r="B279" s="22"/>
     </row>
-    <row r="280" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A280" s="93"/>
       <c r="B280" s="22"/>
     </row>
-    <row r="281" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A281" s="93"/>
       <c r="B281" s="22"/>
     </row>
-    <row r="282" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A282" s="93"/>
       <c r="B282" s="22"/>
     </row>
-    <row r="283" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A283" s="93"/>
       <c r="B283" s="22"/>
     </row>
-    <row r="284" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A284" s="93"/>
       <c r="B284" s="22"/>
     </row>
-    <row r="285" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A285" s="93"/>
       <c r="B285" s="22"/>
     </row>
-    <row r="286" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A286" s="93"/>
       <c r="B286" s="22"/>
     </row>
-    <row r="287" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A287" s="93"/>
       <c r="B287" s="22"/>
     </row>
-    <row r="288" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A288" s="93"/>
       <c r="B288" s="22"/>
     </row>
-    <row r="289" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A289" s="93"/>
       <c r="B289" s="22"/>
     </row>
-    <row r="290" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A290" s="93"/>
       <c r="B290" s="22"/>
     </row>
-    <row r="291" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A291" s="93"/>
       <c r="B291" s="22"/>
     </row>
-    <row r="292" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A292" s="93"/>
       <c r="B292" s="22"/>
     </row>
-    <row r="293" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A293" s="93"/>
       <c r="B293" s="22"/>
     </row>
-    <row r="294" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A294" s="93"/>
       <c r="B294" s="22"/>
     </row>
-    <row r="295" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A295" s="93"/>
       <c r="B295" s="22"/>
     </row>
-    <row r="296" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A296" s="93"/>
       <c r="B296" s="22"/>
     </row>
-    <row r="297" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A297" s="93"/>
       <c r="B297" s="22"/>
     </row>
-    <row r="298" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A298" s="93"/>
       <c r="B298" s="22"/>
     </row>
-    <row r="299" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A299" s="93"/>
       <c r="B299" s="22"/>
     </row>
-    <row r="300" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A300" s="93"/>
       <c r="B300" s="22"/>
     </row>
-    <row r="301" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A301" s="93"/>
       <c r="B301" s="22"/>
     </row>
-    <row r="302" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A302" s="93"/>
       <c r="B302" s="22"/>
     </row>
-    <row r="303" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A303" s="93"/>
       <c r="B303" s="22"/>
     </row>
-    <row r="304" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A304" s="93"/>
       <c r="B304" s="22"/>
     </row>
-    <row r="305" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A305" s="93"/>
       <c r="B305" s="22"/>
     </row>
-    <row r="306" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A306" s="93"/>
       <c r="B306" s="22"/>
     </row>
-    <row r="307" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A307" s="93"/>
       <c r="B307" s="22"/>
     </row>
-    <row r="308" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A308" s="93"/>
       <c r="B308" s="22"/>
     </row>
-    <row r="309" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A309" s="93"/>
       <c r="B309" s="22"/>
     </row>
-    <row r="310" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A310" s="93"/>
       <c r="B310" s="22"/>
     </row>
-    <row r="311" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A311" s="93"/>
       <c r="B311" s="22"/>
     </row>
-    <row r="312" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A312" s="93"/>
       <c r="B312" s="22"/>
     </row>
-    <row r="313" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A313" s="93"/>
       <c r="B313" s="22"/>
     </row>
-    <row r="314" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A314" s="93"/>
       <c r="B314" s="22"/>
     </row>
-    <row r="315" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A315" s="93"/>
       <c r="B315" s="22"/>
     </row>
-    <row r="316" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A316" s="93"/>
       <c r="B316" s="22"/>
     </row>
-    <row r="317" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A317" s="93"/>
       <c r="B317" s="22"/>
     </row>
-    <row r="318" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A318" s="93"/>
       <c r="B318" s="22"/>
     </row>
-    <row r="319" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A319" s="93"/>
       <c r="B319" s="22"/>
     </row>
-    <row r="320" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A320" s="93"/>
       <c r="B320" s="22"/>
     </row>
-    <row r="321" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A321" s="93"/>
       <c r="B321" s="22"/>
     </row>
-    <row r="322" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A322" s="93"/>
       <c r="B322" s="22"/>
     </row>
-    <row r="323" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A323" s="93"/>
       <c r="B323" s="22"/>
     </row>
-    <row r="324" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A324" s="93"/>
       <c r="B324" s="22"/>
     </row>
-    <row r="325" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A325" s="93"/>
       <c r="B325" s="22"/>
     </row>
-    <row r="326" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A326" s="93"/>
       <c r="B326" s="22"/>
     </row>
-    <row r="327" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A327" s="93"/>
       <c r="B327" s="22"/>
     </row>
-    <row r="328" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A328" s="93"/>
       <c r="B328" s="22"/>
     </row>
-    <row r="329" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A329" s="93"/>
       <c r="B329" s="22"/>
     </row>
-    <row r="330" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A330" s="93"/>
       <c r="B330" s="22"/>
     </row>
-    <row r="331" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A331" s="93"/>
       <c r="B331" s="22"/>
     </row>
-    <row r="332" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A332" s="93"/>
       <c r="B332" s="22"/>
     </row>
-    <row r="333" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A333" s="93"/>
       <c r="B333" s="22"/>
     </row>
-    <row r="334" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A334" s="93"/>
       <c r="B334" s="22"/>
     </row>
-    <row r="335" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A335" s="93"/>
       <c r="B335" s="22"/>
     </row>
-    <row r="336" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A336" s="93"/>
       <c r="B336" s="22"/>
     </row>
-    <row r="337" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A337" s="93"/>
       <c r="B337" s="22"/>
     </row>
-    <row r="338" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A338" s="93"/>
       <c r="B338" s="22"/>
     </row>
-    <row r="339" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A339" s="93"/>
       <c r="B339" s="22"/>
     </row>
-    <row r="340" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A340" s="93"/>
       <c r="B340" s="22"/>
     </row>
-    <row r="341" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A341" s="93"/>
       <c r="B341" s="22"/>
     </row>
-    <row r="342" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A342" s="93"/>
       <c r="B342" s="22"/>
     </row>
-    <row r="343" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A343" s="93"/>
       <c r="B343" s="22"/>
     </row>
-    <row r="344" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A344" s="93"/>
       <c r="B344" s="22"/>
     </row>
-    <row r="345" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A345" s="93"/>
       <c r="B345" s="22"/>
     </row>
-    <row r="346" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A346" s="93"/>
       <c r="B346" s="22"/>
     </row>
-    <row r="347" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A347" s="93"/>
       <c r="B347" s="22"/>
     </row>
-    <row r="348" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A348" s="93"/>
       <c r="B348" s="22"/>
     </row>
-    <row r="349" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A349" s="93"/>
       <c r="B349" s="22"/>
     </row>
-    <row r="350" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A350" s="93"/>
       <c r="B350" s="22"/>
     </row>
-    <row r="351" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A351" s="93"/>
       <c r="B351" s="22"/>
     </row>
-    <row r="352" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A352" s="93"/>
       <c r="B352" s="22"/>
     </row>
-    <row r="353" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A353" s="93"/>
       <c r="B353" s="22"/>
     </row>
-    <row r="354" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A354" s="93"/>
       <c r="B354" s="22"/>
     </row>
-    <row r="355" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A355" s="93"/>
       <c r="B355" s="22"/>
     </row>
-    <row r="356" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A356" s="93"/>
       <c r="B356" s="22"/>
     </row>
-    <row r="357" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A357" s="93"/>
       <c r="B357" s="22"/>
     </row>
-    <row r="358" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A358" s="93"/>
       <c r="B358" s="22"/>
     </row>
-    <row r="359" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A359" s="93"/>
       <c r="B359" s="22"/>
     </row>
-    <row r="360" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A360" s="93"/>
       <c r="B360" s="22"/>
     </row>
-    <row r="361" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A361" s="93"/>
       <c r="B361" s="22"/>
     </row>
-    <row r="362" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A362" s="93"/>
       <c r="B362" s="22"/>
     </row>
-    <row r="363" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A363" s="93"/>
       <c r="B363" s="22"/>
     </row>
-    <row r="364" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A364" s="93"/>
       <c r="B364" s="22"/>
     </row>
-    <row r="365" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A365" s="93"/>
       <c r="B365" s="22"/>
     </row>
-    <row r="366" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A366" s="93"/>
       <c r="B366" s="22"/>
     </row>
-    <row r="367" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A367" s="93"/>
       <c r="B367" s="22"/>
     </row>
-    <row r="368" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A368" s="93"/>
       <c r="B368" s="22"/>
     </row>
-    <row r="369" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A369" s="93"/>
       <c r="B369" s="22"/>
     </row>
-    <row r="370" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A370" s="93"/>
       <c r="B370" s="22"/>
     </row>
-    <row r="371" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A371" s="93"/>
       <c r="B371" s="22"/>
     </row>
-    <row r="372" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A372" s="93"/>
       <c r="B372" s="22"/>
     </row>
-    <row r="373" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A373" s="93"/>
       <c r="B373" s="22"/>
     </row>
-    <row r="374" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A374" s="93"/>
       <c r="B374" s="22"/>
     </row>
-    <row r="375" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A375" s="93"/>
       <c r="B375" s="22"/>
     </row>
-    <row r="376" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A376" s="93"/>
       <c r="B376" s="22"/>
     </row>
-    <row r="377" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A377" s="93"/>
       <c r="B377" s="22"/>
     </row>
-    <row r="378" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A378" s="93"/>
       <c r="B378" s="22"/>
     </row>
-    <row r="379" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A379" s="93"/>
       <c r="B379" s="22"/>
     </row>
-    <row r="380" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A380" s="93"/>
       <c r="B380" s="22"/>
     </row>
-    <row r="381" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A381" s="93"/>
       <c r="B381" s="22"/>
     </row>
-    <row r="382" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A382" s="93"/>
       <c r="B382" s="22"/>
     </row>
-    <row r="383" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A383" s="93"/>
       <c r="B383" s="22"/>
     </row>
-    <row r="384" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A384" s="93"/>
       <c r="B384" s="22"/>
     </row>
-    <row r="385" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A385" s="93"/>
       <c r="B385" s="22"/>
     </row>
-    <row r="386" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A386" s="93"/>
       <c r="B386" s="22"/>
     </row>
-    <row r="387" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A387" s="93"/>
       <c r="B387" s="22"/>
     </row>
-    <row r="388" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A388" s="93"/>
       <c r="B388" s="22"/>
     </row>
-    <row r="389" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A389" s="93"/>
       <c r="B389" s="22"/>
     </row>
-    <row r="390" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A390" s="93"/>
       <c r="B390" s="22"/>
     </row>
-    <row r="391" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A391" s="93"/>
       <c r="B391" s="22"/>
     </row>
-    <row r="392" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A392" s="93"/>
       <c r="B392" s="22"/>
     </row>
-    <row r="393" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A393" s="93"/>
       <c r="B393" s="22"/>
     </row>
-    <row r="394" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A394" s="93"/>
       <c r="B394" s="22"/>
     </row>
-    <row r="395" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A395" s="93"/>
       <c r="B395" s="22"/>
     </row>
-    <row r="396" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A396" s="93"/>
       <c r="B396" s="22"/>
     </row>
-    <row r="397" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A397" s="93"/>
       <c r="B397" s="22"/>
     </row>
-    <row r="398" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A398" s="93"/>
       <c r="B398" s="22"/>
     </row>
-    <row r="399" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A399" s="93"/>
       <c r="B399" s="22"/>
     </row>
-    <row r="400" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A400" s="93"/>
       <c r="B400" s="22"/>
     </row>
-    <row r="401" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A401" s="93"/>
       <c r="B401" s="22"/>
     </row>
-    <row r="402" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A402" s="93"/>
       <c r="B402" s="22"/>
     </row>
-    <row r="403" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A403" s="93"/>
       <c r="B403" s="22"/>
     </row>
-    <row r="404" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A404" s="93"/>
       <c r="B404" s="22"/>
     </row>
-    <row r="405" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A405" s="93"/>
       <c r="B405" s="22"/>
     </row>
-    <row r="406" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A406" s="93"/>
       <c r="B406" s="22"/>
     </row>
-    <row r="407" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A407" s="93"/>
       <c r="B407" s="22"/>
     </row>
-    <row r="408" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A408" s="93"/>
       <c r="B408" s="22"/>
     </row>
-    <row r="409" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A409" s="93"/>
       <c r="B409" s="22"/>
     </row>
-    <row r="410" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A410" s="93"/>
       <c r="B410" s="22"/>
     </row>
-    <row r="411" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A411" s="93"/>
       <c r="B411" s="22"/>
     </row>
-    <row r="412" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A412" s="93"/>
       <c r="B412" s="22"/>
     </row>
-    <row r="413" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A413" s="93"/>
       <c r="B413" s="22"/>
     </row>
-    <row r="414" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A414" s="93"/>
       <c r="B414" s="22"/>
     </row>
-    <row r="415" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A415" s="93"/>
       <c r="B415" s="22"/>
     </row>
-    <row r="416" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A416" s="93"/>
       <c r="B416" s="22"/>
     </row>
-    <row r="417" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A417" s="93"/>
       <c r="B417" s="22"/>
     </row>
-    <row r="418" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A418" s="93"/>
       <c r="B418" s="22"/>
     </row>
-    <row r="419" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A419" s="93"/>
       <c r="B419" s="22"/>
     </row>
-    <row r="420" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A420" s="93"/>
       <c r="B420" s="22"/>
     </row>
-    <row r="421" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A421" s="93"/>
       <c r="B421" s="22"/>
     </row>
-    <row r="422" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A422" s="93"/>
       <c r="B422" s="22"/>
     </row>
-    <row r="423" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A423" s="93"/>
       <c r="B423" s="22"/>
     </row>
-    <row r="424" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A424" s="93"/>
       <c r="B424" s="22"/>
     </row>
-    <row r="425" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A425" s="93"/>
       <c r="B425" s="22"/>
     </row>
-    <row r="426" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A426" s="93"/>
       <c r="B426" s="22"/>
     </row>
-    <row r="427" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A427" s="93"/>
       <c r="B427" s="22"/>
     </row>
-    <row r="428" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A428" s="93"/>
       <c r="B428" s="22"/>
     </row>
-    <row r="429" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A429" s="93"/>
       <c r="B429" s="22"/>
     </row>
-    <row r="430" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A430" s="93"/>
       <c r="B430" s="22"/>
     </row>
-    <row r="431" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A431" s="93"/>
       <c r="B431" s="22"/>
     </row>
-    <row r="432" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A432" s="93"/>
       <c r="B432" s="22"/>
     </row>
-    <row r="433" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A433" s="93"/>
       <c r="B433" s="22"/>
     </row>
-    <row r="434" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A434" s="93"/>
       <c r="B434" s="22"/>
     </row>
-    <row r="435" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A435" s="93"/>
       <c r="B435" s="22"/>
     </row>
-    <row r="436" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A436" s="93"/>
       <c r="B436" s="22"/>
     </row>
-    <row r="437" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A437" s="93"/>
       <c r="B437" s="22"/>
     </row>
-    <row r="438" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A438" s="93"/>
       <c r="B438" s="22"/>
     </row>
-    <row r="439" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A439" s="93"/>
       <c r="B439" s="22"/>
     </row>
-    <row r="440" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A440" s="93"/>
       <c r="B440" s="22"/>
     </row>
-    <row r="441" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A441" s="93"/>
       <c r="B441" s="22"/>
     </row>
-    <row r="442" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A442" s="93"/>
       <c r="B442" s="22"/>
     </row>
-    <row r="443" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A443" s="93"/>
       <c r="B443" s="22"/>
     </row>
-    <row r="444" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A444" s="93"/>
       <c r="B444" s="22"/>
     </row>
-    <row r="445" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A445" s="93"/>
       <c r="B445" s="22"/>
     </row>
-    <row r="446" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A446" s="93"/>
       <c r="B446" s="22"/>
     </row>
-    <row r="447" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A447" s="93"/>
       <c r="B447" s="22"/>
     </row>
-    <row r="448" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A448" s="93"/>
       <c r="B448" s="22"/>
     </row>
-    <row r="449" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A449" s="93"/>
       <c r="B449" s="22"/>
     </row>
-    <row r="450" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A450" s="93"/>
       <c r="B450" s="22"/>
     </row>
-    <row r="451" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A451" s="93"/>
       <c r="B451" s="22"/>
     </row>
-    <row r="452" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A452" s="93"/>
       <c r="B452" s="22"/>
     </row>
-    <row r="453" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A453" s="93"/>
       <c r="B453" s="22"/>
     </row>
-    <row r="454" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A454" s="93"/>
       <c r="B454" s="22"/>
     </row>
-    <row r="455" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A455" s="93"/>
       <c r="B455" s="22"/>
     </row>
-    <row r="456" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A456" s="93"/>
       <c r="B456" s="22"/>
     </row>
-    <row r="457" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A457" s="93"/>
       <c r="B457" s="22"/>
     </row>
-    <row r="458" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A458" s="93"/>
       <c r="B458" s="22"/>
     </row>
-    <row r="459" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A459" s="93"/>
       <c r="B459" s="22"/>
     </row>
-    <row r="460" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A460" s="93"/>
       <c r="B460" s="22"/>
     </row>
-    <row r="461" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A461" s="93"/>
       <c r="B461" s="22"/>
     </row>
-    <row r="462" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A462" s="93"/>
       <c r="B462" s="22"/>
     </row>
-    <row r="463" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A463" s="93"/>
       <c r="B463" s="22"/>
     </row>
-    <row r="464" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A464" s="93"/>
       <c r="B464" s="22"/>
     </row>
-    <row r="465" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A465" s="93"/>
       <c r="B465" s="22"/>
     </row>
-    <row r="466" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A466" s="93"/>
       <c r="B466" s="22"/>
     </row>
-    <row r="467" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A467" s="93"/>
       <c r="B467" s="22"/>
     </row>
-    <row r="468" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A468" s="93"/>
       <c r="B468" s="22"/>
     </row>
-    <row r="469" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A469" s="93"/>
       <c r="B469" s="22"/>
     </row>
-    <row r="470" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A470" s="93"/>
       <c r="B470" s="22"/>
     </row>
-    <row r="471" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A471" s="93"/>
       <c r="B471" s="22"/>
     </row>
-    <row r="472" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A472" s="93"/>
       <c r="B472" s="22"/>
     </row>
-    <row r="473" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A473" s="93"/>
       <c r="B473" s="22"/>
     </row>
-    <row r="474" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A474" s="93"/>
       <c r="B474" s="22"/>
     </row>
-    <row r="475" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A475" s="93"/>
       <c r="B475" s="22"/>
     </row>
-    <row r="476" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A476" s="93"/>
       <c r="B476" s="22"/>
     </row>
-    <row r="477" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A477" s="93"/>
       <c r="B477" s="22"/>
     </row>
-    <row r="478" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A478" s="93"/>
       <c r="B478" s="22"/>
     </row>
-    <row r="479" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A479" s="93"/>
       <c r="B479" s="22"/>
     </row>
-    <row r="480" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A480" s="93"/>
       <c r="B480" s="22"/>
     </row>
-    <row r="481" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A481" s="93"/>
       <c r="B481" s="22"/>
     </row>
-    <row r="482" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A482" s="93"/>
       <c r="B482" s="22"/>
     </row>
-    <row r="483" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A483" s="93"/>
       <c r="B483" s="22"/>
     </row>
-    <row r="484" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A484" s="93"/>
       <c r="B484" s="22"/>
     </row>
-    <row r="485" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A485" s="93"/>
       <c r="B485" s="22"/>
     </row>
-    <row r="486" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A486" s="93"/>
       <c r="B486" s="22"/>
     </row>
-    <row r="487" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A487" s="93"/>
       <c r="B487" s="22"/>
     </row>
-    <row r="488" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A488" s="93"/>
       <c r="B488" s="22"/>
     </row>
-    <row r="489" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A489" s="93"/>
       <c r="B489" s="22"/>
     </row>
-    <row r="490" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A490" s="93"/>
       <c r="B490" s="22"/>
     </row>
-    <row r="491" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A491" s="93"/>
       <c r="B491" s="22"/>
     </row>
-    <row r="492" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A492" s="93"/>
       <c r="B492" s="22"/>
     </row>
-    <row r="493" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A493" s="93"/>
       <c r="B493" s="22"/>
     </row>
-    <row r="494" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A494" s="93"/>
       <c r="B494" s="22"/>
     </row>
-    <row r="495" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A495" s="93"/>
       <c r="B495" s="22"/>
     </row>
-    <row r="496" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A496" s="93"/>
       <c r="B496" s="22"/>
     </row>
-    <row r="497" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A497" s="93"/>
       <c r="B497" s="22"/>
     </row>
-    <row r="498" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A498" s="93"/>
       <c r="B498" s="22"/>
     </row>
-    <row r="499" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A499" s="93"/>
       <c r="B499" s="22"/>
     </row>
-    <row r="500" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A500" s="93"/>
       <c r="B500" s="22"/>
     </row>
-    <row r="501" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A501" s="93"/>
       <c r="B501" s="22"/>
     </row>
-    <row r="502" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A502" s="93"/>
       <c r="B502" s="22"/>
     </row>
-    <row r="503" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A503" s="93"/>
       <c r="B503" s="22"/>
     </row>
-    <row r="504" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A504" s="93"/>
       <c r="B504" s="22"/>
     </row>
-    <row r="505" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A505" s="93"/>
       <c r="B505" s="22"/>
     </row>
-    <row r="506" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A506" s="93"/>
       <c r="B506" s="22"/>
     </row>
-    <row r="507" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A507" s="93"/>
       <c r="B507" s="22"/>
     </row>
-    <row r="508" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A508" s="93"/>
       <c r="B508" s="22"/>
     </row>
-    <row r="509" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A509" s="93"/>
       <c r="B509" s="22"/>
     </row>
-    <row r="510" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A510" s="93"/>
       <c r="B510" s="22"/>
     </row>
-    <row r="511" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A511" s="93"/>
       <c r="B511" s="22"/>
     </row>
-    <row r="512" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A512" s="93"/>
       <c r="B512" s="22"/>
     </row>
-    <row r="513" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A513" s="93"/>
       <c r="B513" s="22"/>
     </row>
-    <row r="514" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A514" s="93"/>
       <c r="B514" s="22"/>
     </row>
-    <row r="515" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A515" s="93"/>
       <c r="B515" s="22"/>
     </row>
-    <row r="516" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A516" s="93"/>
       <c r="B516" s="22"/>
     </row>
-    <row r="517" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A517" s="93"/>
       <c r="B517" s="22"/>
     </row>
-    <row r="518" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A518" s="93"/>
       <c r="B518" s="22"/>
     </row>
-    <row r="519" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A519" s="93"/>
       <c r="B519" s="22"/>
     </row>
-    <row r="520" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A520" s="93"/>
       <c r="B520" s="22"/>
     </row>
-    <row r="521" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A521" s="93"/>
       <c r="B521" s="22"/>
     </row>
-    <row r="522" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A522" s="93"/>
       <c r="B522" s="22"/>
     </row>
-    <row r="523" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A523" s="93"/>
       <c r="B523" s="22"/>
     </row>
-    <row r="524" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A524" s="93"/>
       <c r="B524" s="22"/>
     </row>
-    <row r="525" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A525" s="93"/>
       <c r="B525" s="22"/>
     </row>
-    <row r="526" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A526" s="93"/>
       <c r="B526" s="22"/>
     </row>
-    <row r="527" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A527" s="93"/>
       <c r="B527" s="22"/>
     </row>
-    <row r="528" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A528" s="93"/>
       <c r="B528" s="22"/>
     </row>
-    <row r="529" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A529" s="93"/>
       <c r="B529" s="22"/>
     </row>
-    <row r="530" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A530" s="93"/>
       <c r="B530" s="22"/>
     </row>
-    <row r="531" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A531" s="93"/>
       <c r="B531" s="22"/>
     </row>
-    <row r="532" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A532" s="93"/>
       <c r="B532" s="22"/>
     </row>
-    <row r="533" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A533" s="93"/>
       <c r="B533" s="22"/>
     </row>
-    <row r="534" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A534" s="93"/>
       <c r="B534" s="22"/>
     </row>
-    <row r="535" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A535" s="93"/>
       <c r="B535" s="22"/>
     </row>
-    <row r="536" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A536" s="93"/>
       <c r="B536" s="22"/>
     </row>
-    <row r="537" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A537" s="93"/>
       <c r="B537" s="22"/>
     </row>
-    <row r="538" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A538" s="93"/>
       <c r="B538" s="22"/>
     </row>
-    <row r="539" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A539" s="93"/>
       <c r="B539" s="22"/>
     </row>
-    <row r="540" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A540" s="93"/>
       <c r="B540" s="22"/>
     </row>
-    <row r="541" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A541" s="93"/>
       <c r="B541" s="22"/>
     </row>
-    <row r="542" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A542" s="93"/>
       <c r="B542" s="22"/>
     </row>
-    <row r="543" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A543" s="93"/>
       <c r="B543" s="22"/>
     </row>
-    <row r="544" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A544" s="93"/>
       <c r="B544" s="22"/>
     </row>
-    <row r="545" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A545" s="93"/>
       <c r="B545" s="22"/>
     </row>
-    <row r="546" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A546" s="93"/>
       <c r="B546" s="22"/>
     </row>
-    <row r="547" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A547" s="93"/>
       <c r="B547" s="22"/>
     </row>
-    <row r="548" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A548" s="93"/>
       <c r="B548" s="22"/>
     </row>
-    <row r="549" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A549" s="93"/>
       <c r="B549" s="22"/>
     </row>
-    <row r="550" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A550" s="93"/>
       <c r="B550" s="22"/>
     </row>
-    <row r="551" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A551" s="93"/>
       <c r="B551" s="22"/>
     </row>
-    <row r="552" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A552" s="93"/>
       <c r="B552" s="22"/>
     </row>
-    <row r="553" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A553" s="93"/>
       <c r="B553" s="22"/>
     </row>
-    <row r="554" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A554" s="93"/>
       <c r="B554" s="22"/>
     </row>
-    <row r="555" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A555" s="93"/>
       <c r="B555" s="22"/>
     </row>
-    <row r="556" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A556" s="93"/>
       <c r="B556" s="22"/>
     </row>
-    <row r="557" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A557" s="93"/>
       <c r="B557" s="22"/>
     </row>
-    <row r="558" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A558" s="93"/>
       <c r="B558" s="22"/>
     </row>
-    <row r="559" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A559" s="93"/>
       <c r="B559" s="22"/>
     </row>
-    <row r="560" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A560" s="93"/>
       <c r="B560" s="22"/>
     </row>
-    <row r="561" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A561" s="93"/>
       <c r="B561" s="22"/>
     </row>
-    <row r="562" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A562" s="93"/>
       <c r="B562" s="22"/>
     </row>
-    <row r="563" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A563" s="93"/>
       <c r="B563" s="22"/>
     </row>
-    <row r="564" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A564" s="93"/>
       <c r="B564" s="22"/>
     </row>
-    <row r="565" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A565" s="93"/>
       <c r="B565" s="22"/>
     </row>
-    <row r="566" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A566" s="93"/>
       <c r="B566" s="22"/>
     </row>
-    <row r="567" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A567" s="93"/>
       <c r="B567" s="22"/>
     </row>
-    <row r="568" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A568" s="93"/>
       <c r="B568" s="22"/>
     </row>
-    <row r="569" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A569" s="93"/>
       <c r="B569" s="22"/>
     </row>
-    <row r="570" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A570" s="93"/>
       <c r="B570" s="22"/>
     </row>
-    <row r="571" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A571" s="93"/>
       <c r="B571" s="22"/>
     </row>
-    <row r="572" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A572" s="93"/>
       <c r="B572" s="22"/>
     </row>
-    <row r="573" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A573" s="93"/>
       <c r="B573" s="22"/>
     </row>
-    <row r="574" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A574" s="93"/>
       <c r="B574" s="22"/>
     </row>
-    <row r="575" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A575" s="93"/>
       <c r="B575" s="22"/>
     </row>
-    <row r="576" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A576" s="93"/>
       <c r="B576" s="22"/>
     </row>
-    <row r="577" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A577" s="93"/>
       <c r="B577" s="22"/>
     </row>
-    <row r="578" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A578" s="93"/>
       <c r="B578" s="22"/>
     </row>
-    <row r="579" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A579" s="93"/>
       <c r="B579" s="22"/>
     </row>
-    <row r="580" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A580" s="93"/>
       <c r="B580" s="22"/>
     </row>
-    <row r="581" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A581" s="93"/>
       <c r="B581" s="22"/>
     </row>
-    <row r="582" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A582" s="93"/>
       <c r="B582" s="22"/>
     </row>
-    <row r="583" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A583" s="93"/>
       <c r="B583" s="22"/>
     </row>
-    <row r="584" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A584" s="93"/>
       <c r="B584" s="22"/>
     </row>
-    <row r="585" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A585" s="93"/>
       <c r="B585" s="22"/>
     </row>
-    <row r="586" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A586" s="93"/>
       <c r="B586" s="22"/>
     </row>
-    <row r="587" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A587" s="93"/>
       <c r="B587" s="22"/>
     </row>
-    <row r="588" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A588" s="93"/>
       <c r="B588" s="22"/>
     </row>
-    <row r="589" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A589" s="93"/>
       <c r="B589" s="22"/>
     </row>
-    <row r="590" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A590" s="93"/>
       <c r="B590" s="22"/>
     </row>
-    <row r="591" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A591" s="93"/>
       <c r="B591" s="22"/>
     </row>
-    <row r="592" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A592" s="93"/>
       <c r="B592" s="22"/>
     </row>
-    <row r="593" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A593" s="93"/>
       <c r="B593" s="22"/>
     </row>
-    <row r="594" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A594" s="93"/>
       <c r="B594" s="22"/>
     </row>
-    <row r="595" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A595" s="93"/>
       <c r="B595" s="22"/>
     </row>
-    <row r="596" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A596" s="93"/>
       <c r="B596" s="22"/>
     </row>
-    <row r="597" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A597" s="93"/>
       <c r="B597" s="22"/>
     </row>
-    <row r="598" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A598" s="93"/>
       <c r="B598" s="22"/>
     </row>
-    <row r="599" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A599" s="93"/>
       <c r="B599" s="22"/>
     </row>
-    <row r="600" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A600" s="93"/>
       <c r="B600" s="22"/>
     </row>
-    <row r="601" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A601" s="93"/>
       <c r="B601" s="22"/>
     </row>
-    <row r="602" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A602" s="93"/>
       <c r="B602" s="22"/>
     </row>
-    <row r="603" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A603" s="93"/>
       <c r="B603" s="22"/>
     </row>
-    <row r="604" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A604" s="93"/>
       <c r="B604" s="22"/>
     </row>
-    <row r="605" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A605" s="93"/>
       <c r="B605" s="22"/>
     </row>
-    <row r="606" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A606" s="93"/>
       <c r="B606" s="22"/>
     </row>
-    <row r="607" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A607" s="93"/>
       <c r="B607" s="22"/>
     </row>
-    <row r="608" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A608" s="93"/>
       <c r="B608" s="22"/>
     </row>
-    <row r="609" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A609" s="93"/>
       <c r="B609" s="22"/>
     </row>
-    <row r="610" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A610" s="93"/>
       <c r="B610" s="22"/>
     </row>
-    <row r="611" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A611" s="93"/>
       <c r="B611" s="22"/>
     </row>
-    <row r="612" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A612" s="93"/>
       <c r="B612" s="22"/>
     </row>
-    <row r="613" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A613" s="93"/>
       <c r="B613" s="22"/>
     </row>
-    <row r="614" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A614" s="93"/>
       <c r="B614" s="22"/>
     </row>
-    <row r="615" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A615" s="93"/>
       <c r="B615" s="22"/>
     </row>
-    <row r="616" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A616" s="93"/>
       <c r="B616" s="22"/>
     </row>
-    <row r="617" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A617" s="93"/>
       <c r="B617" s="22"/>
     </row>
-    <row r="618" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A618" s="93"/>
       <c r="B618" s="22"/>
     </row>
-    <row r="619" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A619" s="93"/>
       <c r="B619" s="22"/>
     </row>
-    <row r="620" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A620" s="93"/>
       <c r="B620" s="22"/>
     </row>
-    <row r="621" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A621" s="93"/>
       <c r="B621" s="22"/>
     </row>
-    <row r="622" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A622" s="93"/>
       <c r="B622" s="22"/>
     </row>
-    <row r="623" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A623" s="93"/>
       <c r="B623" s="22"/>
     </row>
-    <row r="624" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A624" s="93"/>
       <c r="B624" s="22"/>
     </row>
-    <row r="625" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A625" s="93"/>
       <c r="B625" s="22"/>
     </row>
-    <row r="626" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A626" s="93"/>
       <c r="B626" s="22"/>
     </row>
-    <row r="627" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A627" s="93"/>
       <c r="B627" s="22"/>
     </row>
-    <row r="628" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A628" s="93"/>
       <c r="B628" s="22"/>
     </row>
-    <row r="629" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A629" s="93"/>
       <c r="B629" s="22"/>
     </row>
-    <row r="630" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A630" s="93"/>
       <c r="B630" s="22"/>
     </row>
-    <row r="631" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A631" s="93"/>
       <c r="B631" s="22"/>
     </row>
-    <row r="632" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A632" s="93"/>
       <c r="B632" s="22"/>
     </row>
-    <row r="633" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A633" s="93"/>
       <c r="B633" s="22"/>
     </row>
-    <row r="634" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A634" s="93"/>
       <c r="B634" s="22"/>
     </row>
-    <row r="635" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A635" s="93"/>
       <c r="B635" s="22"/>
     </row>
-    <row r="636" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A636" s="93"/>
       <c r="B636" s="22"/>
     </row>
-    <row r="637" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A637" s="93"/>
       <c r="B637" s="22"/>
     </row>
-    <row r="638" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A638" s="93"/>
       <c r="B638" s="22"/>
     </row>
-    <row r="639" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A639" s="93"/>
       <c r="B639" s="22"/>
     </row>
-    <row r="640" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A640" s="93"/>
       <c r="B640" s="22"/>
     </row>
-    <row r="641" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A641" s="93"/>
       <c r="B641" s="22"/>
     </row>
-    <row r="642" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A642" s="93"/>
       <c r="B642" s="22"/>
     </row>
-    <row r="643" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A643" s="93"/>
       <c r="B643" s="22"/>
     </row>
-    <row r="644" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A644" s="93"/>
       <c r="B644" s="22"/>
     </row>
-    <row r="645" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A645" s="93"/>
       <c r="B645" s="22"/>
     </row>
-    <row r="646" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A646" s="93"/>
       <c r="B646" s="22"/>
     </row>
-    <row r="647" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A647" s="93"/>
       <c r="B647" s="22"/>
     </row>
-    <row r="648" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A648" s="93"/>
       <c r="B648" s="22"/>
     </row>
-    <row r="649" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A649" s="93"/>
       <c r="B649" s="22"/>
     </row>
-    <row r="650" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A650" s="93"/>
       <c r="B650" s="22"/>
     </row>
-    <row r="651" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A651" s="93"/>
       <c r="B651" s="22"/>
     </row>
-    <row r="652" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A652" s="93"/>
       <c r="B652" s="22"/>
     </row>
-    <row r="653" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A653" s="93"/>
       <c r="B653" s="22"/>
     </row>
-    <row r="654" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A654" s="93"/>
       <c r="B654" s="22"/>
     </row>
-    <row r="655" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A655" s="93"/>
       <c r="B655" s="22"/>
     </row>
-    <row r="656" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A656" s="93"/>
       <c r="B656" s="22"/>
     </row>
-    <row r="657" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A657" s="93"/>
       <c r="B657" s="22"/>
     </row>
-    <row r="658" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A658" s="93"/>
       <c r="B658" s="22"/>
     </row>
-    <row r="659" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A659" s="93"/>
       <c r="B659" s="22"/>
     </row>
-    <row r="660" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A660" s="93"/>
       <c r="B660" s="22"/>
     </row>
-    <row r="661" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A661" s="93"/>
       <c r="B661" s="22"/>
     </row>
-    <row r="662" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A662" s="93"/>
       <c r="B662" s="22"/>
     </row>
-    <row r="663" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A663" s="93"/>
       <c r="B663" s="22"/>
     </row>
-    <row r="664" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A664" s="93"/>
       <c r="B664" s="22"/>
     </row>
-    <row r="665" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A665" s="93"/>
       <c r="B665" s="22"/>
     </row>
-    <row r="666" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A666" s="93"/>
       <c r="B666" s="22"/>
     </row>
-    <row r="667" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A667" s="93"/>
       <c r="B667" s="22"/>
     </row>
-    <row r="668" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A668" s="93"/>
       <c r="B668" s="22"/>
     </row>
-    <row r="669" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A669" s="93"/>
       <c r="B669" s="22"/>
     </row>
-    <row r="670" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A670" s="93"/>
       <c r="B670" s="22"/>
     </row>
-    <row r="671" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A671" s="93"/>
       <c r="B671" s="22"/>
     </row>
-    <row r="672" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A672" s="93"/>
       <c r="B672" s="22"/>
     </row>
-    <row r="673" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A673" s="93"/>
       <c r="B673" s="22"/>
     </row>
-    <row r="674" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A674" s="93"/>
       <c r="B674" s="22"/>
     </row>
-    <row r="675" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A675" s="93"/>
       <c r="B675" s="22"/>
     </row>
-    <row r="676" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A676" s="93"/>
       <c r="B676" s="22"/>
     </row>
-    <row r="677" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A677" s="93"/>
       <c r="B677" s="22"/>
     </row>
-    <row r="678" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A678" s="93"/>
       <c r="B678" s="22"/>
     </row>
-    <row r="679" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A679" s="93"/>
       <c r="B679" s="22"/>
     </row>
-    <row r="680" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A680" s="93"/>
       <c r="B680" s="22"/>
     </row>
-    <row r="681" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A681" s="93"/>
       <c r="B681" s="22"/>
     </row>
-    <row r="682" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A682" s="93"/>
       <c r="B682" s="22"/>
     </row>
-    <row r="683" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A683" s="93"/>
       <c r="B683" s="22"/>
     </row>
-    <row r="684" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A684" s="93"/>
       <c r="B684" s="22"/>
     </row>
-    <row r="685" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A685" s="93"/>
       <c r="B685" s="22"/>
     </row>
-    <row r="686" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A686" s="93"/>
       <c r="B686" s="22"/>
     </row>
-    <row r="687" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A687" s="93"/>
       <c r="B687" s="22"/>
     </row>
-    <row r="688" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A688" s="93"/>
       <c r="B688" s="22"/>
     </row>
-    <row r="689" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A689" s="93"/>
       <c r="B689" s="22"/>
     </row>
-    <row r="690" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A690" s="93"/>
       <c r="B690" s="22"/>
     </row>
-    <row r="691" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A691" s="93"/>
       <c r="B691" s="22"/>
     </row>
-    <row r="692" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A692" s="93"/>
       <c r="B692" s="22"/>
     </row>
-    <row r="693" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A693" s="93"/>
       <c r="B693" s="22"/>
     </row>
-    <row r="694" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A694" s="93"/>
       <c r="B694" s="22"/>
     </row>
-    <row r="695" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A695" s="93"/>
       <c r="B695" s="22"/>
     </row>
-    <row r="696" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A696" s="93"/>
       <c r="B696" s="22"/>
     </row>
-    <row r="697" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A697" s="93"/>
       <c r="B697" s="22"/>
     </row>
-    <row r="698" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A698" s="93"/>
       <c r="B698" s="22"/>
     </row>
-    <row r="699" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A699" s="93"/>
       <c r="B699" s="22"/>
     </row>
-    <row r="700" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A700" s="93"/>
       <c r="B700" s="22"/>
     </row>
-    <row r="701" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A701" s="93"/>
       <c r="B701" s="22"/>
     </row>
-    <row r="702" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A702" s="93"/>
       <c r="B702" s="22"/>
     </row>
-    <row r="703" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A703" s="93"/>
       <c r="B703" s="22"/>
     </row>
-    <row r="704" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A704" s="93"/>
       <c r="B704" s="22"/>
     </row>
-    <row r="705" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A705" s="93"/>
       <c r="B705" s="22"/>
     </row>
-    <row r="706" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A706" s="93"/>
       <c r="B706" s="22"/>
     </row>
-    <row r="707" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A707" s="93"/>
       <c r="B707" s="22"/>
     </row>
-    <row r="708" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A708" s="93"/>
       <c r="B708" s="22"/>
     </row>
-    <row r="709" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A709" s="93"/>
       <c r="B709" s="22"/>
     </row>
-    <row r="710" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A710" s="93"/>
       <c r="B710" s="22"/>
     </row>
-    <row r="711" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A711" s="93"/>
       <c r="B711" s="22"/>
     </row>
-    <row r="712" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A712" s="93"/>
       <c r="B712" s="22"/>
     </row>
-    <row r="713" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A713" s="93"/>
       <c r="B713" s="22"/>
     </row>
-    <row r="714" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A714" s="93"/>
       <c r="B714" s="22"/>
     </row>
-    <row r="715" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A715" s="93"/>
       <c r="B715" s="22"/>
     </row>
-    <row r="716" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A716" s="93"/>
       <c r="B716" s="22"/>
     </row>
-    <row r="717" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A717" s="93"/>
       <c r="B717" s="22"/>
     </row>
-    <row r="718" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A718" s="93"/>
       <c r="B718" s="22"/>
     </row>
-    <row r="719" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A719" s="93"/>
       <c r="B719" s="22"/>
     </row>
-    <row r="720" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A720" s="93"/>
       <c r="B720" s="22"/>
     </row>
-    <row r="721" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A721" s="93"/>
       <c r="B721" s="22"/>
     </row>
-    <row r="722" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A722" s="93"/>
       <c r="B722" s="22"/>
     </row>
-    <row r="723" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A723" s="93"/>
       <c r="B723" s="22"/>
     </row>
-    <row r="724" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A724" s="93"/>
       <c r="B724" s="22"/>
     </row>
-    <row r="725" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A725" s="93"/>
       <c r="B725" s="22"/>
     </row>
-    <row r="726" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A726" s="93"/>
       <c r="B726" s="22"/>
     </row>
-    <row r="727" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A727" s="93"/>
       <c r="B727" s="22"/>
     </row>
-    <row r="728" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A728" s="93"/>
       <c r="B728" s="22"/>
     </row>
-    <row r="729" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A729" s="93"/>
       <c r="B729" s="22"/>
     </row>
-    <row r="730" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A730" s="93"/>
       <c r="B730" s="22"/>
     </row>
-    <row r="731" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A731" s="93"/>
       <c r="B731" s="22"/>
     </row>
-    <row r="732" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A732" s="93"/>
       <c r="B732" s="22"/>
     </row>
-    <row r="733" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A733" s="93"/>
       <c r="B733" s="22"/>
     </row>
-    <row r="734" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A734" s="93"/>
       <c r="B734" s="22"/>
     </row>
-    <row r="735" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A735" s="93"/>
       <c r="B735" s="22"/>
     </row>
-    <row r="736" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A736" s="93"/>
       <c r="B736" s="22"/>
     </row>
-    <row r="737" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A737" s="93"/>
       <c r="B737" s="22"/>
     </row>
-    <row r="738" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A738" s="93"/>
       <c r="B738" s="22"/>
     </row>
-    <row r="739" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A739" s="93"/>
       <c r="B739" s="22"/>
     </row>
-    <row r="740" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A740" s="93"/>
       <c r="B740" s="22"/>
     </row>
-    <row r="741" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A741" s="93"/>
       <c r="B741" s="22"/>
     </row>
-    <row r="742" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A742" s="93"/>
       <c r="B742" s="22"/>
     </row>
-    <row r="743" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A743" s="93"/>
       <c r="B743" s="22"/>
     </row>
-    <row r="744" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A744" s="93"/>
       <c r="B744" s="22"/>
     </row>
-    <row r="745" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A745" s="93"/>
       <c r="B745" s="22"/>
     </row>
-    <row r="746" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A746" s="93"/>
       <c r="B746" s="22"/>
     </row>
-    <row r="747" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A747" s="93"/>
       <c r="B747" s="22"/>
     </row>
-    <row r="748" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A748" s="93"/>
       <c r="B748" s="22"/>
     </row>
-    <row r="749" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A749" s="93"/>
       <c r="B749" s="22"/>
     </row>
-    <row r="750" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A750" s="93"/>
       <c r="B750" s="22"/>
     </row>
-    <row r="751" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A751" s="93"/>
       <c r="B751" s="22"/>
     </row>
-    <row r="752" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A752" s="93"/>
       <c r="B752" s="22"/>
     </row>
-    <row r="753" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A753" s="93"/>
       <c r="B753" s="22"/>
     </row>
-    <row r="754" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A754" s="93"/>
       <c r="B754" s="22"/>
     </row>
-    <row r="755" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A755" s="93"/>
       <c r="B755" s="22"/>
     </row>
-    <row r="756" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A756" s="93"/>
       <c r="B756" s="22"/>
     </row>
-    <row r="757" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A757" s="93"/>
       <c r="B757" s="22"/>
     </row>
-    <row r="758" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A758" s="93"/>
       <c r="B758" s="22"/>
     </row>
-    <row r="759" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A759" s="93"/>
       <c r="B759" s="22"/>
     </row>
-    <row r="760" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A760" s="93"/>
       <c r="B760" s="22"/>
     </row>
-    <row r="761" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A761" s="93"/>
       <c r="B761" s="22"/>
     </row>
-    <row r="762" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A762" s="93"/>
       <c r="B762" s="22"/>
     </row>
-    <row r="763" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A763" s="93"/>
       <c r="B763" s="22"/>
     </row>
-    <row r="764" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A764" s="93"/>
       <c r="B764" s="22"/>
     </row>
-    <row r="765" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A765" s="93"/>
       <c r="B765" s="22"/>
     </row>
-    <row r="766" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A766" s="93"/>
       <c r="B766" s="22"/>
     </row>
-    <row r="767" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A767" s="93"/>
       <c r="B767" s="22"/>
     </row>
-    <row r="768" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A768" s="93"/>
       <c r="B768" s="22"/>
     </row>
-    <row r="769" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A769" s="93"/>
       <c r="B769" s="22"/>
     </row>
-    <row r="770" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A770" s="93"/>
       <c r="B770" s="22"/>
     </row>
-    <row r="771" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A771" s="93"/>
       <c r="B771" s="22"/>
     </row>
-    <row r="772" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A772" s="93"/>
       <c r="B772" s="22"/>
     </row>
-    <row r="773" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A773" s="93"/>
       <c r="B773" s="22"/>
     </row>
-    <row r="774" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A774" s="93"/>
       <c r="B774" s="22"/>
     </row>
-    <row r="775" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A775" s="93"/>
       <c r="B775" s="22"/>
     </row>
-    <row r="776" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A776" s="93"/>
       <c r="B776" s="22"/>
     </row>
-    <row r="777" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A777" s="93"/>
       <c r="B777" s="22"/>
     </row>
-    <row r="778" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A778" s="93"/>
       <c r="B778" s="22"/>
     </row>
-    <row r="779" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A779" s="93"/>
       <c r="B779" s="22"/>
     </row>
-    <row r="780" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A780" s="93"/>
       <c r="B780" s="22"/>
     </row>
-    <row r="781" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A781" s="93"/>
       <c r="B781" s="22"/>
     </row>
-    <row r="782" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A782" s="93"/>
       <c r="B782" s="22"/>
     </row>
-    <row r="783" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A783" s="93"/>
       <c r="B783" s="22"/>
     </row>
-    <row r="784" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A784" s="93"/>
       <c r="B784" s="22"/>
     </row>
-    <row r="785" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A785" s="93"/>
       <c r="B785" s="22"/>
     </row>
-    <row r="786" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A786" s="93"/>
       <c r="B786" s="22"/>
     </row>
-    <row r="787" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A787" s="93"/>
       <c r="B787" s="22"/>
     </row>
-    <row r="788" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A788" s="93"/>
       <c r="B788" s="22"/>
     </row>
-    <row r="789" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A789" s="93"/>
       <c r="B789" s="22"/>
     </row>
-    <row r="790" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A790" s="93"/>
       <c r="B790" s="22"/>
     </row>
-    <row r="791" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A791" s="93"/>
       <c r="B791" s="22"/>
     </row>
-    <row r="792" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A792" s="93"/>
       <c r="B792" s="22"/>
     </row>
-    <row r="793" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A793" s="93"/>
       <c r="B793" s="22"/>
     </row>
-    <row r="794" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A794" s="93"/>
       <c r="B794" s="22"/>
     </row>
-    <row r="795" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A795" s="93"/>
       <c r="B795" s="22"/>
     </row>
-    <row r="796" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A796" s="93"/>
       <c r="B796" s="22"/>
     </row>
-    <row r="797" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A797" s="93"/>
       <c r="B797" s="22"/>
     </row>
-    <row r="798" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A798" s="93"/>
       <c r="B798" s="22"/>
     </row>
-    <row r="799" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A799" s="93"/>
       <c r="B799" s="22"/>
     </row>
-    <row r="800" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A800" s="93"/>
       <c r="B800" s="22"/>
     </row>
-    <row r="801" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A801" s="93"/>
       <c r="B801" s="22"/>
     </row>
-    <row r="802" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A802" s="93"/>
       <c r="B802" s="22"/>
     </row>
-    <row r="803" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A803" s="93"/>
       <c r="B803" s="22"/>
     </row>
-    <row r="804" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A804" s="93"/>
       <c r="B804" s="22"/>
     </row>
-    <row r="805" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A805" s="93"/>
       <c r="B805" s="22"/>
     </row>
-    <row r="806" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A806" s="93"/>
       <c r="B806" s="22"/>
     </row>
-    <row r="807" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A807" s="93"/>
       <c r="B807" s="22"/>
     </row>
-    <row r="808" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A808" s="93"/>
       <c r="B808" s="22"/>
     </row>
-    <row r="809" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A809" s="93"/>
       <c r="B809" s="22"/>
     </row>
-    <row r="810" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A810" s="93"/>
       <c r="B810" s="22"/>
     </row>
-    <row r="811" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A811" s="93"/>
       <c r="B811" s="22"/>
     </row>
-    <row r="812" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A812" s="93"/>
       <c r="B812" s="22"/>
     </row>
-    <row r="813" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A813" s="93"/>
       <c r="B813" s="22"/>
     </row>
-    <row r="814" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A814" s="93"/>
       <c r="B814" s="22"/>
     </row>
-    <row r="815" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A815" s="93"/>
       <c r="B815" s="22"/>
     </row>
-    <row r="816" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A816" s="93"/>
       <c r="B816" s="22"/>
     </row>
-    <row r="817" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A817" s="93"/>
       <c r="B817" s="22"/>
     </row>
-    <row r="818" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A818" s="93"/>
       <c r="B818" s="22"/>
     </row>
-    <row r="819" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A819" s="93"/>
       <c r="B819" s="22"/>
     </row>
-    <row r="820" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A820" s="93"/>
       <c r="B820" s="22"/>
     </row>
-    <row r="821" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A821" s="93"/>
       <c r="B821" s="22"/>
     </row>
-    <row r="822" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A822" s="93"/>
       <c r="B822" s="22"/>
     </row>
-    <row r="823" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A823" s="93"/>
       <c r="B823" s="22"/>
     </row>
-    <row r="824" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A824" s="93"/>
       <c r="B824" s="22"/>
     </row>
-    <row r="825" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A825" s="93"/>
       <c r="B825" s="22"/>
     </row>
-    <row r="826" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A826" s="93"/>
       <c r="B826" s="22"/>
     </row>
-    <row r="827" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A827" s="93"/>
       <c r="B827" s="22"/>
     </row>
-    <row r="828" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A828" s="93"/>
       <c r="B828" s="22"/>
     </row>
-    <row r="829" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A829" s="93"/>
       <c r="B829" s="22"/>
     </row>
-    <row r="830" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A830" s="93"/>
       <c r="B830" s="22"/>
     </row>
-    <row r="831" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A831" s="93"/>
       <c r="B831" s="22"/>
     </row>
-    <row r="832" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A832" s="93"/>
       <c r="B832" s="22"/>
     </row>
-    <row r="833" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A833" s="93"/>
       <c r="B833" s="22"/>
     </row>
-    <row r="834" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A834" s="93"/>
       <c r="B834" s="22"/>
     </row>
-    <row r="835" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A835" s="93"/>
       <c r="B835" s="22"/>
     </row>
-    <row r="836" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A836" s="93"/>
       <c r="B836" s="22"/>
     </row>
-    <row r="837" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A837" s="93"/>
       <c r="B837" s="22"/>
     </row>
-    <row r="838" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A838" s="93"/>
       <c r="B838" s="22"/>
     </row>
-    <row r="839" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A839" s="93"/>
       <c r="B839" s="22"/>
     </row>
-    <row r="840" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A840" s="93"/>
       <c r="B840" s="22"/>
     </row>
-    <row r="841" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A841" s="93"/>
       <c r="B841" s="22"/>
     </row>
-    <row r="842" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A842" s="93"/>
       <c r="B842" s="22"/>
     </row>
-    <row r="843" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A843" s="93"/>
       <c r="B843" s="22"/>
     </row>
-    <row r="844" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A844" s="93"/>
       <c r="B844" s="22"/>
     </row>
-    <row r="845" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A845" s="93"/>
       <c r="B845" s="22"/>
     </row>
-    <row r="846" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A846" s="93"/>
       <c r="B846" s="22"/>
     </row>
-    <row r="847" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A847" s="93"/>
       <c r="B847" s="22"/>
     </row>
-    <row r="848" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A848" s="93"/>
       <c r="B848" s="22"/>
     </row>
-    <row r="849" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A849" s="93"/>
       <c r="B849" s="22"/>
     </row>
-    <row r="850" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A850" s="93"/>
       <c r="B850" s="22"/>
     </row>
-    <row r="851" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A851" s="93"/>
       <c r="B851" s="22"/>
     </row>
-    <row r="852" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A852" s="93"/>
       <c r="B852" s="22"/>
     </row>
-    <row r="853" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A853" s="93"/>
       <c r="B853" s="22"/>
     </row>
-    <row r="854" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A854" s="93"/>
       <c r="B854" s="22"/>
     </row>
-    <row r="855" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A855" s="93"/>
       <c r="B855" s="22"/>
     </row>
-    <row r="856" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A856" s="93"/>
       <c r="B856" s="22"/>
     </row>
-    <row r="857" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A857" s="93"/>
       <c r="B857" s="22"/>
     </row>
-    <row r="858" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A858" s="93"/>
       <c r="B858" s="22"/>
     </row>
-    <row r="859" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A859" s="93"/>
       <c r="B859" s="22"/>
     </row>
-    <row r="860" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A860" s="93"/>
       <c r="B860" s="22"/>
     </row>
-    <row r="861" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A861" s="93"/>
       <c r="B861" s="22"/>
     </row>
-    <row r="862" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A862" s="93"/>
       <c r="B862" s="22"/>
     </row>
-    <row r="863" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A863" s="93"/>
       <c r="B863" s="22"/>
     </row>
-    <row r="864" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A864" s="93"/>
       <c r="B864" s="22"/>
     </row>
-    <row r="865" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A865" s="93"/>
       <c r="B865" s="22"/>
     </row>
-    <row r="866" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A866" s="93"/>
       <c r="B866" s="22"/>
     </row>
-    <row r="867" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A867" s="93"/>
       <c r="B867" s="22"/>
     </row>
-    <row r="868" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A868" s="93"/>
       <c r="B868" s="22"/>
     </row>
-    <row r="869" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A869" s="93"/>
       <c r="B869" s="22"/>
     </row>
-    <row r="870" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A870" s="93"/>
       <c r="B870" s="22"/>
     </row>
-    <row r="871" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A871" s="93"/>
       <c r="B871" s="22"/>
     </row>
-    <row r="872" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A872" s="93"/>
       <c r="B872" s="22"/>
     </row>
-    <row r="873" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A873" s="93"/>
       <c r="B873" s="22"/>
     </row>
-    <row r="874" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A874" s="93"/>
       <c r="B874" s="22"/>
     </row>
-    <row r="875" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A875" s="93"/>
       <c r="B875" s="22"/>
     </row>
-    <row r="876" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A876" s="93"/>
       <c r="B876" s="22"/>
     </row>
-    <row r="877" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A877" s="93"/>
       <c r="B877" s="22"/>
     </row>
-    <row r="878" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A878" s="93"/>
       <c r="B878" s="22"/>
     </row>
-    <row r="879" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A879" s="93"/>
       <c r="B879" s="22"/>
     </row>
-    <row r="880" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A880" s="93"/>
       <c r="B880" s="22"/>
     </row>
-    <row r="881" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A881" s="93"/>
       <c r="B881" s="22"/>
     </row>
-    <row r="882" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A882" s="93"/>
       <c r="B882" s="22"/>
     </row>
-    <row r="883" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A883" s="93"/>
       <c r="B883" s="22"/>
     </row>
-    <row r="884" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A884" s="93"/>
       <c r="B884" s="22"/>
     </row>
-    <row r="885" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A885" s="93"/>
       <c r="B885" s="22"/>
     </row>
-    <row r="886" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A886" s="93"/>
       <c r="B886" s="22"/>
     </row>
-    <row r="887" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A887" s="93"/>
       <c r="B887" s="22"/>
     </row>
-    <row r="888" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A888" s="93"/>
       <c r="B888" s="22"/>
     </row>
-    <row r="889" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A889" s="93"/>
       <c r="B889" s="22"/>
     </row>
-    <row r="890" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A890" s="93"/>
       <c r="B890" s="22"/>
     </row>
-    <row r="891" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A891" s="93"/>
       <c r="B891" s="22"/>
     </row>
-    <row r="892" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A892" s="93"/>
       <c r="B892" s="22"/>
     </row>
-    <row r="893" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A893" s="93"/>
       <c r="B893" s="22"/>
     </row>
-    <row r="894" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A894" s="93"/>
       <c r="B894" s="22"/>
     </row>
-    <row r="895" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A895" s="93"/>
       <c r="B895" s="22"/>
     </row>
-    <row r="896" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A896" s="93"/>
       <c r="B896" s="22"/>
     </row>
-    <row r="897" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A897" s="93"/>
       <c r="B897" s="22"/>
     </row>
-    <row r="898" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A898" s="93"/>
       <c r="B898" s="22"/>
     </row>
-    <row r="899" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A899" s="93"/>
       <c r="B899" s="22"/>
     </row>
-    <row r="900" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A900" s="93"/>
       <c r="B900" s="22"/>
     </row>
-    <row r="901" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A901" s="93"/>
       <c r="B901" s="22"/>
     </row>
-    <row r="902" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A902" s="93"/>
       <c r="B902" s="22"/>
     </row>
-    <row r="903" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A903" s="93"/>
       <c r="B903" s="22"/>
     </row>
-    <row r="904" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A904" s="93"/>
       <c r="B904" s="22"/>
     </row>
-    <row r="905" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A905" s="93"/>
       <c r="B905" s="22"/>
     </row>
-    <row r="906" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A906" s="93"/>
       <c r="B906" s="22"/>
     </row>
-    <row r="907" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A907" s="93"/>
       <c r="B907" s="22"/>
     </row>
-    <row r="908" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A908" s="93"/>
       <c r="B908" s="22"/>
     </row>
-    <row r="909" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A909" s="93"/>
       <c r="B909" s="22"/>
     </row>
-    <row r="910" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A910" s="93"/>
       <c r="B910" s="22"/>
     </row>
-    <row r="911" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A911" s="93"/>
       <c r="B911" s="22"/>
     </row>
-    <row r="912" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A912" s="93"/>
       <c r="B912" s="22"/>
     </row>
-    <row r="913" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A913" s="93"/>
       <c r="B913" s="22"/>
     </row>
-    <row r="914" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A914" s="93"/>
       <c r="B914" s="22"/>
     </row>
-    <row r="915" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A915" s="93"/>
       <c r="B915" s="22"/>
     </row>
-    <row r="916" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A916" s="93"/>
       <c r="B916" s="22"/>
     </row>
-    <row r="917" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A917" s="93"/>
       <c r="B917" s="22"/>
     </row>
-    <row r="918" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A918" s="93"/>
       <c r="B918" s="22"/>
     </row>
-    <row r="919" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A919" s="93"/>
       <c r="B919" s="22"/>
     </row>
-    <row r="920" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A920" s="93"/>
       <c r="B920" s="22"/>
     </row>
-    <row r="921" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A921" s="93"/>
       <c r="B921" s="22"/>
     </row>
-    <row r="922" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A922" s="93"/>
       <c r="B922" s="22"/>
     </row>
-    <row r="923" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A923" s="93"/>
       <c r="B923" s="22"/>
     </row>
-    <row r="924" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A924" s="93"/>
       <c r="B924" s="22"/>
     </row>
-    <row r="925" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A925" s="93"/>
       <c r="B925" s="22"/>
     </row>
-    <row r="926" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A926" s="93"/>
       <c r="B926" s="22"/>
     </row>
-    <row r="927" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A927" s="93"/>
       <c r="B927" s="22"/>
     </row>
-    <row r="928" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A928" s="93"/>
       <c r="B928" s="22"/>
     </row>
-    <row r="929" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A929" s="93"/>
       <c r="B929" s="22"/>
     </row>
-    <row r="930" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A930" s="93"/>
       <c r="B930" s="22"/>
     </row>
-    <row r="931" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A931" s="93"/>
       <c r="B931" s="22"/>
     </row>
-    <row r="932" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A932" s="93"/>
       <c r="B932" s="22"/>
     </row>
-    <row r="933" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A933" s="93"/>
       <c r="B933" s="22"/>
     </row>
-    <row r="934" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A934" s="93"/>
       <c r="B934" s="22"/>
     </row>
-    <row r="935" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A935" s="93"/>
       <c r="B935" s="22"/>
     </row>
-    <row r="936" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A936" s="93"/>
       <c r="B936" s="22"/>
     </row>
-    <row r="937" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A937" s="93"/>
       <c r="B937" s="22"/>
     </row>
-    <row r="938" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A938" s="93"/>
       <c r="B938" s="22"/>
     </row>
-    <row r="939" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A939" s="93"/>
       <c r="B939" s="22"/>
     </row>
-    <row r="940" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A940" s="93"/>
       <c r="B940" s="22"/>
     </row>
-    <row r="941" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A941" s="93"/>
       <c r="B941" s="22"/>
     </row>
-    <row r="942" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A942" s="93"/>
       <c r="B942" s="22"/>
     </row>
-    <row r="943" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A943" s="93"/>
       <c r="B943" s="22"/>
     </row>
-    <row r="944" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A944" s="93"/>
       <c r="B944" s="22"/>
     </row>
-    <row r="945" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A945" s="93"/>
       <c r="B945" s="22"/>
     </row>
-    <row r="946" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A946" s="93"/>
       <c r="B946" s="22"/>
     </row>
-    <row r="947" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A947" s="93"/>
       <c r="B947" s="22"/>
     </row>
-    <row r="948" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A948" s="93"/>
       <c r="B948" s="22"/>
     </row>
-    <row r="949" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A949" s="93"/>
       <c r="B949" s="22"/>
     </row>
-    <row r="950" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A950" s="93"/>
       <c r="B950" s="22"/>
     </row>
-    <row r="951" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A951" s="93"/>
       <c r="B951" s="22"/>
     </row>
-    <row r="952" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A952" s="93"/>
       <c r="B952" s="22"/>
     </row>
-    <row r="953" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A953" s="93"/>
       <c r="B953" s="22"/>
     </row>
-    <row r="954" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A954" s="93"/>
       <c r="B954" s="22"/>
     </row>
-    <row r="955" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A955" s="93"/>
       <c r="B955" s="22"/>
     </row>
-    <row r="956" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A956" s="93"/>
       <c r="B956" s="22"/>
     </row>
-    <row r="957" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A957" s="93"/>
       <c r="B957" s="22"/>
     </row>
-    <row r="958" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A958" s="93"/>
       <c r="B958" s="22"/>
     </row>
-    <row r="959" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A959" s="93"/>
       <c r="B959" s="22"/>
     </row>
-    <row r="960" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A960" s="93"/>
       <c r="B960" s="22"/>
     </row>
-    <row r="961" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A961" s="93"/>
       <c r="B961" s="22"/>
     </row>
-    <row r="962" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A962" s="93"/>
       <c r="B962" s="22"/>
     </row>
-    <row r="963" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A963" s="93"/>
       <c r="B963" s="22"/>
     </row>
-    <row r="964" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A964" s="93"/>
       <c r="B964" s="22"/>
     </row>
-    <row r="965" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A965" s="93"/>
       <c r="B965" s="22"/>
     </row>
-    <row r="966" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A966" s="93"/>
       <c r="B966" s="22"/>
     </row>
-    <row r="967" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A967" s="93"/>
       <c r="B967" s="22"/>
     </row>
-    <row r="968" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A968" s="93"/>
       <c r="B968" s="22"/>
     </row>
-    <row r="969" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A969" s="93"/>
       <c r="B969" s="22"/>
     </row>
-    <row r="970" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A970" s="93"/>
       <c r="B970" s="22"/>
     </row>
-    <row r="971" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A971" s="93"/>
       <c r="B971" s="22"/>
     </row>
-    <row r="972" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A972" s="93"/>
       <c r="B972" s="22"/>
     </row>
-    <row r="973" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A973" s="93"/>
       <c r="B973" s="22"/>
     </row>
-    <row r="974" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A974" s="93"/>
       <c r="B974" s="22"/>
     </row>
-    <row r="975" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A975" s="93"/>
       <c r="B975" s="22"/>
     </row>
-    <row r="976" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A976" s="93"/>
       <c r="B976" s="22"/>
     </row>
-    <row r="977" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A977" s="93"/>
       <c r="B977" s="22"/>
     </row>
-    <row r="978" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A978" s="93"/>
       <c r="B978" s="22"/>
     </row>
-    <row r="979" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A979" s="93"/>
       <c r="B979" s="22"/>
     </row>
-    <row r="980" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A980" s="93"/>
       <c r="B980" s="22"/>
     </row>
-    <row r="981" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A981" s="93"/>
       <c r="B981" s="22"/>
     </row>
-    <row r="982" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A982" s="93"/>
       <c r="B982" s="22"/>
     </row>
-    <row r="983" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A983" s="93"/>
       <c r="B983" s="22"/>
     </row>
-    <row r="984" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A984" s="93"/>
       <c r="B984" s="22"/>
     </row>
-    <row r="985" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A985" s="93"/>
       <c r="B985" s="22"/>
     </row>
-    <row r="986" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A986" s="93"/>
       <c r="B986" s="22"/>
     </row>
-    <row r="987" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A987" s="93"/>
       <c r="B987" s="22"/>
     </row>
-    <row r="988" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A988" s="93"/>
       <c r="B988" s="22"/>
     </row>
-    <row r="989" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A989" s="93"/>
       <c r="B989" s="22"/>
     </row>
-    <row r="990" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A990" s="93"/>
       <c r="B990" s="22"/>
     </row>
-    <row r="991" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A991" s="93"/>
       <c r="B991" s="22"/>
     </row>
-    <row r="992" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A992" s="93"/>
       <c r="B992" s="22"/>
     </row>
-    <row r="993" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A993" s="93"/>
       <c r="B993" s="22"/>
     </row>
-    <row r="994" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A994" s="93"/>
       <c r="B994" s="22"/>
     </row>
-    <row r="995" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A995" s="93"/>
       <c r="B995" s="22"/>
     </row>
-    <row r="996" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A996" s="93"/>
       <c r="B996" s="22"/>
     </row>
-    <row r="997" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A997" s="93"/>
       <c r="B997" s="22"/>
     </row>
-    <row r="998" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A998" s="93"/>
       <c r="B998" s="22"/>
     </row>
-    <row r="999" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A999" s="93"/>
       <c r="B999" s="22"/>
     </row>
-    <row r="1000" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1000" s="93"/>
       <c r="B1000" s="22"/>
     </row>
-    <row r="1001" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1001" s="93"/>
       <c r="B1001" s="22"/>
     </row>
-    <row r="1002" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1002" s="93"/>
       <c r="B1002" s="22"/>
     </row>
-    <row r="1003" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1003" s="93"/>
       <c r="B1003" s="22"/>
     </row>
-    <row r="1004" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1004" s="93"/>
       <c r="B1004" s="22"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:K33" xr:uid="{180AAEED-E2D3-4902-8C1C-1A2AB5D66B6F}"/>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="F1:K1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold Italic"&amp;9Uniform Closing Dataset (UCD) Critical Edits Matrix, v6.02&amp;R&amp;"-,Bold Italic"&amp;9&amp;A</oddHeader>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential&amp;C&amp;"-,Bold Italic"&amp;9&amp;P of &amp;N&amp;R&amp;"-,Bold Italic"&amp;10Publication Date: September 7, 2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B1AB056-3D0B-4C74-803E-EB4F9BE9F870}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:X1012"/>
   <sheetViews>
     <sheetView showRuler="0" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A38" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C1" sqref="C1"/>
-      <selection pane="bottomLeft" sqref="A1:B1"/>
+      <selection pane="bottomLeft" activeCell="F2" sqref="F2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.21875" defaultRowHeight="15.6" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="8.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="18.5703125" style="22" customWidth="1"/>
+    <col min="1" max="2" width="8.77734375" customWidth="1"/>
+    <col min="3" max="3" width="18.77734375" style="57" customWidth="1"/>
+    <col min="4" max="4" width="8.77734375" style="92" customWidth="1"/>
+    <col min="5" max="5" width="18.77734375" style="22" customWidth="1"/>
     <col min="6" max="6" width="10" style="56" customWidth="1"/>
-    <col min="7" max="7" width="24.5703125" style="93" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="13" max="16384" width="9.42578125" style="22"/>
+    <col min="7" max="7" width="24.77734375" style="93" customWidth="1"/>
+    <col min="8" max="8" width="24.77734375" style="22" customWidth="1"/>
+    <col min="9" max="9" width="24.77734375" style="94" customWidth="1"/>
+    <col min="10" max="11" width="24.77734375" style="22" customWidth="1"/>
+    <col min="12" max="12" width="22.21875" style="96" customWidth="1"/>
+    <col min="13" max="16384" width="9.21875" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:24" ht="29.1" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-    <row r="2" spans="1:24" s="33" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:24" ht="29.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="716" t="s">
+        <v>502</v>
+      </c>
+      <c r="B1" s="716"/>
+      <c r="C1" s="721" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D1" s="721"/>
+      <c r="E1" s="721"/>
+      <c r="F1" s="718" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G1" s="719"/>
+      <c r="H1" s="719"/>
+      <c r="I1" s="719"/>
+      <c r="J1" s="719"/>
+      <c r="K1" s="719"/>
+      <c r="L1" s="720"/>
+    </row>
+    <row r="2" spans="1:24" s="33" customFormat="1" ht="76.8" x14ac:dyDescent="0.3">
       <c r="A2" s="159" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B2" s="159" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C2" s="97" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="D2" s="98" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="E2" s="97" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="F2" s="163" t="s">
-        <v>1216</v>
+        <v>1230</v>
       </c>
       <c r="G2" s="163" t="s">
-        <v>1217</v>
+        <v>1231</v>
       </c>
       <c r="H2" s="160" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="I2" s="160" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
       <c r="J2" s="160" t="s">
-        <v>1218</v>
+        <v>1232</v>
       </c>
       <c r="K2" s="87" t="s">
-        <v>1083</v>
-[...3 lines deleted...]
-    <row r="3" spans="1:24" ht="121.5" x14ac:dyDescent="0.25">
+        <v>1097</v>
+      </c>
+      <c r="L2" s="720"/>
+    </row>
+    <row r="3" spans="1:24" ht="124.2" x14ac:dyDescent="0.3">
       <c r="A3" s="46">
         <v>1</v>
       </c>
       <c r="B3" s="46">
         <v>1</v>
       </c>
       <c r="C3" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D3" s="88">
         <v>1.1000000000000001</v>
       </c>
       <c r="E3" s="20" t="s">
-        <v>1220</v>
+        <v>1234</v>
       </c>
       <c r="F3" s="21">
         <v>1.0009999999999999</v>
       </c>
       <c r="G3" s="20" t="s">
-        <v>1221</v>
+        <v>1235</v>
       </c>
       <c r="H3" s="20" t="s">
-        <v>1222</v>
+        <v>1236</v>
       </c>
       <c r="I3" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J3" s="20"/>
       <c r="K3" s="20" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:24" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="4" spans="1:24" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A4" s="46">
         <v>1</v>
       </c>
       <c r="B4" s="46">
         <v>2</v>
       </c>
       <c r="C4" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D4" s="88">
         <v>1.2</v>
       </c>
       <c r="E4" s="20" t="s">
-        <v>1224</v>
+        <v>1238</v>
       </c>
       <c r="F4" s="21">
         <v>1.002</v>
       </c>
       <c r="G4" s="20" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="H4" s="20" t="s">
-        <v>1225</v>
+        <v>1239</v>
       </c>
       <c r="I4" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J4" s="20"/>
       <c r="K4" s="20" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:24" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A5" s="46">
         <v>1</v>
       </c>
       <c r="B5" s="46">
         <v>3</v>
       </c>
       <c r="C5" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D5" s="88">
         <v>1.3</v>
       </c>
       <c r="E5" s="20" t="s">
-        <v>1226</v>
+        <v>1240</v>
       </c>
       <c r="F5" s="21">
         <v>1.0029999999999999</v>
       </c>
       <c r="G5" s="20" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="H5" s="20" t="s">
-        <v>1227</v>
+        <v>1241</v>
       </c>
       <c r="I5" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J5" s="20"/>
       <c r="K5" s="20" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:24" ht="81" x14ac:dyDescent="0.25">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A6" s="46">
         <v>1</v>
       </c>
       <c r="B6" s="46">
         <v>4</v>
       </c>
       <c r="C6" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D6" s="88">
         <v>1.6</v>
       </c>
       <c r="E6" s="20" t="s">
-        <v>1228</v>
+        <v>1242</v>
       </c>
       <c r="F6" s="21">
         <v>1.0109999999999999</v>
       </c>
       <c r="G6" s="20" t="s">
-        <v>1229</v>
+        <v>1243</v>
       </c>
       <c r="H6" s="20" t="s">
         <v>235</v>
       </c>
       <c r="I6" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J6" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K6" s="20" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:24" ht="108" x14ac:dyDescent="0.25">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A7" s="46">
         <v>1</v>
       </c>
       <c r="B7" s="46">
         <v>5</v>
       </c>
       <c r="C7" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D7" s="88">
         <v>1.7</v>
       </c>
       <c r="E7" s="20" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="F7" s="21">
         <v>1.0149999999999999</v>
       </c>
       <c r="G7" s="20" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="H7" s="20" t="s">
-        <v>1234</v>
+        <v>1248</v>
       </c>
       <c r="I7" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J7" s="20" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K7" s="20" t="s">
-        <v>1236</v>
+        <v>1250</v>
       </c>
       <c r="M7" s="100"/>
       <c r="N7" s="100"/>
       <c r="O7" s="100"/>
       <c r="P7" s="100"/>
       <c r="Q7" s="100"/>
       <c r="R7" s="100"/>
       <c r="S7" s="100"/>
       <c r="T7" s="100"/>
       <c r="U7" s="100"/>
       <c r="V7" s="100"/>
       <c r="W7" s="100"/>
       <c r="X7" s="100"/>
     </row>
-    <row r="8" spans="1:24" ht="108" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:24" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A8" s="46">
         <v>1</v>
       </c>
       <c r="B8" s="46">
         <v>6</v>
       </c>
       <c r="C8" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D8" s="88">
         <v>1.7</v>
       </c>
       <c r="E8" s="20" t="s">
-        <v>1232</v>
+        <v>1246</v>
       </c>
       <c r="F8" s="21">
         <v>1.0229999999999999</v>
       </c>
       <c r="G8" s="20" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="H8" s="20" t="s">
-        <v>1237</v>
+        <v>1251</v>
       </c>
       <c r="I8" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J8" s="20" t="s">
-        <v>1238</v>
+        <v>1252</v>
       </c>
       <c r="K8" s="20" t="s">
-        <v>1236</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:24" ht="108" x14ac:dyDescent="0.25">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A9" s="46">
         <v>1</v>
       </c>
       <c r="B9" s="46">
         <v>7</v>
       </c>
       <c r="C9" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D9" s="88">
         <v>1.7</v>
       </c>
       <c r="E9" s="20" t="s">
-        <v>1239</v>
+        <v>1253</v>
       </c>
       <c r="F9" s="21">
         <v>1.0249999999999999</v>
       </c>
       <c r="G9" s="20" t="s">
-        <v>1233</v>
+        <v>1247</v>
       </c>
       <c r="H9" s="20" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="I9" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J9" s="20" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="K9" s="20" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:24" ht="108" x14ac:dyDescent="0.25">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A10" s="46">
         <v>1</v>
       </c>
       <c r="B10" s="46">
         <v>8</v>
       </c>
       <c r="C10" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D10" s="88">
         <v>1.7</v>
       </c>
       <c r="E10" s="20" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="F10" s="21">
         <v>1.014</v>
       </c>
       <c r="G10" s="20" t="s">
-        <v>1243</v>
+        <v>1257</v>
       </c>
       <c r="H10" s="20" t="s">
-        <v>1244</v>
+        <v>1258</v>
       </c>
       <c r="I10" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J10" s="20" t="s">
-        <v>1245</v>
+        <v>1259</v>
       </c>
       <c r="K10" s="20" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:24" ht="81" x14ac:dyDescent="0.25">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A11" s="46">
         <v>1</v>
       </c>
       <c r="B11" s="46">
         <v>9</v>
       </c>
       <c r="C11" s="21" t="s">
-        <v>1219</v>
+        <v>1233</v>
       </c>
       <c r="D11" s="88">
         <v>1.7</v>
       </c>
       <c r="E11" s="20" t="s">
-        <v>1247</v>
+        <v>1261</v>
       </c>
       <c r="F11" s="21">
         <v>1.0169999999999999</v>
       </c>
       <c r="G11" s="20" t="s">
-        <v>1248</v>
+        <v>1262</v>
       </c>
       <c r="H11" s="20" t="s">
-        <v>1249</v>
+        <v>1263</v>
       </c>
       <c r="I11" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J11" s="20" t="s">
-        <v>1250</v>
+        <v>1264</v>
       </c>
       <c r="K11" s="20" t="s">
-        <v>1246</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:24" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="12" spans="1:24" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A12" s="46">
         <v>1</v>
       </c>
       <c r="B12" s="46">
         <v>10</v>
       </c>
       <c r="C12" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D12" s="88">
         <v>3.1</v>
       </c>
       <c r="E12" s="20" t="s">
-        <v>1252</v>
+        <v>1266</v>
       </c>
       <c r="F12" s="21">
         <v>3.0009999999999999</v>
       </c>
       <c r="G12" s="20" t="s">
-        <v>1253</v>
+        <v>1267</v>
       </c>
       <c r="H12" s="20" t="s">
-        <v>1254</v>
+        <v>1268</v>
       </c>
       <c r="I12" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J12" s="20" t="s">
-        <v>1255</v>
+        <v>1269</v>
       </c>
       <c r="K12" s="20" t="s">
-        <v>1256</v>
+        <v>1270</v>
       </c>
       <c r="L12" s="22"/>
     </row>
-    <row r="13" spans="1:24" ht="67.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:24" ht="69" x14ac:dyDescent="0.3">
       <c r="A13" s="46">
         <v>1</v>
       </c>
       <c r="B13" s="46">
         <v>11</v>
       </c>
       <c r="C13" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D13" s="88">
         <v>3.1</v>
       </c>
       <c r="E13" s="20" t="s">
-        <v>1252</v>
+        <v>1266</v>
       </c>
       <c r="F13" s="21">
         <v>3.0230000000000001</v>
       </c>
       <c r="G13" s="20" t="s">
-        <v>1257</v>
+        <v>1271</v>
       </c>
       <c r="H13" s="20" t="s">
-        <v>1258</v>
+        <v>1272</v>
       </c>
       <c r="I13" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J13" s="20" t="s">
-        <v>1259</v>
+        <v>1273</v>
       </c>
       <c r="K13" s="20" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:24" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="14" spans="1:24" ht="69" x14ac:dyDescent="0.3">
       <c r="A14" s="46">
         <v>1</v>
       </c>
       <c r="B14" s="46">
         <v>12</v>
       </c>
       <c r="C14" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D14" s="88" t="s">
-        <v>1260</v>
+        <v>1274</v>
       </c>
       <c r="E14" s="95" t="s">
-        <v>1261</v>
+        <v>1275</v>
       </c>
       <c r="F14" s="21">
         <v>3.0059999999999998</v>
       </c>
       <c r="G14" s="20" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H14" s="20" t="s">
-        <v>1262</v>
+        <v>1276</v>
       </c>
       <c r="I14" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J14" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K14" s="20" t="s">
-        <v>1231</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:24" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24" ht="69" x14ac:dyDescent="0.3">
       <c r="A15" s="46">
         <v>1</v>
       </c>
       <c r="B15" s="46">
         <v>13</v>
       </c>
       <c r="C15" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D15" s="88">
         <v>3.2</v>
       </c>
       <c r="E15" s="20" t="s">
-        <v>1263</v>
+        <v>1277</v>
       </c>
       <c r="F15" s="21">
         <v>3.0030000000000001</v>
       </c>
       <c r="G15" s="20" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H15" s="20" t="s">
-        <v>1264</v>
+        <v>1278</v>
       </c>
       <c r="I15" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J15" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K15" s="20" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:24" ht="81" x14ac:dyDescent="0.25">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="16" spans="1:24" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A16" s="46">
         <v>1</v>
       </c>
       <c r="B16" s="46">
         <v>14</v>
       </c>
       <c r="C16" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D16" s="88">
         <v>3.3</v>
       </c>
       <c r="E16" s="20" t="s">
-        <v>1266</v>
+        <v>1280</v>
       </c>
       <c r="F16" s="21">
         <v>3.0249999999999999</v>
       </c>
       <c r="G16" s="20" t="s">
-        <v>1267</v>
+        <v>1281</v>
       </c>
       <c r="H16" s="20" t="s">
-        <v>1268</v>
+        <v>1282</v>
       </c>
       <c r="I16" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J16" s="20"/>
       <c r="K16" s="20" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="L16" s="127"/>
     </row>
-    <row r="17" spans="1:12" ht="67.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:12" ht="69" x14ac:dyDescent="0.3">
       <c r="A17" s="46">
         <v>1</v>
       </c>
       <c r="B17" s="46">
         <v>15</v>
       </c>
       <c r="C17" s="21" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
       <c r="D17" s="88">
         <v>3.4</v>
       </c>
       <c r="E17" s="20" t="s">
-        <v>1270</v>
+        <v>1284</v>
       </c>
       <c r="F17" s="21">
         <v>3.0089999999999999</v>
       </c>
       <c r="G17" s="20" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H17" s="20" t="s">
-        <v>1271</v>
+        <v>1285</v>
       </c>
       <c r="I17" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J17" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K17" s="20" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="L17" s="127"/>
     </row>
-    <row r="18" spans="1:12" ht="67.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:12" ht="69" x14ac:dyDescent="0.3">
       <c r="A18" s="46">
         <v>1</v>
       </c>
       <c r="B18" s="46">
         <v>17</v>
       </c>
       <c r="C18" s="21" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="D18" s="88">
         <v>17.100000000000001</v>
       </c>
       <c r="E18" s="20" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="F18" s="21">
         <v>11.004</v>
       </c>
       <c r="G18" s="20" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H18" s="20" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
       <c r="I18" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J18" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K18" s="20" t="s">
-        <v>1276</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:12" ht="135" x14ac:dyDescent="0.25">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="151.80000000000001" x14ac:dyDescent="0.3">
       <c r="A19" s="46">
         <v>1</v>
       </c>
       <c r="B19" s="46">
         <v>18</v>
       </c>
       <c r="C19" s="21" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="D19" s="88">
         <v>17.3</v>
       </c>
       <c r="E19" s="20" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="F19" s="21">
         <v>11.007999999999999</v>
       </c>
       <c r="G19" s="20" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="H19" s="20" t="s">
-        <v>1279</v>
+        <v>1293</v>
       </c>
       <c r="I19" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J19" s="20"/>
       <c r="K19" s="20" t="s">
-        <v>1280</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A20" s="46">
         <v>1</v>
       </c>
       <c r="B20" s="46">
         <v>19</v>
       </c>
       <c r="C20" s="21" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="D20" s="88">
         <v>17.3</v>
       </c>
       <c r="E20" s="20" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="F20" s="21">
         <v>11.073</v>
       </c>
       <c r="G20" s="20" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="H20" s="20" t="s">
-        <v>1281</v>
+        <v>1295</v>
       </c>
       <c r="I20" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J20" s="20" t="s">
-        <v>1282</v>
+        <v>1296</v>
       </c>
       <c r="K20" s="20" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A21" s="46">
         <v>1</v>
       </c>
       <c r="B21" s="46">
         <v>20</v>
       </c>
       <c r="C21" s="21" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="D21" s="88">
         <v>17.3</v>
       </c>
       <c r="E21" s="20" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="F21" s="21">
         <v>11.006</v>
       </c>
       <c r="G21" s="20" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="H21" s="20" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="I21" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J21" s="20" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="K21" s="20" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A22" s="46">
         <v>1</v>
       </c>
       <c r="B22" s="46">
         <v>21</v>
       </c>
       <c r="C22" s="21" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="D22" s="88">
         <v>17.3</v>
       </c>
       <c r="E22" s="20" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="F22" s="21">
         <v>11.007</v>
       </c>
       <c r="G22" s="20" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="H22" s="20" t="s">
-        <v>1285</v>
+        <v>1299</v>
       </c>
       <c r="I22" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J22" s="20" t="s">
-        <v>1286</v>
+        <v>1300</v>
       </c>
       <c r="K22" s="20" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:12" ht="67.5" x14ac:dyDescent="0.25">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="23" spans="1:12" ht="69" x14ac:dyDescent="0.3">
       <c r="A23" s="46">
         <v>1</v>
       </c>
       <c r="B23" s="46">
         <v>22</v>
       </c>
       <c r="C23" s="21" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
       <c r="D23" s="88">
         <v>5.4</v>
       </c>
       <c r="E23" s="20" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="F23" s="21">
         <v>5.0919999999999996</v>
       </c>
       <c r="G23" s="20" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H23" s="20" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="I23" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J23" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K23" s="20" t="s">
-        <v>1276</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:12" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="24" spans="1:12" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A24" s="46">
         <v>1</v>
       </c>
       <c r="B24" s="46">
         <v>23</v>
       </c>
       <c r="C24" s="21" t="s">
-        <v>1290</v>
+        <v>1304</v>
       </c>
       <c r="D24" s="88">
         <v>21.4</v>
       </c>
       <c r="E24" s="20" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="F24" s="21">
         <v>12.004</v>
       </c>
       <c r="G24" s="20" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="H24" s="20" t="s">
-        <v>1293</v>
+        <v>1307</v>
       </c>
       <c r="I24" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J24" s="20"/>
       <c r="K24" s="20" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:12" ht="175.5" x14ac:dyDescent="0.25">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="25" spans="1:12" ht="179.4" x14ac:dyDescent="0.3">
       <c r="A25" s="46">
         <v>1</v>
       </c>
       <c r="B25" s="46">
         <v>24</v>
       </c>
       <c r="C25" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D25" s="88" t="s">
-        <v>1296</v>
+        <v>1310</v>
       </c>
       <c r="E25" s="20" t="s">
-        <v>1297</v>
+        <v>1311</v>
       </c>
       <c r="F25" s="21">
         <v>16.004999999999999</v>
       </c>
       <c r="G25" s="20" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H25" s="20" t="s">
-        <v>1298</v>
+        <v>1312</v>
       </c>
       <c r="I25" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J25" s="20" t="s">
-        <v>1151</v>
+        <v>1165</v>
       </c>
       <c r="K25" s="20" t="s">
-        <v>1299</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:12" ht="202.5" x14ac:dyDescent="0.25">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="26" spans="1:12" ht="207" x14ac:dyDescent="0.3">
       <c r="A26" s="46">
         <v>1</v>
       </c>
       <c r="B26" s="46">
         <v>25</v>
       </c>
       <c r="C26" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D26" s="88" t="s">
-        <v>1300</v>
+        <v>1314</v>
       </c>
       <c r="E26" s="20" t="s">
-        <v>1301</v>
+        <v>1315</v>
       </c>
       <c r="F26" s="21">
         <v>16.006</v>
       </c>
       <c r="G26" s="20" t="s">
-        <v>496</v>
+        <v>510</v>
       </c>
       <c r="H26" s="20" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="I26" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J26" s="20" t="s">
-        <v>1302</v>
+        <v>1316</v>
       </c>
       <c r="K26" s="20" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:12" ht="243" x14ac:dyDescent="0.25">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" ht="248.4" x14ac:dyDescent="0.3">
       <c r="A27" s="46">
         <v>1</v>
       </c>
       <c r="B27" s="46">
         <v>26</v>
       </c>
       <c r="C27" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D27" s="88" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="E27" s="89" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="F27" s="21">
         <v>10.337999999999999</v>
       </c>
       <c r="G27" s="53" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="H27" s="20" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="I27" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J27" s="53" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="K27" s="20" t="s">
-        <v>1308</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:12" ht="168" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" ht="168" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="46">
         <v>1</v>
       </c>
       <c r="B28" s="46">
         <v>27</v>
       </c>
       <c r="C28" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D28" s="88" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="E28" s="89" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="F28" s="21">
         <v>10.337</v>
       </c>
       <c r="G28" s="53" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="H28" s="20" t="s">
+        <v>154</v>
+      </c>
+      <c r="I28" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="J28" s="20" t="s">
         <v>155</v>
       </c>
-      <c r="I28" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K28" s="20" t="s">
-        <v>1309</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:12" ht="175.5" x14ac:dyDescent="0.25">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="179.4" x14ac:dyDescent="0.3">
       <c r="A29" s="46">
         <v>1</v>
       </c>
       <c r="B29" s="46">
         <v>28</v>
       </c>
       <c r="C29" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D29" s="88" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="E29" s="20" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="F29" s="21">
         <v>16.012</v>
       </c>
       <c r="G29" s="20" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="H29" s="20" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
       <c r="I29" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J29" s="20" t="s">
-        <v>1313</v>
+        <v>1327</v>
       </c>
       <c r="K29" s="20" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:12" ht="171.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" ht="171.75" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="46">
         <v>1</v>
       </c>
       <c r="B30" s="46">
         <v>29</v>
       </c>
       <c r="C30" s="21" t="s">
-        <v>1295</v>
+        <v>1309</v>
       </c>
       <c r="D30" s="88" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="E30" s="20" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="F30" s="21">
         <v>16.010999999999999</v>
       </c>
       <c r="G30" s="20" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="H30" s="20" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="I30" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J30" s="170" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="K30" s="20" t="s">
-        <v>1314</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:12" ht="76.5" x14ac:dyDescent="0.25">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A31" s="46">
         <v>1</v>
       </c>
       <c r="B31" s="46">
         <v>30</v>
       </c>
       <c r="C31" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D31" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E31" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F31" s="21">
         <v>3.0379999999999998</v>
       </c>
       <c r="G31" s="171" t="s">
-        <v>1208</v>
+        <v>1222</v>
       </c>
       <c r="H31" s="95" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="I31" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J31" s="95"/>
       <c r="K31" s="60" t="s">
-        <v>1320</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:12" ht="81" x14ac:dyDescent="0.25">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="32" spans="1:12" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A32" s="46">
         <v>1</v>
       </c>
       <c r="B32" s="46">
         <v>31</v>
       </c>
       <c r="C32" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D32" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E32" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F32" s="21">
         <v>4.0389999999999997</v>
       </c>
       <c r="G32" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H32" s="60" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="I32" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J32" s="60" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K32" s="60" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:14" ht="81" x14ac:dyDescent="0.25">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A33" s="46">
         <v>1</v>
       </c>
       <c r="B33" s="46">
         <v>32</v>
       </c>
       <c r="C33" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D33" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E33" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F33" s="21">
         <v>7.0869999999999997</v>
       </c>
       <c r="G33" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H33" s="20" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="I33" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J33" s="20" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="K33" s="20" t="s">
-        <v>1141</v>
+        <v>1155</v>
       </c>
       <c r="M33" s="90"/>
       <c r="N33" s="90"/>
     </row>
-    <row r="34" spans="1:14" ht="81" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A34" s="46">
         <v>1</v>
       </c>
       <c r="B34" s="46">
         <v>33</v>
       </c>
       <c r="C34" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D34" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E34" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F34" s="21">
         <v>7.0880000000000001</v>
       </c>
       <c r="G34" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H34" s="20" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="I34" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J34" s="20" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="K34" s="20" t="s">
-        <v>1328</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:14" ht="81" x14ac:dyDescent="0.25">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A35" s="46">
         <v>1</v>
       </c>
       <c r="B35" s="46">
         <v>34</v>
       </c>
       <c r="C35" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D35" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E35" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F35" s="21">
         <v>7.0910000000000002</v>
       </c>
       <c r="G35" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H35" s="20" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="I35" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J35" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K35" s="20" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:14" ht="81" x14ac:dyDescent="0.25">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A36" s="47">
         <v>1</v>
       </c>
       <c r="B36" s="46">
         <v>35</v>
       </c>
       <c r="C36" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D36" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E36" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F36" s="21">
         <v>4.0339999999999998</v>
       </c>
       <c r="G36" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H36" s="20" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="I36" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J36" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K36" s="20" t="s">
-        <v>1294</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:14" ht="81" x14ac:dyDescent="0.25">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A37" s="46">
         <v>1</v>
       </c>
       <c r="B37" s="47">
         <v>36</v>
       </c>
       <c r="C37" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D37" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E37" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F37" s="88">
         <v>3.03</v>
       </c>
       <c r="G37" s="20" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="H37" s="20" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
       <c r="I37" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J37" s="20"/>
       <c r="K37" s="20" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:14" ht="148.5" x14ac:dyDescent="0.25">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" ht="165.6" x14ac:dyDescent="0.3">
       <c r="A38" s="47">
         <v>1</v>
       </c>
       <c r="B38" s="46">
         <v>37</v>
       </c>
       <c r="C38" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D38" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E38" s="20" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="F38" s="21">
         <v>4.0380000000000003</v>
       </c>
       <c r="G38" s="171" t="s">
+        <v>182</v>
+      </c>
+      <c r="H38" s="20" t="s">
         <v>183</v>
       </c>
-      <c r="H38" s="20" t="s">
+      <c r="I38" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="J38" s="53" t="s">
         <v>184</v>
       </c>
-      <c r="I38" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K38" s="89" t="s">
-        <v>1400</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:14" ht="76.5" x14ac:dyDescent="0.25">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A39" s="46">
         <v>1</v>
       </c>
       <c r="B39" s="46">
         <v>38</v>
       </c>
       <c r="C39" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D39" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E39" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F39" s="21">
         <v>3.028</v>
       </c>
       <c r="G39" s="171" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="H39" s="20" t="s">
-        <v>1334</v>
+        <v>1348</v>
       </c>
       <c r="I39" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J39" s="20" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="K39" s="20" t="s">
-        <v>1336</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:14" ht="76.5" x14ac:dyDescent="0.25">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A40" s="46">
         <v>1</v>
       </c>
       <c r="B40" s="46">
         <v>39</v>
       </c>
       <c r="C40" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D40" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E40" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F40" s="21">
         <v>3.0270000000000001</v>
       </c>
       <c r="G40" s="171" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="H40" s="20" t="s">
-        <v>1338</v>
+        <v>1352</v>
       </c>
       <c r="I40" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J40" s="20"/>
       <c r="K40" s="300" t="s">
-        <v>1339</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:14" ht="63.75" x14ac:dyDescent="0.25">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" ht="69" x14ac:dyDescent="0.3">
       <c r="A41" s="46">
         <v>1</v>
       </c>
       <c r="B41" s="46">
         <v>40</v>
       </c>
       <c r="C41" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D41" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E41" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F41" s="21">
         <v>3.016</v>
       </c>
       <c r="G41" s="171" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H41" s="20" t="s">
-        <v>1340</v>
+        <v>1354</v>
       </c>
       <c r="I41" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J41" s="20" t="s">
-        <v>1230</v>
+        <v>1244</v>
       </c>
       <c r="K41" s="20" t="s">
-        <v>1341</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:14" ht="94.5" x14ac:dyDescent="0.25">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" ht="96.6" x14ac:dyDescent="0.3">
       <c r="A42" s="46">
         <v>1</v>
       </c>
       <c r="B42" s="46">
         <v>41</v>
       </c>
       <c r="C42" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D42" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E42" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F42" s="21">
         <v>3.9E-2</v>
       </c>
       <c r="G42" s="171" t="s">
-        <v>1342</v>
+        <v>1356</v>
       </c>
       <c r="H42" s="20" t="s">
-        <v>1343</v>
+        <v>1357</v>
       </c>
       <c r="I42" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J42" s="20" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
       <c r="K42" s="20" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
       <c r="L42" s="127"/>
     </row>
-    <row r="43" spans="1:14" ht="108" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:14" ht="110.4" x14ac:dyDescent="0.3">
       <c r="A43" s="46">
         <v>1</v>
       </c>
       <c r="B43" s="46">
         <v>42</v>
       </c>
       <c r="C43" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D43" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E43" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F43" s="88">
         <v>0.04</v>
       </c>
       <c r="G43" s="171" t="s">
-        <v>1342</v>
+        <v>1356</v>
       </c>
       <c r="H43" s="20" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
       <c r="I43" s="21" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="J43" s="20" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="K43" s="20" t="s">
-        <v>1348</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:14" ht="76.5" x14ac:dyDescent="0.25">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="44" spans="1:14" ht="82.8" x14ac:dyDescent="0.3">
       <c r="A44" s="46">
         <v>1</v>
       </c>
       <c r="B44" s="46">
         <v>43</v>
       </c>
       <c r="C44" s="21" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="D44" s="88" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="E44" s="60" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="F44" s="21">
         <v>4.3999999999999997E-2</v>
       </c>
       <c r="G44" s="171" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="H44" s="20" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="I44" s="21" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J44" s="20"/>
       <c r="K44" s="20" t="s">
-        <v>1351</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A45" s="93"/>
       <c r="B45" s="22"/>
       <c r="C45" s="22"/>
       <c r="D45" s="22"/>
       <c r="F45" s="22"/>
       <c r="G45" s="22"/>
       <c r="I45" s="22"/>
     </row>
-    <row r="46" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A46" s="93"/>
       <c r="B46" s="22"/>
       <c r="C46" s="22"/>
       <c r="D46" s="22"/>
       <c r="F46" s="22"/>
       <c r="G46" s="22"/>
       <c r="I46" s="22"/>
     </row>
-    <row r="47" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A47" s="93"/>
       <c r="B47" s="22"/>
       <c r="C47" s="22"/>
       <c r="D47" s="22"/>
       <c r="F47" s="22"/>
       <c r="G47" s="22"/>
       <c r="I47" s="22"/>
     </row>
-    <row r="48" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:14" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A48" s="93"/>
       <c r="B48" s="22"/>
       <c r="C48" s="22"/>
       <c r="D48" s="22"/>
       <c r="F48" s="22"/>
       <c r="G48" s="22"/>
       <c r="I48" s="22"/>
     </row>
-    <row r="49" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A49" s="93"/>
       <c r="B49" s="22"/>
       <c r="C49" s="22"/>
       <c r="D49" s="22"/>
       <c r="F49" s="22"/>
       <c r="G49" s="22"/>
       <c r="I49" s="22"/>
     </row>
-    <row r="50" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A50" s="93"/>
       <c r="B50" s="22"/>
       <c r="C50" s="22"/>
       <c r="D50" s="22"/>
       <c r="F50" s="22"/>
       <c r="G50" s="22"/>
       <c r="I50" s="22"/>
     </row>
-    <row r="51" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A51" s="93"/>
       <c r="B51" s="22"/>
       <c r="C51" s="22"/>
       <c r="D51" s="22"/>
       <c r="F51" s="22"/>
       <c r="G51" s="22"/>
       <c r="I51" s="22"/>
     </row>
-    <row r="52" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A52" s="93"/>
       <c r="B52" s="22"/>
       <c r="C52" s="22"/>
       <c r="D52" s="22"/>
       <c r="F52" s="22"/>
       <c r="G52" s="22"/>
       <c r="I52" s="22"/>
     </row>
-    <row r="53" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A53" s="93"/>
       <c r="B53" s="22"/>
       <c r="C53" s="22"/>
       <c r="D53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="I53" s="22"/>
     </row>
-    <row r="54" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A54" s="93"/>
       <c r="B54" s="22"/>
       <c r="C54" s="22"/>
       <c r="D54" s="22"/>
       <c r="F54" s="22"/>
       <c r="G54" s="22"/>
       <c r="I54" s="22"/>
     </row>
-    <row r="55" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A55" s="93"/>
       <c r="B55" s="22"/>
       <c r="C55" s="22"/>
       <c r="D55" s="22"/>
       <c r="F55" s="22"/>
       <c r="G55" s="22"/>
       <c r="I55" s="22"/>
     </row>
-    <row r="56" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A56" s="93"/>
       <c r="B56" s="22"/>
       <c r="C56" s="22"/>
       <c r="D56" s="22"/>
       <c r="F56" s="22"/>
       <c r="G56" s="22"/>
       <c r="I56" s="22"/>
     </row>
-    <row r="57" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A57" s="93"/>
       <c r="B57" s="22"/>
       <c r="C57" s="22"/>
       <c r="D57" s="22"/>
       <c r="F57" s="22"/>
       <c r="G57" s="22"/>
       <c r="I57" s="22"/>
     </row>
-    <row r="58" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A58" s="93"/>
       <c r="B58" s="22"/>
       <c r="C58" s="22"/>
       <c r="D58" s="22"/>
       <c r="F58" s="22"/>
       <c r="G58" s="22"/>
       <c r="I58" s="22"/>
     </row>
-    <row r="59" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A59" s="93"/>
       <c r="B59" s="22"/>
       <c r="C59" s="22"/>
       <c r="D59" s="22"/>
       <c r="F59" s="22"/>
       <c r="G59" s="22"/>
       <c r="I59" s="22"/>
     </row>
-    <row r="60" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A60" s="93"/>
       <c r="B60" s="22"/>
       <c r="C60" s="22"/>
       <c r="D60" s="22"/>
       <c r="F60" s="22"/>
       <c r="G60" s="22"/>
       <c r="I60" s="22"/>
     </row>
-    <row r="61" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A61" s="93"/>
       <c r="B61" s="22"/>
       <c r="C61" s="22"/>
       <c r="D61" s="22"/>
       <c r="F61" s="22"/>
       <c r="G61" s="22"/>
       <c r="I61" s="22"/>
     </row>
-    <row r="62" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A62" s="93"/>
       <c r="B62" s="22"/>
       <c r="C62" s="22"/>
       <c r="D62" s="22"/>
       <c r="F62" s="22"/>
       <c r="G62" s="22"/>
       <c r="I62" s="22"/>
     </row>
-    <row r="63" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A63" s="93"/>
       <c r="B63" s="22"/>
       <c r="C63" s="22"/>
       <c r="D63" s="22"/>
       <c r="F63" s="22"/>
       <c r="G63" s="22"/>
       <c r="I63" s="22"/>
     </row>
-    <row r="64" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A64" s="93"/>
       <c r="B64" s="22"/>
       <c r="C64" s="22"/>
       <c r="D64" s="22"/>
       <c r="F64" s="22"/>
       <c r="G64" s="22"/>
       <c r="I64" s="22"/>
     </row>
-    <row r="65" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A65" s="93"/>
       <c r="B65" s="22"/>
       <c r="C65" s="22"/>
       <c r="D65" s="22"/>
       <c r="F65" s="22"/>
       <c r="G65" s="22"/>
       <c r="I65" s="22"/>
     </row>
-    <row r="66" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A66" s="93"/>
       <c r="B66" s="22"/>
       <c r="C66" s="22"/>
       <c r="D66" s="22"/>
       <c r="F66" s="22"/>
       <c r="G66" s="22"/>
       <c r="I66" s="22"/>
     </row>
-    <row r="67" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A67" s="93"/>
       <c r="B67" s="22"/>
       <c r="C67" s="22"/>
       <c r="D67" s="22"/>
       <c r="F67" s="22"/>
       <c r="G67" s="22"/>
       <c r="I67" s="22"/>
     </row>
-    <row r="68" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A68" s="93"/>
       <c r="B68" s="22"/>
       <c r="C68" s="22"/>
       <c r="D68" s="22"/>
       <c r="F68" s="22"/>
       <c r="G68" s="22"/>
       <c r="I68" s="22"/>
     </row>
-    <row r="69" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A69" s="93"/>
       <c r="B69" s="22"/>
       <c r="C69" s="22"/>
       <c r="D69" s="22"/>
       <c r="F69" s="22"/>
       <c r="G69" s="22"/>
       <c r="I69" s="22"/>
     </row>
-    <row r="70" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A70" s="93"/>
       <c r="B70" s="22"/>
       <c r="C70" s="22"/>
       <c r="D70" s="22"/>
       <c r="F70" s="22"/>
       <c r="G70" s="22"/>
       <c r="I70" s="22"/>
     </row>
-    <row r="71" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A71" s="93"/>
       <c r="B71" s="22"/>
       <c r="C71" s="22"/>
       <c r="D71" s="22"/>
       <c r="F71" s="22"/>
       <c r="G71" s="22"/>
       <c r="I71" s="22"/>
     </row>
-    <row r="72" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A72" s="93"/>
       <c r="B72" s="22"/>
       <c r="C72" s="22"/>
       <c r="D72" s="22"/>
       <c r="F72" s="22"/>
       <c r="G72" s="22"/>
       <c r="I72" s="22"/>
     </row>
-    <row r="73" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A73" s="93"/>
       <c r="B73" s="22"/>
       <c r="C73" s="22"/>
       <c r="D73" s="22"/>
       <c r="F73" s="22"/>
       <c r="G73" s="22"/>
       <c r="I73" s="22"/>
     </row>
-    <row r="74" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A74" s="93"/>
       <c r="B74" s="22"/>
       <c r="C74" s="22"/>
       <c r="D74" s="22"/>
       <c r="F74" s="22"/>
       <c r="G74" s="22"/>
       <c r="I74" s="22"/>
     </row>
-    <row r="75" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A75" s="93"/>
       <c r="B75" s="22"/>
       <c r="C75" s="22"/>
       <c r="D75" s="22"/>
       <c r="F75" s="22"/>
       <c r="G75" s="22"/>
       <c r="I75" s="22"/>
     </row>
-    <row r="76" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A76" s="93"/>
       <c r="B76" s="22"/>
       <c r="C76" s="22"/>
       <c r="D76" s="22"/>
       <c r="F76" s="22"/>
       <c r="G76" s="22"/>
       <c r="I76" s="22"/>
     </row>
-    <row r="77" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A77" s="93"/>
       <c r="B77" s="22"/>
       <c r="C77" s="22"/>
       <c r="D77" s="22"/>
       <c r="F77" s="22"/>
       <c r="G77" s="22"/>
       <c r="I77" s="22"/>
     </row>
-    <row r="78" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A78" s="93"/>
       <c r="B78" s="22"/>
       <c r="C78" s="22"/>
       <c r="D78" s="22"/>
       <c r="F78" s="22"/>
       <c r="G78" s="22"/>
       <c r="I78" s="22"/>
     </row>
-    <row r="79" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A79" s="93"/>
       <c r="B79" s="22"/>
       <c r="C79" s="22"/>
       <c r="D79" s="22"/>
       <c r="F79" s="22"/>
       <c r="G79" s="22"/>
       <c r="I79" s="22"/>
     </row>
-    <row r="80" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A80" s="93"/>
       <c r="B80" s="22"/>
       <c r="C80" s="22"/>
       <c r="D80" s="22"/>
       <c r="F80" s="22"/>
       <c r="G80" s="22"/>
       <c r="I80" s="22"/>
     </row>
-    <row r="81" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A81" s="93"/>
       <c r="B81" s="22"/>
       <c r="C81" s="22"/>
       <c r="D81" s="22"/>
       <c r="F81" s="22"/>
       <c r="G81" s="22"/>
       <c r="I81" s="22"/>
     </row>
-    <row r="82" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A82" s="93"/>
       <c r="B82" s="22"/>
       <c r="C82" s="22"/>
       <c r="D82" s="22"/>
       <c r="F82" s="22"/>
       <c r="G82" s="22"/>
       <c r="I82" s="22"/>
     </row>
-    <row r="83" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A83" s="93"/>
       <c r="B83" s="22"/>
       <c r="C83" s="22"/>
       <c r="D83" s="22"/>
       <c r="F83" s="22"/>
       <c r="G83" s="22"/>
       <c r="I83" s="22"/>
     </row>
-    <row r="84" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A84" s="93"/>
       <c r="B84" s="22"/>
       <c r="C84" s="22"/>
       <c r="D84" s="22"/>
       <c r="F84" s="22"/>
       <c r="G84" s="22"/>
       <c r="I84" s="22"/>
     </row>
-    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A85" s="93"/>
       <c r="B85" s="22"/>
       <c r="C85" s="22"/>
       <c r="D85" s="22"/>
       <c r="F85" s="22"/>
       <c r="G85" s="22"/>
       <c r="I85" s="22"/>
     </row>
-    <row r="86" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A86" s="93"/>
       <c r="B86" s="22"/>
       <c r="C86" s="22"/>
       <c r="D86" s="22"/>
       <c r="F86" s="22"/>
       <c r="G86" s="22"/>
       <c r="I86" s="22"/>
     </row>
-    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A87" s="93"/>
       <c r="B87" s="22"/>
       <c r="C87" s="22"/>
       <c r="D87" s="22"/>
       <c r="F87" s="22"/>
       <c r="G87" s="22"/>
       <c r="I87" s="22"/>
     </row>
-    <row r="88" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A88" s="93"/>
       <c r="B88" s="22"/>
       <c r="C88" s="22"/>
       <c r="D88" s="22"/>
       <c r="F88" s="22"/>
       <c r="G88" s="22"/>
       <c r="I88" s="22"/>
     </row>
-    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A89" s="93"/>
       <c r="B89" s="22"/>
       <c r="C89" s="22"/>
       <c r="D89" s="22"/>
       <c r="F89" s="22"/>
       <c r="G89" s="22"/>
       <c r="I89" s="22"/>
     </row>
-    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A90" s="93"/>
       <c r="B90" s="22"/>
       <c r="C90" s="22"/>
       <c r="D90" s="22"/>
       <c r="F90" s="22"/>
       <c r="G90" s="22"/>
       <c r="I90" s="22"/>
     </row>
-    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A91" s="93"/>
       <c r="B91" s="22"/>
       <c r="C91" s="22"/>
       <c r="D91" s="22"/>
       <c r="F91" s="22"/>
       <c r="G91" s="22"/>
       <c r="I91" s="22"/>
     </row>
-    <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A92" s="93"/>
       <c r="B92" s="22"/>
       <c r="C92" s="22"/>
       <c r="D92" s="22"/>
       <c r="F92" s="22"/>
       <c r="G92" s="22"/>
       <c r="I92" s="22"/>
     </row>
-    <row r="93" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A93" s="93"/>
       <c r="B93" s="22"/>
       <c r="C93" s="22"/>
       <c r="D93" s="22"/>
       <c r="F93" s="22"/>
       <c r="G93" s="22"/>
       <c r="I93" s="22"/>
     </row>
-    <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A94" s="93"/>
       <c r="B94" s="22"/>
       <c r="C94" s="22"/>
       <c r="D94" s="22"/>
       <c r="F94" s="22"/>
       <c r="G94" s="22"/>
       <c r="I94" s="22"/>
     </row>
-    <row r="95" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A95" s="93"/>
       <c r="B95" s="22"/>
       <c r="C95" s="22"/>
       <c r="D95" s="22"/>
       <c r="F95" s="22"/>
       <c r="G95" s="22"/>
       <c r="I95" s="22"/>
     </row>
-    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A96" s="93"/>
       <c r="B96" s="22"/>
       <c r="C96" s="22"/>
       <c r="D96" s="22"/>
       <c r="F96" s="22"/>
       <c r="G96" s="22"/>
       <c r="I96" s="22"/>
     </row>
-    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A97" s="93"/>
       <c r="B97" s="22"/>
       <c r="C97" s="22"/>
       <c r="D97" s="22"/>
       <c r="F97" s="22"/>
       <c r="G97" s="22"/>
       <c r="I97" s="22"/>
     </row>
-    <row r="98" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A98" s="93"/>
       <c r="B98" s="22"/>
       <c r="C98" s="22"/>
       <c r="D98" s="22"/>
       <c r="F98" s="22"/>
       <c r="G98" s="22"/>
       <c r="I98" s="22"/>
     </row>
-    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A99" s="93"/>
       <c r="B99" s="22"/>
       <c r="C99" s="22"/>
       <c r="D99" s="22"/>
       <c r="F99" s="22"/>
       <c r="G99" s="22"/>
       <c r="I99" s="22"/>
     </row>
-    <row r="100" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A100" s="93"/>
       <c r="B100" s="22"/>
       <c r="C100" s="22"/>
       <c r="D100" s="22"/>
       <c r="F100" s="22"/>
       <c r="G100" s="22"/>
       <c r="I100" s="22"/>
     </row>
-    <row r="101" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A101" s="93"/>
       <c r="B101" s="22"/>
       <c r="C101" s="22"/>
       <c r="D101" s="22"/>
       <c r="F101" s="22"/>
       <c r="G101" s="22"/>
       <c r="I101" s="22"/>
     </row>
-    <row r="102" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A102" s="93"/>
       <c r="B102" s="22"/>
       <c r="C102" s="22"/>
       <c r="D102" s="22"/>
       <c r="F102" s="22"/>
       <c r="G102" s="22"/>
       <c r="I102" s="22"/>
     </row>
-    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A103" s="93"/>
       <c r="B103" s="22"/>
       <c r="C103" s="22"/>
       <c r="D103" s="22"/>
       <c r="F103" s="22"/>
       <c r="G103" s="22"/>
       <c r="I103" s="22"/>
     </row>
-    <row r="104" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A104" s="93"/>
       <c r="B104" s="22"/>
       <c r="C104" s="22"/>
       <c r="D104" s="22"/>
       <c r="F104" s="22"/>
       <c r="G104" s="22"/>
       <c r="I104" s="22"/>
     </row>
-    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A105" s="93"/>
       <c r="B105" s="22"/>
       <c r="C105" s="22"/>
       <c r="D105" s="22"/>
       <c r="F105" s="22"/>
       <c r="G105" s="22"/>
       <c r="I105" s="22"/>
     </row>
-    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A106" s="93"/>
       <c r="B106" s="22"/>
       <c r="C106" s="22"/>
       <c r="D106" s="22"/>
       <c r="F106" s="22"/>
       <c r="G106" s="22"/>
       <c r="I106" s="22"/>
     </row>
-    <row r="107" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A107" s="93"/>
       <c r="B107" s="22"/>
       <c r="C107" s="22"/>
       <c r="D107" s="22"/>
       <c r="F107" s="22"/>
       <c r="G107" s="22"/>
       <c r="I107" s="22"/>
     </row>
-    <row r="108" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A108" s="93"/>
       <c r="B108" s="22"/>
       <c r="C108" s="22"/>
       <c r="D108" s="22"/>
       <c r="F108" s="22"/>
       <c r="G108" s="22"/>
       <c r="I108" s="22"/>
     </row>
-    <row r="109" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A109" s="93"/>
       <c r="B109" s="22"/>
       <c r="C109" s="22"/>
       <c r="D109" s="22"/>
       <c r="F109" s="22"/>
       <c r="G109" s="22"/>
       <c r="I109" s="22"/>
     </row>
-    <row r="110" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A110" s="93"/>
       <c r="B110" s="22"/>
       <c r="C110" s="22"/>
       <c r="D110" s="22"/>
       <c r="F110" s="22"/>
       <c r="G110" s="22"/>
       <c r="I110" s="22"/>
     </row>
-    <row r="111" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A111" s="93"/>
       <c r="B111" s="22"/>
       <c r="C111" s="22"/>
       <c r="D111" s="22"/>
       <c r="F111" s="22"/>
       <c r="G111" s="22"/>
       <c r="I111" s="22"/>
     </row>
-    <row r="112" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A112" s="93"/>
       <c r="B112" s="22"/>
       <c r="C112" s="22"/>
       <c r="D112" s="22"/>
       <c r="F112" s="22"/>
       <c r="G112" s="22"/>
       <c r="I112" s="22"/>
     </row>
-    <row r="113" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A113" s="93"/>
       <c r="B113" s="22"/>
       <c r="C113" s="22"/>
       <c r="D113" s="22"/>
       <c r="F113" s="22"/>
       <c r="G113" s="22"/>
       <c r="I113" s="22"/>
     </row>
-    <row r="114" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A114" s="93"/>
       <c r="B114" s="22"/>
       <c r="C114" s="22"/>
       <c r="D114" s="22"/>
       <c r="F114" s="22"/>
       <c r="G114" s="22"/>
       <c r="I114" s="22"/>
     </row>
-    <row r="115" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A115" s="93"/>
       <c r="B115" s="22"/>
       <c r="C115" s="22"/>
       <c r="D115" s="22"/>
       <c r="F115" s="22"/>
       <c r="G115" s="22"/>
       <c r="I115" s="22"/>
     </row>
-    <row r="116" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A116" s="93"/>
       <c r="B116" s="22"/>
       <c r="C116" s="22"/>
       <c r="D116" s="22"/>
       <c r="F116" s="22"/>
       <c r="G116" s="22"/>
       <c r="I116" s="22"/>
     </row>
-    <row r="117" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A117" s="93"/>
       <c r="B117" s="22"/>
       <c r="C117" s="22"/>
       <c r="D117" s="22"/>
       <c r="F117" s="22"/>
       <c r="G117" s="22"/>
       <c r="I117" s="22"/>
     </row>
-    <row r="118" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A118" s="93"/>
       <c r="B118" s="22"/>
       <c r="C118" s="22"/>
       <c r="D118" s="22"/>
       <c r="F118" s="22"/>
       <c r="G118" s="22"/>
       <c r="I118" s="22"/>
     </row>
-    <row r="119" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A119" s="93"/>
       <c r="B119" s="22"/>
       <c r="C119" s="22"/>
       <c r="D119" s="22"/>
       <c r="F119" s="22"/>
       <c r="G119" s="22"/>
       <c r="I119" s="22"/>
     </row>
-    <row r="120" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A120" s="93"/>
       <c r="B120" s="22"/>
       <c r="C120" s="22"/>
       <c r="D120" s="22"/>
       <c r="F120" s="22"/>
       <c r="G120" s="22"/>
       <c r="I120" s="22"/>
     </row>
-    <row r="121" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A121" s="93"/>
       <c r="B121" s="22"/>
       <c r="C121" s="22"/>
       <c r="D121" s="22"/>
       <c r="F121" s="22"/>
       <c r="G121" s="22"/>
       <c r="I121" s="22"/>
     </row>
-    <row r="122" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A122" s="93"/>
       <c r="B122" s="22"/>
       <c r="C122" s="22"/>
       <c r="D122" s="22"/>
       <c r="F122" s="22"/>
       <c r="G122" s="22"/>
       <c r="I122" s="22"/>
     </row>
-    <row r="123" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A123" s="93"/>
       <c r="B123" s="22"/>
       <c r="C123" s="22"/>
       <c r="D123" s="22"/>
       <c r="F123" s="22"/>
       <c r="G123" s="22"/>
       <c r="I123" s="22"/>
     </row>
-    <row r="124" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A124" s="93"/>
       <c r="B124" s="22"/>
       <c r="C124" s="22"/>
       <c r="D124" s="22"/>
       <c r="F124" s="22"/>
       <c r="G124" s="22"/>
       <c r="I124" s="22"/>
     </row>
-    <row r="125" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A125" s="93"/>
       <c r="B125" s="22"/>
       <c r="C125" s="22"/>
       <c r="D125" s="22"/>
       <c r="F125" s="22"/>
       <c r="G125" s="22"/>
       <c r="I125" s="22"/>
     </row>
-    <row r="126" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A126" s="93"/>
       <c r="B126" s="22"/>
       <c r="C126" s="22"/>
       <c r="D126" s="22"/>
       <c r="F126" s="22"/>
       <c r="G126" s="22"/>
       <c r="I126" s="22"/>
     </row>
-    <row r="127" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A127" s="93"/>
       <c r="B127" s="22"/>
       <c r="C127" s="22"/>
       <c r="D127" s="22"/>
       <c r="F127" s="22"/>
       <c r="G127" s="22"/>
       <c r="I127" s="22"/>
     </row>
-    <row r="128" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A128" s="93"/>
       <c r="B128" s="22"/>
       <c r="C128" s="22"/>
       <c r="D128" s="22"/>
       <c r="F128" s="22"/>
       <c r="G128" s="22"/>
       <c r="I128" s="22"/>
     </row>
-    <row r="129" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A129" s="93"/>
       <c r="B129" s="22"/>
       <c r="C129" s="22"/>
       <c r="D129" s="22"/>
       <c r="F129" s="22"/>
       <c r="G129" s="22"/>
       <c r="I129" s="22"/>
     </row>
-    <row r="130" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A130" s="93"/>
       <c r="B130" s="22"/>
       <c r="C130" s="22"/>
       <c r="D130" s="22"/>
       <c r="F130" s="22"/>
       <c r="G130" s="22"/>
       <c r="I130" s="22"/>
     </row>
-    <row r="131" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A131" s="93"/>
       <c r="B131" s="22"/>
       <c r="C131" s="22"/>
       <c r="D131" s="22"/>
       <c r="F131" s="22"/>
       <c r="G131" s="22"/>
       <c r="I131" s="22"/>
     </row>
-    <row r="132" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A132" s="93"/>
       <c r="B132" s="22"/>
       <c r="C132" s="22"/>
       <c r="D132" s="22"/>
       <c r="F132" s="22"/>
       <c r="G132" s="22"/>
       <c r="I132" s="22"/>
     </row>
-    <row r="133" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A133" s="93"/>
       <c r="B133" s="22"/>
       <c r="C133" s="22"/>
       <c r="D133" s="22"/>
       <c r="F133" s="22"/>
       <c r="G133" s="22"/>
       <c r="I133" s="22"/>
     </row>
-    <row r="134" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A134" s="93"/>
       <c r="B134" s="22"/>
       <c r="C134" s="22"/>
       <c r="D134" s="22"/>
       <c r="F134" s="22"/>
       <c r="G134" s="22"/>
       <c r="I134" s="22"/>
     </row>
-    <row r="135" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A135" s="93"/>
       <c r="B135" s="22"/>
       <c r="C135" s="22"/>
       <c r="D135" s="22"/>
       <c r="F135" s="22"/>
       <c r="G135" s="22"/>
       <c r="I135" s="22"/>
     </row>
-    <row r="136" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A136" s="93"/>
       <c r="B136" s="22"/>
       <c r="C136" s="22"/>
       <c r="D136" s="22"/>
       <c r="F136" s="22"/>
       <c r="G136" s="22"/>
       <c r="I136" s="22"/>
     </row>
-    <row r="137" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A137" s="93"/>
       <c r="B137" s="22"/>
       <c r="C137" s="22"/>
       <c r="D137" s="22"/>
       <c r="F137" s="22"/>
       <c r="G137" s="22"/>
       <c r="I137" s="22"/>
     </row>
-    <row r="138" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A138" s="93"/>
       <c r="B138" s="22"/>
       <c r="C138" s="22"/>
       <c r="D138" s="22"/>
       <c r="F138" s="22"/>
       <c r="G138" s="22"/>
       <c r="I138" s="22"/>
     </row>
-    <row r="139" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A139" s="93"/>
       <c r="B139" s="22"/>
       <c r="C139" s="22"/>
       <c r="D139" s="22"/>
       <c r="F139" s="22"/>
       <c r="G139" s="22"/>
       <c r="I139" s="22"/>
     </row>
-    <row r="140" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A140" s="93"/>
       <c r="B140" s="22"/>
       <c r="C140" s="22"/>
       <c r="D140" s="22"/>
       <c r="F140" s="22"/>
       <c r="G140" s="22"/>
       <c r="I140" s="22"/>
     </row>
-    <row r="141" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A141" s="93"/>
       <c r="B141" s="22"/>
       <c r="C141" s="22"/>
       <c r="D141" s="22"/>
       <c r="F141" s="22"/>
       <c r="G141" s="22"/>
       <c r="I141" s="22"/>
     </row>
-    <row r="142" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A142" s="93"/>
       <c r="B142" s="22"/>
       <c r="C142" s="22"/>
       <c r="D142" s="22"/>
       <c r="F142" s="22"/>
       <c r="G142" s="22"/>
       <c r="I142" s="22"/>
     </row>
-    <row r="143" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A143" s="93"/>
       <c r="B143" s="22"/>
       <c r="C143" s="22"/>
       <c r="D143" s="22"/>
       <c r="F143" s="22"/>
       <c r="G143" s="22"/>
       <c r="I143" s="22"/>
     </row>
-    <row r="144" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A144" s="93"/>
       <c r="B144" s="22"/>
       <c r="C144" s="22"/>
       <c r="D144" s="22"/>
       <c r="F144" s="22"/>
       <c r="G144" s="22"/>
       <c r="I144" s="22"/>
     </row>
-    <row r="145" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A145" s="93"/>
       <c r="B145" s="22"/>
       <c r="C145" s="22"/>
       <c r="D145" s="22"/>
       <c r="F145" s="22"/>
       <c r="G145" s="22"/>
       <c r="I145" s="22"/>
     </row>
-    <row r="146" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A146" s="93"/>
       <c r="B146" s="22"/>
       <c r="C146" s="22"/>
       <c r="D146" s="22"/>
       <c r="F146" s="22"/>
       <c r="G146" s="22"/>
       <c r="I146" s="22"/>
     </row>
-    <row r="147" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A147" s="93"/>
       <c r="B147" s="22"/>
       <c r="C147" s="22"/>
       <c r="D147" s="22"/>
       <c r="F147" s="22"/>
       <c r="G147" s="22"/>
       <c r="I147" s="22"/>
     </row>
-    <row r="148" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A148" s="93"/>
       <c r="B148" s="22"/>
       <c r="C148" s="22"/>
       <c r="D148" s="22"/>
       <c r="F148" s="22"/>
       <c r="G148" s="22"/>
       <c r="I148" s="22"/>
     </row>
-    <row r="149" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A149" s="93"/>
       <c r="B149" s="22"/>
       <c r="C149" s="22"/>
       <c r="D149" s="22"/>
       <c r="F149" s="22"/>
       <c r="G149" s="22"/>
       <c r="I149" s="22"/>
     </row>
-    <row r="150" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A150" s="93"/>
       <c r="B150" s="22"/>
       <c r="C150" s="22"/>
       <c r="D150" s="22"/>
       <c r="F150" s="22"/>
       <c r="G150" s="22"/>
       <c r="I150" s="22"/>
     </row>
-    <row r="151" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A151" s="93"/>
       <c r="B151" s="22"/>
       <c r="C151" s="22"/>
       <c r="D151" s="22"/>
       <c r="F151" s="22"/>
       <c r="G151" s="22"/>
       <c r="I151" s="22"/>
     </row>
-    <row r="152" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A152" s="93"/>
       <c r="B152" s="22"/>
       <c r="C152" s="22"/>
       <c r="D152" s="22"/>
       <c r="F152" s="22"/>
       <c r="G152" s="22"/>
       <c r="I152" s="22"/>
     </row>
-    <row r="153" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A153" s="93"/>
       <c r="B153" s="22"/>
       <c r="C153" s="22"/>
       <c r="D153" s="22"/>
       <c r="F153" s="22"/>
       <c r="G153" s="22"/>
       <c r="I153" s="22"/>
     </row>
-    <row r="154" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A154" s="93"/>
       <c r="B154" s="22"/>
       <c r="C154" s="22"/>
       <c r="D154" s="22"/>
       <c r="F154" s="22"/>
       <c r="G154" s="22"/>
       <c r="I154" s="22"/>
     </row>
-    <row r="155" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A155" s="93"/>
       <c r="B155" s="22"/>
       <c r="C155" s="22"/>
       <c r="D155" s="22"/>
       <c r="F155" s="22"/>
       <c r="G155" s="22"/>
       <c r="I155" s="22"/>
     </row>
-    <row r="156" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A156" s="93"/>
       <c r="B156" s="22"/>
       <c r="C156" s="22"/>
       <c r="D156" s="22"/>
       <c r="F156" s="22"/>
       <c r="G156" s="22"/>
       <c r="I156" s="22"/>
     </row>
-    <row r="157" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A157" s="93"/>
       <c r="B157" s="22"/>
       <c r="C157" s="22"/>
       <c r="D157" s="22"/>
       <c r="F157" s="22"/>
       <c r="G157" s="22"/>
       <c r="I157" s="22"/>
     </row>
-    <row r="158" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A158" s="93"/>
       <c r="B158" s="22"/>
       <c r="C158" s="22"/>
       <c r="D158" s="22"/>
       <c r="F158" s="22"/>
       <c r="G158" s="22"/>
       <c r="I158" s="22"/>
     </row>
-    <row r="159" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A159" s="93"/>
       <c r="B159" s="22"/>
       <c r="C159" s="22"/>
       <c r="D159" s="22"/>
       <c r="F159" s="22"/>
       <c r="G159" s="22"/>
       <c r="I159" s="22"/>
     </row>
-    <row r="160" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A160" s="93"/>
       <c r="B160" s="22"/>
       <c r="C160" s="22"/>
       <c r="D160" s="22"/>
       <c r="F160" s="22"/>
       <c r="G160" s="22"/>
       <c r="I160" s="22"/>
     </row>
-    <row r="161" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A161" s="93"/>
       <c r="B161" s="22"/>
       <c r="C161" s="22"/>
       <c r="D161" s="22"/>
       <c r="F161" s="22"/>
       <c r="G161" s="22"/>
       <c r="I161" s="22"/>
     </row>
-    <row r="162" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A162" s="93"/>
       <c r="B162" s="22"/>
       <c r="C162" s="22"/>
       <c r="D162" s="22"/>
       <c r="F162" s="22"/>
       <c r="G162" s="22"/>
       <c r="I162" s="22"/>
     </row>
-    <row r="163" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A163" s="93"/>
       <c r="B163" s="22"/>
       <c r="C163" s="22"/>
       <c r="D163" s="22"/>
       <c r="F163" s="22"/>
       <c r="G163" s="22"/>
       <c r="I163" s="22"/>
     </row>
-    <row r="164" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A164" s="93"/>
       <c r="B164" s="22"/>
       <c r="C164" s="22"/>
       <c r="D164" s="22"/>
       <c r="F164" s="22"/>
       <c r="G164" s="22"/>
       <c r="I164" s="22"/>
     </row>
-    <row r="165" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A165" s="93"/>
       <c r="B165" s="22"/>
       <c r="C165" s="22"/>
       <c r="D165" s="22"/>
       <c r="F165" s="22"/>
       <c r="G165" s="22"/>
       <c r="I165" s="22"/>
     </row>
-    <row r="166" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A166" s="93"/>
       <c r="B166" s="22"/>
       <c r="C166" s="22"/>
       <c r="D166" s="22"/>
       <c r="F166" s="22"/>
       <c r="G166" s="22"/>
       <c r="I166" s="22"/>
     </row>
-    <row r="167" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A167" s="93"/>
       <c r="B167" s="22"/>
       <c r="C167" s="22"/>
       <c r="D167" s="22"/>
       <c r="F167" s="22"/>
       <c r="G167" s="22"/>
       <c r="I167" s="22"/>
     </row>
-    <row r="168" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A168" s="93"/>
       <c r="B168" s="22"/>
       <c r="C168" s="22"/>
       <c r="D168" s="22"/>
       <c r="F168" s="22"/>
       <c r="G168" s="22"/>
       <c r="I168" s="22"/>
     </row>
-    <row r="169" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A169" s="93"/>
       <c r="B169" s="22"/>
       <c r="C169" s="22"/>
       <c r="D169" s="22"/>
       <c r="F169" s="22"/>
       <c r="G169" s="22"/>
       <c r="I169" s="22"/>
     </row>
-    <row r="170" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A170" s="93"/>
       <c r="B170" s="22"/>
       <c r="C170" s="22"/>
       <c r="D170" s="22"/>
       <c r="F170" s="22"/>
       <c r="G170" s="22"/>
       <c r="I170" s="22"/>
     </row>
-    <row r="171" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A171" s="93"/>
       <c r="B171" s="22"/>
       <c r="C171" s="22"/>
       <c r="D171" s="22"/>
       <c r="F171" s="22"/>
       <c r="G171" s="22"/>
       <c r="I171" s="22"/>
     </row>
-    <row r="172" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A172" s="93"/>
       <c r="B172" s="22"/>
       <c r="C172" s="22"/>
       <c r="D172" s="22"/>
       <c r="F172" s="22"/>
       <c r="G172" s="22"/>
       <c r="I172" s="22"/>
     </row>
-    <row r="173" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A173" s="93"/>
       <c r="B173" s="22"/>
       <c r="C173" s="22"/>
       <c r="D173" s="22"/>
       <c r="F173" s="22"/>
       <c r="G173" s="22"/>
       <c r="I173" s="22"/>
     </row>
-    <row r="174" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A174" s="93"/>
       <c r="B174" s="22"/>
       <c r="C174" s="22"/>
       <c r="D174" s="22"/>
       <c r="F174" s="22"/>
       <c r="G174" s="22"/>
       <c r="I174" s="22"/>
     </row>
-    <row r="175" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A175" s="93"/>
       <c r="B175" s="22"/>
       <c r="C175" s="22"/>
       <c r="D175" s="22"/>
       <c r="F175" s="22"/>
       <c r="G175" s="22"/>
       <c r="I175" s="22"/>
     </row>
-    <row r="176" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A176" s="93"/>
       <c r="B176" s="22"/>
       <c r="C176" s="22"/>
       <c r="D176" s="22"/>
       <c r="F176" s="22"/>
       <c r="G176" s="22"/>
       <c r="I176" s="22"/>
     </row>
-    <row r="177" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A177" s="93"/>
       <c r="B177" s="22"/>
       <c r="C177" s="22"/>
       <c r="D177" s="22"/>
       <c r="F177" s="22"/>
       <c r="G177" s="22"/>
       <c r="I177" s="22"/>
     </row>
-    <row r="178" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A178" s="93"/>
       <c r="B178" s="22"/>
       <c r="C178" s="22"/>
       <c r="D178" s="22"/>
       <c r="F178" s="22"/>
       <c r="G178" s="22"/>
       <c r="I178" s="22"/>
     </row>
-    <row r="179" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A179" s="93"/>
       <c r="B179" s="22"/>
       <c r="C179" s="22"/>
       <c r="D179" s="22"/>
       <c r="F179" s="22"/>
       <c r="G179" s="22"/>
       <c r="I179" s="22"/>
     </row>
-    <row r="180" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A180" s="93"/>
       <c r="B180" s="22"/>
       <c r="C180" s="22"/>
       <c r="D180" s="22"/>
       <c r="F180" s="22"/>
       <c r="G180" s="22"/>
       <c r="I180" s="22"/>
     </row>
-    <row r="181" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A181" s="93"/>
       <c r="B181" s="22"/>
       <c r="C181" s="22"/>
       <c r="D181" s="22"/>
       <c r="F181" s="22"/>
       <c r="G181" s="22"/>
       <c r="I181" s="22"/>
     </row>
-    <row r="182" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A182" s="93"/>
       <c r="B182" s="22"/>
       <c r="C182" s="22"/>
       <c r="D182" s="22"/>
       <c r="F182" s="22"/>
       <c r="G182" s="22"/>
       <c r="I182" s="22"/>
     </row>
-    <row r="183" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A183" s="93"/>
       <c r="B183" s="22"/>
       <c r="C183" s="22"/>
       <c r="D183" s="22"/>
       <c r="F183" s="22"/>
       <c r="G183" s="22"/>
       <c r="I183" s="22"/>
     </row>
-    <row r="184" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A184" s="93"/>
       <c r="B184" s="22"/>
       <c r="C184" s="22"/>
       <c r="D184" s="22"/>
       <c r="F184" s="22"/>
       <c r="G184" s="22"/>
       <c r="I184" s="22"/>
     </row>
-    <row r="185" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A185" s="93"/>
       <c r="B185" s="22"/>
       <c r="C185" s="22"/>
       <c r="D185" s="22"/>
       <c r="F185" s="22"/>
       <c r="G185" s="22"/>
       <c r="I185" s="22"/>
     </row>
-    <row r="186" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A186" s="93"/>
       <c r="B186" s="22"/>
       <c r="C186" s="22"/>
       <c r="D186" s="22"/>
       <c r="F186" s="22"/>
       <c r="G186" s="22"/>
       <c r="I186" s="22"/>
     </row>
-    <row r="187" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A187" s="93"/>
       <c r="B187" s="22"/>
       <c r="C187" s="22"/>
       <c r="D187" s="22"/>
       <c r="F187" s="22"/>
       <c r="G187" s="22"/>
       <c r="I187" s="22"/>
     </row>
-    <row r="188" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A188" s="93"/>
       <c r="B188" s="22"/>
       <c r="C188" s="22"/>
       <c r="D188" s="22"/>
       <c r="F188" s="22"/>
       <c r="G188" s="22"/>
       <c r="I188" s="22"/>
     </row>
-    <row r="189" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A189" s="93"/>
       <c r="B189" s="22"/>
       <c r="C189" s="22"/>
       <c r="D189" s="22"/>
       <c r="F189" s="22"/>
       <c r="G189" s="22"/>
       <c r="I189" s="22"/>
     </row>
-    <row r="190" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A190" s="93"/>
       <c r="B190" s="22"/>
       <c r="C190" s="22"/>
       <c r="D190" s="22"/>
       <c r="F190" s="22"/>
       <c r="G190" s="22"/>
       <c r="I190" s="22"/>
     </row>
-    <row r="191" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A191" s="93"/>
       <c r="B191" s="22"/>
       <c r="C191" s="22"/>
       <c r="D191" s="22"/>
       <c r="F191" s="22"/>
       <c r="G191" s="22"/>
       <c r="I191" s="22"/>
     </row>
-    <row r="192" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A192" s="93"/>
       <c r="B192" s="22"/>
       <c r="C192" s="22"/>
       <c r="D192" s="22"/>
       <c r="F192" s="22"/>
       <c r="G192" s="22"/>
       <c r="I192" s="22"/>
     </row>
-    <row r="193" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A193" s="93"/>
       <c r="B193" s="22"/>
       <c r="C193" s="22"/>
       <c r="D193" s="22"/>
       <c r="F193" s="22"/>
       <c r="G193" s="22"/>
       <c r="I193" s="22"/>
     </row>
-    <row r="194" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A194" s="93"/>
       <c r="B194" s="22"/>
       <c r="C194" s="22"/>
       <c r="D194" s="22"/>
       <c r="F194" s="22"/>
       <c r="G194" s="22"/>
       <c r="I194" s="22"/>
     </row>
-    <row r="195" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A195" s="93"/>
       <c r="B195" s="22"/>
       <c r="C195" s="22"/>
       <c r="D195" s="22"/>
       <c r="F195" s="22"/>
       <c r="G195" s="22"/>
       <c r="I195" s="22"/>
     </row>
-    <row r="196" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A196" s="93"/>
       <c r="B196" s="22"/>
       <c r="C196" s="22"/>
       <c r="D196" s="22"/>
       <c r="F196" s="22"/>
       <c r="G196" s="22"/>
       <c r="I196" s="22"/>
     </row>
-    <row r="197" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A197" s="93"/>
       <c r="B197" s="22"/>
       <c r="C197" s="22"/>
       <c r="D197" s="22"/>
       <c r="F197" s="22"/>
       <c r="G197" s="22"/>
       <c r="I197" s="22"/>
     </row>
-    <row r="198" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A198" s="93"/>
       <c r="B198" s="22"/>
       <c r="C198" s="22"/>
       <c r="D198" s="22"/>
       <c r="F198" s="22"/>
       <c r="G198" s="22"/>
       <c r="I198" s="22"/>
     </row>
-    <row r="199" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A199" s="93"/>
       <c r="B199" s="22"/>
       <c r="C199" s="22"/>
       <c r="D199" s="22"/>
       <c r="F199" s="22"/>
       <c r="G199" s="22"/>
       <c r="I199" s="22"/>
     </row>
-    <row r="200" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A200" s="93"/>
       <c r="B200" s="22"/>
       <c r="C200" s="22"/>
       <c r="D200" s="22"/>
       <c r="F200" s="22"/>
       <c r="G200" s="22"/>
       <c r="I200" s="22"/>
     </row>
-    <row r="201" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A201" s="93"/>
       <c r="B201" s="22"/>
       <c r="C201" s="22"/>
       <c r="D201" s="22"/>
       <c r="F201" s="22"/>
       <c r="G201" s="22"/>
       <c r="I201" s="22"/>
     </row>
-    <row r="202" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A202" s="93"/>
       <c r="B202" s="22"/>
       <c r="C202" s="22"/>
       <c r="D202" s="22"/>
       <c r="F202" s="22"/>
       <c r="G202" s="22"/>
       <c r="I202" s="22"/>
     </row>
-    <row r="203" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A203" s="93"/>
       <c r="B203" s="22"/>
       <c r="C203" s="22"/>
       <c r="D203" s="22"/>
       <c r="F203" s="22"/>
       <c r="G203" s="22"/>
       <c r="I203" s="22"/>
     </row>
-    <row r="204" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A204" s="93"/>
       <c r="B204" s="22"/>
       <c r="C204" s="22"/>
       <c r="D204" s="22"/>
       <c r="F204" s="22"/>
       <c r="G204" s="22"/>
       <c r="I204" s="22"/>
     </row>
-    <row r="205" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A205" s="93"/>
       <c r="B205" s="22"/>
       <c r="C205" s="22"/>
       <c r="D205" s="22"/>
       <c r="F205" s="22"/>
       <c r="G205" s="22"/>
       <c r="I205" s="22"/>
     </row>
-    <row r="206" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A206" s="93"/>
       <c r="B206" s="22"/>
       <c r="C206" s="22"/>
       <c r="D206" s="22"/>
       <c r="F206" s="22"/>
       <c r="G206" s="22"/>
       <c r="I206" s="22"/>
     </row>
-    <row r="207" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A207" s="93"/>
       <c r="B207" s="22"/>
       <c r="C207" s="22"/>
       <c r="D207" s="22"/>
       <c r="F207" s="22"/>
       <c r="G207" s="22"/>
       <c r="I207" s="22"/>
     </row>
-    <row r="208" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A208" s="93"/>
       <c r="B208" s="22"/>
       <c r="C208" s="22"/>
       <c r="D208" s="22"/>
       <c r="F208" s="22"/>
       <c r="G208" s="22"/>
       <c r="I208" s="22"/>
     </row>
-    <row r="209" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A209" s="93"/>
       <c r="B209" s="22"/>
       <c r="C209" s="22"/>
       <c r="D209" s="22"/>
       <c r="F209" s="22"/>
       <c r="G209" s="22"/>
       <c r="I209" s="22"/>
     </row>
-    <row r="210" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A210" s="93"/>
       <c r="B210" s="22"/>
       <c r="C210" s="22"/>
       <c r="D210" s="22"/>
       <c r="F210" s="22"/>
       <c r="G210" s="22"/>
       <c r="I210" s="22"/>
     </row>
-    <row r="211" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A211" s="93"/>
       <c r="B211" s="22"/>
       <c r="C211" s="22"/>
       <c r="D211" s="22"/>
       <c r="F211" s="22"/>
       <c r="G211" s="22"/>
       <c r="I211" s="22"/>
     </row>
-    <row r="212" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A212" s="93"/>
       <c r="B212" s="22"/>
       <c r="C212" s="22"/>
       <c r="D212" s="22"/>
       <c r="F212" s="22"/>
       <c r="G212" s="22"/>
       <c r="I212" s="22"/>
     </row>
-    <row r="213" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A213" s="93"/>
       <c r="B213" s="22"/>
       <c r="C213" s="22"/>
       <c r="D213" s="22"/>
       <c r="F213" s="22"/>
       <c r="G213" s="22"/>
       <c r="I213" s="22"/>
     </row>
-    <row r="214" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A214" s="93"/>
       <c r="B214" s="22"/>
       <c r="C214" s="22"/>
       <c r="D214" s="22"/>
       <c r="F214" s="22"/>
       <c r="G214" s="22"/>
       <c r="I214" s="22"/>
     </row>
-    <row r="215" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A215" s="93"/>
       <c r="B215" s="22"/>
       <c r="C215" s="22"/>
       <c r="D215" s="22"/>
       <c r="F215" s="22"/>
       <c r="G215" s="22"/>
       <c r="I215" s="22"/>
     </row>
-    <row r="216" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A216" s="93"/>
       <c r="B216" s="22"/>
       <c r="C216" s="22"/>
       <c r="D216" s="22"/>
       <c r="F216" s="22"/>
       <c r="G216" s="22"/>
       <c r="I216" s="22"/>
     </row>
-    <row r="217" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A217" s="93"/>
       <c r="B217" s="22"/>
       <c r="C217" s="22"/>
       <c r="D217" s="22"/>
       <c r="F217" s="22"/>
       <c r="G217" s="22"/>
       <c r="I217" s="22"/>
     </row>
-    <row r="218" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A218" s="93"/>
       <c r="B218" s="22"/>
       <c r="C218" s="22"/>
       <c r="D218" s="22"/>
       <c r="F218" s="22"/>
       <c r="G218" s="22"/>
       <c r="I218" s="22"/>
     </row>
-    <row r="219" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A219" s="93"/>
       <c r="B219" s="22"/>
       <c r="C219" s="22"/>
       <c r="D219" s="22"/>
       <c r="F219" s="22"/>
       <c r="G219" s="22"/>
       <c r="I219" s="22"/>
     </row>
-    <row r="220" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A220" s="93"/>
       <c r="B220" s="22"/>
       <c r="C220" s="22"/>
       <c r="D220" s="22"/>
       <c r="F220" s="22"/>
       <c r="G220" s="22"/>
       <c r="I220" s="22"/>
     </row>
-    <row r="221" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A221" s="93"/>
       <c r="B221" s="22"/>
       <c r="C221" s="22"/>
       <c r="D221" s="22"/>
       <c r="F221" s="22"/>
       <c r="G221" s="22"/>
       <c r="I221" s="22"/>
     </row>
-    <row r="222" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A222" s="93"/>
       <c r="B222" s="22"/>
       <c r="C222" s="22"/>
       <c r="D222" s="22"/>
       <c r="F222" s="22"/>
       <c r="G222" s="22"/>
       <c r="I222" s="22"/>
     </row>
-    <row r="223" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A223" s="93"/>
       <c r="B223" s="22"/>
       <c r="C223" s="22"/>
       <c r="D223" s="22"/>
       <c r="F223" s="22"/>
       <c r="G223" s="22"/>
       <c r="I223" s="22"/>
     </row>
-    <row r="224" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A224" s="93"/>
       <c r="B224" s="22"/>
       <c r="C224" s="22"/>
       <c r="D224" s="22"/>
       <c r="F224" s="22"/>
       <c r="G224" s="22"/>
       <c r="I224" s="22"/>
     </row>
-    <row r="225" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A225" s="93"/>
       <c r="B225" s="22"/>
       <c r="C225" s="22"/>
       <c r="D225" s="22"/>
       <c r="F225" s="22"/>
       <c r="G225" s="22"/>
       <c r="I225" s="22"/>
     </row>
-    <row r="226" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A226" s="93"/>
       <c r="B226" s="22"/>
       <c r="C226" s="22"/>
       <c r="D226" s="22"/>
       <c r="F226" s="22"/>
       <c r="G226" s="22"/>
       <c r="I226" s="22"/>
     </row>
-    <row r="227" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A227" s="93"/>
       <c r="B227" s="22"/>
       <c r="C227" s="22"/>
       <c r="D227" s="22"/>
       <c r="F227" s="22"/>
       <c r="G227" s="22"/>
       <c r="I227" s="22"/>
     </row>
-    <row r="228" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A228" s="93"/>
       <c r="B228" s="22"/>
       <c r="C228" s="22"/>
       <c r="D228" s="22"/>
       <c r="F228" s="22"/>
       <c r="G228" s="22"/>
       <c r="I228" s="22"/>
     </row>
-    <row r="229" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A229" s="93"/>
       <c r="B229" s="22"/>
       <c r="C229" s="22"/>
       <c r="D229" s="22"/>
       <c r="F229" s="22"/>
       <c r="G229" s="22"/>
       <c r="I229" s="22"/>
     </row>
-    <row r="230" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A230" s="93"/>
       <c r="B230" s="22"/>
       <c r="C230" s="22"/>
       <c r="D230" s="22"/>
       <c r="F230" s="22"/>
       <c r="G230" s="22"/>
       <c r="I230" s="22"/>
     </row>
-    <row r="231" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A231" s="93"/>
       <c r="B231" s="22"/>
       <c r="C231" s="22"/>
       <c r="D231" s="22"/>
       <c r="F231" s="22"/>
       <c r="G231" s="22"/>
       <c r="I231" s="22"/>
     </row>
-    <row r="232" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A232" s="93"/>
       <c r="B232" s="22"/>
       <c r="C232" s="22"/>
       <c r="D232" s="22"/>
       <c r="F232" s="22"/>
       <c r="G232" s="22"/>
       <c r="I232" s="22"/>
     </row>
-    <row r="233" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A233" s="93"/>
       <c r="B233" s="22"/>
       <c r="C233" s="22"/>
       <c r="D233" s="22"/>
       <c r="F233" s="22"/>
       <c r="G233" s="22"/>
       <c r="I233" s="22"/>
     </row>
-    <row r="234" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A234" s="93"/>
       <c r="B234" s="22"/>
       <c r="C234" s="22"/>
       <c r="D234" s="22"/>
       <c r="F234" s="22"/>
       <c r="G234" s="22"/>
       <c r="I234" s="22"/>
     </row>
-    <row r="235" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A235" s="93"/>
       <c r="B235" s="22"/>
       <c r="C235" s="22"/>
       <c r="D235" s="22"/>
       <c r="F235" s="22"/>
       <c r="G235" s="22"/>
       <c r="I235" s="22"/>
     </row>
-    <row r="236" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A236" s="93"/>
       <c r="B236" s="22"/>
       <c r="C236" s="22"/>
       <c r="D236" s="22"/>
       <c r="F236" s="22"/>
       <c r="G236" s="22"/>
       <c r="I236" s="22"/>
     </row>
-    <row r="237" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A237" s="93"/>
       <c r="B237" s="22"/>
       <c r="C237" s="22"/>
       <c r="D237" s="22"/>
       <c r="F237" s="22"/>
       <c r="G237" s="22"/>
       <c r="I237" s="22"/>
     </row>
-    <row r="238" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A238" s="93"/>
       <c r="B238" s="22"/>
       <c r="C238" s="22"/>
       <c r="D238" s="22"/>
       <c r="F238" s="22"/>
       <c r="G238" s="22"/>
       <c r="I238" s="22"/>
     </row>
-    <row r="239" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A239" s="93"/>
       <c r="B239" s="22"/>
       <c r="C239" s="22"/>
       <c r="D239" s="22"/>
       <c r="F239" s="22"/>
       <c r="G239" s="22"/>
       <c r="I239" s="22"/>
     </row>
-    <row r="240" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A240" s="93"/>
       <c r="B240" s="22"/>
       <c r="C240" s="22"/>
       <c r="D240" s="22"/>
       <c r="F240" s="22"/>
       <c r="G240" s="22"/>
       <c r="I240" s="22"/>
     </row>
-    <row r="241" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A241" s="93"/>
       <c r="B241" s="22"/>
       <c r="C241" s="22"/>
       <c r="D241" s="22"/>
       <c r="F241" s="22"/>
       <c r="G241" s="22"/>
       <c r="I241" s="22"/>
     </row>
-    <row r="242" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A242" s="93"/>
       <c r="B242" s="22"/>
       <c r="C242" s="22"/>
       <c r="D242" s="22"/>
       <c r="F242" s="22"/>
       <c r="G242" s="22"/>
       <c r="I242" s="22"/>
     </row>
-    <row r="243" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A243" s="93"/>
       <c r="B243" s="22"/>
       <c r="C243" s="22"/>
       <c r="D243" s="22"/>
       <c r="F243" s="22"/>
       <c r="G243" s="22"/>
       <c r="I243" s="22"/>
     </row>
-    <row r="244" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A244" s="93"/>
       <c r="B244" s="22"/>
       <c r="C244" s="22"/>
       <c r="D244" s="22"/>
       <c r="F244" s="22"/>
       <c r="G244" s="22"/>
       <c r="I244" s="22"/>
     </row>
-    <row r="245" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A245" s="93"/>
       <c r="B245" s="22"/>
       <c r="C245" s="22"/>
       <c r="D245" s="22"/>
       <c r="F245" s="22"/>
       <c r="G245" s="22"/>
       <c r="I245" s="22"/>
     </row>
-    <row r="246" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A246" s="93"/>
       <c r="B246" s="22"/>
       <c r="C246" s="22"/>
       <c r="D246" s="22"/>
       <c r="F246" s="22"/>
       <c r="G246" s="22"/>
       <c r="I246" s="22"/>
     </row>
-    <row r="247" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A247" s="93"/>
       <c r="B247" s="22"/>
       <c r="C247" s="22"/>
       <c r="D247" s="22"/>
       <c r="F247" s="22"/>
       <c r="G247" s="22"/>
       <c r="I247" s="22"/>
     </row>
-    <row r="248" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A248" s="93"/>
       <c r="B248" s="22"/>
       <c r="C248" s="22"/>
       <c r="D248" s="22"/>
       <c r="F248" s="22"/>
       <c r="G248" s="22"/>
       <c r="I248" s="22"/>
     </row>
-    <row r="249" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A249" s="93"/>
       <c r="B249" s="22"/>
       <c r="C249" s="22"/>
       <c r="D249" s="22"/>
       <c r="F249" s="22"/>
       <c r="G249" s="22"/>
       <c r="I249" s="22"/>
     </row>
-    <row r="250" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A250" s="93"/>
       <c r="B250" s="22"/>
       <c r="C250" s="22"/>
       <c r="D250" s="22"/>
       <c r="F250" s="22"/>
       <c r="G250" s="22"/>
       <c r="I250" s="22"/>
     </row>
-    <row r="251" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A251" s="93"/>
       <c r="B251" s="22"/>
       <c r="C251" s="22"/>
       <c r="D251" s="22"/>
       <c r="F251" s="22"/>
       <c r="G251" s="22"/>
       <c r="I251" s="22"/>
     </row>
-    <row r="252" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A252" s="93"/>
       <c r="B252" s="22"/>
       <c r="C252" s="22"/>
       <c r="D252" s="22"/>
       <c r="F252" s="22"/>
       <c r="G252" s="22"/>
       <c r="I252" s="22"/>
     </row>
-    <row r="253" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A253" s="93"/>
       <c r="B253" s="22"/>
       <c r="C253" s="22"/>
       <c r="D253" s="22"/>
       <c r="F253" s="22"/>
       <c r="G253" s="22"/>
       <c r="I253" s="22"/>
     </row>
-    <row r="254" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A254" s="93"/>
       <c r="B254" s="22"/>
       <c r="C254" s="22"/>
       <c r="D254" s="22"/>
       <c r="F254" s="22"/>
       <c r="G254" s="22"/>
       <c r="I254" s="22"/>
     </row>
-    <row r="255" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A255" s="93"/>
       <c r="B255" s="22"/>
       <c r="C255" s="22"/>
       <c r="D255" s="22"/>
       <c r="F255" s="22"/>
       <c r="G255" s="22"/>
       <c r="I255" s="22"/>
     </row>
-    <row r="256" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A256" s="93"/>
       <c r="B256" s="22"/>
       <c r="C256" s="22"/>
       <c r="D256" s="22"/>
       <c r="F256" s="22"/>
       <c r="G256" s="22"/>
       <c r="I256" s="22"/>
     </row>
-    <row r="257" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A257" s="93"/>
       <c r="B257" s="22"/>
       <c r="C257" s="22"/>
       <c r="D257" s="22"/>
       <c r="F257" s="22"/>
       <c r="G257" s="22"/>
       <c r="I257" s="22"/>
     </row>
-    <row r="258" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A258" s="93"/>
       <c r="B258" s="22"/>
       <c r="C258" s="22"/>
       <c r="D258" s="22"/>
       <c r="F258" s="22"/>
       <c r="G258" s="22"/>
       <c r="I258" s="22"/>
     </row>
-    <row r="259" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A259" s="93"/>
       <c r="B259" s="22"/>
       <c r="C259" s="22"/>
       <c r="D259" s="22"/>
       <c r="F259" s="22"/>
       <c r="G259" s="22"/>
       <c r="I259" s="22"/>
     </row>
-    <row r="260" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A260" s="93"/>
       <c r="B260" s="22"/>
       <c r="C260" s="22"/>
       <c r="D260" s="22"/>
       <c r="F260" s="22"/>
       <c r="G260" s="22"/>
       <c r="I260" s="22"/>
     </row>
-    <row r="261" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A261" s="93"/>
       <c r="B261" s="22"/>
       <c r="C261" s="22"/>
       <c r="D261" s="22"/>
       <c r="F261" s="22"/>
       <c r="G261" s="22"/>
       <c r="I261" s="22"/>
     </row>
-    <row r="262" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A262" s="93"/>
       <c r="B262" s="22"/>
       <c r="C262" s="22"/>
       <c r="D262" s="22"/>
       <c r="F262" s="22"/>
       <c r="G262" s="22"/>
       <c r="I262" s="22"/>
     </row>
-    <row r="263" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A263" s="93"/>
       <c r="B263" s="22"/>
       <c r="C263" s="22"/>
       <c r="D263" s="22"/>
       <c r="F263" s="22"/>
       <c r="G263" s="22"/>
       <c r="I263" s="22"/>
     </row>
-    <row r="264" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A264" s="93"/>
       <c r="B264" s="22"/>
       <c r="C264" s="22"/>
       <c r="D264" s="22"/>
       <c r="F264" s="22"/>
       <c r="G264" s="22"/>
       <c r="I264" s="22"/>
     </row>
-    <row r="265" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A265" s="93"/>
       <c r="B265" s="22"/>
       <c r="C265" s="22"/>
       <c r="D265" s="22"/>
       <c r="F265" s="22"/>
       <c r="G265" s="22"/>
       <c r="I265" s="22"/>
     </row>
-    <row r="266" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A266" s="93"/>
       <c r="B266" s="22"/>
       <c r="C266" s="22"/>
       <c r="D266" s="22"/>
       <c r="F266" s="22"/>
       <c r="G266" s="22"/>
       <c r="I266" s="22"/>
     </row>
-    <row r="267" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A267" s="93"/>
       <c r="B267" s="22"/>
       <c r="C267" s="22"/>
       <c r="D267" s="22"/>
       <c r="F267" s="22"/>
       <c r="G267" s="22"/>
       <c r="I267" s="22"/>
     </row>
-    <row r="268" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A268" s="93"/>
       <c r="B268" s="22"/>
       <c r="C268" s="22"/>
       <c r="D268" s="22"/>
       <c r="F268" s="22"/>
       <c r="G268" s="22"/>
       <c r="I268" s="22"/>
     </row>
-    <row r="269" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A269" s="93"/>
       <c r="B269" s="22"/>
       <c r="C269" s="22"/>
       <c r="D269" s="22"/>
       <c r="F269" s="22"/>
       <c r="G269" s="22"/>
       <c r="I269" s="22"/>
     </row>
-    <row r="270" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A270" s="93"/>
       <c r="B270" s="22"/>
       <c r="C270" s="22"/>
       <c r="D270" s="22"/>
       <c r="F270" s="22"/>
       <c r="G270" s="22"/>
       <c r="I270" s="22"/>
     </row>
-    <row r="271" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A271" s="93"/>
       <c r="B271" s="22"/>
       <c r="C271" s="22"/>
       <c r="D271" s="22"/>
       <c r="F271" s="22"/>
       <c r="G271" s="22"/>
       <c r="I271" s="22"/>
     </row>
-    <row r="272" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A272" s="93"/>
       <c r="B272" s="22"/>
       <c r="C272" s="22"/>
       <c r="D272" s="22"/>
       <c r="F272" s="22"/>
       <c r="G272" s="22"/>
       <c r="I272" s="22"/>
     </row>
-    <row r="273" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A273" s="93"/>
       <c r="B273" s="22"/>
       <c r="C273" s="22"/>
       <c r="D273" s="22"/>
       <c r="F273" s="22"/>
       <c r="G273" s="22"/>
       <c r="I273" s="22"/>
     </row>
-    <row r="274" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A274" s="93"/>
       <c r="B274" s="22"/>
       <c r="C274" s="22"/>
       <c r="D274" s="22"/>
       <c r="F274" s="22"/>
       <c r="G274" s="22"/>
       <c r="I274" s="22"/>
     </row>
-    <row r="275" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A275" s="93"/>
       <c r="B275" s="22"/>
       <c r="C275" s="22"/>
       <c r="D275" s="22"/>
       <c r="F275" s="22"/>
       <c r="G275" s="22"/>
       <c r="I275" s="22"/>
     </row>
-    <row r="276" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A276" s="93"/>
       <c r="B276" s="22"/>
       <c r="C276" s="22"/>
       <c r="D276" s="22"/>
       <c r="F276" s="22"/>
       <c r="G276" s="22"/>
       <c r="I276" s="22"/>
     </row>
-    <row r="277" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A277" s="93"/>
       <c r="B277" s="22"/>
       <c r="C277" s="22"/>
       <c r="D277" s="22"/>
       <c r="F277" s="22"/>
       <c r="G277" s="22"/>
       <c r="I277" s="22"/>
     </row>
-    <row r="278" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A278" s="93"/>
       <c r="B278" s="22"/>
       <c r="C278" s="22"/>
       <c r="D278" s="22"/>
       <c r="F278" s="22"/>
       <c r="G278" s="22"/>
       <c r="I278" s="22"/>
     </row>
-    <row r="279" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A279" s="93"/>
       <c r="B279" s="22"/>
       <c r="C279" s="22"/>
       <c r="D279" s="22"/>
       <c r="F279" s="22"/>
       <c r="G279" s="22"/>
       <c r="I279" s="22"/>
     </row>
-    <row r="280" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A280" s="93"/>
       <c r="B280" s="22"/>
       <c r="C280" s="22"/>
       <c r="D280" s="22"/>
       <c r="F280" s="22"/>
       <c r="G280" s="22"/>
       <c r="I280" s="22"/>
     </row>
-    <row r="281" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A281" s="93"/>
       <c r="B281" s="22"/>
       <c r="C281" s="22"/>
       <c r="D281" s="22"/>
       <c r="F281" s="22"/>
       <c r="G281" s="22"/>
       <c r="I281" s="22"/>
     </row>
-    <row r="282" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A282" s="93"/>
       <c r="B282" s="22"/>
       <c r="C282" s="22"/>
       <c r="D282" s="22"/>
       <c r="F282" s="22"/>
       <c r="G282" s="22"/>
       <c r="I282" s="22"/>
     </row>
-    <row r="283" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A283" s="93"/>
       <c r="B283" s="22"/>
       <c r="C283" s="22"/>
       <c r="D283" s="22"/>
       <c r="F283" s="22"/>
       <c r="G283" s="22"/>
       <c r="I283" s="22"/>
     </row>
-    <row r="284" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A284" s="93"/>
       <c r="B284" s="22"/>
       <c r="C284" s="22"/>
       <c r="D284" s="22"/>
       <c r="F284" s="22"/>
       <c r="G284" s="22"/>
       <c r="I284" s="22"/>
     </row>
-    <row r="285" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A285" s="93"/>
       <c r="B285" s="22"/>
       <c r="C285" s="22"/>
       <c r="D285" s="22"/>
       <c r="F285" s="22"/>
       <c r="G285" s="22"/>
       <c r="I285" s="22"/>
     </row>
-    <row r="286" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A286" s="93"/>
       <c r="B286" s="22"/>
       <c r="C286" s="22"/>
       <c r="D286" s="22"/>
       <c r="F286" s="22"/>
       <c r="G286" s="22"/>
       <c r="I286" s="22"/>
     </row>
-    <row r="287" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A287" s="93"/>
       <c r="B287" s="22"/>
       <c r="C287" s="22"/>
       <c r="D287" s="22"/>
       <c r="F287" s="22"/>
       <c r="G287" s="22"/>
       <c r="I287" s="22"/>
     </row>
-    <row r="288" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A288" s="93"/>
       <c r="B288" s="22"/>
       <c r="C288" s="22"/>
       <c r="D288" s="22"/>
       <c r="F288" s="22"/>
       <c r="G288" s="22"/>
       <c r="I288" s="22"/>
     </row>
-    <row r="289" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A289" s="93"/>
       <c r="B289" s="22"/>
       <c r="C289" s="22"/>
       <c r="D289" s="22"/>
       <c r="F289" s="22"/>
       <c r="G289" s="22"/>
       <c r="I289" s="22"/>
     </row>
-    <row r="290" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A290" s="93"/>
       <c r="B290" s="22"/>
       <c r="C290" s="22"/>
       <c r="D290" s="22"/>
       <c r="F290" s="22"/>
       <c r="G290" s="22"/>
       <c r="I290" s="22"/>
     </row>
-    <row r="291" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A291" s="93"/>
       <c r="B291" s="22"/>
       <c r="C291" s="22"/>
       <c r="D291" s="22"/>
       <c r="F291" s="22"/>
       <c r="G291" s="22"/>
       <c r="I291" s="22"/>
     </row>
-    <row r="292" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A292" s="93"/>
       <c r="B292" s="22"/>
       <c r="C292" s="22"/>
       <c r="D292" s="22"/>
       <c r="F292" s="22"/>
       <c r="G292" s="22"/>
       <c r="I292" s="22"/>
     </row>
-    <row r="293" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A293" s="93"/>
       <c r="B293" s="22"/>
       <c r="C293" s="22"/>
       <c r="D293" s="22"/>
       <c r="F293" s="22"/>
       <c r="G293" s="22"/>
       <c r="I293" s="22"/>
     </row>
-    <row r="294" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A294" s="93"/>
       <c r="B294" s="22"/>
       <c r="C294" s="22"/>
       <c r="D294" s="22"/>
       <c r="F294" s="22"/>
       <c r="G294" s="22"/>
       <c r="I294" s="22"/>
     </row>
-    <row r="295" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A295" s="93"/>
       <c r="B295" s="22"/>
       <c r="C295" s="22"/>
       <c r="D295" s="22"/>
       <c r="F295" s="22"/>
       <c r="G295" s="22"/>
       <c r="I295" s="22"/>
     </row>
-    <row r="296" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A296" s="93"/>
       <c r="B296" s="22"/>
       <c r="C296" s="22"/>
       <c r="D296" s="22"/>
       <c r="F296" s="22"/>
       <c r="G296" s="22"/>
       <c r="I296" s="22"/>
     </row>
-    <row r="297" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A297" s="93"/>
       <c r="B297" s="22"/>
       <c r="C297" s="22"/>
       <c r="D297" s="22"/>
       <c r="F297" s="22"/>
       <c r="G297" s="22"/>
       <c r="I297" s="22"/>
     </row>
-    <row r="298" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A298" s="93"/>
       <c r="B298" s="22"/>
       <c r="C298" s="22"/>
       <c r="D298" s="22"/>
       <c r="F298" s="22"/>
       <c r="G298" s="22"/>
       <c r="I298" s="22"/>
     </row>
-    <row r="299" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A299" s="93"/>
       <c r="B299" s="22"/>
       <c r="C299" s="22"/>
       <c r="D299" s="22"/>
       <c r="F299" s="22"/>
       <c r="G299" s="22"/>
       <c r="I299" s="22"/>
     </row>
-    <row r="300" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A300" s="93"/>
       <c r="B300" s="22"/>
       <c r="C300" s="22"/>
       <c r="D300" s="22"/>
       <c r="F300" s="22"/>
       <c r="G300" s="22"/>
       <c r="I300" s="22"/>
     </row>
-    <row r="301" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A301" s="93"/>
       <c r="B301" s="22"/>
       <c r="C301" s="22"/>
       <c r="D301" s="22"/>
       <c r="F301" s="22"/>
       <c r="G301" s="22"/>
       <c r="I301" s="22"/>
     </row>
-    <row r="302" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A302" s="93"/>
       <c r="B302" s="22"/>
       <c r="C302" s="22"/>
       <c r="D302" s="22"/>
       <c r="F302" s="22"/>
       <c r="G302" s="22"/>
       <c r="I302" s="22"/>
     </row>
-    <row r="303" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A303" s="93"/>
       <c r="B303" s="22"/>
       <c r="C303" s="22"/>
       <c r="D303" s="22"/>
       <c r="F303" s="22"/>
       <c r="G303" s="22"/>
       <c r="I303" s="22"/>
     </row>
-    <row r="304" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A304" s="93"/>
       <c r="B304" s="22"/>
       <c r="C304" s="22"/>
       <c r="D304" s="22"/>
       <c r="F304" s="22"/>
       <c r="G304" s="22"/>
       <c r="I304" s="22"/>
     </row>
-    <row r="305" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A305" s="93"/>
       <c r="B305" s="22"/>
       <c r="C305" s="22"/>
       <c r="D305" s="22"/>
       <c r="F305" s="22"/>
       <c r="G305" s="22"/>
       <c r="I305" s="22"/>
     </row>
-    <row r="306" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A306" s="93"/>
       <c r="B306" s="22"/>
       <c r="C306" s="22"/>
       <c r="D306" s="22"/>
       <c r="F306" s="22"/>
       <c r="G306" s="22"/>
       <c r="I306" s="22"/>
     </row>
-    <row r="307" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A307" s="93"/>
       <c r="B307" s="22"/>
       <c r="C307" s="22"/>
       <c r="D307" s="22"/>
       <c r="F307" s="22"/>
       <c r="G307" s="22"/>
       <c r="I307" s="22"/>
     </row>
-    <row r="308" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A308" s="93"/>
       <c r="B308" s="22"/>
       <c r="C308" s="22"/>
       <c r="D308" s="22"/>
       <c r="F308" s="22"/>
       <c r="G308" s="22"/>
       <c r="I308" s="22"/>
     </row>
-    <row r="309" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A309" s="93"/>
       <c r="B309" s="22"/>
       <c r="C309" s="22"/>
       <c r="D309" s="22"/>
       <c r="F309" s="22"/>
       <c r="G309" s="22"/>
       <c r="I309" s="22"/>
     </row>
-    <row r="310" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A310" s="93"/>
       <c r="B310" s="22"/>
       <c r="C310" s="22"/>
       <c r="D310" s="22"/>
       <c r="F310" s="22"/>
       <c r="G310" s="22"/>
       <c r="I310" s="22"/>
     </row>
-    <row r="311" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A311" s="93"/>
       <c r="B311" s="22"/>
       <c r="C311" s="22"/>
       <c r="D311" s="22"/>
       <c r="F311" s="22"/>
       <c r="G311" s="22"/>
       <c r="I311" s="22"/>
     </row>
-    <row r="312" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A312" s="93"/>
       <c r="B312" s="22"/>
       <c r="C312" s="22"/>
       <c r="D312" s="22"/>
       <c r="F312" s="22"/>
       <c r="G312" s="22"/>
       <c r="I312" s="22"/>
     </row>
-    <row r="313" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A313" s="93"/>
       <c r="B313" s="22"/>
       <c r="C313" s="22"/>
       <c r="D313" s="22"/>
       <c r="F313" s="22"/>
       <c r="G313" s="22"/>
       <c r="I313" s="22"/>
     </row>
-    <row r="314" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A314" s="93"/>
       <c r="B314" s="22"/>
       <c r="C314" s="22"/>
       <c r="D314" s="22"/>
       <c r="F314" s="22"/>
       <c r="G314" s="22"/>
       <c r="I314" s="22"/>
     </row>
-    <row r="315" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A315" s="93"/>
       <c r="B315" s="22"/>
       <c r="C315" s="22"/>
       <c r="D315" s="22"/>
       <c r="F315" s="22"/>
       <c r="G315" s="22"/>
       <c r="I315" s="22"/>
     </row>
-    <row r="316" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A316" s="93"/>
       <c r="B316" s="22"/>
       <c r="C316" s="22"/>
       <c r="D316" s="22"/>
       <c r="F316" s="22"/>
       <c r="G316" s="22"/>
       <c r="I316" s="22"/>
     </row>
-    <row r="317" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A317" s="93"/>
       <c r="B317" s="22"/>
       <c r="C317" s="22"/>
       <c r="D317" s="22"/>
       <c r="F317" s="22"/>
       <c r="G317" s="22"/>
       <c r="I317" s="22"/>
     </row>
-    <row r="318" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A318" s="93"/>
       <c r="B318" s="22"/>
       <c r="C318" s="22"/>
       <c r="D318" s="22"/>
       <c r="F318" s="22"/>
       <c r="G318" s="22"/>
       <c r="I318" s="22"/>
     </row>
-    <row r="319" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A319" s="93"/>
       <c r="B319" s="22"/>
       <c r="C319" s="22"/>
       <c r="D319" s="22"/>
       <c r="F319" s="22"/>
       <c r="G319" s="22"/>
       <c r="I319" s="22"/>
     </row>
-    <row r="320" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A320" s="93"/>
       <c r="B320" s="22"/>
       <c r="C320" s="22"/>
       <c r="D320" s="22"/>
       <c r="F320" s="22"/>
       <c r="G320" s="22"/>
       <c r="I320" s="22"/>
     </row>
-    <row r="321" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A321" s="93"/>
       <c r="B321" s="22"/>
       <c r="C321" s="22"/>
       <c r="D321" s="22"/>
       <c r="F321" s="22"/>
       <c r="G321" s="22"/>
       <c r="I321" s="22"/>
     </row>
-    <row r="322" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A322" s="93"/>
       <c r="B322" s="22"/>
       <c r="C322" s="22"/>
       <c r="D322" s="22"/>
       <c r="F322" s="22"/>
       <c r="G322" s="22"/>
       <c r="I322" s="22"/>
     </row>
-    <row r="323" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A323" s="93"/>
       <c r="B323" s="22"/>
       <c r="C323" s="22"/>
       <c r="D323" s="22"/>
       <c r="F323" s="22"/>
       <c r="G323" s="22"/>
       <c r="I323" s="22"/>
     </row>
-    <row r="324" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A324" s="93"/>
       <c r="B324" s="22"/>
       <c r="C324" s="22"/>
       <c r="D324" s="22"/>
       <c r="F324" s="22"/>
       <c r="G324" s="22"/>
       <c r="I324" s="22"/>
     </row>
-    <row r="325" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A325" s="93"/>
       <c r="B325" s="22"/>
       <c r="C325" s="22"/>
       <c r="D325" s="22"/>
       <c r="F325" s="22"/>
       <c r="G325" s="22"/>
       <c r="I325" s="22"/>
     </row>
-    <row r="326" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A326" s="93"/>
       <c r="B326" s="22"/>
       <c r="C326" s="22"/>
       <c r="D326" s="22"/>
       <c r="F326" s="22"/>
       <c r="G326" s="22"/>
       <c r="I326" s="22"/>
     </row>
-    <row r="327" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A327" s="93"/>
       <c r="B327" s="22"/>
       <c r="C327" s="22"/>
       <c r="D327" s="22"/>
       <c r="F327" s="22"/>
       <c r="G327" s="22"/>
       <c r="I327" s="22"/>
     </row>
-    <row r="328" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A328" s="93"/>
       <c r="B328" s="22"/>
       <c r="C328" s="22"/>
       <c r="D328" s="22"/>
       <c r="F328" s="22"/>
       <c r="G328" s="22"/>
       <c r="I328" s="22"/>
     </row>
-    <row r="329" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A329" s="93"/>
       <c r="B329" s="22"/>
       <c r="C329" s="22"/>
       <c r="D329" s="22"/>
       <c r="F329" s="22"/>
       <c r="G329" s="22"/>
       <c r="I329" s="22"/>
     </row>
-    <row r="330" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A330" s="93"/>
       <c r="B330" s="22"/>
       <c r="C330" s="22"/>
       <c r="D330" s="22"/>
       <c r="F330" s="22"/>
       <c r="G330" s="22"/>
       <c r="I330" s="22"/>
     </row>
-    <row r="331" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A331" s="93"/>
       <c r="B331" s="22"/>
       <c r="C331" s="22"/>
       <c r="D331" s="22"/>
       <c r="F331" s="22"/>
       <c r="G331" s="22"/>
       <c r="I331" s="22"/>
     </row>
-    <row r="332" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A332" s="93"/>
       <c r="B332" s="22"/>
       <c r="C332" s="22"/>
       <c r="D332" s="22"/>
       <c r="F332" s="22"/>
       <c r="G332" s="22"/>
       <c r="I332" s="22"/>
     </row>
-    <row r="333" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A333" s="93"/>
       <c r="B333" s="22"/>
       <c r="C333" s="22"/>
       <c r="D333" s="22"/>
       <c r="F333" s="22"/>
       <c r="G333" s="22"/>
       <c r="I333" s="22"/>
     </row>
-    <row r="334" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A334" s="93"/>
       <c r="B334" s="22"/>
       <c r="C334" s="22"/>
       <c r="D334" s="22"/>
       <c r="F334" s="22"/>
       <c r="G334" s="22"/>
       <c r="I334" s="22"/>
     </row>
-    <row r="335" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A335" s="93"/>
       <c r="B335" s="22"/>
       <c r="C335" s="22"/>
       <c r="D335" s="22"/>
       <c r="F335" s="22"/>
       <c r="G335" s="22"/>
       <c r="I335" s="22"/>
     </row>
-    <row r="336" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A336" s="93"/>
       <c r="B336" s="22"/>
       <c r="C336" s="22"/>
       <c r="D336" s="22"/>
       <c r="F336" s="22"/>
       <c r="G336" s="22"/>
       <c r="I336" s="22"/>
     </row>
-    <row r="337" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A337" s="93"/>
       <c r="B337" s="22"/>
       <c r="C337" s="22"/>
       <c r="D337" s="22"/>
       <c r="F337" s="22"/>
       <c r="G337" s="22"/>
       <c r="I337" s="22"/>
     </row>
-    <row r="338" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A338" s="93"/>
       <c r="B338" s="22"/>
       <c r="C338" s="22"/>
       <c r="D338" s="22"/>
       <c r="F338" s="22"/>
       <c r="G338" s="22"/>
       <c r="I338" s="22"/>
     </row>
-    <row r="339" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A339" s="93"/>
       <c r="B339" s="22"/>
       <c r="C339" s="22"/>
       <c r="D339" s="22"/>
       <c r="F339" s="22"/>
       <c r="G339" s="22"/>
       <c r="I339" s="22"/>
     </row>
-    <row r="340" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A340" s="93"/>
       <c r="B340" s="22"/>
       <c r="C340" s="22"/>
       <c r="D340" s="22"/>
       <c r="F340" s="22"/>
       <c r="G340" s="22"/>
       <c r="I340" s="22"/>
     </row>
-    <row r="341" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A341" s="93"/>
       <c r="B341" s="22"/>
       <c r="C341" s="22"/>
       <c r="D341" s="22"/>
       <c r="F341" s="22"/>
       <c r="G341" s="22"/>
       <c r="I341" s="22"/>
     </row>
-    <row r="342" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A342" s="93"/>
       <c r="B342" s="22"/>
       <c r="C342" s="22"/>
       <c r="D342" s="22"/>
       <c r="F342" s="22"/>
       <c r="G342" s="22"/>
       <c r="I342" s="22"/>
     </row>
-    <row r="343" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A343" s="93"/>
       <c r="B343" s="22"/>
       <c r="C343" s="22"/>
       <c r="D343" s="22"/>
       <c r="F343" s="22"/>
       <c r="G343" s="22"/>
       <c r="I343" s="22"/>
     </row>
-    <row r="344" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A344" s="93"/>
       <c r="B344" s="22"/>
       <c r="C344" s="22"/>
       <c r="D344" s="22"/>
       <c r="F344" s="22"/>
       <c r="G344" s="22"/>
       <c r="I344" s="22"/>
     </row>
-    <row r="345" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A345" s="93"/>
       <c r="B345" s="22"/>
       <c r="C345" s="22"/>
       <c r="D345" s="22"/>
       <c r="F345" s="22"/>
       <c r="G345" s="22"/>
       <c r="I345" s="22"/>
     </row>
-    <row r="346" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A346" s="93"/>
       <c r="B346" s="22"/>
       <c r="C346" s="22"/>
       <c r="D346" s="22"/>
       <c r="F346" s="22"/>
       <c r="G346" s="22"/>
       <c r="I346" s="22"/>
     </row>
-    <row r="347" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A347" s="93"/>
       <c r="B347" s="22"/>
       <c r="C347" s="22"/>
       <c r="D347" s="22"/>
       <c r="F347" s="22"/>
       <c r="G347" s="22"/>
       <c r="I347" s="22"/>
     </row>
-    <row r="348" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A348" s="93"/>
       <c r="B348" s="22"/>
       <c r="C348" s="22"/>
       <c r="D348" s="22"/>
       <c r="F348" s="22"/>
       <c r="G348" s="22"/>
       <c r="I348" s="22"/>
     </row>
-    <row r="349" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A349" s="93"/>
       <c r="B349" s="22"/>
       <c r="C349" s="22"/>
       <c r="D349" s="22"/>
       <c r="F349" s="22"/>
       <c r="G349" s="22"/>
       <c r="I349" s="22"/>
     </row>
-    <row r="350" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A350" s="93"/>
       <c r="B350" s="22"/>
       <c r="C350" s="22"/>
       <c r="D350" s="22"/>
       <c r="F350" s="22"/>
       <c r="G350" s="22"/>
       <c r="I350" s="22"/>
     </row>
-    <row r="351" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A351" s="93"/>
       <c r="B351" s="22"/>
       <c r="C351" s="22"/>
       <c r="D351" s="22"/>
       <c r="F351" s="22"/>
       <c r="G351" s="22"/>
       <c r="I351" s="22"/>
     </row>
-    <row r="352" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A352" s="93"/>
       <c r="B352" s="22"/>
       <c r="C352" s="22"/>
       <c r="D352" s="22"/>
       <c r="F352" s="22"/>
       <c r="G352" s="22"/>
       <c r="I352" s="22"/>
     </row>
-    <row r="353" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A353" s="93"/>
       <c r="B353" s="22"/>
       <c r="C353" s="22"/>
       <c r="D353" s="22"/>
       <c r="F353" s="22"/>
       <c r="G353" s="22"/>
       <c r="I353" s="22"/>
     </row>
-    <row r="354" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A354" s="93"/>
       <c r="B354" s="22"/>
       <c r="C354" s="22"/>
       <c r="D354" s="22"/>
       <c r="F354" s="22"/>
       <c r="G354" s="22"/>
       <c r="I354" s="22"/>
     </row>
-    <row r="355" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A355" s="93"/>
       <c r="B355" s="22"/>
       <c r="C355" s="22"/>
       <c r="D355" s="22"/>
       <c r="F355" s="22"/>
       <c r="G355" s="22"/>
       <c r="I355" s="22"/>
     </row>
-    <row r="356" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A356" s="93"/>
       <c r="B356" s="22"/>
       <c r="C356" s="22"/>
       <c r="D356" s="22"/>
       <c r="F356" s="22"/>
       <c r="G356" s="22"/>
       <c r="I356" s="22"/>
     </row>
-    <row r="357" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A357" s="93"/>
       <c r="B357" s="22"/>
       <c r="C357" s="22"/>
       <c r="D357" s="22"/>
       <c r="F357" s="22"/>
       <c r="G357" s="22"/>
       <c r="I357" s="22"/>
     </row>
-    <row r="358" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A358" s="93"/>
       <c r="B358" s="22"/>
       <c r="C358" s="22"/>
       <c r="D358" s="22"/>
       <c r="F358" s="22"/>
       <c r="G358" s="22"/>
       <c r="I358" s="22"/>
     </row>
-    <row r="359" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="359" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A359" s="93"/>
       <c r="B359" s="22"/>
       <c r="C359" s="22"/>
       <c r="D359" s="22"/>
       <c r="F359" s="22"/>
       <c r="G359" s="22"/>
       <c r="I359" s="22"/>
     </row>
-    <row r="360" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A360" s="93"/>
       <c r="B360" s="22"/>
       <c r="C360" s="22"/>
       <c r="D360" s="22"/>
       <c r="F360" s="22"/>
       <c r="G360" s="22"/>
       <c r="I360" s="22"/>
     </row>
-    <row r="361" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A361" s="93"/>
       <c r="B361" s="22"/>
       <c r="C361" s="22"/>
       <c r="D361" s="22"/>
       <c r="F361" s="22"/>
       <c r="G361" s="22"/>
       <c r="I361" s="22"/>
     </row>
-    <row r="362" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="362" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A362" s="93"/>
       <c r="B362" s="22"/>
       <c r="C362" s="22"/>
       <c r="D362" s="22"/>
       <c r="F362" s="22"/>
       <c r="G362" s="22"/>
       <c r="I362" s="22"/>
     </row>
-    <row r="363" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="363" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A363" s="93"/>
       <c r="B363" s="22"/>
       <c r="C363" s="22"/>
       <c r="D363" s="22"/>
       <c r="F363" s="22"/>
       <c r="G363" s="22"/>
       <c r="I363" s="22"/>
     </row>
-    <row r="364" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A364" s="93"/>
       <c r="B364" s="22"/>
       <c r="C364" s="22"/>
       <c r="D364" s="22"/>
       <c r="F364" s="22"/>
       <c r="G364" s="22"/>
       <c r="I364" s="22"/>
     </row>
-    <row r="365" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A365" s="93"/>
       <c r="B365" s="22"/>
       <c r="C365" s="22"/>
       <c r="D365" s="22"/>
       <c r="F365" s="22"/>
       <c r="G365" s="22"/>
       <c r="I365" s="22"/>
     </row>
-    <row r="366" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A366" s="93"/>
       <c r="B366" s="22"/>
       <c r="C366" s="22"/>
       <c r="D366" s="22"/>
       <c r="F366" s="22"/>
       <c r="G366" s="22"/>
       <c r="I366" s="22"/>
     </row>
-    <row r="367" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A367" s="93"/>
       <c r="B367" s="22"/>
       <c r="C367" s="22"/>
       <c r="D367" s="22"/>
       <c r="F367" s="22"/>
       <c r="G367" s="22"/>
       <c r="I367" s="22"/>
     </row>
-    <row r="368" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A368" s="93"/>
       <c r="B368" s="22"/>
       <c r="C368" s="22"/>
       <c r="D368" s="22"/>
       <c r="F368" s="22"/>
       <c r="G368" s="22"/>
       <c r="I368" s="22"/>
     </row>
-    <row r="369" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A369" s="93"/>
       <c r="B369" s="22"/>
       <c r="C369" s="22"/>
       <c r="D369" s="22"/>
       <c r="F369" s="22"/>
       <c r="G369" s="22"/>
       <c r="I369" s="22"/>
     </row>
-    <row r="370" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A370" s="93"/>
       <c r="B370" s="22"/>
       <c r="C370" s="22"/>
       <c r="D370" s="22"/>
       <c r="F370" s="22"/>
       <c r="G370" s="22"/>
       <c r="I370" s="22"/>
     </row>
-    <row r="371" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A371" s="93"/>
       <c r="B371" s="22"/>
       <c r="C371" s="22"/>
       <c r="D371" s="22"/>
       <c r="F371" s="22"/>
       <c r="G371" s="22"/>
       <c r="I371" s="22"/>
     </row>
-    <row r="372" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A372" s="93"/>
       <c r="B372" s="22"/>
       <c r="C372" s="22"/>
       <c r="D372" s="22"/>
       <c r="F372" s="22"/>
       <c r="G372" s="22"/>
       <c r="I372" s="22"/>
     </row>
-    <row r="373" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A373" s="93"/>
       <c r="B373" s="22"/>
       <c r="C373" s="22"/>
       <c r="D373" s="22"/>
       <c r="F373" s="22"/>
       <c r="G373" s="22"/>
       <c r="I373" s="22"/>
     </row>
-    <row r="374" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A374" s="93"/>
       <c r="B374" s="22"/>
       <c r="C374" s="22"/>
       <c r="D374" s="22"/>
       <c r="F374" s="22"/>
       <c r="G374" s="22"/>
       <c r="I374" s="22"/>
     </row>
-    <row r="375" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A375" s="93"/>
       <c r="B375" s="22"/>
       <c r="C375" s="22"/>
       <c r="D375" s="22"/>
       <c r="F375" s="22"/>
       <c r="G375" s="22"/>
       <c r="I375" s="22"/>
     </row>
-    <row r="376" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A376" s="93"/>
       <c r="B376" s="22"/>
       <c r="C376" s="22"/>
       <c r="D376" s="22"/>
       <c r="F376" s="22"/>
       <c r="G376" s="22"/>
       <c r="I376" s="22"/>
     </row>
-    <row r="377" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A377" s="93"/>
       <c r="B377" s="22"/>
       <c r="C377" s="22"/>
       <c r="D377" s="22"/>
       <c r="F377" s="22"/>
       <c r="G377" s="22"/>
       <c r="I377" s="22"/>
     </row>
-    <row r="378" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A378" s="93"/>
       <c r="B378" s="22"/>
       <c r="C378" s="22"/>
       <c r="D378" s="22"/>
       <c r="F378" s="22"/>
       <c r="G378" s="22"/>
       <c r="I378" s="22"/>
     </row>
-    <row r="379" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A379" s="93"/>
       <c r="B379" s="22"/>
       <c r="C379" s="22"/>
       <c r="D379" s="22"/>
       <c r="F379" s="22"/>
       <c r="G379" s="22"/>
       <c r="I379" s="22"/>
     </row>
-    <row r="380" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A380" s="93"/>
       <c r="B380" s="22"/>
       <c r="C380" s="22"/>
       <c r="D380" s="22"/>
       <c r="F380" s="22"/>
       <c r="G380" s="22"/>
       <c r="I380" s="22"/>
     </row>
-    <row r="381" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A381" s="93"/>
       <c r="B381" s="22"/>
       <c r="C381" s="22"/>
       <c r="D381" s="22"/>
       <c r="F381" s="22"/>
       <c r="G381" s="22"/>
       <c r="I381" s="22"/>
     </row>
-    <row r="382" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A382" s="93"/>
       <c r="B382" s="22"/>
       <c r="C382" s="22"/>
       <c r="D382" s="22"/>
       <c r="F382" s="22"/>
       <c r="G382" s="22"/>
       <c r="I382" s="22"/>
     </row>
-    <row r="383" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A383" s="93"/>
       <c r="B383" s="22"/>
       <c r="C383" s="22"/>
       <c r="D383" s="22"/>
       <c r="F383" s="22"/>
       <c r="G383" s="22"/>
       <c r="I383" s="22"/>
     </row>
-    <row r="384" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A384" s="93"/>
       <c r="B384" s="22"/>
       <c r="C384" s="22"/>
       <c r="D384" s="22"/>
       <c r="F384" s="22"/>
       <c r="G384" s="22"/>
       <c r="I384" s="22"/>
     </row>
-    <row r="385" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A385" s="93"/>
       <c r="B385" s="22"/>
       <c r="C385" s="22"/>
       <c r="D385" s="22"/>
       <c r="F385" s="22"/>
       <c r="G385" s="22"/>
       <c r="I385" s="22"/>
     </row>
-    <row r="386" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A386" s="93"/>
       <c r="B386" s="22"/>
       <c r="C386" s="22"/>
       <c r="D386" s="22"/>
       <c r="F386" s="22"/>
       <c r="G386" s="22"/>
       <c r="I386" s="22"/>
     </row>
-    <row r="387" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A387" s="93"/>
       <c r="B387" s="22"/>
       <c r="C387" s="22"/>
       <c r="D387" s="22"/>
       <c r="F387" s="22"/>
       <c r="G387" s="22"/>
       <c r="I387" s="22"/>
     </row>
-    <row r="388" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A388" s="93"/>
       <c r="B388" s="22"/>
       <c r="C388" s="22"/>
       <c r="D388" s="22"/>
       <c r="F388" s="22"/>
       <c r="G388" s="22"/>
       <c r="I388" s="22"/>
     </row>
-    <row r="389" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A389" s="93"/>
       <c r="B389" s="22"/>
       <c r="C389" s="22"/>
       <c r="D389" s="22"/>
       <c r="F389" s="22"/>
       <c r="G389" s="22"/>
       <c r="I389" s="22"/>
     </row>
-    <row r="390" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A390" s="93"/>
       <c r="B390" s="22"/>
       <c r="C390" s="22"/>
       <c r="D390" s="22"/>
       <c r="F390" s="22"/>
       <c r="G390" s="22"/>
       <c r="I390" s="22"/>
     </row>
-    <row r="391" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A391" s="93"/>
       <c r="B391" s="22"/>
       <c r="C391" s="22"/>
       <c r="D391" s="22"/>
       <c r="F391" s="22"/>
       <c r="G391" s="22"/>
       <c r="I391" s="22"/>
     </row>
-    <row r="392" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A392" s="93"/>
       <c r="B392" s="22"/>
       <c r="C392" s="22"/>
       <c r="D392" s="22"/>
       <c r="F392" s="22"/>
       <c r="G392" s="22"/>
       <c r="I392" s="22"/>
     </row>
-    <row r="393" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A393" s="93"/>
       <c r="B393" s="22"/>
       <c r="C393" s="22"/>
       <c r="D393" s="22"/>
       <c r="F393" s="22"/>
       <c r="G393" s="22"/>
       <c r="I393" s="22"/>
     </row>
-    <row r="394" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A394" s="93"/>
       <c r="B394" s="22"/>
       <c r="C394" s="22"/>
       <c r="D394" s="22"/>
       <c r="F394" s="22"/>
       <c r="G394" s="22"/>
       <c r="I394" s="22"/>
     </row>
-    <row r="395" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A395" s="93"/>
       <c r="B395" s="22"/>
       <c r="C395" s="22"/>
       <c r="D395" s="22"/>
       <c r="F395" s="22"/>
       <c r="G395" s="22"/>
       <c r="I395" s="22"/>
     </row>
-    <row r="396" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A396" s="93"/>
       <c r="B396" s="22"/>
       <c r="C396" s="22"/>
       <c r="D396" s="22"/>
       <c r="F396" s="22"/>
       <c r="G396" s="22"/>
       <c r="I396" s="22"/>
     </row>
-    <row r="397" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A397" s="93"/>
       <c r="B397" s="22"/>
       <c r="C397" s="22"/>
       <c r="D397" s="22"/>
       <c r="F397" s="22"/>
       <c r="G397" s="22"/>
       <c r="I397" s="22"/>
     </row>
-    <row r="398" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A398" s="93"/>
       <c r="B398" s="22"/>
       <c r="C398" s="22"/>
       <c r="D398" s="22"/>
       <c r="F398" s="22"/>
       <c r="G398" s="22"/>
       <c r="I398" s="22"/>
     </row>
-    <row r="399" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A399" s="93"/>
       <c r="B399" s="22"/>
       <c r="C399" s="22"/>
       <c r="D399" s="22"/>
       <c r="F399" s="22"/>
       <c r="G399" s="22"/>
       <c r="I399" s="22"/>
     </row>
-    <row r="400" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A400" s="93"/>
       <c r="B400" s="22"/>
       <c r="C400" s="22"/>
       <c r="D400" s="22"/>
       <c r="F400" s="22"/>
       <c r="G400" s="22"/>
       <c r="I400" s="22"/>
     </row>
-    <row r="401" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A401" s="93"/>
       <c r="B401" s="22"/>
       <c r="C401" s="22"/>
       <c r="D401" s="22"/>
       <c r="F401" s="22"/>
       <c r="G401" s="22"/>
       <c r="I401" s="22"/>
     </row>
-    <row r="402" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A402" s="93"/>
       <c r="B402" s="22"/>
       <c r="C402" s="22"/>
       <c r="D402" s="22"/>
       <c r="F402" s="22"/>
       <c r="G402" s="22"/>
       <c r="I402" s="22"/>
     </row>
-    <row r="403" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A403" s="93"/>
       <c r="B403" s="22"/>
       <c r="C403" s="22"/>
       <c r="D403" s="22"/>
       <c r="F403" s="22"/>
       <c r="G403" s="22"/>
       <c r="I403" s="22"/>
     </row>
-    <row r="404" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A404" s="93"/>
       <c r="B404" s="22"/>
       <c r="C404" s="22"/>
       <c r="D404" s="22"/>
       <c r="F404" s="22"/>
       <c r="G404" s="22"/>
       <c r="I404" s="22"/>
     </row>
-    <row r="405" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A405" s="93"/>
       <c r="B405" s="22"/>
       <c r="C405" s="22"/>
       <c r="D405" s="22"/>
       <c r="F405" s="22"/>
       <c r="G405" s="22"/>
       <c r="I405" s="22"/>
     </row>
-    <row r="406" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A406" s="93"/>
       <c r="B406" s="22"/>
       <c r="C406" s="22"/>
       <c r="D406" s="22"/>
       <c r="F406" s="22"/>
       <c r="G406" s="22"/>
       <c r="I406" s="22"/>
     </row>
-    <row r="407" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A407" s="93"/>
       <c r="B407" s="22"/>
       <c r="C407" s="22"/>
       <c r="D407" s="22"/>
       <c r="F407" s="22"/>
       <c r="G407" s="22"/>
       <c r="I407" s="22"/>
     </row>
-    <row r="408" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A408" s="93"/>
       <c r="B408" s="22"/>
       <c r="C408" s="22"/>
       <c r="D408" s="22"/>
       <c r="F408" s="22"/>
       <c r="G408" s="22"/>
       <c r="I408" s="22"/>
     </row>
-    <row r="409" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A409" s="93"/>
       <c r="B409" s="22"/>
       <c r="C409" s="22"/>
       <c r="D409" s="22"/>
       <c r="F409" s="22"/>
       <c r="G409" s="22"/>
       <c r="I409" s="22"/>
     </row>
-    <row r="410" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A410" s="93"/>
       <c r="B410" s="22"/>
       <c r="C410" s="22"/>
       <c r="D410" s="22"/>
       <c r="F410" s="22"/>
       <c r="G410" s="22"/>
       <c r="I410" s="22"/>
     </row>
-    <row r="411" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A411" s="93"/>
       <c r="B411" s="22"/>
       <c r="C411" s="22"/>
       <c r="D411" s="22"/>
       <c r="F411" s="22"/>
       <c r="G411" s="22"/>
       <c r="I411" s="22"/>
     </row>
-    <row r="412" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A412" s="93"/>
       <c r="B412" s="22"/>
       <c r="C412" s="22"/>
       <c r="D412" s="22"/>
       <c r="F412" s="22"/>
       <c r="G412" s="22"/>
       <c r="I412" s="22"/>
     </row>
-    <row r="413" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A413" s="93"/>
       <c r="B413" s="22"/>
       <c r="C413" s="22"/>
       <c r="D413" s="22"/>
       <c r="F413" s="22"/>
       <c r="G413" s="22"/>
       <c r="I413" s="22"/>
     </row>
-    <row r="414" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A414" s="93"/>
       <c r="B414" s="22"/>
       <c r="C414" s="22"/>
       <c r="D414" s="22"/>
       <c r="F414" s="22"/>
       <c r="G414" s="22"/>
       <c r="I414" s="22"/>
     </row>
-    <row r="415" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A415" s="93"/>
       <c r="B415" s="22"/>
       <c r="C415" s="22"/>
       <c r="D415" s="22"/>
       <c r="F415" s="22"/>
       <c r="G415" s="22"/>
       <c r="I415" s="22"/>
     </row>
-    <row r="416" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A416" s="93"/>
       <c r="B416" s="22"/>
       <c r="C416" s="22"/>
       <c r="D416" s="22"/>
       <c r="F416" s="22"/>
       <c r="G416" s="22"/>
       <c r="I416" s="22"/>
     </row>
-    <row r="417" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A417" s="93"/>
       <c r="B417" s="22"/>
       <c r="C417" s="22"/>
       <c r="D417" s="22"/>
       <c r="F417" s="22"/>
       <c r="G417" s="22"/>
       <c r="I417" s="22"/>
     </row>
-    <row r="418" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="418" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A418" s="93"/>
       <c r="B418" s="22"/>
       <c r="C418" s="22"/>
       <c r="D418" s="22"/>
       <c r="F418" s="22"/>
       <c r="G418" s="22"/>
       <c r="I418" s="22"/>
     </row>
-    <row r="419" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="419" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A419" s="93"/>
       <c r="B419" s="22"/>
       <c r="C419" s="22"/>
       <c r="D419" s="22"/>
       <c r="F419" s="22"/>
       <c r="G419" s="22"/>
       <c r="I419" s="22"/>
     </row>
-    <row r="420" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="420" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A420" s="93"/>
       <c r="B420" s="22"/>
       <c r="C420" s="22"/>
       <c r="D420" s="22"/>
       <c r="F420" s="22"/>
       <c r="G420" s="22"/>
       <c r="I420" s="22"/>
     </row>
-    <row r="421" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="421" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A421" s="93"/>
       <c r="B421" s="22"/>
       <c r="C421" s="22"/>
       <c r="D421" s="22"/>
       <c r="F421" s="22"/>
       <c r="G421" s="22"/>
       <c r="I421" s="22"/>
     </row>
-    <row r="422" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="422" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A422" s="93"/>
       <c r="B422" s="22"/>
       <c r="C422" s="22"/>
       <c r="D422" s="22"/>
       <c r="F422" s="22"/>
       <c r="G422" s="22"/>
       <c r="I422" s="22"/>
     </row>
-    <row r="423" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="423" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A423" s="93"/>
       <c r="B423" s="22"/>
       <c r="C423" s="22"/>
       <c r="D423" s="22"/>
       <c r="F423" s="22"/>
       <c r="G423" s="22"/>
       <c r="I423" s="22"/>
     </row>
-    <row r="424" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="424" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A424" s="93"/>
       <c r="B424" s="22"/>
       <c r="C424" s="22"/>
       <c r="D424" s="22"/>
       <c r="F424" s="22"/>
       <c r="G424" s="22"/>
       <c r="I424" s="22"/>
     </row>
-    <row r="425" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="425" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A425" s="93"/>
       <c r="B425" s="22"/>
       <c r="C425" s="22"/>
       <c r="D425" s="22"/>
       <c r="F425" s="22"/>
       <c r="G425" s="22"/>
       <c r="I425" s="22"/>
     </row>
-    <row r="426" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="426" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A426" s="93"/>
       <c r="B426" s="22"/>
       <c r="C426" s="22"/>
       <c r="D426" s="22"/>
       <c r="F426" s="22"/>
       <c r="G426" s="22"/>
       <c r="I426" s="22"/>
     </row>
-    <row r="427" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="427" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A427" s="93"/>
       <c r="B427" s="22"/>
       <c r="C427" s="22"/>
       <c r="D427" s="22"/>
       <c r="F427" s="22"/>
       <c r="G427" s="22"/>
       <c r="I427" s="22"/>
     </row>
-    <row r="428" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="428" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A428" s="93"/>
       <c r="B428" s="22"/>
       <c r="C428" s="22"/>
       <c r="D428" s="22"/>
       <c r="F428" s="22"/>
       <c r="G428" s="22"/>
       <c r="I428" s="22"/>
     </row>
-    <row r="429" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="429" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A429" s="93"/>
       <c r="B429" s="22"/>
       <c r="C429" s="22"/>
       <c r="D429" s="22"/>
       <c r="F429" s="22"/>
       <c r="G429" s="22"/>
       <c r="I429" s="22"/>
     </row>
-    <row r="430" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="430" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A430" s="93"/>
       <c r="B430" s="22"/>
       <c r="C430" s="22"/>
       <c r="D430" s="22"/>
       <c r="F430" s="22"/>
       <c r="G430" s="22"/>
       <c r="I430" s="22"/>
     </row>
-    <row r="431" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="431" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A431" s="93"/>
       <c r="B431" s="22"/>
       <c r="C431" s="22"/>
       <c r="D431" s="22"/>
       <c r="F431" s="22"/>
       <c r="G431" s="22"/>
       <c r="I431" s="22"/>
     </row>
-    <row r="432" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="432" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A432" s="93"/>
       <c r="B432" s="22"/>
       <c r="C432" s="22"/>
       <c r="D432" s="22"/>
       <c r="F432" s="22"/>
       <c r="G432" s="22"/>
       <c r="I432" s="22"/>
     </row>
-    <row r="433" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="433" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A433" s="93"/>
       <c r="B433" s="22"/>
       <c r="C433" s="22"/>
       <c r="D433" s="22"/>
       <c r="F433" s="22"/>
       <c r="G433" s="22"/>
       <c r="I433" s="22"/>
     </row>
-    <row r="434" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="434" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A434" s="93"/>
       <c r="B434" s="22"/>
       <c r="C434" s="22"/>
       <c r="D434" s="22"/>
       <c r="F434" s="22"/>
       <c r="G434" s="22"/>
       <c r="I434" s="22"/>
     </row>
-    <row r="435" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="435" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A435" s="93"/>
       <c r="B435" s="22"/>
       <c r="C435" s="22"/>
       <c r="D435" s="22"/>
       <c r="F435" s="22"/>
       <c r="G435" s="22"/>
       <c r="I435" s="22"/>
     </row>
-    <row r="436" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="436" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A436" s="93"/>
       <c r="B436" s="22"/>
       <c r="C436" s="22"/>
       <c r="D436" s="22"/>
       <c r="F436" s="22"/>
       <c r="G436" s="22"/>
       <c r="I436" s="22"/>
     </row>
-    <row r="437" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="437" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A437" s="93"/>
       <c r="B437" s="22"/>
       <c r="C437" s="22"/>
       <c r="D437" s="22"/>
       <c r="F437" s="22"/>
       <c r="G437" s="22"/>
       <c r="I437" s="22"/>
     </row>
-    <row r="438" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="438" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A438" s="93"/>
       <c r="B438" s="22"/>
       <c r="C438" s="22"/>
       <c r="D438" s="22"/>
       <c r="F438" s="22"/>
       <c r="G438" s="22"/>
       <c r="I438" s="22"/>
     </row>
-    <row r="439" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="439" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A439" s="93"/>
       <c r="B439" s="22"/>
       <c r="C439" s="22"/>
       <c r="D439" s="22"/>
       <c r="F439" s="22"/>
       <c r="G439" s="22"/>
       <c r="I439" s="22"/>
     </row>
-    <row r="440" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="440" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A440" s="93"/>
       <c r="B440" s="22"/>
       <c r="C440" s="22"/>
       <c r="D440" s="22"/>
       <c r="F440" s="22"/>
       <c r="G440" s="22"/>
       <c r="I440" s="22"/>
     </row>
-    <row r="441" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="441" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A441" s="93"/>
       <c r="B441" s="22"/>
       <c r="C441" s="22"/>
       <c r="D441" s="22"/>
       <c r="F441" s="22"/>
       <c r="G441" s="22"/>
       <c r="I441" s="22"/>
     </row>
-    <row r="442" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="442" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A442" s="93"/>
       <c r="B442" s="22"/>
       <c r="C442" s="22"/>
       <c r="D442" s="22"/>
       <c r="F442" s="22"/>
       <c r="G442" s="22"/>
       <c r="I442" s="22"/>
     </row>
-    <row r="443" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="443" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A443" s="93"/>
       <c r="B443" s="22"/>
       <c r="C443" s="22"/>
       <c r="D443" s="22"/>
       <c r="F443" s="22"/>
       <c r="G443" s="22"/>
       <c r="I443" s="22"/>
     </row>
-    <row r="444" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="444" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A444" s="93"/>
       <c r="B444" s="22"/>
       <c r="C444" s="22"/>
       <c r="D444" s="22"/>
       <c r="F444" s="22"/>
       <c r="G444" s="22"/>
       <c r="I444" s="22"/>
     </row>
-    <row r="445" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="445" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A445" s="93"/>
       <c r="B445" s="22"/>
       <c r="C445" s="22"/>
       <c r="D445" s="22"/>
       <c r="F445" s="22"/>
       <c r="G445" s="22"/>
       <c r="I445" s="22"/>
     </row>
-    <row r="446" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="446" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A446" s="93"/>
       <c r="B446" s="22"/>
       <c r="C446" s="22"/>
       <c r="D446" s="22"/>
       <c r="F446" s="22"/>
       <c r="G446" s="22"/>
       <c r="I446" s="22"/>
     </row>
-    <row r="447" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="447" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A447" s="93"/>
       <c r="B447" s="22"/>
       <c r="C447" s="22"/>
       <c r="D447" s="22"/>
       <c r="F447" s="22"/>
       <c r="G447" s="22"/>
       <c r="I447" s="22"/>
     </row>
-    <row r="448" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="448" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A448" s="93"/>
       <c r="B448" s="22"/>
       <c r="C448" s="22"/>
       <c r="D448" s="22"/>
       <c r="F448" s="22"/>
       <c r="G448" s="22"/>
       <c r="I448" s="22"/>
     </row>
-    <row r="449" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="449" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A449" s="93"/>
       <c r="B449" s="22"/>
       <c r="C449" s="22"/>
       <c r="D449" s="22"/>
       <c r="F449" s="22"/>
       <c r="G449" s="22"/>
       <c r="I449" s="22"/>
     </row>
-    <row r="450" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="450" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A450" s="93"/>
       <c r="B450" s="22"/>
       <c r="C450" s="22"/>
       <c r="D450" s="22"/>
       <c r="F450" s="22"/>
       <c r="G450" s="22"/>
       <c r="I450" s="22"/>
     </row>
-    <row r="451" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="451" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A451" s="93"/>
       <c r="B451" s="22"/>
       <c r="C451" s="22"/>
       <c r="D451" s="22"/>
       <c r="F451" s="22"/>
       <c r="G451" s="22"/>
       <c r="I451" s="22"/>
     </row>
-    <row r="452" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="452" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A452" s="93"/>
       <c r="B452" s="22"/>
       <c r="C452" s="22"/>
       <c r="D452" s="22"/>
       <c r="F452" s="22"/>
       <c r="G452" s="22"/>
       <c r="I452" s="22"/>
     </row>
-    <row r="453" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="453" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A453" s="93"/>
       <c r="B453" s="22"/>
       <c r="C453" s="22"/>
       <c r="D453" s="22"/>
       <c r="F453" s="22"/>
       <c r="G453" s="22"/>
       <c r="I453" s="22"/>
     </row>
-    <row r="454" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="454" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A454" s="93"/>
       <c r="B454" s="22"/>
       <c r="C454" s="22"/>
       <c r="D454" s="22"/>
       <c r="F454" s="22"/>
       <c r="G454" s="22"/>
       <c r="I454" s="22"/>
     </row>
-    <row r="455" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="455" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A455" s="93"/>
       <c r="B455" s="22"/>
       <c r="C455" s="22"/>
       <c r="D455" s="22"/>
       <c r="F455" s="22"/>
       <c r="G455" s="22"/>
       <c r="I455" s="22"/>
     </row>
-    <row r="456" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="456" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A456" s="93"/>
       <c r="B456" s="22"/>
       <c r="C456" s="22"/>
       <c r="D456" s="22"/>
       <c r="F456" s="22"/>
       <c r="G456" s="22"/>
       <c r="I456" s="22"/>
     </row>
-    <row r="457" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="457" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A457" s="93"/>
       <c r="B457" s="22"/>
       <c r="C457" s="22"/>
       <c r="D457" s="22"/>
       <c r="F457" s="22"/>
       <c r="G457" s="22"/>
       <c r="I457" s="22"/>
     </row>
-    <row r="458" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="458" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A458" s="93"/>
       <c r="B458" s="22"/>
       <c r="C458" s="22"/>
       <c r="D458" s="22"/>
       <c r="F458" s="22"/>
       <c r="G458" s="22"/>
       <c r="I458" s="22"/>
     </row>
-    <row r="459" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="459" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A459" s="93"/>
       <c r="B459" s="22"/>
       <c r="C459" s="22"/>
       <c r="D459" s="22"/>
       <c r="F459" s="22"/>
       <c r="G459" s="22"/>
       <c r="I459" s="22"/>
     </row>
-    <row r="460" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="460" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A460" s="93"/>
       <c r="B460" s="22"/>
       <c r="C460" s="22"/>
       <c r="D460" s="22"/>
       <c r="F460" s="22"/>
       <c r="G460" s="22"/>
       <c r="I460" s="22"/>
     </row>
-    <row r="461" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="461" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A461" s="93"/>
       <c r="B461" s="22"/>
       <c r="C461" s="22"/>
       <c r="D461" s="22"/>
       <c r="F461" s="22"/>
       <c r="G461" s="22"/>
       <c r="I461" s="22"/>
     </row>
-    <row r="462" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="462" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A462" s="93"/>
       <c r="B462" s="22"/>
       <c r="C462" s="22"/>
       <c r="D462" s="22"/>
       <c r="F462" s="22"/>
       <c r="G462" s="22"/>
       <c r="I462" s="22"/>
     </row>
-    <row r="463" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="463" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A463" s="93"/>
       <c r="B463" s="22"/>
       <c r="C463" s="22"/>
       <c r="D463" s="22"/>
       <c r="F463" s="22"/>
       <c r="G463" s="22"/>
       <c r="I463" s="22"/>
     </row>
-    <row r="464" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="464" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A464" s="93"/>
       <c r="B464" s="22"/>
       <c r="C464" s="22"/>
       <c r="D464" s="22"/>
       <c r="F464" s="22"/>
       <c r="G464" s="22"/>
       <c r="I464" s="22"/>
     </row>
-    <row r="465" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="465" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A465" s="93"/>
       <c r="B465" s="22"/>
       <c r="C465" s="22"/>
       <c r="D465" s="22"/>
       <c r="F465" s="22"/>
       <c r="G465" s="22"/>
       <c r="I465" s="22"/>
     </row>
-    <row r="466" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="466" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A466" s="93"/>
       <c r="B466" s="22"/>
       <c r="C466" s="22"/>
       <c r="D466" s="22"/>
       <c r="F466" s="22"/>
       <c r="G466" s="22"/>
       <c r="I466" s="22"/>
     </row>
-    <row r="467" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="467" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A467" s="93"/>
       <c r="B467" s="22"/>
       <c r="C467" s="22"/>
       <c r="D467" s="22"/>
       <c r="F467" s="22"/>
       <c r="G467" s="22"/>
       <c r="I467" s="22"/>
     </row>
-    <row r="468" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="468" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A468" s="93"/>
       <c r="B468" s="22"/>
       <c r="C468" s="22"/>
       <c r="D468" s="22"/>
       <c r="F468" s="22"/>
       <c r="G468" s="22"/>
       <c r="I468" s="22"/>
     </row>
-    <row r="469" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="469" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A469" s="93"/>
       <c r="B469" s="22"/>
       <c r="C469" s="22"/>
       <c r="D469" s="22"/>
       <c r="F469" s="22"/>
       <c r="G469" s="22"/>
       <c r="I469" s="22"/>
     </row>
-    <row r="470" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="470" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A470" s="93"/>
       <c r="B470" s="22"/>
       <c r="C470" s="22"/>
       <c r="D470" s="22"/>
       <c r="F470" s="22"/>
       <c r="G470" s="22"/>
       <c r="I470" s="22"/>
     </row>
-    <row r="471" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="471" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A471" s="93"/>
       <c r="B471" s="22"/>
       <c r="C471" s="22"/>
       <c r="D471" s="22"/>
       <c r="F471" s="22"/>
       <c r="G471" s="22"/>
       <c r="I471" s="22"/>
     </row>
-    <row r="472" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="472" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A472" s="93"/>
       <c r="B472" s="22"/>
       <c r="C472" s="22"/>
       <c r="D472" s="22"/>
       <c r="F472" s="22"/>
       <c r="G472" s="22"/>
       <c r="I472" s="22"/>
     </row>
-    <row r="473" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="473" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A473" s="93"/>
       <c r="B473" s="22"/>
       <c r="C473" s="22"/>
       <c r="D473" s="22"/>
       <c r="F473" s="22"/>
       <c r="G473" s="22"/>
       <c r="I473" s="22"/>
     </row>
-    <row r="474" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="474" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A474" s="93"/>
       <c r="B474" s="22"/>
       <c r="C474" s="22"/>
       <c r="D474" s="22"/>
       <c r="F474" s="22"/>
       <c r="G474" s="22"/>
       <c r="I474" s="22"/>
     </row>
-    <row r="475" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="475" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A475" s="93"/>
       <c r="B475" s="22"/>
       <c r="C475" s="22"/>
       <c r="D475" s="22"/>
       <c r="F475" s="22"/>
       <c r="G475" s="22"/>
       <c r="I475" s="22"/>
     </row>
-    <row r="476" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="476" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A476" s="93"/>
       <c r="B476" s="22"/>
       <c r="C476" s="22"/>
       <c r="D476" s="22"/>
       <c r="F476" s="22"/>
       <c r="G476" s="22"/>
       <c r="I476" s="22"/>
     </row>
-    <row r="477" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="477" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A477" s="93"/>
       <c r="B477" s="22"/>
       <c r="C477" s="22"/>
       <c r="D477" s="22"/>
       <c r="F477" s="22"/>
       <c r="G477" s="22"/>
       <c r="I477" s="22"/>
     </row>
-    <row r="478" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="478" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A478" s="93"/>
       <c r="B478" s="22"/>
       <c r="C478" s="22"/>
       <c r="D478" s="22"/>
       <c r="F478" s="22"/>
       <c r="G478" s="22"/>
       <c r="I478" s="22"/>
     </row>
-    <row r="479" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="479" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A479" s="93"/>
       <c r="B479" s="22"/>
       <c r="C479" s="22"/>
       <c r="D479" s="22"/>
       <c r="F479" s="22"/>
       <c r="G479" s="22"/>
       <c r="I479" s="22"/>
     </row>
-    <row r="480" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="480" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A480" s="93"/>
       <c r="B480" s="22"/>
       <c r="C480" s="22"/>
       <c r="D480" s="22"/>
       <c r="F480" s="22"/>
       <c r="G480" s="22"/>
       <c r="I480" s="22"/>
     </row>
-    <row r="481" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="481" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A481" s="93"/>
       <c r="B481" s="22"/>
       <c r="C481" s="22"/>
       <c r="D481" s="22"/>
       <c r="F481" s="22"/>
       <c r="G481" s="22"/>
       <c r="I481" s="22"/>
     </row>
-    <row r="482" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="482" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A482" s="93"/>
       <c r="B482" s="22"/>
       <c r="C482" s="22"/>
       <c r="D482" s="22"/>
       <c r="F482" s="22"/>
       <c r="G482" s="22"/>
       <c r="I482" s="22"/>
     </row>
-    <row r="483" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="483" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A483" s="93"/>
       <c r="B483" s="22"/>
       <c r="C483" s="22"/>
       <c r="D483" s="22"/>
       <c r="F483" s="22"/>
       <c r="G483" s="22"/>
       <c r="I483" s="22"/>
     </row>
-    <row r="484" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="484" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A484" s="93"/>
       <c r="B484" s="22"/>
       <c r="C484" s="22"/>
       <c r="D484" s="22"/>
       <c r="F484" s="22"/>
       <c r="G484" s="22"/>
       <c r="I484" s="22"/>
     </row>
-    <row r="485" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="485" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A485" s="93"/>
       <c r="B485" s="22"/>
       <c r="C485" s="22"/>
       <c r="D485" s="22"/>
       <c r="F485" s="22"/>
       <c r="G485" s="22"/>
       <c r="I485" s="22"/>
     </row>
-    <row r="486" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="486" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A486" s="93"/>
       <c r="B486" s="22"/>
       <c r="C486" s="22"/>
       <c r="D486" s="22"/>
       <c r="F486" s="22"/>
       <c r="G486" s="22"/>
       <c r="I486" s="22"/>
     </row>
-    <row r="487" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="487" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A487" s="93"/>
       <c r="B487" s="22"/>
       <c r="C487" s="22"/>
       <c r="D487" s="22"/>
       <c r="F487" s="22"/>
       <c r="G487" s="22"/>
       <c r="I487" s="22"/>
     </row>
-    <row r="488" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="488" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A488" s="93"/>
       <c r="B488" s="22"/>
       <c r="C488" s="22"/>
       <c r="D488" s="22"/>
       <c r="F488" s="22"/>
       <c r="G488" s="22"/>
       <c r="I488" s="22"/>
     </row>
-    <row r="489" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="489" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A489" s="93"/>
       <c r="B489" s="22"/>
       <c r="C489" s="22"/>
       <c r="D489" s="22"/>
       <c r="F489" s="22"/>
       <c r="G489" s="22"/>
       <c r="I489" s="22"/>
     </row>
-    <row r="490" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="490" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A490" s="93"/>
       <c r="B490" s="22"/>
       <c r="C490" s="22"/>
       <c r="D490" s="22"/>
       <c r="F490" s="22"/>
       <c r="G490" s="22"/>
       <c r="I490" s="22"/>
     </row>
-    <row r="491" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="491" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A491" s="93"/>
       <c r="B491" s="22"/>
       <c r="C491" s="22"/>
       <c r="D491" s="22"/>
       <c r="F491" s="22"/>
       <c r="G491" s="22"/>
       <c r="I491" s="22"/>
     </row>
-    <row r="492" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="492" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A492" s="93"/>
       <c r="B492" s="22"/>
       <c r="C492" s="22"/>
       <c r="D492" s="22"/>
       <c r="F492" s="22"/>
       <c r="G492" s="22"/>
       <c r="I492" s="22"/>
     </row>
-    <row r="493" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="493" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A493" s="93"/>
       <c r="B493" s="22"/>
       <c r="C493" s="22"/>
       <c r="D493" s="22"/>
       <c r="F493" s="22"/>
       <c r="G493" s="22"/>
       <c r="I493" s="22"/>
     </row>
-    <row r="494" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="494" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A494" s="93"/>
       <c r="B494" s="22"/>
       <c r="C494" s="22"/>
       <c r="D494" s="22"/>
       <c r="F494" s="22"/>
       <c r="G494" s="22"/>
       <c r="I494" s="22"/>
     </row>
-    <row r="495" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="495" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A495" s="93"/>
       <c r="B495" s="22"/>
       <c r="C495" s="22"/>
       <c r="D495" s="22"/>
       <c r="F495" s="22"/>
       <c r="G495" s="22"/>
       <c r="I495" s="22"/>
     </row>
-    <row r="496" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="496" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A496" s="93"/>
       <c r="B496" s="22"/>
       <c r="C496" s="22"/>
       <c r="D496" s="22"/>
       <c r="F496" s="22"/>
       <c r="G496" s="22"/>
       <c r="I496" s="22"/>
     </row>
-    <row r="497" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="497" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A497" s="93"/>
       <c r="B497" s="22"/>
       <c r="C497" s="22"/>
       <c r="D497" s="22"/>
       <c r="F497" s="22"/>
       <c r="G497" s="22"/>
       <c r="I497" s="22"/>
     </row>
-    <row r="498" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="498" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A498" s="93"/>
       <c r="B498" s="22"/>
       <c r="C498" s="22"/>
       <c r="D498" s="22"/>
       <c r="F498" s="22"/>
       <c r="G498" s="22"/>
       <c r="I498" s="22"/>
     </row>
-    <row r="499" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="499" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A499" s="93"/>
       <c r="B499" s="22"/>
       <c r="C499" s="22"/>
       <c r="D499" s="22"/>
       <c r="F499" s="22"/>
       <c r="G499" s="22"/>
       <c r="I499" s="22"/>
     </row>
-    <row r="500" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="500" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A500" s="93"/>
       <c r="B500" s="22"/>
       <c r="C500" s="22"/>
       <c r="D500" s="22"/>
       <c r="F500" s="22"/>
       <c r="G500" s="22"/>
       <c r="I500" s="22"/>
     </row>
-    <row r="501" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="501" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A501" s="93"/>
       <c r="B501" s="22"/>
       <c r="C501" s="22"/>
       <c r="D501" s="22"/>
       <c r="F501" s="22"/>
       <c r="G501" s="22"/>
       <c r="I501" s="22"/>
     </row>
-    <row r="502" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="502" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A502" s="93"/>
       <c r="B502" s="22"/>
       <c r="C502" s="22"/>
       <c r="D502" s="22"/>
       <c r="F502" s="22"/>
       <c r="G502" s="22"/>
       <c r="I502" s="22"/>
     </row>
-    <row r="503" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="503" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A503" s="93"/>
       <c r="B503" s="22"/>
       <c r="C503" s="22"/>
       <c r="D503" s="22"/>
       <c r="F503" s="22"/>
       <c r="G503" s="22"/>
       <c r="I503" s="22"/>
     </row>
-    <row r="504" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="504" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A504" s="93"/>
       <c r="B504" s="22"/>
       <c r="C504" s="22"/>
       <c r="D504" s="22"/>
       <c r="F504" s="22"/>
       <c r="G504" s="22"/>
       <c r="I504" s="22"/>
     </row>
-    <row r="505" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="505" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A505" s="93"/>
       <c r="B505" s="22"/>
       <c r="C505" s="22"/>
       <c r="D505" s="22"/>
       <c r="F505" s="22"/>
       <c r="G505" s="22"/>
       <c r="I505" s="22"/>
     </row>
-    <row r="506" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="506" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A506" s="93"/>
       <c r="B506" s="22"/>
       <c r="C506" s="22"/>
       <c r="D506" s="22"/>
       <c r="F506" s="22"/>
       <c r="G506" s="22"/>
       <c r="I506" s="22"/>
     </row>
-    <row r="507" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="507" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A507" s="93"/>
       <c r="B507" s="22"/>
       <c r="C507" s="22"/>
       <c r="D507" s="22"/>
       <c r="F507" s="22"/>
       <c r="G507" s="22"/>
       <c r="I507" s="22"/>
     </row>
-    <row r="508" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="508" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A508" s="93"/>
       <c r="B508" s="22"/>
       <c r="C508" s="22"/>
       <c r="D508" s="22"/>
       <c r="F508" s="22"/>
       <c r="G508" s="22"/>
       <c r="I508" s="22"/>
     </row>
-    <row r="509" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="509" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A509" s="93"/>
       <c r="B509" s="22"/>
       <c r="C509" s="22"/>
       <c r="D509" s="22"/>
       <c r="F509" s="22"/>
       <c r="G509" s="22"/>
       <c r="I509" s="22"/>
     </row>
-    <row r="510" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="510" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A510" s="93"/>
       <c r="B510" s="22"/>
       <c r="C510" s="22"/>
       <c r="D510" s="22"/>
       <c r="F510" s="22"/>
       <c r="G510" s="22"/>
       <c r="I510" s="22"/>
     </row>
-    <row r="511" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="511" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A511" s="93"/>
       <c r="B511" s="22"/>
       <c r="C511" s="22"/>
       <c r="D511" s="22"/>
       <c r="F511" s="22"/>
       <c r="G511" s="22"/>
       <c r="I511" s="22"/>
     </row>
-    <row r="512" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="512" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A512" s="93"/>
       <c r="B512" s="22"/>
       <c r="C512" s="22"/>
       <c r="D512" s="22"/>
       <c r="F512" s="22"/>
       <c r="G512" s="22"/>
       <c r="I512" s="22"/>
     </row>
-    <row r="513" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="513" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A513" s="93"/>
       <c r="B513" s="22"/>
       <c r="C513" s="22"/>
       <c r="D513" s="22"/>
       <c r="F513" s="22"/>
       <c r="G513" s="22"/>
       <c r="I513" s="22"/>
     </row>
-    <row r="514" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="514" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A514" s="93"/>
       <c r="B514" s="22"/>
       <c r="C514" s="22"/>
       <c r="D514" s="22"/>
       <c r="F514" s="22"/>
       <c r="G514" s="22"/>
       <c r="I514" s="22"/>
     </row>
-    <row r="515" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="515" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A515" s="93"/>
       <c r="B515" s="22"/>
       <c r="C515" s="22"/>
       <c r="D515" s="22"/>
       <c r="F515" s="22"/>
       <c r="G515" s="22"/>
       <c r="I515" s="22"/>
     </row>
-    <row r="516" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="516" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A516" s="93"/>
       <c r="B516" s="22"/>
       <c r="C516" s="22"/>
       <c r="D516" s="22"/>
       <c r="F516" s="22"/>
       <c r="G516" s="22"/>
       <c r="I516" s="22"/>
     </row>
-    <row r="517" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="517" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A517" s="93"/>
       <c r="B517" s="22"/>
       <c r="C517" s="22"/>
       <c r="D517" s="22"/>
       <c r="F517" s="22"/>
       <c r="G517" s="22"/>
       <c r="I517" s="22"/>
     </row>
-    <row r="518" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="518" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A518" s="93"/>
       <c r="B518" s="22"/>
       <c r="C518" s="22"/>
       <c r="D518" s="22"/>
       <c r="F518" s="22"/>
       <c r="G518" s="22"/>
       <c r="I518" s="22"/>
     </row>
-    <row r="519" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="519" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A519" s="93"/>
       <c r="B519" s="22"/>
       <c r="C519" s="22"/>
       <c r="D519" s="22"/>
       <c r="F519" s="22"/>
       <c r="G519" s="22"/>
       <c r="I519" s="22"/>
     </row>
-    <row r="520" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="520" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A520" s="93"/>
       <c r="B520" s="22"/>
       <c r="C520" s="22"/>
       <c r="D520" s="22"/>
       <c r="F520" s="22"/>
       <c r="G520" s="22"/>
       <c r="I520" s="22"/>
     </row>
-    <row r="521" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="521" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A521" s="93"/>
       <c r="B521" s="22"/>
       <c r="C521" s="22"/>
       <c r="D521" s="22"/>
       <c r="F521" s="22"/>
       <c r="G521" s="22"/>
       <c r="I521" s="22"/>
     </row>
-    <row r="522" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="522" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A522" s="93"/>
       <c r="B522" s="22"/>
       <c r="C522" s="22"/>
       <c r="D522" s="22"/>
       <c r="F522" s="22"/>
       <c r="G522" s="22"/>
       <c r="I522" s="22"/>
     </row>
-    <row r="523" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="523" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A523" s="93"/>
       <c r="B523" s="22"/>
       <c r="C523" s="22"/>
       <c r="D523" s="22"/>
       <c r="F523" s="22"/>
       <c r="G523" s="22"/>
       <c r="I523" s="22"/>
     </row>
-    <row r="524" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="524" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A524" s="93"/>
       <c r="B524" s="22"/>
       <c r="C524" s="22"/>
       <c r="D524" s="22"/>
       <c r="F524" s="22"/>
       <c r="G524" s="22"/>
       <c r="I524" s="22"/>
     </row>
-    <row r="525" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="525" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A525" s="93"/>
       <c r="B525" s="22"/>
       <c r="C525" s="22"/>
       <c r="D525" s="22"/>
       <c r="F525" s="22"/>
       <c r="G525" s="22"/>
       <c r="I525" s="22"/>
     </row>
-    <row r="526" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="526" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A526" s="93"/>
       <c r="B526" s="22"/>
       <c r="C526" s="22"/>
       <c r="D526" s="22"/>
       <c r="F526" s="22"/>
       <c r="G526" s="22"/>
       <c r="I526" s="22"/>
     </row>
-    <row r="527" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="527" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A527" s="93"/>
       <c r="B527" s="22"/>
       <c r="C527" s="22"/>
       <c r="D527" s="22"/>
       <c r="F527" s="22"/>
       <c r="G527" s="22"/>
       <c r="I527" s="22"/>
     </row>
-    <row r="528" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="528" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A528" s="93"/>
       <c r="B528" s="22"/>
       <c r="C528" s="22"/>
       <c r="D528" s="22"/>
       <c r="F528" s="22"/>
       <c r="G528" s="22"/>
       <c r="I528" s="22"/>
     </row>
-    <row r="529" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="529" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A529" s="93"/>
       <c r="B529" s="22"/>
       <c r="C529" s="22"/>
       <c r="D529" s="22"/>
       <c r="F529" s="22"/>
       <c r="G529" s="22"/>
       <c r="I529" s="22"/>
     </row>
-    <row r="530" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="530" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A530" s="93"/>
       <c r="B530" s="22"/>
       <c r="C530" s="22"/>
       <c r="D530" s="22"/>
       <c r="F530" s="22"/>
       <c r="G530" s="22"/>
       <c r="I530" s="22"/>
     </row>
-    <row r="531" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="531" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A531" s="93"/>
       <c r="B531" s="22"/>
       <c r="C531" s="22"/>
       <c r="D531" s="22"/>
       <c r="F531" s="22"/>
       <c r="G531" s="22"/>
       <c r="I531" s="22"/>
     </row>
-    <row r="532" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="532" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A532" s="93"/>
       <c r="B532" s="22"/>
       <c r="C532" s="22"/>
       <c r="D532" s="22"/>
       <c r="F532" s="22"/>
       <c r="G532" s="22"/>
       <c r="I532" s="22"/>
     </row>
-    <row r="533" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="533" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A533" s="93"/>
       <c r="B533" s="22"/>
       <c r="C533" s="22"/>
       <c r="D533" s="22"/>
       <c r="F533" s="22"/>
       <c r="G533" s="22"/>
       <c r="I533" s="22"/>
     </row>
-    <row r="534" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="534" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A534" s="93"/>
       <c r="B534" s="22"/>
       <c r="C534" s="22"/>
       <c r="D534" s="22"/>
       <c r="F534" s="22"/>
       <c r="G534" s="22"/>
       <c r="I534" s="22"/>
     </row>
-    <row r="535" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="535" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A535" s="93"/>
       <c r="B535" s="22"/>
       <c r="C535" s="22"/>
       <c r="D535" s="22"/>
       <c r="F535" s="22"/>
       <c r="G535" s="22"/>
       <c r="I535" s="22"/>
     </row>
-    <row r="536" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="536" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A536" s="93"/>
       <c r="B536" s="22"/>
       <c r="C536" s="22"/>
       <c r="D536" s="22"/>
       <c r="F536" s="22"/>
       <c r="G536" s="22"/>
       <c r="I536" s="22"/>
     </row>
-    <row r="537" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="537" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A537" s="93"/>
       <c r="B537" s="22"/>
       <c r="C537" s="22"/>
       <c r="D537" s="22"/>
       <c r="F537" s="22"/>
       <c r="G537" s="22"/>
       <c r="I537" s="22"/>
     </row>
-    <row r="538" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="538" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A538" s="93"/>
       <c r="B538" s="22"/>
       <c r="C538" s="22"/>
       <c r="D538" s="22"/>
       <c r="F538" s="22"/>
       <c r="G538" s="22"/>
       <c r="I538" s="22"/>
     </row>
-    <row r="539" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="539" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A539" s="93"/>
       <c r="B539" s="22"/>
       <c r="C539" s="22"/>
       <c r="D539" s="22"/>
       <c r="F539" s="22"/>
       <c r="G539" s="22"/>
       <c r="I539" s="22"/>
     </row>
-    <row r="540" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="540" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A540" s="93"/>
       <c r="B540" s="22"/>
       <c r="C540" s="22"/>
       <c r="D540" s="22"/>
       <c r="F540" s="22"/>
       <c r="G540" s="22"/>
       <c r="I540" s="22"/>
     </row>
-    <row r="541" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="541" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A541" s="93"/>
       <c r="B541" s="22"/>
       <c r="C541" s="22"/>
       <c r="D541" s="22"/>
       <c r="F541" s="22"/>
       <c r="G541" s="22"/>
       <c r="I541" s="22"/>
     </row>
-    <row r="542" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="542" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A542" s="93"/>
       <c r="B542" s="22"/>
       <c r="C542" s="22"/>
       <c r="D542" s="22"/>
       <c r="F542" s="22"/>
       <c r="G542" s="22"/>
       <c r="I542" s="22"/>
     </row>
-    <row r="543" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="543" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A543" s="93"/>
       <c r="B543" s="22"/>
       <c r="C543" s="22"/>
       <c r="D543" s="22"/>
       <c r="F543" s="22"/>
       <c r="G543" s="22"/>
       <c r="I543" s="22"/>
     </row>
-    <row r="544" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="544" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A544" s="93"/>
       <c r="B544" s="22"/>
       <c r="C544" s="22"/>
       <c r="D544" s="22"/>
       <c r="F544" s="22"/>
       <c r="G544" s="22"/>
       <c r="I544" s="22"/>
     </row>
-    <row r="545" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="545" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A545" s="93"/>
       <c r="B545" s="22"/>
       <c r="C545" s="22"/>
       <c r="D545" s="22"/>
       <c r="F545" s="22"/>
       <c r="G545" s="22"/>
       <c r="I545" s="22"/>
     </row>
-    <row r="546" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="546" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A546" s="93"/>
       <c r="B546" s="22"/>
       <c r="C546" s="22"/>
       <c r="D546" s="22"/>
       <c r="F546" s="22"/>
       <c r="G546" s="22"/>
       <c r="I546" s="22"/>
     </row>
-    <row r="547" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="547" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A547" s="93"/>
       <c r="B547" s="22"/>
       <c r="C547" s="22"/>
       <c r="D547" s="22"/>
       <c r="F547" s="22"/>
       <c r="G547" s="22"/>
       <c r="I547" s="22"/>
     </row>
-    <row r="548" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="548" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A548" s="93"/>
       <c r="B548" s="22"/>
       <c r="C548" s="22"/>
       <c r="D548" s="22"/>
       <c r="F548" s="22"/>
       <c r="G548" s="22"/>
       <c r="I548" s="22"/>
     </row>
-    <row r="549" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="549" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A549" s="93"/>
       <c r="B549" s="22"/>
       <c r="C549" s="22"/>
       <c r="D549" s="22"/>
       <c r="F549" s="22"/>
       <c r="G549" s="22"/>
       <c r="I549" s="22"/>
     </row>
-    <row r="550" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="550" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A550" s="93"/>
       <c r="B550" s="22"/>
       <c r="C550" s="22"/>
       <c r="D550" s="22"/>
       <c r="F550" s="22"/>
       <c r="G550" s="22"/>
       <c r="I550" s="22"/>
     </row>
-    <row r="551" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="551" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A551" s="93"/>
       <c r="B551" s="22"/>
       <c r="C551" s="22"/>
       <c r="D551" s="22"/>
       <c r="F551" s="22"/>
       <c r="G551" s="22"/>
       <c r="I551" s="22"/>
     </row>
-    <row r="552" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="552" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A552" s="93"/>
       <c r="B552" s="22"/>
       <c r="C552" s="22"/>
       <c r="D552" s="22"/>
       <c r="F552" s="22"/>
       <c r="G552" s="22"/>
       <c r="I552" s="22"/>
     </row>
-    <row r="553" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="553" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A553" s="93"/>
       <c r="B553" s="22"/>
       <c r="C553" s="22"/>
       <c r="D553" s="22"/>
       <c r="F553" s="22"/>
       <c r="G553" s="22"/>
       <c r="I553" s="22"/>
     </row>
-    <row r="554" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="554" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A554" s="93"/>
       <c r="B554" s="22"/>
       <c r="C554" s="22"/>
       <c r="D554" s="22"/>
       <c r="F554" s="22"/>
       <c r="G554" s="22"/>
       <c r="I554" s="22"/>
     </row>
-    <row r="555" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="555" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A555" s="93"/>
       <c r="B555" s="22"/>
       <c r="C555" s="22"/>
       <c r="D555" s="22"/>
       <c r="F555" s="22"/>
       <c r="G555" s="22"/>
       <c r="I555" s="22"/>
     </row>
-    <row r="556" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="556" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A556" s="93"/>
       <c r="B556" s="22"/>
       <c r="C556" s="22"/>
       <c r="D556" s="22"/>
       <c r="F556" s="22"/>
       <c r="G556" s="22"/>
       <c r="I556" s="22"/>
     </row>
-    <row r="557" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="557" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A557" s="93"/>
       <c r="B557" s="22"/>
       <c r="C557" s="22"/>
       <c r="D557" s="22"/>
       <c r="F557" s="22"/>
       <c r="G557" s="22"/>
       <c r="I557" s="22"/>
     </row>
-    <row r="558" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="558" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A558" s="93"/>
       <c r="B558" s="22"/>
       <c r="C558" s="22"/>
       <c r="D558" s="22"/>
       <c r="F558" s="22"/>
       <c r="G558" s="22"/>
       <c r="I558" s="22"/>
     </row>
-    <row r="559" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="559" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A559" s="93"/>
       <c r="B559" s="22"/>
       <c r="C559" s="22"/>
       <c r="D559" s="22"/>
       <c r="F559" s="22"/>
       <c r="G559" s="22"/>
       <c r="I559" s="22"/>
     </row>
-    <row r="560" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="560" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A560" s="93"/>
       <c r="B560" s="22"/>
       <c r="C560" s="22"/>
       <c r="D560" s="22"/>
       <c r="F560" s="22"/>
       <c r="G560" s="22"/>
       <c r="I560" s="22"/>
     </row>
-    <row r="561" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="561" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A561" s="93"/>
       <c r="B561" s="22"/>
       <c r="C561" s="22"/>
       <c r="D561" s="22"/>
       <c r="F561" s="22"/>
       <c r="G561" s="22"/>
       <c r="I561" s="22"/>
     </row>
-    <row r="562" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="562" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A562" s="93"/>
       <c r="B562" s="22"/>
       <c r="C562" s="22"/>
       <c r="D562" s="22"/>
       <c r="F562" s="22"/>
       <c r="G562" s="22"/>
       <c r="I562" s="22"/>
     </row>
-    <row r="563" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="563" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A563" s="93"/>
       <c r="B563" s="22"/>
       <c r="C563" s="22"/>
       <c r="D563" s="22"/>
       <c r="F563" s="22"/>
       <c r="G563" s="22"/>
       <c r="I563" s="22"/>
     </row>
-    <row r="564" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="564" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A564" s="93"/>
       <c r="B564" s="22"/>
       <c r="C564" s="22"/>
       <c r="D564" s="22"/>
       <c r="F564" s="22"/>
       <c r="G564" s="22"/>
       <c r="I564" s="22"/>
     </row>
-    <row r="565" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="565" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A565" s="93"/>
       <c r="B565" s="22"/>
       <c r="C565" s="22"/>
       <c r="D565" s="22"/>
       <c r="F565" s="22"/>
       <c r="G565" s="22"/>
       <c r="I565" s="22"/>
     </row>
-    <row r="566" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="566" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A566" s="93"/>
       <c r="B566" s="22"/>
       <c r="C566" s="22"/>
       <c r="D566" s="22"/>
       <c r="F566" s="22"/>
       <c r="G566" s="22"/>
       <c r="I566" s="22"/>
     </row>
-    <row r="567" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="567" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A567" s="93"/>
       <c r="B567" s="22"/>
       <c r="C567" s="22"/>
       <c r="D567" s="22"/>
       <c r="F567" s="22"/>
       <c r="G567" s="22"/>
       <c r="I567" s="22"/>
     </row>
-    <row r="568" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="568" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A568" s="93"/>
       <c r="B568" s="22"/>
       <c r="C568" s="22"/>
       <c r="D568" s="22"/>
       <c r="F568" s="22"/>
       <c r="G568" s="22"/>
       <c r="I568" s="22"/>
     </row>
-    <row r="569" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="569" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A569" s="93"/>
       <c r="B569" s="22"/>
       <c r="C569" s="22"/>
       <c r="D569" s="22"/>
       <c r="F569" s="22"/>
       <c r="G569" s="22"/>
       <c r="I569" s="22"/>
     </row>
-    <row r="570" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="570" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A570" s="93"/>
       <c r="B570" s="22"/>
       <c r="C570" s="22"/>
       <c r="D570" s="22"/>
       <c r="F570" s="22"/>
       <c r="G570" s="22"/>
       <c r="I570" s="22"/>
     </row>
-    <row r="571" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="571" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A571" s="93"/>
       <c r="B571" s="22"/>
       <c r="C571" s="22"/>
       <c r="D571" s="22"/>
       <c r="F571" s="22"/>
       <c r="G571" s="22"/>
       <c r="I571" s="22"/>
     </row>
-    <row r="572" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="572" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A572" s="93"/>
       <c r="B572" s="22"/>
       <c r="C572" s="22"/>
       <c r="D572" s="22"/>
       <c r="F572" s="22"/>
       <c r="G572" s="22"/>
       <c r="I572" s="22"/>
     </row>
-    <row r="573" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="573" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A573" s="93"/>
       <c r="B573" s="22"/>
       <c r="C573" s="22"/>
       <c r="D573" s="22"/>
       <c r="F573" s="22"/>
       <c r="G573" s="22"/>
       <c r="I573" s="22"/>
     </row>
-    <row r="574" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="574" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A574" s="93"/>
       <c r="B574" s="22"/>
       <c r="C574" s="22"/>
       <c r="D574" s="22"/>
       <c r="F574" s="22"/>
       <c r="G574" s="22"/>
       <c r="I574" s="22"/>
     </row>
-    <row r="575" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="575" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A575" s="93"/>
       <c r="B575" s="22"/>
       <c r="C575" s="22"/>
       <c r="D575" s="22"/>
       <c r="F575" s="22"/>
       <c r="G575" s="22"/>
       <c r="I575" s="22"/>
     </row>
-    <row r="576" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="576" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A576" s="93"/>
       <c r="B576" s="22"/>
       <c r="C576" s="22"/>
       <c r="D576" s="22"/>
       <c r="F576" s="22"/>
       <c r="G576" s="22"/>
       <c r="I576" s="22"/>
     </row>
-    <row r="577" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="577" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A577" s="93"/>
       <c r="B577" s="22"/>
       <c r="C577" s="22"/>
       <c r="D577" s="22"/>
       <c r="F577" s="22"/>
       <c r="G577" s="22"/>
       <c r="I577" s="22"/>
     </row>
-    <row r="578" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="578" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A578" s="93"/>
       <c r="B578" s="22"/>
       <c r="C578" s="22"/>
       <c r="D578" s="22"/>
       <c r="F578" s="22"/>
       <c r="G578" s="22"/>
       <c r="I578" s="22"/>
     </row>
-    <row r="579" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="579" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A579" s="93"/>
       <c r="B579" s="22"/>
       <c r="C579" s="22"/>
       <c r="D579" s="22"/>
       <c r="F579" s="22"/>
       <c r="G579" s="22"/>
       <c r="I579" s="22"/>
     </row>
-    <row r="580" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="580" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A580" s="93"/>
       <c r="B580" s="22"/>
       <c r="C580" s="22"/>
       <c r="D580" s="22"/>
       <c r="F580" s="22"/>
       <c r="G580" s="22"/>
       <c r="I580" s="22"/>
     </row>
-    <row r="581" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="581" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A581" s="93"/>
       <c r="B581" s="22"/>
       <c r="C581" s="22"/>
       <c r="D581" s="22"/>
       <c r="F581" s="22"/>
       <c r="G581" s="22"/>
       <c r="I581" s="22"/>
     </row>
-    <row r="582" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="582" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A582" s="93"/>
       <c r="B582" s="22"/>
       <c r="C582" s="22"/>
       <c r="D582" s="22"/>
       <c r="F582" s="22"/>
       <c r="G582" s="22"/>
       <c r="I582" s="22"/>
     </row>
-    <row r="583" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="583" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A583" s="93"/>
       <c r="B583" s="22"/>
       <c r="C583" s="22"/>
       <c r="D583" s="22"/>
       <c r="F583" s="22"/>
       <c r="G583" s="22"/>
       <c r="I583" s="22"/>
     </row>
-    <row r="584" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="584" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A584" s="93"/>
       <c r="B584" s="22"/>
       <c r="C584" s="22"/>
       <c r="D584" s="22"/>
       <c r="F584" s="22"/>
       <c r="G584" s="22"/>
       <c r="I584" s="22"/>
     </row>
-    <row r="585" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="585" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A585" s="93"/>
       <c r="B585" s="22"/>
       <c r="C585" s="22"/>
       <c r="D585" s="22"/>
       <c r="F585" s="22"/>
       <c r="G585" s="22"/>
       <c r="I585" s="22"/>
     </row>
-    <row r="586" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="586" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A586" s="93"/>
       <c r="B586" s="22"/>
       <c r="C586" s="22"/>
       <c r="D586" s="22"/>
       <c r="F586" s="22"/>
       <c r="G586" s="22"/>
       <c r="I586" s="22"/>
     </row>
-    <row r="587" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="587" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A587" s="93"/>
       <c r="B587" s="22"/>
       <c r="C587" s="22"/>
       <c r="D587" s="22"/>
       <c r="F587" s="22"/>
       <c r="G587" s="22"/>
       <c r="I587" s="22"/>
     </row>
-    <row r="588" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="588" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A588" s="93"/>
       <c r="B588" s="22"/>
       <c r="C588" s="22"/>
       <c r="D588" s="22"/>
       <c r="F588" s="22"/>
       <c r="G588" s="22"/>
       <c r="I588" s="22"/>
     </row>
-    <row r="589" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="589" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A589" s="93"/>
       <c r="B589" s="22"/>
       <c r="C589" s="22"/>
       <c r="D589" s="22"/>
       <c r="F589" s="22"/>
       <c r="G589" s="22"/>
       <c r="I589" s="22"/>
     </row>
-    <row r="590" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="590" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A590" s="93"/>
       <c r="B590" s="22"/>
       <c r="C590" s="22"/>
       <c r="D590" s="22"/>
       <c r="F590" s="22"/>
       <c r="G590" s="22"/>
       <c r="I590" s="22"/>
     </row>
-    <row r="591" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="591" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A591" s="93"/>
       <c r="B591" s="22"/>
       <c r="C591" s="22"/>
       <c r="D591" s="22"/>
       <c r="F591" s="22"/>
       <c r="G591" s="22"/>
       <c r="I591" s="22"/>
     </row>
-    <row r="592" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="592" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A592" s="93"/>
       <c r="B592" s="22"/>
       <c r="C592" s="22"/>
       <c r="D592" s="22"/>
       <c r="F592" s="22"/>
       <c r="G592" s="22"/>
       <c r="I592" s="22"/>
     </row>
-    <row r="593" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="593" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A593" s="93"/>
       <c r="B593" s="22"/>
       <c r="C593" s="22"/>
       <c r="D593" s="22"/>
       <c r="F593" s="22"/>
       <c r="G593" s="22"/>
       <c r="I593" s="22"/>
     </row>
-    <row r="594" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="594" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A594" s="93"/>
       <c r="B594" s="22"/>
       <c r="C594" s="22"/>
       <c r="D594" s="22"/>
       <c r="F594" s="22"/>
       <c r="G594" s="22"/>
       <c r="I594" s="22"/>
     </row>
-    <row r="595" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="595" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A595" s="93"/>
       <c r="B595" s="22"/>
       <c r="C595" s="22"/>
       <c r="D595" s="22"/>
       <c r="F595" s="22"/>
       <c r="G595" s="22"/>
       <c r="I595" s="22"/>
     </row>
-    <row r="596" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="596" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A596" s="93"/>
       <c r="B596" s="22"/>
       <c r="C596" s="22"/>
       <c r="D596" s="22"/>
       <c r="F596" s="22"/>
       <c r="G596" s="22"/>
       <c r="I596" s="22"/>
     </row>
-    <row r="597" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="597" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A597" s="93"/>
       <c r="B597" s="22"/>
       <c r="C597" s="22"/>
       <c r="D597" s="22"/>
       <c r="F597" s="22"/>
       <c r="G597" s="22"/>
       <c r="I597" s="22"/>
     </row>
-    <row r="598" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="598" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A598" s="93"/>
       <c r="B598" s="22"/>
       <c r="C598" s="22"/>
       <c r="D598" s="22"/>
       <c r="F598" s="22"/>
       <c r="G598" s="22"/>
       <c r="I598" s="22"/>
     </row>
-    <row r="599" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="599" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A599" s="93"/>
       <c r="B599" s="22"/>
       <c r="C599" s="22"/>
       <c r="D599" s="22"/>
       <c r="F599" s="22"/>
       <c r="G599" s="22"/>
       <c r="I599" s="22"/>
     </row>
-    <row r="600" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="600" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A600" s="93"/>
       <c r="B600" s="22"/>
       <c r="C600" s="22"/>
       <c r="D600" s="22"/>
       <c r="F600" s="22"/>
       <c r="G600" s="22"/>
       <c r="I600" s="22"/>
     </row>
-    <row r="601" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="601" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A601" s="93"/>
       <c r="B601" s="22"/>
       <c r="C601" s="22"/>
       <c r="D601" s="22"/>
       <c r="F601" s="22"/>
       <c r="G601" s="22"/>
       <c r="I601" s="22"/>
     </row>
-    <row r="602" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="602" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A602" s="93"/>
       <c r="B602" s="22"/>
       <c r="C602" s="22"/>
       <c r="D602" s="22"/>
       <c r="F602" s="22"/>
       <c r="G602" s="22"/>
       <c r="I602" s="22"/>
     </row>
-    <row r="603" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="603" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A603" s="93"/>
       <c r="B603" s="22"/>
       <c r="C603" s="22"/>
       <c r="D603" s="22"/>
       <c r="F603" s="22"/>
       <c r="G603" s="22"/>
       <c r="I603" s="22"/>
     </row>
-    <row r="604" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="604" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A604" s="93"/>
       <c r="B604" s="22"/>
       <c r="C604" s="22"/>
       <c r="D604" s="22"/>
       <c r="F604" s="22"/>
       <c r="G604" s="22"/>
       <c r="I604" s="22"/>
     </row>
-    <row r="605" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="605" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A605" s="93"/>
       <c r="B605" s="22"/>
       <c r="C605" s="22"/>
       <c r="D605" s="22"/>
       <c r="F605" s="22"/>
       <c r="G605" s="22"/>
       <c r="I605" s="22"/>
     </row>
-    <row r="606" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="606" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A606" s="93"/>
       <c r="B606" s="22"/>
       <c r="C606" s="22"/>
       <c r="D606" s="22"/>
       <c r="F606" s="22"/>
       <c r="G606" s="22"/>
       <c r="I606" s="22"/>
     </row>
-    <row r="607" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="607" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A607" s="93"/>
       <c r="B607" s="22"/>
       <c r="C607" s="22"/>
       <c r="D607" s="22"/>
       <c r="F607" s="22"/>
       <c r="G607" s="22"/>
       <c r="I607" s="22"/>
     </row>
-    <row r="608" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="608" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A608" s="93"/>
       <c r="B608" s="22"/>
       <c r="C608" s="22"/>
       <c r="D608" s="22"/>
       <c r="F608" s="22"/>
       <c r="G608" s="22"/>
       <c r="I608" s="22"/>
     </row>
-    <row r="609" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="609" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A609" s="93"/>
       <c r="B609" s="22"/>
       <c r="C609" s="22"/>
       <c r="D609" s="22"/>
       <c r="F609" s="22"/>
       <c r="G609" s="22"/>
       <c r="I609" s="22"/>
     </row>
-    <row r="610" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="610" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A610" s="93"/>
       <c r="B610" s="22"/>
       <c r="C610" s="22"/>
       <c r="D610" s="22"/>
       <c r="F610" s="22"/>
       <c r="G610" s="22"/>
       <c r="I610" s="22"/>
     </row>
-    <row r="611" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="611" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A611" s="93"/>
       <c r="B611" s="22"/>
       <c r="C611" s="22"/>
       <c r="D611" s="22"/>
       <c r="F611" s="22"/>
       <c r="G611" s="22"/>
       <c r="I611" s="22"/>
     </row>
-    <row r="612" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="612" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A612" s="93"/>
       <c r="B612" s="22"/>
       <c r="C612" s="22"/>
       <c r="D612" s="22"/>
       <c r="F612" s="22"/>
       <c r="G612" s="22"/>
       <c r="I612" s="22"/>
     </row>
-    <row r="613" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="613" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A613" s="93"/>
       <c r="B613" s="22"/>
       <c r="C613" s="22"/>
       <c r="D613" s="22"/>
       <c r="F613" s="22"/>
       <c r="G613" s="22"/>
       <c r="I613" s="22"/>
     </row>
-    <row r="614" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="614" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A614" s="93"/>
       <c r="B614" s="22"/>
       <c r="C614" s="22"/>
       <c r="D614" s="22"/>
       <c r="F614" s="22"/>
       <c r="G614" s="22"/>
       <c r="I614" s="22"/>
     </row>
-    <row r="615" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="615" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A615" s="93"/>
       <c r="B615" s="22"/>
       <c r="C615" s="22"/>
       <c r="D615" s="22"/>
       <c r="F615" s="22"/>
       <c r="G615" s="22"/>
       <c r="I615" s="22"/>
     </row>
-    <row r="616" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="616" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A616" s="93"/>
       <c r="B616" s="22"/>
       <c r="C616" s="22"/>
       <c r="D616" s="22"/>
       <c r="F616" s="22"/>
       <c r="G616" s="22"/>
       <c r="I616" s="22"/>
     </row>
-    <row r="617" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="617" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A617" s="93"/>
       <c r="B617" s="22"/>
       <c r="C617" s="22"/>
       <c r="D617" s="22"/>
       <c r="F617" s="22"/>
       <c r="G617" s="22"/>
       <c r="I617" s="22"/>
     </row>
-    <row r="618" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="618" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A618" s="93"/>
       <c r="B618" s="22"/>
       <c r="C618" s="22"/>
       <c r="D618" s="22"/>
       <c r="F618" s="22"/>
       <c r="G618" s="22"/>
       <c r="I618" s="22"/>
     </row>
-    <row r="619" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="619" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A619" s="93"/>
       <c r="B619" s="22"/>
       <c r="C619" s="22"/>
       <c r="D619" s="22"/>
       <c r="F619" s="22"/>
       <c r="G619" s="22"/>
       <c r="I619" s="22"/>
     </row>
-    <row r="620" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="620" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A620" s="93"/>
       <c r="B620" s="22"/>
       <c r="C620" s="22"/>
       <c r="D620" s="22"/>
       <c r="F620" s="22"/>
       <c r="G620" s="22"/>
       <c r="I620" s="22"/>
     </row>
-    <row r="621" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="621" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A621" s="93"/>
       <c r="B621" s="22"/>
       <c r="C621" s="22"/>
       <c r="D621" s="22"/>
       <c r="F621" s="22"/>
       <c r="G621" s="22"/>
       <c r="I621" s="22"/>
     </row>
-    <row r="622" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="622" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A622" s="93"/>
       <c r="B622" s="22"/>
       <c r="C622" s="22"/>
       <c r="D622" s="22"/>
       <c r="F622" s="22"/>
       <c r="G622" s="22"/>
       <c r="I622" s="22"/>
     </row>
-    <row r="623" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="623" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A623" s="93"/>
       <c r="B623" s="22"/>
       <c r="C623" s="22"/>
       <c r="D623" s="22"/>
       <c r="F623" s="22"/>
       <c r="G623" s="22"/>
       <c r="I623" s="22"/>
     </row>
-    <row r="624" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="624" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A624" s="93"/>
       <c r="B624" s="22"/>
       <c r="C624" s="22"/>
       <c r="D624" s="22"/>
       <c r="F624" s="22"/>
       <c r="G624" s="22"/>
       <c r="I624" s="22"/>
     </row>
-    <row r="625" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="625" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A625" s="93"/>
       <c r="B625" s="22"/>
       <c r="C625" s="22"/>
       <c r="D625" s="22"/>
       <c r="F625" s="22"/>
       <c r="G625" s="22"/>
       <c r="I625" s="22"/>
     </row>
-    <row r="626" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="626" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A626" s="93"/>
       <c r="B626" s="22"/>
       <c r="C626" s="22"/>
       <c r="D626" s="22"/>
       <c r="F626" s="22"/>
       <c r="G626" s="22"/>
       <c r="I626" s="22"/>
     </row>
-    <row r="627" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="627" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A627" s="93"/>
       <c r="B627" s="22"/>
       <c r="C627" s="22"/>
       <c r="D627" s="22"/>
       <c r="F627" s="22"/>
       <c r="G627" s="22"/>
       <c r="I627" s="22"/>
     </row>
-    <row r="628" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="628" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A628" s="93"/>
       <c r="B628" s="22"/>
       <c r="C628" s="22"/>
       <c r="D628" s="22"/>
       <c r="F628" s="22"/>
       <c r="G628" s="22"/>
       <c r="I628" s="22"/>
     </row>
-    <row r="629" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="629" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A629" s="93"/>
       <c r="B629" s="22"/>
       <c r="C629" s="22"/>
       <c r="D629" s="22"/>
       <c r="F629" s="22"/>
       <c r="G629" s="22"/>
       <c r="I629" s="22"/>
     </row>
-    <row r="630" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="630" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A630" s="93"/>
       <c r="B630" s="22"/>
       <c r="C630" s="22"/>
       <c r="D630" s="22"/>
       <c r="F630" s="22"/>
       <c r="G630" s="22"/>
       <c r="I630" s="22"/>
     </row>
-    <row r="631" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="631" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A631" s="93"/>
       <c r="B631" s="22"/>
       <c r="C631" s="22"/>
       <c r="D631" s="22"/>
       <c r="F631" s="22"/>
       <c r="G631" s="22"/>
       <c r="I631" s="22"/>
     </row>
-    <row r="632" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="632" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A632" s="93"/>
       <c r="B632" s="22"/>
       <c r="C632" s="22"/>
       <c r="D632" s="22"/>
       <c r="F632" s="22"/>
       <c r="G632" s="22"/>
       <c r="I632" s="22"/>
     </row>
-    <row r="633" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="633" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A633" s="93"/>
       <c r="B633" s="22"/>
       <c r="C633" s="22"/>
       <c r="D633" s="22"/>
       <c r="F633" s="22"/>
       <c r="G633" s="22"/>
       <c r="I633" s="22"/>
     </row>
-    <row r="634" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="634" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A634" s="93"/>
       <c r="B634" s="22"/>
       <c r="C634" s="22"/>
       <c r="D634" s="22"/>
       <c r="F634" s="22"/>
       <c r="G634" s="22"/>
       <c r="I634" s="22"/>
     </row>
-    <row r="635" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="635" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A635" s="93"/>
       <c r="B635" s="22"/>
       <c r="C635" s="22"/>
       <c r="D635" s="22"/>
       <c r="F635" s="22"/>
       <c r="G635" s="22"/>
       <c r="I635" s="22"/>
     </row>
-    <row r="636" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="636" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A636" s="93"/>
       <c r="B636" s="22"/>
       <c r="C636" s="22"/>
       <c r="D636" s="22"/>
       <c r="F636" s="22"/>
       <c r="G636" s="22"/>
       <c r="I636" s="22"/>
     </row>
-    <row r="637" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="637" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A637" s="93"/>
       <c r="B637" s="22"/>
       <c r="C637" s="22"/>
       <c r="D637" s="22"/>
       <c r="F637" s="22"/>
       <c r="G637" s="22"/>
       <c r="I637" s="22"/>
     </row>
-    <row r="638" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="638" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A638" s="93"/>
       <c r="B638" s="22"/>
       <c r="C638" s="22"/>
       <c r="D638" s="22"/>
       <c r="F638" s="22"/>
       <c r="G638" s="22"/>
       <c r="I638" s="22"/>
     </row>
-    <row r="639" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="639" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A639" s="93"/>
       <c r="B639" s="22"/>
       <c r="C639" s="22"/>
       <c r="D639" s="22"/>
       <c r="F639" s="22"/>
       <c r="G639" s="22"/>
       <c r="I639" s="22"/>
     </row>
-    <row r="640" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="640" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A640" s="93"/>
       <c r="B640" s="22"/>
       <c r="C640" s="22"/>
       <c r="D640" s="22"/>
       <c r="F640" s="22"/>
       <c r="G640" s="22"/>
       <c r="I640" s="22"/>
     </row>
-    <row r="641" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="641" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A641" s="93"/>
       <c r="B641" s="22"/>
       <c r="C641" s="22"/>
       <c r="D641" s="22"/>
       <c r="F641" s="22"/>
       <c r="G641" s="22"/>
       <c r="I641" s="22"/>
     </row>
-    <row r="642" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="642" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A642" s="93"/>
       <c r="B642" s="22"/>
       <c r="C642" s="22"/>
       <c r="D642" s="22"/>
       <c r="F642" s="22"/>
       <c r="G642" s="22"/>
       <c r="I642" s="22"/>
     </row>
-    <row r="643" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="643" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A643" s="93"/>
       <c r="B643" s="22"/>
       <c r="C643" s="22"/>
       <c r="D643" s="22"/>
       <c r="F643" s="22"/>
       <c r="G643" s="22"/>
       <c r="I643" s="22"/>
     </row>
-    <row r="644" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="644" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A644" s="93"/>
       <c r="B644" s="22"/>
       <c r="C644" s="22"/>
       <c r="D644" s="22"/>
       <c r="F644" s="22"/>
       <c r="G644" s="22"/>
       <c r="I644" s="22"/>
     </row>
-    <row r="645" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="645" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A645" s="93"/>
       <c r="B645" s="22"/>
       <c r="C645" s="22"/>
       <c r="D645" s="22"/>
       <c r="F645" s="22"/>
       <c r="G645" s="22"/>
       <c r="I645" s="22"/>
     </row>
-    <row r="646" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="646" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A646" s="93"/>
       <c r="B646" s="22"/>
       <c r="C646" s="22"/>
       <c r="D646" s="22"/>
       <c r="F646" s="22"/>
       <c r="G646" s="22"/>
       <c r="I646" s="22"/>
     </row>
-    <row r="647" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="647" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A647" s="93"/>
       <c r="B647" s="22"/>
       <c r="C647" s="22"/>
       <c r="D647" s="22"/>
       <c r="F647" s="22"/>
       <c r="G647" s="22"/>
       <c r="I647" s="22"/>
     </row>
-    <row r="648" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="648" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A648" s="93"/>
       <c r="B648" s="22"/>
       <c r="C648" s="22"/>
       <c r="D648" s="22"/>
       <c r="F648" s="22"/>
       <c r="G648" s="22"/>
       <c r="I648" s="22"/>
     </row>
-    <row r="649" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="649" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A649" s="93"/>
       <c r="B649" s="22"/>
       <c r="C649" s="22"/>
       <c r="D649" s="22"/>
       <c r="F649" s="22"/>
       <c r="G649" s="22"/>
       <c r="I649" s="22"/>
     </row>
-    <row r="650" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="650" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A650" s="93"/>
       <c r="B650" s="22"/>
       <c r="C650" s="22"/>
       <c r="D650" s="22"/>
       <c r="F650" s="22"/>
       <c r="G650" s="22"/>
       <c r="I650" s="22"/>
     </row>
-    <row r="651" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="651" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A651" s="93"/>
       <c r="B651" s="22"/>
       <c r="C651" s="22"/>
       <c r="D651" s="22"/>
       <c r="F651" s="22"/>
       <c r="G651" s="22"/>
       <c r="I651" s="22"/>
     </row>
-    <row r="652" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="652" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A652" s="93"/>
       <c r="B652" s="22"/>
       <c r="C652" s="22"/>
       <c r="D652" s="22"/>
       <c r="F652" s="22"/>
       <c r="G652" s="22"/>
       <c r="I652" s="22"/>
     </row>
-    <row r="653" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="653" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A653" s="93"/>
       <c r="B653" s="22"/>
       <c r="C653" s="22"/>
       <c r="D653" s="22"/>
       <c r="F653" s="22"/>
       <c r="G653" s="22"/>
       <c r="I653" s="22"/>
     </row>
-    <row r="654" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="654" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A654" s="93"/>
       <c r="B654" s="22"/>
       <c r="C654" s="22"/>
       <c r="D654" s="22"/>
       <c r="F654" s="22"/>
       <c r="G654" s="22"/>
       <c r="I654" s="22"/>
     </row>
-    <row r="655" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="655" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A655" s="93"/>
       <c r="B655" s="22"/>
       <c r="C655" s="22"/>
       <c r="D655" s="22"/>
       <c r="F655" s="22"/>
       <c r="G655" s="22"/>
       <c r="I655" s="22"/>
     </row>
-    <row r="656" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="656" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A656" s="93"/>
       <c r="B656" s="22"/>
       <c r="C656" s="22"/>
       <c r="D656" s="22"/>
       <c r="F656" s="22"/>
       <c r="G656" s="22"/>
       <c r="I656" s="22"/>
     </row>
-    <row r="657" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="657" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A657" s="93"/>
       <c r="B657" s="22"/>
       <c r="C657" s="22"/>
       <c r="D657" s="22"/>
       <c r="F657" s="22"/>
       <c r="G657" s="22"/>
       <c r="I657" s="22"/>
     </row>
-    <row r="658" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="658" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A658" s="93"/>
       <c r="B658" s="22"/>
       <c r="C658" s="22"/>
       <c r="D658" s="22"/>
       <c r="F658" s="22"/>
       <c r="G658" s="22"/>
       <c r="I658" s="22"/>
     </row>
-    <row r="659" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="659" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A659" s="93"/>
       <c r="B659" s="22"/>
       <c r="C659" s="22"/>
       <c r="D659" s="22"/>
       <c r="F659" s="22"/>
       <c r="G659" s="22"/>
       <c r="I659" s="22"/>
     </row>
-    <row r="660" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="660" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A660" s="93"/>
       <c r="B660" s="22"/>
       <c r="C660" s="22"/>
       <c r="D660" s="22"/>
       <c r="F660" s="22"/>
       <c r="G660" s="22"/>
       <c r="I660" s="22"/>
     </row>
-    <row r="661" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="661" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A661" s="93"/>
       <c r="B661" s="22"/>
       <c r="C661" s="22"/>
       <c r="D661" s="22"/>
       <c r="F661" s="22"/>
       <c r="G661" s="22"/>
       <c r="I661" s="22"/>
     </row>
-    <row r="662" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="662" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A662" s="93"/>
       <c r="B662" s="22"/>
       <c r="C662" s="22"/>
       <c r="D662" s="22"/>
       <c r="F662" s="22"/>
       <c r="G662" s="22"/>
       <c r="I662" s="22"/>
     </row>
-    <row r="663" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="663" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A663" s="93"/>
       <c r="B663" s="22"/>
       <c r="C663" s="22"/>
       <c r="D663" s="22"/>
       <c r="F663" s="22"/>
       <c r="G663" s="22"/>
       <c r="I663" s="22"/>
     </row>
-    <row r="664" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="664" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A664" s="93"/>
       <c r="B664" s="22"/>
       <c r="C664" s="22"/>
       <c r="D664" s="22"/>
       <c r="F664" s="22"/>
       <c r="G664" s="22"/>
       <c r="I664" s="22"/>
     </row>
-    <row r="665" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="665" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A665" s="93"/>
       <c r="B665" s="22"/>
       <c r="C665" s="22"/>
       <c r="D665" s="22"/>
       <c r="F665" s="22"/>
       <c r="G665" s="22"/>
       <c r="I665" s="22"/>
     </row>
-    <row r="666" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="666" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A666" s="93"/>
       <c r="B666" s="22"/>
       <c r="C666" s="22"/>
       <c r="D666" s="22"/>
       <c r="F666" s="22"/>
       <c r="G666" s="22"/>
       <c r="I666" s="22"/>
     </row>
-    <row r="667" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="667" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A667" s="93"/>
       <c r="B667" s="22"/>
       <c r="C667" s="22"/>
       <c r="D667" s="22"/>
       <c r="F667" s="22"/>
       <c r="G667" s="22"/>
       <c r="I667" s="22"/>
     </row>
-    <row r="668" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="668" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A668" s="93"/>
       <c r="B668" s="22"/>
       <c r="C668" s="22"/>
       <c r="D668" s="22"/>
       <c r="F668" s="22"/>
       <c r="G668" s="22"/>
       <c r="I668" s="22"/>
     </row>
-    <row r="669" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="669" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A669" s="93"/>
       <c r="B669" s="22"/>
       <c r="C669" s="22"/>
       <c r="D669" s="22"/>
       <c r="F669" s="22"/>
       <c r="G669" s="22"/>
       <c r="I669" s="22"/>
     </row>
-    <row r="670" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="670" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A670" s="93"/>
       <c r="B670" s="22"/>
       <c r="C670" s="22"/>
       <c r="D670" s="22"/>
       <c r="F670" s="22"/>
       <c r="G670" s="22"/>
       <c r="I670" s="22"/>
     </row>
-    <row r="671" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="671" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A671" s="93"/>
       <c r="B671" s="22"/>
       <c r="C671" s="22"/>
       <c r="D671" s="22"/>
       <c r="F671" s="22"/>
       <c r="G671" s="22"/>
       <c r="I671" s="22"/>
     </row>
-    <row r="672" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="672" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A672" s="93"/>
       <c r="B672" s="22"/>
       <c r="C672" s="22"/>
       <c r="D672" s="22"/>
       <c r="F672" s="22"/>
       <c r="G672" s="22"/>
       <c r="I672" s="22"/>
     </row>
-    <row r="673" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="673" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A673" s="93"/>
       <c r="B673" s="22"/>
       <c r="C673" s="22"/>
       <c r="D673" s="22"/>
       <c r="F673" s="22"/>
       <c r="G673" s="22"/>
       <c r="I673" s="22"/>
     </row>
-    <row r="674" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="674" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A674" s="93"/>
       <c r="B674" s="22"/>
       <c r="C674" s="22"/>
       <c r="D674" s="22"/>
       <c r="F674" s="22"/>
       <c r="G674" s="22"/>
       <c r="I674" s="22"/>
     </row>
-    <row r="675" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="675" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A675" s="93"/>
       <c r="B675" s="22"/>
       <c r="C675" s="22"/>
       <c r="D675" s="22"/>
       <c r="F675" s="22"/>
       <c r="G675" s="22"/>
       <c r="I675" s="22"/>
     </row>
-    <row r="676" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="676" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A676" s="93"/>
       <c r="B676" s="22"/>
       <c r="C676" s="22"/>
       <c r="D676" s="22"/>
       <c r="F676" s="22"/>
       <c r="G676" s="22"/>
       <c r="I676" s="22"/>
     </row>
-    <row r="677" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="677" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A677" s="93"/>
       <c r="B677" s="22"/>
       <c r="C677" s="22"/>
       <c r="D677" s="22"/>
       <c r="F677" s="22"/>
       <c r="G677" s="22"/>
       <c r="I677" s="22"/>
     </row>
-    <row r="678" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="678" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A678" s="93"/>
       <c r="B678" s="22"/>
       <c r="C678" s="22"/>
       <c r="D678" s="22"/>
       <c r="F678" s="22"/>
       <c r="G678" s="22"/>
       <c r="I678" s="22"/>
     </row>
-    <row r="679" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="679" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A679" s="93"/>
       <c r="B679" s="22"/>
       <c r="C679" s="22"/>
       <c r="D679" s="22"/>
       <c r="F679" s="22"/>
       <c r="G679" s="22"/>
       <c r="I679" s="22"/>
     </row>
-    <row r="680" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="680" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A680" s="93"/>
       <c r="B680" s="22"/>
       <c r="C680" s="22"/>
       <c r="D680" s="22"/>
       <c r="F680" s="22"/>
       <c r="G680" s="22"/>
       <c r="I680" s="22"/>
     </row>
-    <row r="681" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="681" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A681" s="93"/>
       <c r="B681" s="22"/>
       <c r="C681" s="22"/>
       <c r="D681" s="22"/>
       <c r="F681" s="22"/>
       <c r="G681" s="22"/>
       <c r="I681" s="22"/>
     </row>
-    <row r="682" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="682" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A682" s="93"/>
       <c r="B682" s="22"/>
       <c r="C682" s="22"/>
       <c r="D682" s="22"/>
       <c r="F682" s="22"/>
       <c r="G682" s="22"/>
       <c r="I682" s="22"/>
     </row>
-    <row r="683" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="683" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A683" s="93"/>
       <c r="B683" s="22"/>
       <c r="C683" s="22"/>
       <c r="D683" s="22"/>
       <c r="F683" s="22"/>
       <c r="G683" s="22"/>
       <c r="I683" s="22"/>
     </row>
-    <row r="684" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="684" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A684" s="93"/>
       <c r="B684" s="22"/>
       <c r="C684" s="22"/>
       <c r="D684" s="22"/>
       <c r="F684" s="22"/>
       <c r="G684" s="22"/>
       <c r="I684" s="22"/>
     </row>
-    <row r="685" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="685" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A685" s="93"/>
       <c r="B685" s="22"/>
       <c r="C685" s="22"/>
       <c r="D685" s="22"/>
       <c r="F685" s="22"/>
       <c r="G685" s="22"/>
       <c r="I685" s="22"/>
     </row>
-    <row r="686" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="686" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A686" s="93"/>
       <c r="B686" s="22"/>
       <c r="C686" s="22"/>
       <c r="D686" s="22"/>
       <c r="F686" s="22"/>
       <c r="G686" s="22"/>
       <c r="I686" s="22"/>
     </row>
-    <row r="687" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="687" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A687" s="93"/>
       <c r="B687" s="22"/>
       <c r="C687" s="22"/>
       <c r="D687" s="22"/>
       <c r="F687" s="22"/>
       <c r="G687" s="22"/>
       <c r="I687" s="22"/>
     </row>
-    <row r="688" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="688" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A688" s="93"/>
       <c r="B688" s="22"/>
       <c r="C688" s="22"/>
       <c r="D688" s="22"/>
       <c r="F688" s="22"/>
       <c r="G688" s="22"/>
       <c r="I688" s="22"/>
     </row>
-    <row r="689" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="689" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A689" s="93"/>
       <c r="B689" s="22"/>
       <c r="C689" s="22"/>
       <c r="D689" s="22"/>
       <c r="F689" s="22"/>
       <c r="G689" s="22"/>
       <c r="I689" s="22"/>
     </row>
-    <row r="690" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="690" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A690" s="93"/>
       <c r="B690" s="22"/>
       <c r="C690" s="22"/>
       <c r="D690" s="22"/>
       <c r="F690" s="22"/>
       <c r="G690" s="22"/>
       <c r="I690" s="22"/>
     </row>
-    <row r="691" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="691" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A691" s="93"/>
       <c r="B691" s="22"/>
       <c r="C691" s="22"/>
       <c r="D691" s="22"/>
       <c r="F691" s="22"/>
       <c r="G691" s="22"/>
       <c r="I691" s="22"/>
     </row>
-    <row r="692" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="692" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A692" s="93"/>
       <c r="B692" s="22"/>
       <c r="C692" s="22"/>
       <c r="D692" s="22"/>
       <c r="F692" s="22"/>
       <c r="G692" s="22"/>
       <c r="I692" s="22"/>
     </row>
-    <row r="693" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="693" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A693" s="93"/>
       <c r="B693" s="22"/>
       <c r="C693" s="22"/>
       <c r="D693" s="22"/>
       <c r="F693" s="22"/>
       <c r="G693" s="22"/>
       <c r="I693" s="22"/>
     </row>
-    <row r="694" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="694" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A694" s="93"/>
       <c r="B694" s="22"/>
       <c r="C694" s="22"/>
       <c r="D694" s="22"/>
       <c r="F694" s="22"/>
       <c r="G694" s="22"/>
       <c r="I694" s="22"/>
     </row>
-    <row r="695" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="695" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A695" s="93"/>
       <c r="B695" s="22"/>
       <c r="C695" s="22"/>
       <c r="D695" s="22"/>
       <c r="F695" s="22"/>
       <c r="G695" s="22"/>
       <c r="I695" s="22"/>
     </row>
-    <row r="696" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="696" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A696" s="93"/>
       <c r="B696" s="22"/>
       <c r="C696" s="22"/>
       <c r="D696" s="22"/>
       <c r="F696" s="22"/>
       <c r="G696" s="22"/>
       <c r="I696" s="22"/>
     </row>
-    <row r="697" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="697" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A697" s="93"/>
       <c r="B697" s="22"/>
       <c r="C697" s="22"/>
       <c r="D697" s="22"/>
       <c r="F697" s="22"/>
       <c r="G697" s="22"/>
       <c r="I697" s="22"/>
     </row>
-    <row r="698" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="698" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A698" s="93"/>
       <c r="B698" s="22"/>
       <c r="C698" s="22"/>
       <c r="D698" s="22"/>
       <c r="F698" s="22"/>
       <c r="G698" s="22"/>
       <c r="I698" s="22"/>
     </row>
-    <row r="699" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="699" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A699" s="93"/>
       <c r="B699" s="22"/>
       <c r="C699" s="22"/>
       <c r="D699" s="22"/>
       <c r="F699" s="22"/>
       <c r="G699" s="22"/>
       <c r="I699" s="22"/>
     </row>
-    <row r="700" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="700" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A700" s="93"/>
       <c r="B700" s="22"/>
       <c r="C700" s="22"/>
       <c r="D700" s="22"/>
       <c r="F700" s="22"/>
       <c r="G700" s="22"/>
       <c r="I700" s="22"/>
     </row>
-    <row r="701" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="701" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A701" s="93"/>
       <c r="B701" s="22"/>
       <c r="C701" s="22"/>
       <c r="D701" s="22"/>
       <c r="F701" s="22"/>
       <c r="G701" s="22"/>
       <c r="I701" s="22"/>
     </row>
-    <row r="702" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="702" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A702" s="93"/>
       <c r="B702" s="22"/>
       <c r="C702" s="22"/>
       <c r="D702" s="22"/>
       <c r="F702" s="22"/>
       <c r="G702" s="22"/>
       <c r="I702" s="22"/>
     </row>
-    <row r="703" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="703" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A703" s="93"/>
       <c r="B703" s="22"/>
       <c r="C703" s="22"/>
       <c r="D703" s="22"/>
       <c r="F703" s="22"/>
       <c r="G703" s="22"/>
       <c r="I703" s="22"/>
     </row>
-    <row r="704" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="704" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A704" s="93"/>
       <c r="B704" s="22"/>
       <c r="C704" s="22"/>
       <c r="D704" s="22"/>
       <c r="F704" s="22"/>
       <c r="G704" s="22"/>
       <c r="I704" s="22"/>
     </row>
-    <row r="705" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="705" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A705" s="93"/>
       <c r="B705" s="22"/>
       <c r="C705" s="22"/>
       <c r="D705" s="22"/>
       <c r="F705" s="22"/>
       <c r="G705" s="22"/>
       <c r="I705" s="22"/>
     </row>
-    <row r="706" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="706" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A706" s="93"/>
       <c r="B706" s="22"/>
       <c r="C706" s="22"/>
       <c r="D706" s="22"/>
       <c r="F706" s="22"/>
       <c r="G706" s="22"/>
       <c r="I706" s="22"/>
     </row>
-    <row r="707" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="707" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A707" s="93"/>
       <c r="B707" s="22"/>
       <c r="C707" s="22"/>
       <c r="D707" s="22"/>
       <c r="F707" s="22"/>
       <c r="G707" s="22"/>
       <c r="I707" s="22"/>
     </row>
-    <row r="708" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="708" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A708" s="93"/>
       <c r="B708" s="22"/>
       <c r="C708" s="22"/>
       <c r="D708" s="22"/>
       <c r="F708" s="22"/>
       <c r="G708" s="22"/>
       <c r="I708" s="22"/>
     </row>
-    <row r="709" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="709" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A709" s="93"/>
       <c r="B709" s="22"/>
       <c r="C709" s="22"/>
       <c r="D709" s="22"/>
       <c r="F709" s="22"/>
       <c r="G709" s="22"/>
       <c r="I709" s="22"/>
     </row>
-    <row r="710" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="710" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A710" s="93"/>
       <c r="B710" s="22"/>
       <c r="C710" s="22"/>
       <c r="D710" s="22"/>
       <c r="F710" s="22"/>
       <c r="G710" s="22"/>
       <c r="I710" s="22"/>
     </row>
-    <row r="711" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="711" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A711" s="93"/>
       <c r="B711" s="22"/>
       <c r="C711" s="22"/>
       <c r="D711" s="22"/>
       <c r="F711" s="22"/>
       <c r="G711" s="22"/>
       <c r="I711" s="22"/>
     </row>
-    <row r="712" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="712" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A712" s="93"/>
       <c r="B712" s="22"/>
       <c r="C712" s="22"/>
       <c r="D712" s="22"/>
       <c r="F712" s="22"/>
       <c r="G712" s="22"/>
       <c r="I712" s="22"/>
     </row>
-    <row r="713" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="713" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A713" s="93"/>
       <c r="B713" s="22"/>
       <c r="C713" s="22"/>
       <c r="D713" s="22"/>
       <c r="F713" s="22"/>
       <c r="G713" s="22"/>
       <c r="I713" s="22"/>
     </row>
-    <row r="714" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="714" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A714" s="93"/>
       <c r="B714" s="22"/>
       <c r="C714" s="22"/>
       <c r="D714" s="22"/>
       <c r="F714" s="22"/>
       <c r="G714" s="22"/>
       <c r="I714" s="22"/>
     </row>
-    <row r="715" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="715" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A715" s="93"/>
       <c r="B715" s="22"/>
       <c r="C715" s="22"/>
       <c r="D715" s="22"/>
       <c r="F715" s="22"/>
       <c r="G715" s="22"/>
       <c r="I715" s="22"/>
     </row>
-    <row r="716" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="716" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A716" s="93"/>
       <c r="B716" s="22"/>
       <c r="C716" s="22"/>
       <c r="D716" s="22"/>
       <c r="F716" s="22"/>
       <c r="G716" s="22"/>
       <c r="I716" s="22"/>
     </row>
-    <row r="717" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="717" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A717" s="93"/>
       <c r="B717" s="22"/>
       <c r="C717" s="22"/>
       <c r="D717" s="22"/>
       <c r="F717" s="22"/>
       <c r="G717" s="22"/>
       <c r="I717" s="22"/>
     </row>
-    <row r="718" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="718" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A718" s="93"/>
       <c r="B718" s="22"/>
       <c r="C718" s="22"/>
       <c r="D718" s="22"/>
       <c r="F718" s="22"/>
       <c r="G718" s="22"/>
       <c r="I718" s="22"/>
     </row>
-    <row r="719" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="719" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A719" s="93"/>
       <c r="B719" s="22"/>
       <c r="C719" s="22"/>
       <c r="D719" s="22"/>
       <c r="F719" s="22"/>
       <c r="G719" s="22"/>
       <c r="I719" s="22"/>
     </row>
-    <row r="720" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="720" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A720" s="93"/>
       <c r="B720" s="22"/>
       <c r="C720" s="22"/>
       <c r="D720" s="22"/>
       <c r="F720" s="22"/>
       <c r="G720" s="22"/>
       <c r="I720" s="22"/>
     </row>
-    <row r="721" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="721" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A721" s="93"/>
       <c r="B721" s="22"/>
       <c r="C721" s="22"/>
       <c r="D721" s="22"/>
       <c r="F721" s="22"/>
       <c r="G721" s="22"/>
       <c r="I721" s="22"/>
     </row>
-    <row r="722" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="722" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A722" s="93"/>
       <c r="B722" s="22"/>
       <c r="C722" s="22"/>
       <c r="D722" s="22"/>
       <c r="F722" s="22"/>
       <c r="G722" s="22"/>
       <c r="I722" s="22"/>
     </row>
-    <row r="723" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="723" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A723" s="93"/>
       <c r="B723" s="22"/>
       <c r="C723" s="22"/>
       <c r="D723" s="22"/>
       <c r="F723" s="22"/>
       <c r="G723" s="22"/>
       <c r="I723" s="22"/>
     </row>
-    <row r="724" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="724" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A724" s="93"/>
       <c r="B724" s="22"/>
       <c r="C724" s="22"/>
       <c r="D724" s="22"/>
       <c r="F724" s="22"/>
       <c r="G724" s="22"/>
       <c r="I724" s="22"/>
     </row>
-    <row r="725" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="725" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A725" s="93"/>
       <c r="B725" s="22"/>
       <c r="C725" s="22"/>
       <c r="D725" s="22"/>
       <c r="F725" s="22"/>
       <c r="G725" s="22"/>
       <c r="I725" s="22"/>
     </row>
-    <row r="726" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="726" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A726" s="93"/>
       <c r="B726" s="22"/>
       <c r="C726" s="22"/>
       <c r="D726" s="22"/>
       <c r="F726" s="22"/>
       <c r="G726" s="22"/>
       <c r="I726" s="22"/>
     </row>
-    <row r="727" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="727" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A727" s="93"/>
       <c r="B727" s="22"/>
       <c r="C727" s="22"/>
       <c r="D727" s="22"/>
       <c r="F727" s="22"/>
       <c r="G727" s="22"/>
       <c r="I727" s="22"/>
     </row>
-    <row r="728" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="728" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A728" s="93"/>
       <c r="B728" s="22"/>
       <c r="C728" s="22"/>
       <c r="D728" s="22"/>
       <c r="F728" s="22"/>
       <c r="G728" s="22"/>
       <c r="I728" s="22"/>
     </row>
-    <row r="729" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="729" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A729" s="93"/>
       <c r="B729" s="22"/>
       <c r="C729" s="22"/>
       <c r="D729" s="22"/>
       <c r="F729" s="22"/>
       <c r="G729" s="22"/>
       <c r="I729" s="22"/>
     </row>
-    <row r="730" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="730" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A730" s="93"/>
       <c r="B730" s="22"/>
       <c r="C730" s="22"/>
       <c r="D730" s="22"/>
       <c r="F730" s="22"/>
       <c r="G730" s="22"/>
       <c r="I730" s="22"/>
     </row>
-    <row r="731" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="731" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A731" s="93"/>
       <c r="B731" s="22"/>
       <c r="C731" s="22"/>
       <c r="D731" s="22"/>
       <c r="F731" s="22"/>
       <c r="G731" s="22"/>
       <c r="I731" s="22"/>
     </row>
-    <row r="732" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="732" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A732" s="93"/>
       <c r="B732" s="22"/>
       <c r="C732" s="22"/>
       <c r="D732" s="22"/>
       <c r="F732" s="22"/>
       <c r="G732" s="22"/>
       <c r="I732" s="22"/>
     </row>
-    <row r="733" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="733" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A733" s="93"/>
       <c r="B733" s="22"/>
       <c r="C733" s="22"/>
       <c r="D733" s="22"/>
       <c r="F733" s="22"/>
       <c r="G733" s="22"/>
       <c r="I733" s="22"/>
     </row>
-    <row r="734" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="734" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A734" s="93"/>
       <c r="B734" s="22"/>
       <c r="C734" s="22"/>
       <c r="D734" s="22"/>
       <c r="F734" s="22"/>
       <c r="G734" s="22"/>
       <c r="I734" s="22"/>
     </row>
-    <row r="735" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="735" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A735" s="93"/>
       <c r="B735" s="22"/>
       <c r="C735" s="22"/>
       <c r="D735" s="22"/>
       <c r="F735" s="22"/>
       <c r="G735" s="22"/>
       <c r="I735" s="22"/>
     </row>
-    <row r="736" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="736" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A736" s="93"/>
       <c r="B736" s="22"/>
       <c r="C736" s="22"/>
       <c r="D736" s="22"/>
       <c r="F736" s="22"/>
       <c r="G736" s="22"/>
       <c r="I736" s="22"/>
     </row>
-    <row r="737" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="737" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A737" s="93"/>
       <c r="B737" s="22"/>
       <c r="C737" s="22"/>
       <c r="D737" s="22"/>
       <c r="F737" s="22"/>
       <c r="G737" s="22"/>
       <c r="I737" s="22"/>
     </row>
-    <row r="738" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="738" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A738" s="93"/>
       <c r="B738" s="22"/>
       <c r="C738" s="22"/>
       <c r="D738" s="22"/>
       <c r="F738" s="22"/>
       <c r="G738" s="22"/>
       <c r="I738" s="22"/>
     </row>
-    <row r="739" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="739" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A739" s="93"/>
       <c r="B739" s="22"/>
       <c r="C739" s="22"/>
       <c r="D739" s="22"/>
       <c r="F739" s="22"/>
       <c r="G739" s="22"/>
       <c r="I739" s="22"/>
     </row>
-    <row r="740" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="740" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A740" s="93"/>
       <c r="B740" s="22"/>
       <c r="C740" s="22"/>
       <c r="D740" s="22"/>
       <c r="F740" s="22"/>
       <c r="G740" s="22"/>
       <c r="I740" s="22"/>
     </row>
-    <row r="741" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="741" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A741" s="93"/>
       <c r="B741" s="22"/>
       <c r="C741" s="22"/>
       <c r="D741" s="22"/>
       <c r="F741" s="22"/>
       <c r="G741" s="22"/>
       <c r="I741" s="22"/>
     </row>
-    <row r="742" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="742" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A742" s="93"/>
       <c r="B742" s="22"/>
       <c r="C742" s="22"/>
       <c r="D742" s="22"/>
       <c r="F742" s="22"/>
       <c r="G742" s="22"/>
       <c r="I742" s="22"/>
     </row>
-    <row r="743" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="743" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A743" s="93"/>
       <c r="B743" s="22"/>
       <c r="C743" s="22"/>
       <c r="D743" s="22"/>
       <c r="F743" s="22"/>
       <c r="G743" s="22"/>
       <c r="I743" s="22"/>
     </row>
-    <row r="744" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="744" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A744" s="93"/>
       <c r="B744" s="22"/>
       <c r="C744" s="22"/>
       <c r="D744" s="22"/>
       <c r="F744" s="22"/>
       <c r="G744" s="22"/>
       <c r="I744" s="22"/>
     </row>
-    <row r="745" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="745" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A745" s="93"/>
       <c r="B745" s="22"/>
       <c r="C745" s="22"/>
       <c r="D745" s="22"/>
       <c r="F745" s="22"/>
       <c r="G745" s="22"/>
       <c r="I745" s="22"/>
     </row>
-    <row r="746" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="746" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A746" s="93"/>
       <c r="B746" s="22"/>
       <c r="C746" s="22"/>
       <c r="D746" s="22"/>
       <c r="F746" s="22"/>
       <c r="G746" s="22"/>
       <c r="I746" s="22"/>
     </row>
-    <row r="747" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="747" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A747" s="93"/>
       <c r="B747" s="22"/>
       <c r="C747" s="22"/>
       <c r="D747" s="22"/>
       <c r="F747" s="22"/>
       <c r="G747" s="22"/>
       <c r="I747" s="22"/>
     </row>
-    <row r="748" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="748" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A748" s="93"/>
       <c r="B748" s="22"/>
       <c r="C748" s="22"/>
       <c r="D748" s="22"/>
       <c r="F748" s="22"/>
       <c r="G748" s="22"/>
       <c r="I748" s="22"/>
     </row>
-    <row r="749" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="749" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A749" s="93"/>
       <c r="B749" s="22"/>
       <c r="C749" s="22"/>
       <c r="D749" s="22"/>
       <c r="F749" s="22"/>
       <c r="G749" s="22"/>
       <c r="I749" s="22"/>
     </row>
-    <row r="750" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="750" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A750" s="93"/>
       <c r="B750" s="22"/>
       <c r="C750" s="22"/>
       <c r="D750" s="22"/>
       <c r="F750" s="22"/>
       <c r="G750" s="22"/>
       <c r="I750" s="22"/>
     </row>
-    <row r="751" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="751" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A751" s="93"/>
       <c r="B751" s="22"/>
       <c r="C751" s="22"/>
       <c r="D751" s="22"/>
       <c r="F751" s="22"/>
       <c r="G751" s="22"/>
       <c r="I751" s="22"/>
     </row>
-    <row r="752" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="752" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A752" s="93"/>
       <c r="B752" s="22"/>
       <c r="C752" s="22"/>
       <c r="D752" s="22"/>
       <c r="F752" s="22"/>
       <c r="G752" s="22"/>
       <c r="I752" s="22"/>
     </row>
-    <row r="753" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="753" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A753" s="93"/>
       <c r="B753" s="22"/>
       <c r="C753" s="22"/>
       <c r="D753" s="22"/>
       <c r="F753" s="22"/>
       <c r="G753" s="22"/>
       <c r="I753" s="22"/>
     </row>
-    <row r="754" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="754" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A754" s="93"/>
       <c r="B754" s="22"/>
       <c r="C754" s="22"/>
       <c r="D754" s="22"/>
       <c r="F754" s="22"/>
       <c r="G754" s="22"/>
       <c r="I754" s="22"/>
     </row>
-    <row r="755" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="755" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A755" s="93"/>
       <c r="B755" s="22"/>
       <c r="C755" s="22"/>
       <c r="D755" s="22"/>
       <c r="F755" s="22"/>
       <c r="G755" s="22"/>
       <c r="I755" s="22"/>
     </row>
-    <row r="756" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="756" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A756" s="93"/>
       <c r="B756" s="22"/>
       <c r="C756" s="22"/>
       <c r="D756" s="22"/>
       <c r="F756" s="22"/>
       <c r="G756" s="22"/>
       <c r="I756" s="22"/>
     </row>
-    <row r="757" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="757" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A757" s="93"/>
       <c r="B757" s="22"/>
       <c r="C757" s="22"/>
       <c r="D757" s="22"/>
       <c r="F757" s="22"/>
       <c r="G757" s="22"/>
       <c r="I757" s="22"/>
     </row>
-    <row r="758" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="758" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A758" s="93"/>
       <c r="B758" s="22"/>
       <c r="C758" s="22"/>
       <c r="D758" s="22"/>
       <c r="F758" s="22"/>
       <c r="G758" s="22"/>
       <c r="I758" s="22"/>
     </row>
-    <row r="759" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="759" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A759" s="93"/>
       <c r="B759" s="22"/>
       <c r="C759" s="22"/>
       <c r="D759" s="22"/>
       <c r="F759" s="22"/>
       <c r="G759" s="22"/>
       <c r="I759" s="22"/>
     </row>
-    <row r="760" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="760" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A760" s="93"/>
       <c r="B760" s="22"/>
       <c r="C760" s="22"/>
       <c r="D760" s="22"/>
       <c r="F760" s="22"/>
       <c r="G760" s="22"/>
       <c r="I760" s="22"/>
     </row>
-    <row r="761" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="761" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A761" s="93"/>
       <c r="B761" s="22"/>
       <c r="C761" s="22"/>
       <c r="D761" s="22"/>
       <c r="F761" s="22"/>
       <c r="G761" s="22"/>
       <c r="I761" s="22"/>
     </row>
-    <row r="762" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="762" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A762" s="93"/>
       <c r="B762" s="22"/>
       <c r="C762" s="22"/>
       <c r="D762" s="22"/>
       <c r="F762" s="22"/>
       <c r="G762" s="22"/>
       <c r="I762" s="22"/>
     </row>
-    <row r="763" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="763" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A763" s="93"/>
       <c r="B763" s="22"/>
       <c r="C763" s="22"/>
       <c r="D763" s="22"/>
       <c r="F763" s="22"/>
       <c r="G763" s="22"/>
       <c r="I763" s="22"/>
     </row>
-    <row r="764" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="764" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A764" s="93"/>
       <c r="B764" s="22"/>
       <c r="C764" s="22"/>
       <c r="D764" s="22"/>
       <c r="F764" s="22"/>
       <c r="G764" s="22"/>
       <c r="I764" s="22"/>
     </row>
-    <row r="765" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="765" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A765" s="93"/>
       <c r="B765" s="22"/>
       <c r="C765" s="22"/>
       <c r="D765" s="22"/>
       <c r="F765" s="22"/>
       <c r="G765" s="22"/>
       <c r="I765" s="22"/>
     </row>
-    <row r="766" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="766" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A766" s="93"/>
       <c r="B766" s="22"/>
       <c r="C766" s="22"/>
       <c r="D766" s="22"/>
       <c r="F766" s="22"/>
       <c r="G766" s="22"/>
       <c r="I766" s="22"/>
     </row>
-    <row r="767" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="767" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A767" s="93"/>
       <c r="B767" s="22"/>
       <c r="C767" s="22"/>
       <c r="D767" s="22"/>
       <c r="F767" s="22"/>
       <c r="G767" s="22"/>
       <c r="I767" s="22"/>
     </row>
-    <row r="768" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="768" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A768" s="93"/>
       <c r="B768" s="22"/>
       <c r="C768" s="22"/>
       <c r="D768" s="22"/>
       <c r="F768" s="22"/>
       <c r="G768" s="22"/>
       <c r="I768" s="22"/>
     </row>
-    <row r="769" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="769" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A769" s="93"/>
       <c r="B769" s="22"/>
       <c r="C769" s="22"/>
       <c r="D769" s="22"/>
       <c r="F769" s="22"/>
       <c r="G769" s="22"/>
       <c r="I769" s="22"/>
     </row>
-    <row r="770" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="770" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A770" s="93"/>
       <c r="B770" s="22"/>
       <c r="C770" s="22"/>
       <c r="D770" s="22"/>
       <c r="F770" s="22"/>
       <c r="G770" s="22"/>
       <c r="I770" s="22"/>
     </row>
-    <row r="771" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="771" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A771" s="93"/>
       <c r="B771" s="22"/>
       <c r="C771" s="22"/>
       <c r="D771" s="22"/>
       <c r="F771" s="22"/>
       <c r="G771" s="22"/>
       <c r="I771" s="22"/>
     </row>
-    <row r="772" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="772" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A772" s="93"/>
       <c r="B772" s="22"/>
       <c r="C772" s="22"/>
       <c r="D772" s="22"/>
       <c r="F772" s="22"/>
       <c r="G772" s="22"/>
       <c r="I772" s="22"/>
     </row>
-    <row r="773" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="773" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A773" s="93"/>
       <c r="B773" s="22"/>
       <c r="C773" s="22"/>
       <c r="D773" s="22"/>
       <c r="F773" s="22"/>
       <c r="G773" s="22"/>
       <c r="I773" s="22"/>
     </row>
-    <row r="774" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="774" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A774" s="93"/>
       <c r="B774" s="22"/>
       <c r="C774" s="22"/>
       <c r="D774" s="22"/>
       <c r="F774" s="22"/>
       <c r="G774" s="22"/>
       <c r="I774" s="22"/>
     </row>
-    <row r="775" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="775" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A775" s="93"/>
       <c r="B775" s="22"/>
       <c r="C775" s="22"/>
       <c r="D775" s="22"/>
       <c r="F775" s="22"/>
       <c r="G775" s="22"/>
       <c r="I775" s="22"/>
     </row>
-    <row r="776" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="776" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A776" s="93"/>
       <c r="B776" s="22"/>
       <c r="C776" s="22"/>
       <c r="D776" s="22"/>
       <c r="F776" s="22"/>
       <c r="G776" s="22"/>
       <c r="I776" s="22"/>
     </row>
-    <row r="777" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="777" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A777" s="93"/>
       <c r="B777" s="22"/>
       <c r="C777" s="22"/>
       <c r="D777" s="22"/>
       <c r="F777" s="22"/>
       <c r="G777" s="22"/>
       <c r="I777" s="22"/>
     </row>
-    <row r="778" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="778" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A778" s="93"/>
       <c r="B778" s="22"/>
       <c r="C778" s="22"/>
       <c r="D778" s="22"/>
       <c r="F778" s="22"/>
       <c r="G778" s="22"/>
       <c r="I778" s="22"/>
     </row>
-    <row r="779" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="779" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A779" s="93"/>
       <c r="B779" s="22"/>
       <c r="C779" s="22"/>
       <c r="D779" s="22"/>
       <c r="F779" s="22"/>
       <c r="G779" s="22"/>
       <c r="I779" s="22"/>
     </row>
-    <row r="780" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="780" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A780" s="93"/>
       <c r="B780" s="22"/>
       <c r="C780" s="22"/>
       <c r="D780" s="22"/>
       <c r="F780" s="22"/>
       <c r="G780" s="22"/>
       <c r="I780" s="22"/>
     </row>
-    <row r="781" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="781" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A781" s="93"/>
       <c r="B781" s="22"/>
       <c r="C781" s="22"/>
       <c r="D781" s="22"/>
       <c r="F781" s="22"/>
       <c r="G781" s="22"/>
       <c r="I781" s="22"/>
     </row>
-    <row r="782" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="782" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A782" s="93"/>
       <c r="B782" s="22"/>
       <c r="C782" s="22"/>
       <c r="D782" s="22"/>
       <c r="F782" s="22"/>
       <c r="G782" s="22"/>
       <c r="I782" s="22"/>
     </row>
-    <row r="783" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="783" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A783" s="93"/>
       <c r="B783" s="22"/>
       <c r="C783" s="22"/>
       <c r="D783" s="22"/>
       <c r="F783" s="22"/>
       <c r="G783" s="22"/>
       <c r="I783" s="22"/>
     </row>
-    <row r="784" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="784" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A784" s="93"/>
       <c r="B784" s="22"/>
       <c r="C784" s="22"/>
       <c r="D784" s="22"/>
       <c r="F784" s="22"/>
       <c r="G784" s="22"/>
       <c r="I784" s="22"/>
     </row>
-    <row r="785" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="785" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A785" s="93"/>
       <c r="B785" s="22"/>
       <c r="C785" s="22"/>
       <c r="D785" s="22"/>
       <c r="F785" s="22"/>
       <c r="G785" s="22"/>
       <c r="I785" s="22"/>
     </row>
-    <row r="786" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="786" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A786" s="93"/>
       <c r="B786" s="22"/>
       <c r="C786" s="22"/>
       <c r="D786" s="22"/>
       <c r="F786" s="22"/>
       <c r="G786" s="22"/>
       <c r="I786" s="22"/>
     </row>
-    <row r="787" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="787" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A787" s="93"/>
       <c r="B787" s="22"/>
       <c r="C787" s="22"/>
       <c r="D787" s="22"/>
       <c r="F787" s="22"/>
       <c r="G787" s="22"/>
       <c r="I787" s="22"/>
     </row>
-    <row r="788" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="788" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A788" s="93"/>
       <c r="B788" s="22"/>
       <c r="C788" s="22"/>
       <c r="D788" s="22"/>
       <c r="F788" s="22"/>
       <c r="G788" s="22"/>
       <c r="I788" s="22"/>
     </row>
-    <row r="789" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="789" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A789" s="93"/>
       <c r="B789" s="22"/>
       <c r="C789" s="22"/>
       <c r="D789" s="22"/>
       <c r="F789" s="22"/>
       <c r="G789" s="22"/>
       <c r="I789" s="22"/>
     </row>
-    <row r="790" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="790" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A790" s="93"/>
       <c r="B790" s="22"/>
       <c r="C790" s="22"/>
       <c r="D790" s="22"/>
       <c r="F790" s="22"/>
       <c r="G790" s="22"/>
       <c r="I790" s="22"/>
     </row>
-    <row r="791" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="791" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A791" s="93"/>
       <c r="B791" s="22"/>
       <c r="C791" s="22"/>
       <c r="D791" s="22"/>
       <c r="F791" s="22"/>
       <c r="G791" s="22"/>
       <c r="I791" s="22"/>
     </row>
-    <row r="792" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="792" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A792" s="93"/>
       <c r="B792" s="22"/>
       <c r="C792" s="22"/>
       <c r="D792" s="22"/>
       <c r="F792" s="22"/>
       <c r="G792" s="22"/>
       <c r="I792" s="22"/>
     </row>
-    <row r="793" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="793" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A793" s="93"/>
       <c r="B793" s="22"/>
       <c r="C793" s="22"/>
       <c r="D793" s="22"/>
       <c r="F793" s="22"/>
       <c r="G793" s="22"/>
       <c r="I793" s="22"/>
     </row>
-    <row r="794" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="794" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A794" s="93"/>
       <c r="B794" s="22"/>
       <c r="C794" s="22"/>
       <c r="D794" s="22"/>
       <c r="F794" s="22"/>
       <c r="G794" s="22"/>
       <c r="I794" s="22"/>
     </row>
-    <row r="795" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="795" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A795" s="93"/>
       <c r="B795" s="22"/>
       <c r="C795" s="22"/>
       <c r="D795" s="22"/>
       <c r="F795" s="22"/>
       <c r="G795" s="22"/>
       <c r="I795" s="22"/>
     </row>
-    <row r="796" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="796" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A796" s="93"/>
       <c r="B796" s="22"/>
       <c r="C796" s="22"/>
       <c r="D796" s="22"/>
       <c r="F796" s="22"/>
       <c r="G796" s="22"/>
       <c r="I796" s="22"/>
     </row>
-    <row r="797" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="797" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A797" s="93"/>
       <c r="B797" s="22"/>
       <c r="C797" s="22"/>
       <c r="D797" s="22"/>
       <c r="F797" s="22"/>
       <c r="G797" s="22"/>
       <c r="I797" s="22"/>
     </row>
-    <row r="798" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="798" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A798" s="93"/>
       <c r="B798" s="22"/>
       <c r="C798" s="22"/>
       <c r="D798" s="22"/>
       <c r="F798" s="22"/>
       <c r="G798" s="22"/>
       <c r="I798" s="22"/>
     </row>
-    <row r="799" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="799" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A799" s="93"/>
       <c r="B799" s="22"/>
       <c r="C799" s="22"/>
       <c r="D799" s="22"/>
       <c r="F799" s="22"/>
       <c r="G799" s="22"/>
       <c r="I799" s="22"/>
     </row>
-    <row r="800" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="800" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A800" s="93"/>
       <c r="B800" s="22"/>
       <c r="C800" s="22"/>
       <c r="D800" s="22"/>
       <c r="F800" s="22"/>
       <c r="G800" s="22"/>
       <c r="I800" s="22"/>
     </row>
-    <row r="801" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="801" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A801" s="93"/>
       <c r="B801" s="22"/>
       <c r="C801" s="22"/>
       <c r="D801" s="22"/>
       <c r="F801" s="22"/>
       <c r="G801" s="22"/>
       <c r="I801" s="22"/>
     </row>
-    <row r="802" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="802" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A802" s="93"/>
       <c r="B802" s="22"/>
       <c r="C802" s="22"/>
       <c r="D802" s="22"/>
       <c r="F802" s="22"/>
       <c r="G802" s="22"/>
       <c r="I802" s="22"/>
     </row>
-    <row r="803" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="803" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A803" s="93"/>
       <c r="B803" s="22"/>
       <c r="C803" s="22"/>
       <c r="D803" s="22"/>
       <c r="F803" s="22"/>
       <c r="G803" s="22"/>
       <c r="I803" s="22"/>
     </row>
-    <row r="804" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="804" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A804" s="93"/>
       <c r="B804" s="22"/>
       <c r="C804" s="22"/>
       <c r="D804" s="22"/>
       <c r="F804" s="22"/>
       <c r="G804" s="22"/>
       <c r="I804" s="22"/>
     </row>
-    <row r="805" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="805" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A805" s="93"/>
       <c r="B805" s="22"/>
       <c r="C805" s="22"/>
       <c r="D805" s="22"/>
       <c r="F805" s="22"/>
       <c r="G805" s="22"/>
       <c r="I805" s="22"/>
     </row>
-    <row r="806" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="806" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A806" s="93"/>
       <c r="B806" s="22"/>
       <c r="C806" s="22"/>
       <c r="D806" s="22"/>
       <c r="F806" s="22"/>
       <c r="G806" s="22"/>
       <c r="I806" s="22"/>
     </row>
-    <row r="807" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="807" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A807" s="93"/>
       <c r="B807" s="22"/>
       <c r="C807" s="22"/>
       <c r="D807" s="22"/>
       <c r="F807" s="22"/>
       <c r="G807" s="22"/>
       <c r="I807" s="22"/>
     </row>
-    <row r="808" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="808" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A808" s="93"/>
       <c r="B808" s="22"/>
       <c r="C808" s="22"/>
       <c r="D808" s="22"/>
       <c r="F808" s="22"/>
       <c r="G808" s="22"/>
       <c r="I808" s="22"/>
     </row>
-    <row r="809" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="809" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A809" s="93"/>
       <c r="B809" s="22"/>
       <c r="C809" s="22"/>
       <c r="D809" s="22"/>
       <c r="F809" s="22"/>
       <c r="G809" s="22"/>
       <c r="I809" s="22"/>
     </row>
-    <row r="810" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="810" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A810" s="93"/>
       <c r="B810" s="22"/>
       <c r="C810" s="22"/>
       <c r="D810" s="22"/>
       <c r="F810" s="22"/>
       <c r="G810" s="22"/>
       <c r="I810" s="22"/>
     </row>
-    <row r="811" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="811" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A811" s="93"/>
       <c r="B811" s="22"/>
       <c r="C811" s="22"/>
       <c r="D811" s="22"/>
       <c r="F811" s="22"/>
       <c r="G811" s="22"/>
       <c r="I811" s="22"/>
     </row>
-    <row r="812" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="812" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A812" s="93"/>
       <c r="B812" s="22"/>
       <c r="C812" s="22"/>
       <c r="D812" s="22"/>
       <c r="F812" s="22"/>
       <c r="G812" s="22"/>
       <c r="I812" s="22"/>
     </row>
-    <row r="813" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="813" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A813" s="93"/>
       <c r="B813" s="22"/>
       <c r="C813" s="22"/>
       <c r="D813" s="22"/>
       <c r="F813" s="22"/>
       <c r="G813" s="22"/>
       <c r="I813" s="22"/>
     </row>
-    <row r="814" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="814" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A814" s="93"/>
       <c r="B814" s="22"/>
       <c r="C814" s="22"/>
       <c r="D814" s="22"/>
       <c r="F814" s="22"/>
       <c r="G814" s="22"/>
       <c r="I814" s="22"/>
     </row>
-    <row r="815" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="815" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A815" s="93"/>
       <c r="B815" s="22"/>
       <c r="C815" s="22"/>
       <c r="D815" s="22"/>
       <c r="F815" s="22"/>
       <c r="G815" s="22"/>
       <c r="I815" s="22"/>
     </row>
-    <row r="816" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="816" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A816" s="93"/>
       <c r="B816" s="22"/>
       <c r="C816" s="22"/>
       <c r="D816" s="22"/>
       <c r="F816" s="22"/>
       <c r="G816" s="22"/>
       <c r="I816" s="22"/>
     </row>
-    <row r="817" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="817" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A817" s="93"/>
       <c r="B817" s="22"/>
       <c r="C817" s="22"/>
       <c r="D817" s="22"/>
       <c r="F817" s="22"/>
       <c r="G817" s="22"/>
       <c r="I817" s="22"/>
     </row>
-    <row r="818" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="818" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A818" s="93"/>
       <c r="B818" s="22"/>
       <c r="C818" s="22"/>
       <c r="D818" s="22"/>
       <c r="F818" s="22"/>
       <c r="G818" s="22"/>
       <c r="I818" s="22"/>
     </row>
-    <row r="819" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="819" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A819" s="93"/>
       <c r="B819" s="22"/>
       <c r="C819" s="22"/>
       <c r="D819" s="22"/>
       <c r="F819" s="22"/>
       <c r="G819" s="22"/>
       <c r="I819" s="22"/>
     </row>
-    <row r="820" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="820" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A820" s="93"/>
       <c r="B820" s="22"/>
       <c r="C820" s="22"/>
       <c r="D820" s="22"/>
       <c r="F820" s="22"/>
       <c r="G820" s="22"/>
       <c r="I820" s="22"/>
     </row>
-    <row r="821" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="821" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A821" s="93"/>
       <c r="B821" s="22"/>
       <c r="C821" s="22"/>
       <c r="D821" s="22"/>
       <c r="F821" s="22"/>
       <c r="G821" s="22"/>
       <c r="I821" s="22"/>
     </row>
-    <row r="822" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="822" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A822" s="93"/>
       <c r="B822" s="22"/>
       <c r="C822" s="22"/>
       <c r="D822" s="22"/>
       <c r="F822" s="22"/>
       <c r="G822" s="22"/>
       <c r="I822" s="22"/>
     </row>
-    <row r="823" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="823" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A823" s="93"/>
       <c r="B823" s="22"/>
       <c r="C823" s="22"/>
       <c r="D823" s="22"/>
       <c r="F823" s="22"/>
       <c r="G823" s="22"/>
       <c r="I823" s="22"/>
     </row>
-    <row r="824" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="824" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A824" s="93"/>
       <c r="B824" s="22"/>
       <c r="C824" s="22"/>
       <c r="D824" s="22"/>
       <c r="F824" s="22"/>
       <c r="G824" s="22"/>
       <c r="I824" s="22"/>
     </row>
-    <row r="825" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="825" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A825" s="93"/>
       <c r="B825" s="22"/>
       <c r="C825" s="22"/>
       <c r="D825" s="22"/>
       <c r="F825" s="22"/>
       <c r="G825" s="22"/>
       <c r="I825" s="22"/>
     </row>
-    <row r="826" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="826" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A826" s="93"/>
       <c r="B826" s="22"/>
       <c r="C826" s="22"/>
       <c r="D826" s="22"/>
       <c r="F826" s="22"/>
       <c r="G826" s="22"/>
       <c r="I826" s="22"/>
     </row>
-    <row r="827" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="827" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A827" s="93"/>
       <c r="B827" s="22"/>
       <c r="C827" s="22"/>
       <c r="D827" s="22"/>
       <c r="F827" s="22"/>
       <c r="G827" s="22"/>
       <c r="I827" s="22"/>
     </row>
-    <row r="828" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="828" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A828" s="93"/>
       <c r="B828" s="22"/>
       <c r="C828" s="22"/>
       <c r="D828" s="22"/>
       <c r="F828" s="22"/>
       <c r="G828" s="22"/>
       <c r="I828" s="22"/>
     </row>
-    <row r="829" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="829" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A829" s="93"/>
       <c r="B829" s="22"/>
       <c r="C829" s="22"/>
       <c r="D829" s="22"/>
       <c r="F829" s="22"/>
       <c r="G829" s="22"/>
       <c r="I829" s="22"/>
     </row>
-    <row r="830" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="830" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A830" s="93"/>
       <c r="B830" s="22"/>
       <c r="C830" s="22"/>
       <c r="D830" s="22"/>
       <c r="F830" s="22"/>
       <c r="G830" s="22"/>
       <c r="I830" s="22"/>
     </row>
-    <row r="831" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="831" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A831" s="93"/>
       <c r="B831" s="22"/>
       <c r="C831" s="22"/>
       <c r="D831" s="22"/>
       <c r="F831" s="22"/>
       <c r="G831" s="22"/>
       <c r="I831" s="22"/>
     </row>
-    <row r="832" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="832" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A832" s="93"/>
       <c r="B832" s="22"/>
       <c r="C832" s="22"/>
       <c r="D832" s="22"/>
       <c r="F832" s="22"/>
       <c r="G832" s="22"/>
       <c r="I832" s="22"/>
     </row>
-    <row r="833" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="833" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A833" s="93"/>
       <c r="B833" s="22"/>
       <c r="C833" s="22"/>
       <c r="D833" s="22"/>
       <c r="F833" s="22"/>
       <c r="G833" s="22"/>
       <c r="I833" s="22"/>
     </row>
-    <row r="834" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="834" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A834" s="93"/>
       <c r="B834" s="22"/>
       <c r="C834" s="22"/>
       <c r="D834" s="22"/>
       <c r="F834" s="22"/>
       <c r="G834" s="22"/>
       <c r="I834" s="22"/>
     </row>
-    <row r="835" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="835" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A835" s="93"/>
       <c r="B835" s="22"/>
       <c r="C835" s="22"/>
       <c r="D835" s="22"/>
       <c r="F835" s="22"/>
       <c r="G835" s="22"/>
       <c r="I835" s="22"/>
     </row>
-    <row r="836" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="836" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A836" s="93"/>
       <c r="B836" s="22"/>
       <c r="C836" s="22"/>
       <c r="D836" s="22"/>
       <c r="F836" s="22"/>
       <c r="G836" s="22"/>
       <c r="I836" s="22"/>
     </row>
-    <row r="837" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="837" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A837" s="93"/>
       <c r="B837" s="22"/>
       <c r="C837" s="22"/>
       <c r="D837" s="22"/>
       <c r="F837" s="22"/>
       <c r="G837" s="22"/>
       <c r="I837" s="22"/>
     </row>
-    <row r="838" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="838" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A838" s="93"/>
       <c r="B838" s="22"/>
       <c r="C838" s="22"/>
       <c r="D838" s="22"/>
       <c r="F838" s="22"/>
       <c r="G838" s="22"/>
       <c r="I838" s="22"/>
     </row>
-    <row r="839" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="839" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A839" s="93"/>
       <c r="B839" s="22"/>
       <c r="C839" s="22"/>
       <c r="D839" s="22"/>
       <c r="F839" s="22"/>
       <c r="G839" s="22"/>
       <c r="I839" s="22"/>
     </row>
-    <row r="840" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="840" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A840" s="93"/>
       <c r="B840" s="22"/>
       <c r="C840" s="22"/>
       <c r="D840" s="22"/>
       <c r="F840" s="22"/>
       <c r="G840" s="22"/>
       <c r="I840" s="22"/>
     </row>
-    <row r="841" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="841" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A841" s="93"/>
       <c r="B841" s="22"/>
       <c r="C841" s="22"/>
       <c r="D841" s="22"/>
       <c r="F841" s="22"/>
       <c r="G841" s="22"/>
       <c r="I841" s="22"/>
     </row>
-    <row r="842" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="842" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A842" s="93"/>
       <c r="B842" s="22"/>
       <c r="C842" s="22"/>
       <c r="D842" s="22"/>
       <c r="F842" s="22"/>
       <c r="G842" s="22"/>
       <c r="I842" s="22"/>
     </row>
-    <row r="843" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="843" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A843" s="93"/>
       <c r="B843" s="22"/>
       <c r="C843" s="22"/>
       <c r="D843" s="22"/>
       <c r="F843" s="22"/>
       <c r="G843" s="22"/>
       <c r="I843" s="22"/>
     </row>
-    <row r="844" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="844" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A844" s="93"/>
       <c r="B844" s="22"/>
       <c r="C844" s="22"/>
       <c r="D844" s="22"/>
       <c r="F844" s="22"/>
       <c r="G844" s="22"/>
       <c r="I844" s="22"/>
     </row>
-    <row r="845" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="845" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A845" s="93"/>
       <c r="B845" s="22"/>
       <c r="C845" s="22"/>
       <c r="D845" s="22"/>
       <c r="F845" s="22"/>
       <c r="G845" s="22"/>
       <c r="I845" s="22"/>
     </row>
-    <row r="846" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="846" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A846" s="93"/>
       <c r="B846" s="22"/>
       <c r="C846" s="22"/>
       <c r="D846" s="22"/>
       <c r="F846" s="22"/>
       <c r="G846" s="22"/>
       <c r="I846" s="22"/>
     </row>
-    <row r="847" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="847" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A847" s="93"/>
       <c r="B847" s="22"/>
       <c r="C847" s="22"/>
       <c r="D847" s="22"/>
       <c r="F847" s="22"/>
       <c r="G847" s="22"/>
       <c r="I847" s="22"/>
     </row>
-    <row r="848" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="848" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A848" s="93"/>
       <c r="B848" s="22"/>
       <c r="C848" s="22"/>
       <c r="D848" s="22"/>
       <c r="F848" s="22"/>
       <c r="G848" s="22"/>
       <c r="I848" s="22"/>
     </row>
-    <row r="849" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="849" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A849" s="93"/>
       <c r="B849" s="22"/>
       <c r="C849" s="22"/>
       <c r="D849" s="22"/>
       <c r="F849" s="22"/>
       <c r="G849" s="22"/>
       <c r="I849" s="22"/>
     </row>
-    <row r="850" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="850" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A850" s="93"/>
       <c r="B850" s="22"/>
       <c r="C850" s="22"/>
       <c r="D850" s="22"/>
       <c r="F850" s="22"/>
       <c r="G850" s="22"/>
       <c r="I850" s="22"/>
     </row>
-    <row r="851" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="851" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A851" s="93"/>
       <c r="B851" s="22"/>
       <c r="C851" s="22"/>
       <c r="D851" s="22"/>
       <c r="F851" s="22"/>
       <c r="G851" s="22"/>
       <c r="I851" s="22"/>
     </row>
-    <row r="852" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="852" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A852" s="93"/>
       <c r="B852" s="22"/>
       <c r="C852" s="22"/>
       <c r="D852" s="22"/>
       <c r="F852" s="22"/>
       <c r="G852" s="22"/>
       <c r="I852" s="22"/>
     </row>
-    <row r="853" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="853" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A853" s="93"/>
       <c r="B853" s="22"/>
       <c r="C853" s="22"/>
       <c r="D853" s="22"/>
       <c r="F853" s="22"/>
       <c r="G853" s="22"/>
       <c r="I853" s="22"/>
     </row>
-    <row r="854" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="854" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A854" s="93"/>
       <c r="B854" s="22"/>
       <c r="C854" s="22"/>
       <c r="D854" s="22"/>
       <c r="F854" s="22"/>
       <c r="G854" s="22"/>
       <c r="I854" s="22"/>
     </row>
-    <row r="855" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="855" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A855" s="93"/>
       <c r="B855" s="22"/>
       <c r="C855" s="22"/>
       <c r="D855" s="22"/>
       <c r="F855" s="22"/>
       <c r="G855" s="22"/>
       <c r="I855" s="22"/>
     </row>
-    <row r="856" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="856" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A856" s="93"/>
       <c r="B856" s="22"/>
       <c r="C856" s="22"/>
       <c r="D856" s="22"/>
       <c r="F856" s="22"/>
       <c r="G856" s="22"/>
       <c r="I856" s="22"/>
     </row>
-    <row r="857" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="857" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A857" s="93"/>
       <c r="B857" s="22"/>
       <c r="C857" s="22"/>
       <c r="D857" s="22"/>
       <c r="F857" s="22"/>
       <c r="G857" s="22"/>
       <c r="I857" s="22"/>
     </row>
-    <row r="858" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="858" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A858" s="93"/>
       <c r="B858" s="22"/>
       <c r="C858" s="22"/>
       <c r="D858" s="22"/>
       <c r="F858" s="22"/>
       <c r="G858" s="22"/>
       <c r="I858" s="22"/>
     </row>
-    <row r="859" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="859" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A859" s="93"/>
       <c r="B859" s="22"/>
       <c r="C859" s="22"/>
       <c r="D859" s="22"/>
       <c r="F859" s="22"/>
       <c r="G859" s="22"/>
       <c r="I859" s="22"/>
     </row>
-    <row r="860" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="860" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A860" s="93"/>
       <c r="B860" s="22"/>
       <c r="C860" s="22"/>
       <c r="D860" s="22"/>
       <c r="F860" s="22"/>
       <c r="G860" s="22"/>
       <c r="I860" s="22"/>
     </row>
-    <row r="861" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="861" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A861" s="93"/>
       <c r="B861" s="22"/>
       <c r="C861" s="22"/>
       <c r="D861" s="22"/>
       <c r="F861" s="22"/>
       <c r="G861" s="22"/>
       <c r="I861" s="22"/>
     </row>
-    <row r="862" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="862" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A862" s="93"/>
       <c r="B862" s="22"/>
       <c r="C862" s="22"/>
       <c r="D862" s="22"/>
       <c r="F862" s="22"/>
       <c r="G862" s="22"/>
       <c r="I862" s="22"/>
     </row>
-    <row r="863" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="863" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A863" s="93"/>
       <c r="B863" s="22"/>
       <c r="C863" s="22"/>
       <c r="D863" s="22"/>
       <c r="F863" s="22"/>
       <c r="G863" s="22"/>
       <c r="I863" s="22"/>
     </row>
-    <row r="864" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="864" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A864" s="93"/>
       <c r="B864" s="22"/>
       <c r="C864" s="22"/>
       <c r="D864" s="22"/>
       <c r="F864" s="22"/>
       <c r="G864" s="22"/>
       <c r="I864" s="22"/>
     </row>
-    <row r="865" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="865" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A865" s="93"/>
       <c r="B865" s="22"/>
       <c r="C865" s="22"/>
       <c r="D865" s="22"/>
       <c r="F865" s="22"/>
       <c r="G865" s="22"/>
       <c r="I865" s="22"/>
     </row>
-    <row r="866" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="866" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A866" s="93"/>
       <c r="B866" s="22"/>
       <c r="C866" s="22"/>
       <c r="D866" s="22"/>
       <c r="F866" s="22"/>
       <c r="G866" s="22"/>
       <c r="I866" s="22"/>
     </row>
-    <row r="867" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="867" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A867" s="93"/>
       <c r="B867" s="22"/>
       <c r="C867" s="22"/>
       <c r="D867" s="22"/>
       <c r="F867" s="22"/>
       <c r="G867" s="22"/>
       <c r="I867" s="22"/>
     </row>
-    <row r="868" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="868" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A868" s="93"/>
       <c r="B868" s="22"/>
       <c r="C868" s="22"/>
       <c r="D868" s="22"/>
       <c r="F868" s="22"/>
       <c r="G868" s="22"/>
       <c r="I868" s="22"/>
     </row>
-    <row r="869" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="869" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A869" s="93"/>
       <c r="B869" s="22"/>
       <c r="C869" s="22"/>
       <c r="D869" s="22"/>
       <c r="F869" s="22"/>
       <c r="G869" s="22"/>
       <c r="I869" s="22"/>
     </row>
-    <row r="870" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="870" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A870" s="93"/>
       <c r="B870" s="22"/>
       <c r="C870" s="22"/>
       <c r="D870" s="22"/>
       <c r="F870" s="22"/>
       <c r="G870" s="22"/>
       <c r="I870" s="22"/>
     </row>
-    <row r="871" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="871" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A871" s="93"/>
       <c r="B871" s="22"/>
       <c r="C871" s="22"/>
       <c r="D871" s="22"/>
       <c r="F871" s="22"/>
       <c r="G871" s="22"/>
       <c r="I871" s="22"/>
     </row>
-    <row r="872" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="872" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A872" s="93"/>
       <c r="B872" s="22"/>
       <c r="C872" s="22"/>
       <c r="D872" s="22"/>
       <c r="F872" s="22"/>
       <c r="G872" s="22"/>
       <c r="I872" s="22"/>
     </row>
-    <row r="873" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="873" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A873" s="93"/>
       <c r="B873" s="22"/>
       <c r="C873" s="22"/>
       <c r="D873" s="22"/>
       <c r="F873" s="22"/>
       <c r="G873" s="22"/>
       <c r="I873" s="22"/>
     </row>
-    <row r="874" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="874" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A874" s="93"/>
       <c r="B874" s="22"/>
       <c r="C874" s="22"/>
       <c r="D874" s="22"/>
       <c r="F874" s="22"/>
       <c r="G874" s="22"/>
       <c r="I874" s="22"/>
     </row>
-    <row r="875" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="875" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A875" s="93"/>
       <c r="B875" s="22"/>
       <c r="C875" s="22"/>
       <c r="D875" s="22"/>
       <c r="F875" s="22"/>
       <c r="G875" s="22"/>
       <c r="I875" s="22"/>
     </row>
-    <row r="876" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="876" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A876" s="93"/>
       <c r="B876" s="22"/>
       <c r="C876" s="22"/>
       <c r="D876" s="22"/>
       <c r="F876" s="22"/>
       <c r="G876" s="22"/>
       <c r="I876" s="22"/>
     </row>
-    <row r="877" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="877" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A877" s="93"/>
       <c r="B877" s="22"/>
       <c r="C877" s="22"/>
       <c r="D877" s="22"/>
       <c r="F877" s="22"/>
       <c r="G877" s="22"/>
       <c r="I877" s="22"/>
     </row>
-    <row r="878" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="878" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A878" s="93"/>
       <c r="B878" s="22"/>
       <c r="C878" s="22"/>
       <c r="D878" s="22"/>
       <c r="F878" s="22"/>
       <c r="G878" s="22"/>
       <c r="I878" s="22"/>
     </row>
-    <row r="879" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="879" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A879" s="93"/>
       <c r="B879" s="22"/>
       <c r="C879" s="22"/>
       <c r="D879" s="22"/>
       <c r="F879" s="22"/>
       <c r="G879" s="22"/>
       <c r="I879" s="22"/>
     </row>
-    <row r="880" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="880" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A880" s="93"/>
       <c r="B880" s="22"/>
       <c r="C880" s="22"/>
       <c r="D880" s="22"/>
       <c r="F880" s="22"/>
       <c r="G880" s="22"/>
       <c r="I880" s="22"/>
     </row>
-    <row r="881" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="881" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A881" s="93"/>
       <c r="B881" s="22"/>
       <c r="C881" s="22"/>
       <c r="D881" s="22"/>
       <c r="F881" s="22"/>
       <c r="G881" s="22"/>
       <c r="I881" s="22"/>
     </row>
-    <row r="882" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="882" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A882" s="93"/>
       <c r="B882" s="22"/>
       <c r="C882" s="22"/>
       <c r="D882" s="22"/>
       <c r="F882" s="22"/>
       <c r="G882" s="22"/>
       <c r="I882" s="22"/>
     </row>
-    <row r="883" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="883" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A883" s="93"/>
       <c r="B883" s="22"/>
       <c r="C883" s="22"/>
       <c r="D883" s="22"/>
       <c r="F883" s="22"/>
       <c r="G883" s="22"/>
       <c r="I883" s="22"/>
     </row>
-    <row r="884" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="884" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A884" s="93"/>
       <c r="B884" s="22"/>
       <c r="C884" s="22"/>
       <c r="D884" s="22"/>
       <c r="F884" s="22"/>
       <c r="G884" s="22"/>
       <c r="I884" s="22"/>
     </row>
-    <row r="885" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="885" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A885" s="93"/>
       <c r="B885" s="22"/>
       <c r="C885" s="22"/>
       <c r="D885" s="22"/>
       <c r="F885" s="22"/>
       <c r="G885" s="22"/>
       <c r="I885" s="22"/>
     </row>
-    <row r="886" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="886" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A886" s="93"/>
       <c r="B886" s="22"/>
       <c r="C886" s="22"/>
       <c r="D886" s="22"/>
       <c r="F886" s="22"/>
       <c r="G886" s="22"/>
       <c r="I886" s="22"/>
     </row>
-    <row r="887" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="887" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A887" s="93"/>
       <c r="B887" s="22"/>
       <c r="C887" s="22"/>
       <c r="D887" s="22"/>
       <c r="F887" s="22"/>
       <c r="G887" s="22"/>
       <c r="I887" s="22"/>
     </row>
-    <row r="888" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="888" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A888" s="93"/>
       <c r="B888" s="22"/>
       <c r="C888" s="22"/>
       <c r="D888" s="22"/>
       <c r="F888" s="22"/>
       <c r="G888" s="22"/>
       <c r="I888" s="22"/>
     </row>
-    <row r="889" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="889" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A889" s="93"/>
       <c r="B889" s="22"/>
       <c r="C889" s="22"/>
       <c r="D889" s="22"/>
       <c r="F889" s="22"/>
       <c r="G889" s="22"/>
       <c r="I889" s="22"/>
     </row>
-    <row r="890" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="890" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A890" s="93"/>
       <c r="B890" s="22"/>
       <c r="C890" s="22"/>
       <c r="D890" s="22"/>
       <c r="F890" s="22"/>
       <c r="G890" s="22"/>
       <c r="I890" s="22"/>
     </row>
-    <row r="891" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="891" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A891" s="93"/>
       <c r="B891" s="22"/>
       <c r="C891" s="22"/>
       <c r="D891" s="22"/>
       <c r="F891" s="22"/>
       <c r="G891" s="22"/>
       <c r="I891" s="22"/>
     </row>
-    <row r="892" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="892" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A892" s="93"/>
       <c r="B892" s="22"/>
       <c r="C892" s="22"/>
       <c r="D892" s="22"/>
       <c r="F892" s="22"/>
       <c r="G892" s="22"/>
       <c r="I892" s="22"/>
     </row>
-    <row r="893" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="893" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A893" s="93"/>
       <c r="B893" s="22"/>
       <c r="C893" s="22"/>
       <c r="D893" s="22"/>
       <c r="F893" s="22"/>
       <c r="G893" s="22"/>
       <c r="I893" s="22"/>
     </row>
-    <row r="894" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="894" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A894" s="93"/>
       <c r="B894" s="22"/>
       <c r="C894" s="22"/>
       <c r="D894" s="22"/>
       <c r="F894" s="22"/>
       <c r="G894" s="22"/>
       <c r="I894" s="22"/>
     </row>
-    <row r="895" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="895" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A895" s="93"/>
       <c r="B895" s="22"/>
       <c r="C895" s="22"/>
       <c r="D895" s="22"/>
       <c r="F895" s="22"/>
       <c r="G895" s="22"/>
       <c r="I895" s="22"/>
     </row>
-    <row r="896" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="896" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A896" s="93"/>
       <c r="B896" s="22"/>
       <c r="C896" s="22"/>
       <c r="D896" s="22"/>
       <c r="F896" s="22"/>
       <c r="G896" s="22"/>
       <c r="I896" s="22"/>
     </row>
-    <row r="897" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="897" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A897" s="93"/>
       <c r="B897" s="22"/>
       <c r="C897" s="22"/>
       <c r="D897" s="22"/>
       <c r="F897" s="22"/>
       <c r="G897" s="22"/>
       <c r="I897" s="22"/>
     </row>
-    <row r="898" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="898" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A898" s="93"/>
       <c r="B898" s="22"/>
       <c r="C898" s="22"/>
       <c r="D898" s="22"/>
       <c r="F898" s="22"/>
       <c r="G898" s="22"/>
       <c r="I898" s="22"/>
     </row>
-    <row r="899" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="899" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A899" s="93"/>
       <c r="B899" s="22"/>
       <c r="C899" s="22"/>
       <c r="D899" s="22"/>
       <c r="F899" s="22"/>
       <c r="G899" s="22"/>
       <c r="I899" s="22"/>
     </row>
-    <row r="900" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="900" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A900" s="93"/>
       <c r="B900" s="22"/>
       <c r="C900" s="22"/>
       <c r="D900" s="22"/>
       <c r="F900" s="22"/>
       <c r="G900" s="22"/>
       <c r="I900" s="22"/>
     </row>
-    <row r="901" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="901" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A901" s="93"/>
       <c r="B901" s="22"/>
       <c r="C901" s="22"/>
       <c r="D901" s="22"/>
       <c r="F901" s="22"/>
       <c r="G901" s="22"/>
       <c r="I901" s="22"/>
     </row>
-    <row r="902" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="902" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A902" s="93"/>
       <c r="B902" s="22"/>
       <c r="C902" s="22"/>
       <c r="D902" s="22"/>
       <c r="F902" s="22"/>
       <c r="G902" s="22"/>
       <c r="I902" s="22"/>
     </row>
-    <row r="903" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="903" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A903" s="93"/>
       <c r="B903" s="22"/>
       <c r="C903" s="22"/>
       <c r="D903" s="22"/>
       <c r="F903" s="22"/>
       <c r="G903" s="22"/>
       <c r="I903" s="22"/>
     </row>
-    <row r="904" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="904" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A904" s="93"/>
       <c r="B904" s="22"/>
       <c r="C904" s="22"/>
       <c r="D904" s="22"/>
       <c r="F904" s="22"/>
       <c r="G904" s="22"/>
       <c r="I904" s="22"/>
     </row>
-    <row r="905" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="905" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A905" s="93"/>
       <c r="B905" s="22"/>
       <c r="C905" s="22"/>
       <c r="D905" s="22"/>
       <c r="F905" s="22"/>
       <c r="G905" s="22"/>
       <c r="I905" s="22"/>
     </row>
-    <row r="906" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="906" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A906" s="93"/>
       <c r="B906" s="22"/>
       <c r="C906" s="22"/>
       <c r="D906" s="22"/>
       <c r="F906" s="22"/>
       <c r="G906" s="22"/>
       <c r="I906" s="22"/>
     </row>
-    <row r="907" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="907" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A907" s="93"/>
       <c r="B907" s="22"/>
       <c r="C907" s="22"/>
       <c r="D907" s="22"/>
       <c r="F907" s="22"/>
       <c r="G907" s="22"/>
       <c r="I907" s="22"/>
     </row>
-    <row r="908" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="908" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A908" s="93"/>
       <c r="B908" s="22"/>
       <c r="C908" s="22"/>
       <c r="D908" s="22"/>
       <c r="F908" s="22"/>
       <c r="G908" s="22"/>
       <c r="I908" s="22"/>
     </row>
-    <row r="909" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="909" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A909" s="93"/>
       <c r="B909" s="22"/>
       <c r="C909" s="22"/>
       <c r="D909" s="22"/>
       <c r="F909" s="22"/>
       <c r="G909" s="22"/>
       <c r="I909" s="22"/>
     </row>
-    <row r="910" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="910" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A910" s="93"/>
       <c r="B910" s="22"/>
       <c r="C910" s="22"/>
       <c r="D910" s="22"/>
       <c r="F910" s="22"/>
       <c r="G910" s="22"/>
       <c r="I910" s="22"/>
     </row>
-    <row r="911" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="911" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A911" s="93"/>
       <c r="B911" s="22"/>
       <c r="C911" s="22"/>
       <c r="D911" s="22"/>
       <c r="F911" s="22"/>
       <c r="G911" s="22"/>
       <c r="I911" s="22"/>
     </row>
-    <row r="912" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="912" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A912" s="93"/>
       <c r="B912" s="22"/>
       <c r="C912" s="22"/>
       <c r="D912" s="22"/>
       <c r="F912" s="22"/>
       <c r="G912" s="22"/>
       <c r="I912" s="22"/>
     </row>
-    <row r="913" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="913" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A913" s="93"/>
       <c r="B913" s="22"/>
       <c r="C913" s="22"/>
       <c r="D913" s="22"/>
       <c r="F913" s="22"/>
       <c r="G913" s="22"/>
       <c r="I913" s="22"/>
     </row>
-    <row r="914" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="914" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A914" s="93"/>
       <c r="B914" s="22"/>
       <c r="C914" s="22"/>
       <c r="D914" s="22"/>
       <c r="F914" s="22"/>
       <c r="G914" s="22"/>
       <c r="I914" s="22"/>
     </row>
-    <row r="915" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="915" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A915" s="93"/>
       <c r="B915" s="22"/>
       <c r="C915" s="22"/>
       <c r="D915" s="22"/>
       <c r="F915" s="22"/>
       <c r="G915" s="22"/>
       <c r="I915" s="22"/>
     </row>
-    <row r="916" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="916" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A916" s="93"/>
       <c r="B916" s="22"/>
       <c r="C916" s="22"/>
       <c r="D916" s="22"/>
       <c r="F916" s="22"/>
       <c r="G916" s="22"/>
       <c r="I916" s="22"/>
     </row>
-    <row r="917" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="917" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A917" s="93"/>
       <c r="B917" s="22"/>
       <c r="C917" s="22"/>
       <c r="D917" s="22"/>
       <c r="F917" s="22"/>
       <c r="G917" s="22"/>
       <c r="I917" s="22"/>
     </row>
-    <row r="918" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="918" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A918" s="93"/>
       <c r="B918" s="22"/>
       <c r="C918" s="22"/>
       <c r="D918" s="22"/>
       <c r="F918" s="22"/>
       <c r="G918" s="22"/>
       <c r="I918" s="22"/>
     </row>
-    <row r="919" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="919" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A919" s="93"/>
       <c r="B919" s="22"/>
       <c r="C919" s="22"/>
       <c r="D919" s="22"/>
       <c r="F919" s="22"/>
       <c r="G919" s="22"/>
       <c r="I919" s="22"/>
     </row>
-    <row r="920" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="920" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A920" s="93"/>
       <c r="B920" s="22"/>
       <c r="C920" s="22"/>
       <c r="D920" s="22"/>
       <c r="F920" s="22"/>
       <c r="G920" s="22"/>
       <c r="I920" s="22"/>
     </row>
-    <row r="921" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="921" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A921" s="93"/>
       <c r="B921" s="22"/>
       <c r="C921" s="22"/>
       <c r="D921" s="22"/>
       <c r="F921" s="22"/>
       <c r="G921" s="22"/>
       <c r="I921" s="22"/>
     </row>
-    <row r="922" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="922" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A922" s="93"/>
       <c r="B922" s="22"/>
       <c r="C922" s="22"/>
       <c r="D922" s="22"/>
       <c r="F922" s="22"/>
       <c r="G922" s="22"/>
       <c r="I922" s="22"/>
     </row>
-    <row r="923" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="923" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A923" s="93"/>
       <c r="B923" s="22"/>
       <c r="C923" s="22"/>
       <c r="D923" s="22"/>
       <c r="F923" s="22"/>
       <c r="G923" s="22"/>
       <c r="I923" s="22"/>
     </row>
-    <row r="924" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="924" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A924" s="93"/>
       <c r="B924" s="22"/>
       <c r="C924" s="22"/>
       <c r="D924" s="22"/>
       <c r="F924" s="22"/>
       <c r="G924" s="22"/>
       <c r="I924" s="22"/>
     </row>
-    <row r="925" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="925" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A925" s="93"/>
       <c r="B925" s="22"/>
       <c r="C925" s="22"/>
       <c r="D925" s="22"/>
       <c r="F925" s="22"/>
       <c r="G925" s="22"/>
       <c r="I925" s="22"/>
     </row>
-    <row r="926" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="926" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A926" s="93"/>
       <c r="B926" s="22"/>
       <c r="C926" s="22"/>
       <c r="D926" s="22"/>
       <c r="F926" s="22"/>
       <c r="G926" s="22"/>
       <c r="I926" s="22"/>
     </row>
-    <row r="927" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="927" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A927" s="93"/>
       <c r="B927" s="22"/>
       <c r="C927" s="22"/>
       <c r="D927" s="22"/>
       <c r="F927" s="22"/>
       <c r="G927" s="22"/>
       <c r="I927" s="22"/>
     </row>
-    <row r="928" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="928" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A928" s="93"/>
       <c r="B928" s="22"/>
       <c r="C928" s="22"/>
       <c r="D928" s="22"/>
       <c r="F928" s="22"/>
       <c r="G928" s="22"/>
       <c r="I928" s="22"/>
     </row>
-    <row r="929" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="929" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A929" s="93"/>
       <c r="B929" s="22"/>
       <c r="C929" s="22"/>
       <c r="D929" s="22"/>
       <c r="F929" s="22"/>
       <c r="G929" s="22"/>
       <c r="I929" s="22"/>
     </row>
-    <row r="930" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="930" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A930" s="93"/>
       <c r="B930" s="22"/>
       <c r="C930" s="22"/>
       <c r="D930" s="22"/>
       <c r="F930" s="22"/>
       <c r="G930" s="22"/>
       <c r="I930" s="22"/>
     </row>
-    <row r="931" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="931" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A931" s="93"/>
       <c r="B931" s="22"/>
       <c r="C931" s="22"/>
       <c r="D931" s="22"/>
       <c r="F931" s="22"/>
       <c r="G931" s="22"/>
       <c r="I931" s="22"/>
     </row>
-    <row r="932" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="932" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A932" s="93"/>
       <c r="B932" s="22"/>
       <c r="C932" s="22"/>
       <c r="D932" s="22"/>
       <c r="F932" s="22"/>
       <c r="G932" s="22"/>
       <c r="I932" s="22"/>
     </row>
-    <row r="933" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="933" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A933" s="93"/>
       <c r="B933" s="22"/>
       <c r="C933" s="22"/>
       <c r="D933" s="22"/>
       <c r="F933" s="22"/>
       <c r="G933" s="22"/>
       <c r="I933" s="22"/>
     </row>
-    <row r="934" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="934" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A934" s="93"/>
       <c r="B934" s="22"/>
       <c r="C934" s="22"/>
       <c r="D934" s="22"/>
       <c r="F934" s="22"/>
       <c r="G934" s="22"/>
       <c r="I934" s="22"/>
     </row>
-    <row r="935" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="935" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A935" s="93"/>
       <c r="B935" s="22"/>
       <c r="C935" s="22"/>
       <c r="D935" s="22"/>
       <c r="F935" s="22"/>
       <c r="G935" s="22"/>
       <c r="I935" s="22"/>
     </row>
-    <row r="936" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="936" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A936" s="93"/>
       <c r="B936" s="22"/>
       <c r="C936" s="22"/>
       <c r="D936" s="22"/>
       <c r="F936" s="22"/>
       <c r="G936" s="22"/>
       <c r="I936" s="22"/>
     </row>
-    <row r="937" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="937" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A937" s="93"/>
       <c r="B937" s="22"/>
       <c r="C937" s="22"/>
       <c r="D937" s="22"/>
       <c r="F937" s="22"/>
       <c r="G937" s="22"/>
       <c r="I937" s="22"/>
     </row>
-    <row r="938" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="938" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A938" s="93"/>
       <c r="B938" s="22"/>
       <c r="C938" s="22"/>
       <c r="D938" s="22"/>
       <c r="F938" s="22"/>
       <c r="G938" s="22"/>
       <c r="I938" s="22"/>
     </row>
-    <row r="939" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="939" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A939" s="93"/>
       <c r="B939" s="22"/>
       <c r="C939" s="22"/>
       <c r="D939" s="22"/>
       <c r="F939" s="22"/>
       <c r="G939" s="22"/>
       <c r="I939" s="22"/>
     </row>
-    <row r="940" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="940" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A940" s="93"/>
       <c r="B940" s="22"/>
       <c r="C940" s="22"/>
       <c r="D940" s="22"/>
       <c r="F940" s="22"/>
       <c r="G940" s="22"/>
       <c r="I940" s="22"/>
     </row>
-    <row r="941" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="941" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A941" s="93"/>
       <c r="B941" s="22"/>
       <c r="C941" s="22"/>
       <c r="D941" s="22"/>
       <c r="F941" s="22"/>
       <c r="G941" s="22"/>
       <c r="I941" s="22"/>
     </row>
-    <row r="942" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="942" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A942" s="93"/>
       <c r="B942" s="22"/>
       <c r="C942" s="22"/>
       <c r="D942" s="22"/>
       <c r="F942" s="22"/>
       <c r="G942" s="22"/>
       <c r="I942" s="22"/>
     </row>
-    <row r="943" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="943" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A943" s="93"/>
       <c r="B943" s="22"/>
       <c r="C943" s="22"/>
       <c r="D943" s="22"/>
       <c r="F943" s="22"/>
       <c r="G943" s="22"/>
       <c r="I943" s="22"/>
     </row>
-    <row r="944" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="944" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A944" s="93"/>
       <c r="B944" s="22"/>
       <c r="C944" s="22"/>
       <c r="D944" s="22"/>
       <c r="F944" s="22"/>
       <c r="G944" s="22"/>
       <c r="I944" s="22"/>
     </row>
-    <row r="945" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="945" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A945" s="93"/>
       <c r="B945" s="22"/>
       <c r="C945" s="22"/>
       <c r="D945" s="22"/>
       <c r="F945" s="22"/>
       <c r="G945" s="22"/>
       <c r="I945" s="22"/>
     </row>
-    <row r="946" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="946" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A946" s="93"/>
       <c r="B946" s="22"/>
       <c r="C946" s="22"/>
       <c r="D946" s="22"/>
       <c r="F946" s="22"/>
       <c r="G946" s="22"/>
       <c r="I946" s="22"/>
     </row>
-    <row r="947" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="947" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A947" s="93"/>
       <c r="B947" s="22"/>
       <c r="C947" s="22"/>
       <c r="D947" s="22"/>
       <c r="F947" s="22"/>
       <c r="G947" s="22"/>
       <c r="I947" s="22"/>
     </row>
-    <row r="948" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="948" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A948" s="93"/>
       <c r="B948" s="22"/>
       <c r="C948" s="22"/>
       <c r="D948" s="22"/>
       <c r="F948" s="22"/>
       <c r="G948" s="22"/>
       <c r="I948" s="22"/>
     </row>
-    <row r="949" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="949" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A949" s="93"/>
       <c r="B949" s="22"/>
       <c r="C949" s="22"/>
       <c r="D949" s="22"/>
       <c r="F949" s="22"/>
       <c r="G949" s="22"/>
       <c r="I949" s="22"/>
     </row>
-    <row r="950" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="950" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A950" s="93"/>
       <c r="B950" s="22"/>
       <c r="C950" s="22"/>
       <c r="D950" s="22"/>
       <c r="F950" s="22"/>
       <c r="G950" s="22"/>
       <c r="I950" s="22"/>
     </row>
-    <row r="951" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="951" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A951" s="93"/>
       <c r="B951" s="22"/>
       <c r="C951" s="22"/>
       <c r="D951" s="22"/>
       <c r="F951" s="22"/>
       <c r="G951" s="22"/>
       <c r="I951" s="22"/>
     </row>
-    <row r="952" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="952" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A952" s="93"/>
       <c r="B952" s="22"/>
       <c r="C952" s="22"/>
       <c r="D952" s="22"/>
       <c r="F952" s="22"/>
       <c r="G952" s="22"/>
       <c r="I952" s="22"/>
     </row>
-    <row r="953" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="953" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A953" s="93"/>
       <c r="B953" s="22"/>
       <c r="C953" s="22"/>
       <c r="D953" s="22"/>
       <c r="F953" s="22"/>
       <c r="G953" s="22"/>
       <c r="I953" s="22"/>
     </row>
-    <row r="954" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="954" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A954" s="93"/>
       <c r="B954" s="22"/>
       <c r="C954" s="22"/>
       <c r="D954" s="22"/>
       <c r="F954" s="22"/>
       <c r="G954" s="22"/>
       <c r="I954" s="22"/>
     </row>
-    <row r="955" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="955" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A955" s="93"/>
       <c r="B955" s="22"/>
       <c r="C955" s="22"/>
       <c r="D955" s="22"/>
       <c r="F955" s="22"/>
       <c r="G955" s="22"/>
       <c r="I955" s="22"/>
     </row>
-    <row r="956" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="956" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A956" s="93"/>
       <c r="B956" s="22"/>
       <c r="C956" s="22"/>
       <c r="D956" s="22"/>
       <c r="F956" s="22"/>
       <c r="G956" s="22"/>
       <c r="I956" s="22"/>
     </row>
-    <row r="957" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="957" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A957" s="93"/>
       <c r="B957" s="22"/>
       <c r="C957" s="22"/>
       <c r="D957" s="22"/>
       <c r="F957" s="22"/>
       <c r="G957" s="22"/>
       <c r="I957" s="22"/>
     </row>
-    <row r="958" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="958" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A958" s="93"/>
       <c r="B958" s="22"/>
       <c r="C958" s="22"/>
       <c r="D958" s="22"/>
       <c r="F958" s="22"/>
       <c r="G958" s="22"/>
       <c r="I958" s="22"/>
     </row>
-    <row r="959" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="959" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A959" s="93"/>
       <c r="B959" s="22"/>
       <c r="C959" s="22"/>
       <c r="D959" s="22"/>
       <c r="F959" s="22"/>
       <c r="G959" s="22"/>
       <c r="I959" s="22"/>
     </row>
-    <row r="960" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="960" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A960" s="93"/>
       <c r="B960" s="22"/>
       <c r="C960" s="22"/>
       <c r="D960" s="22"/>
       <c r="F960" s="22"/>
       <c r="G960" s="22"/>
       <c r="I960" s="22"/>
     </row>
-    <row r="961" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="961" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A961" s="93"/>
       <c r="B961" s="22"/>
       <c r="C961" s="22"/>
       <c r="D961" s="22"/>
       <c r="F961" s="22"/>
       <c r="G961" s="22"/>
       <c r="I961" s="22"/>
     </row>
-    <row r="962" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="962" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A962" s="93"/>
       <c r="B962" s="22"/>
       <c r="C962" s="22"/>
       <c r="D962" s="22"/>
       <c r="F962" s="22"/>
       <c r="G962" s="22"/>
       <c r="I962" s="22"/>
     </row>
-    <row r="963" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="963" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A963" s="93"/>
       <c r="B963" s="22"/>
       <c r="C963" s="22"/>
       <c r="D963" s="22"/>
       <c r="F963" s="22"/>
       <c r="G963" s="22"/>
       <c r="I963" s="22"/>
     </row>
-    <row r="964" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="964" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A964" s="93"/>
       <c r="B964" s="22"/>
       <c r="C964" s="22"/>
       <c r="D964" s="22"/>
       <c r="F964" s="22"/>
       <c r="G964" s="22"/>
       <c r="I964" s="22"/>
     </row>
-    <row r="965" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="965" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A965" s="93"/>
       <c r="B965" s="22"/>
       <c r="C965" s="22"/>
       <c r="D965" s="22"/>
       <c r="F965" s="22"/>
       <c r="G965" s="22"/>
       <c r="I965" s="22"/>
     </row>
-    <row r="966" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="966" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A966" s="93"/>
       <c r="B966" s="22"/>
       <c r="C966" s="22"/>
       <c r="D966" s="22"/>
       <c r="F966" s="22"/>
       <c r="G966" s="22"/>
       <c r="I966" s="22"/>
     </row>
-    <row r="967" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="967" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A967" s="93"/>
       <c r="B967" s="22"/>
       <c r="C967" s="22"/>
       <c r="D967" s="22"/>
       <c r="F967" s="22"/>
       <c r="G967" s="22"/>
       <c r="I967" s="22"/>
     </row>
-    <row r="968" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="968" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A968" s="93"/>
       <c r="B968" s="22"/>
       <c r="C968" s="22"/>
       <c r="D968" s="22"/>
       <c r="F968" s="22"/>
       <c r="G968" s="22"/>
       <c r="I968" s="22"/>
     </row>
-    <row r="969" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="969" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A969" s="93"/>
       <c r="B969" s="22"/>
       <c r="C969" s="22"/>
       <c r="D969" s="22"/>
       <c r="F969" s="22"/>
       <c r="G969" s="22"/>
       <c r="I969" s="22"/>
     </row>
-    <row r="970" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="970" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A970" s="93"/>
       <c r="B970" s="22"/>
       <c r="C970" s="22"/>
       <c r="D970" s="22"/>
       <c r="F970" s="22"/>
       <c r="G970" s="22"/>
       <c r="I970" s="22"/>
     </row>
-    <row r="971" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="971" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A971" s="93"/>
       <c r="B971" s="22"/>
       <c r="C971" s="22"/>
       <c r="D971" s="22"/>
       <c r="F971" s="22"/>
       <c r="G971" s="22"/>
       <c r="I971" s="22"/>
     </row>
-    <row r="972" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="972" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A972" s="93"/>
       <c r="B972" s="22"/>
       <c r="C972" s="22"/>
       <c r="D972" s="22"/>
       <c r="F972" s="22"/>
       <c r="G972" s="22"/>
       <c r="I972" s="22"/>
     </row>
-    <row r="973" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="973" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A973" s="93"/>
       <c r="B973" s="22"/>
       <c r="C973" s="22"/>
       <c r="D973" s="22"/>
       <c r="F973" s="22"/>
       <c r="G973" s="22"/>
       <c r="I973" s="22"/>
     </row>
-    <row r="974" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="974" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A974" s="93"/>
       <c r="B974" s="22"/>
       <c r="C974" s="22"/>
       <c r="D974" s="22"/>
       <c r="F974" s="22"/>
       <c r="G974" s="22"/>
       <c r="I974" s="22"/>
     </row>
-    <row r="975" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="975" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A975" s="93"/>
       <c r="B975" s="22"/>
       <c r="C975" s="22"/>
       <c r="D975" s="22"/>
       <c r="F975" s="22"/>
       <c r="G975" s="22"/>
       <c r="I975" s="22"/>
     </row>
-    <row r="976" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="976" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A976" s="93"/>
       <c r="B976" s="22"/>
       <c r="C976" s="22"/>
       <c r="D976" s="22"/>
       <c r="F976" s="22"/>
       <c r="G976" s="22"/>
       <c r="I976" s="22"/>
     </row>
-    <row r="977" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="977" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A977" s="93"/>
       <c r="B977" s="22"/>
       <c r="C977" s="22"/>
       <c r="D977" s="22"/>
       <c r="F977" s="22"/>
       <c r="G977" s="22"/>
       <c r="I977" s="22"/>
     </row>
-    <row r="978" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="978" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A978" s="93"/>
       <c r="B978" s="22"/>
       <c r="C978" s="22"/>
       <c r="D978" s="22"/>
       <c r="F978" s="22"/>
       <c r="G978" s="22"/>
       <c r="I978" s="22"/>
     </row>
-    <row r="979" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="979" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A979" s="93"/>
       <c r="B979" s="22"/>
       <c r="C979" s="22"/>
       <c r="D979" s="22"/>
       <c r="F979" s="22"/>
       <c r="G979" s="22"/>
       <c r="I979" s="22"/>
     </row>
-    <row r="980" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="980" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A980" s="93"/>
       <c r="B980" s="22"/>
       <c r="C980" s="22"/>
       <c r="D980" s="22"/>
       <c r="F980" s="22"/>
       <c r="G980" s="22"/>
       <c r="I980" s="22"/>
     </row>
-    <row r="981" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="981" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A981" s="93"/>
       <c r="B981" s="22"/>
       <c r="C981" s="22"/>
       <c r="D981" s="22"/>
       <c r="F981" s="22"/>
       <c r="G981" s="22"/>
       <c r="I981" s="22"/>
     </row>
-    <row r="982" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="982" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A982" s="93"/>
       <c r="B982" s="22"/>
       <c r="C982" s="22"/>
       <c r="D982" s="22"/>
       <c r="F982" s="22"/>
       <c r="G982" s="22"/>
       <c r="I982" s="22"/>
     </row>
-    <row r="983" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="983" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A983" s="93"/>
       <c r="B983" s="22"/>
       <c r="C983" s="22"/>
       <c r="D983" s="22"/>
       <c r="F983" s="22"/>
       <c r="G983" s="22"/>
       <c r="I983" s="22"/>
     </row>
-    <row r="984" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="984" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A984" s="93"/>
       <c r="B984" s="22"/>
       <c r="C984" s="22"/>
       <c r="D984" s="22"/>
       <c r="F984" s="22"/>
       <c r="G984" s="22"/>
       <c r="I984" s="22"/>
     </row>
-    <row r="985" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="985" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A985" s="93"/>
       <c r="B985" s="22"/>
       <c r="C985" s="22"/>
       <c r="D985" s="22"/>
       <c r="F985" s="22"/>
       <c r="G985" s="22"/>
       <c r="I985" s="22"/>
     </row>
-    <row r="986" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="986" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A986" s="93"/>
       <c r="B986" s="22"/>
       <c r="C986" s="22"/>
       <c r="D986" s="22"/>
       <c r="F986" s="22"/>
       <c r="G986" s="22"/>
       <c r="I986" s="22"/>
     </row>
-    <row r="987" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="987" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A987" s="93"/>
       <c r="B987" s="22"/>
       <c r="C987" s="22"/>
       <c r="D987" s="22"/>
       <c r="F987" s="22"/>
       <c r="G987" s="22"/>
       <c r="I987" s="22"/>
     </row>
-    <row r="988" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="988" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A988" s="93"/>
       <c r="B988" s="22"/>
       <c r="C988" s="22"/>
       <c r="D988" s="22"/>
       <c r="F988" s="22"/>
       <c r="G988" s="22"/>
       <c r="I988" s="22"/>
     </row>
-    <row r="989" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="989" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A989" s="93"/>
       <c r="B989" s="22"/>
       <c r="C989" s="22"/>
       <c r="D989" s="22"/>
       <c r="F989" s="22"/>
       <c r="G989" s="22"/>
       <c r="I989" s="22"/>
     </row>
-    <row r="990" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="990" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A990" s="93"/>
       <c r="B990" s="22"/>
       <c r="C990" s="22"/>
       <c r="D990" s="22"/>
       <c r="F990" s="22"/>
       <c r="G990" s="22"/>
       <c r="I990" s="22"/>
     </row>
-    <row r="991" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="991" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A991" s="93"/>
       <c r="B991" s="22"/>
       <c r="C991" s="22"/>
       <c r="D991" s="22"/>
       <c r="F991" s="22"/>
       <c r="G991" s="22"/>
       <c r="I991" s="22"/>
     </row>
-    <row r="992" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="992" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A992" s="93"/>
       <c r="B992" s="22"/>
       <c r="C992" s="22"/>
       <c r="D992" s="22"/>
       <c r="F992" s="22"/>
       <c r="G992" s="22"/>
       <c r="I992" s="22"/>
     </row>
-    <row r="993" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="993" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A993" s="93"/>
       <c r="B993" s="22"/>
       <c r="C993" s="22"/>
       <c r="D993" s="22"/>
       <c r="F993" s="22"/>
       <c r="G993" s="22"/>
       <c r="I993" s="22"/>
     </row>
-    <row r="994" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="994" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A994" s="93"/>
       <c r="B994" s="22"/>
       <c r="C994" s="22"/>
       <c r="D994" s="22"/>
       <c r="F994" s="22"/>
       <c r="G994" s="22"/>
       <c r="I994" s="22"/>
     </row>
-    <row r="995" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="995" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A995" s="93"/>
       <c r="B995" s="22"/>
       <c r="C995" s="22"/>
       <c r="D995" s="22"/>
       <c r="F995" s="22"/>
       <c r="G995" s="22"/>
       <c r="I995" s="22"/>
     </row>
-    <row r="996" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="996" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A996" s="93"/>
       <c r="B996" s="22"/>
       <c r="C996" s="22"/>
       <c r="D996" s="22"/>
       <c r="F996" s="22"/>
       <c r="G996" s="22"/>
       <c r="I996" s="22"/>
     </row>
-    <row r="997" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="997" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A997" s="93"/>
       <c r="B997" s="22"/>
       <c r="C997" s="22"/>
       <c r="D997" s="22"/>
       <c r="F997" s="22"/>
       <c r="G997" s="22"/>
       <c r="I997" s="22"/>
     </row>
-    <row r="998" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="998" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A998" s="93"/>
       <c r="B998" s="22"/>
       <c r="C998" s="22"/>
       <c r="D998" s="22"/>
       <c r="F998" s="22"/>
       <c r="G998" s="22"/>
       <c r="I998" s="22"/>
     </row>
-    <row r="999" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="999" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A999" s="93"/>
       <c r="B999" s="22"/>
       <c r="C999" s="22"/>
       <c r="D999" s="22"/>
       <c r="F999" s="22"/>
       <c r="G999" s="22"/>
       <c r="I999" s="22"/>
     </row>
-    <row r="1000" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1000" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1000" s="93"/>
       <c r="B1000" s="22"/>
       <c r="C1000" s="22"/>
       <c r="D1000" s="22"/>
       <c r="F1000" s="22"/>
       <c r="G1000" s="22"/>
       <c r="I1000" s="22"/>
     </row>
-    <row r="1001" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1001" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1001" s="93"/>
       <c r="B1001" s="22"/>
       <c r="C1001" s="22"/>
       <c r="D1001" s="22"/>
       <c r="F1001" s="22"/>
       <c r="G1001" s="22"/>
       <c r="I1001" s="22"/>
     </row>
-    <row r="1002" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1002" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1002" s="93"/>
       <c r="B1002" s="22"/>
       <c r="C1002" s="22"/>
       <c r="D1002" s="22"/>
       <c r="F1002" s="22"/>
       <c r="G1002" s="22"/>
       <c r="I1002" s="22"/>
     </row>
-    <row r="1003" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1003" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1003" s="93"/>
       <c r="B1003" s="22"/>
       <c r="C1003" s="22"/>
       <c r="D1003" s="22"/>
       <c r="F1003" s="22"/>
       <c r="G1003" s="22"/>
       <c r="I1003" s="22"/>
     </row>
-    <row r="1004" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1004" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1004" s="93"/>
       <c r="B1004" s="22"/>
       <c r="C1004" s="22"/>
       <c r="D1004" s="22"/>
       <c r="F1004" s="22"/>
       <c r="G1004" s="22"/>
       <c r="I1004" s="22"/>
     </row>
-    <row r="1005" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1005" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1005" s="93"/>
       <c r="B1005" s="22"/>
       <c r="C1005" s="22"/>
       <c r="D1005" s="22"/>
       <c r="F1005" s="22"/>
       <c r="G1005" s="22"/>
       <c r="I1005" s="22"/>
     </row>
-    <row r="1006" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1006" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1006" s="93"/>
       <c r="B1006" s="22"/>
       <c r="C1006" s="22"/>
       <c r="D1006" s="22"/>
       <c r="F1006" s="22"/>
       <c r="G1006" s="22"/>
       <c r="I1006" s="22"/>
     </row>
-    <row r="1007" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1007" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1007" s="93"/>
       <c r="B1007" s="22"/>
       <c r="C1007" s="22"/>
       <c r="D1007" s="22"/>
       <c r="F1007" s="22"/>
       <c r="G1007" s="22"/>
       <c r="I1007" s="22"/>
     </row>
-    <row r="1008" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1008" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1008" s="93"/>
       <c r="B1008" s="22"/>
       <c r="C1008" s="22"/>
       <c r="D1008" s="22"/>
       <c r="F1008" s="22"/>
       <c r="G1008" s="22"/>
       <c r="I1008" s="22"/>
     </row>
-    <row r="1009" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1009" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1009" s="93"/>
       <c r="B1009" s="22"/>
       <c r="C1009" s="22"/>
       <c r="D1009" s="22"/>
       <c r="F1009" s="22"/>
       <c r="G1009" s="22"/>
       <c r="I1009" s="22"/>
     </row>
-    <row r="1010" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1010" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1010" s="93"/>
       <c r="B1010" s="22"/>
       <c r="C1010" s="22"/>
       <c r="D1010" s="22"/>
       <c r="F1010" s="22"/>
       <c r="G1010" s="22"/>
       <c r="I1010" s="22"/>
     </row>
-    <row r="1011" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1011" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1011" s="93"/>
       <c r="B1011" s="22"/>
       <c r="C1011" s="22"/>
       <c r="D1011" s="22"/>
       <c r="F1011" s="22"/>
       <c r="G1011" s="22"/>
       <c r="I1011" s="22"/>
     </row>
-    <row r="1012" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="1012" spans="1:9" ht="14.4" x14ac:dyDescent="0.3">
       <c r="A1012" s="93"/>
       <c r="B1012" s="22"/>
       <c r="C1012" s="22"/>
       <c r="D1012" s="22"/>
       <c r="F1012" s="22"/>
       <c r="G1012" s="22"/>
       <c r="I1012" s="22"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:K44" xr:uid="{A475757D-09EB-4D68-B2DA-1D1668F352BF}"/>
   <mergeCells count="4">
     <mergeCell ref="L1:L2"/>
     <mergeCell ref="C1:E1"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="F1:K1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" orientation="landscape" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"-,Bold Italic"&amp;9Uniform Closing Dataset (UCD) Critical Edits Matrix, v6.02&amp;R&amp;"-,Bold Italic"&amp;9&amp;A</oddHeader>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential&amp;C&amp;"-,Bold Italic"&amp;9&amp;P of &amp;N&amp;R&amp;"-,Bold Italic"&amp;10Publication Date: September 7, 2023</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <SharedWithUsers xmlns="bce3020c-c450-49a0-95ba-d0219377819c">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="d9f6a769-7763-420e-a6e5-9ff29d5af32a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="bce3020c-c450-49a0-95ba-d0219377819c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d9f6a769-7763-420e-a6e5-9ff29d5af32a" xmlns:ns3="bce3020c-c450-49a0-95ba-d0219377819c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a57f85e9d69b4eae7d0048975b892afa" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F6F169A285F054AAC2086919DEAD5A7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b2e4a7e8b9a3dfffe03025245c1fc2d8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d9f6a769-7763-420e-a6e5-9ff29d5af32a" xmlns:ns3="bce3020c-c450-49a0-95ba-d0219377819c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b13b806dd2a3ce3caa1b9d443a188c47" ns2:_="" ns3:_="">
     <xsd:import namespace="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
     <xsd:import namespace="bce3020c-c450-49a0-95ba-d0219377819c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -43209,84 +43303,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8087D404-E73F-4C65-838C-095DABCDC572}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CA060AF-8E73-4DE8-AE31-0A184CACA81D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bce3020c-c450-49a0-95ba-d0219377819c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8087D404-E73F-4C65-838C-095DABCDC572}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0015F4B2-581D-4B80-88E4-0BBF831A1D05}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
+    <ds:schemaRef ds:uri="bce3020c-c450-49a0-95ba-d0219377819c"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>