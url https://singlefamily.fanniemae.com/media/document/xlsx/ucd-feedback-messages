--- v1 (2025-11-25)
+++ v2 (2026-01-26)
@@ -10,114 +10,98 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{B5C815B0-19A1-41DB-AD5F-5257F575A699}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{89127ACF-F43B-4910-91D9-6CA3D5A45371}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D21A4090-E7D9-4595-A262-553B4B077605}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="135" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28392" yWindow="1176" windowWidth="23040" windowHeight="12120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Read Me" sheetId="17" r:id="rId1"/>
     <sheet name="Revision History" sheetId="11" r:id="rId2"/>
     <sheet name="Active UCD Messages" sheetId="18" r:id="rId3"/>
     <sheet name="Removed Messages" sheetId="7" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Active UCD Messages'!$A$2:$H$417</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Removed Messages'!$A$2:$E$94</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Revision History'!$A$2:$D$154</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Revision History'!$A$2:$D$156</definedName>
     <definedName name="BorrowerRange">#REF!</definedName>
     <definedName name="CEM">#REF!</definedName>
     <definedName name="DocumentVersionIdentifier">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Read Me'!$A$1:$C$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revision History'!$A$1:$D$154</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revision History'!$A$1:$D$156</definedName>
     <definedName name="PublicationDate">#REF!</definedName>
     <definedName name="rngMainSpec">#REF!</definedName>
     <definedName name="SellerRange">#REF!</definedName>
     <definedName name="SpecRange">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2742" uniqueCount="969">
-[...15 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2748" uniqueCount="974">
   <si>
     <t>PURPOSE:</t>
   </si>
   <si>
     <t xml:space="preserve">This document provides a complete list of the UCD feedback messages (commonly known as "edits") that have severities of Warning, Warning-to-Fatal, or Fatal. Fatal Edits will produce a status of "Not Successful" upon submission and will affect the loan delivery to Fannie Mae. These messages are generated via the Web-based user interface or through the direct integration platform. </t>
   </si>
   <si>
     <t>IMPORTANT NOTES:</t>
   </si>
   <si>
     <t>1.  Edit feedback messages with a severity of Warning or Warning-to-Fatal will still result in a successful submission.</t>
   </si>
   <si>
     <t>2.  Lenders will need to resolve Warning-to-Fatal prior to the Fatal Severity Transition Date.</t>
   </si>
   <si>
     <t>3.  Lenders should review all edit messages received and resolve them to avoid Loan Delivery issues.</t>
   </si>
   <si>
     <t>WORKSHEET TAB AND COLUMN DESCRIPTIONS:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -3034,53 +3018,50 @@
   </si>
   <si>
     <t>FullName
 PartyRoleType</t>
   </si>
   <si>
     <t>No address information was provided for Borrower (|Borrower Number|). The ADDRESS container is required for all Borrowers.</t>
   </si>
   <si>
     <t>The Address Line Text for Borrower (|Borrower Number|) is missing. Address Line Text is required for all Borrowers.</t>
   </si>
   <si>
     <t>The City Name for Borrower (|Borrower Number|) is missing. City Name is required for all Borrowers.</t>
   </si>
   <si>
     <t>The Country Code for Borrower (|Borrower Number|) is missing. Country Code is required for all Borrowers.</t>
   </si>
   <si>
     <t>CountryCode
 PartyRoleType</t>
   </si>
   <si>
     <t>The Country Code for Borrower (|Borrower Number|) is incorrect. The Country Code must be two capitalized alpha characters for the Borrower.</t>
   </si>
   <si>
-    <t>The Postal Code for Borrower (|Borrower Number|) is mssing. Country Code is required for all Borrowers.</t>
-[...1 lines deleted...]
-  <si>
     <t>The State Code for Borrower (|Borrower Number|) is missing. State Code is required for all Borrowers.</t>
   </si>
   <si>
     <t>The State Code for Borrower (|Borrower Number|) is incorrect. The State Code must be two capitalized alpha characters for the Borrower.</t>
   </si>
   <si>
     <t>If the Property Seller is an individual, then the First Name of the Property Seller is required.</t>
   </si>
   <si>
     <t>The Country Code is required for the Property Seller.</t>
   </si>
   <si>
     <t>The Country Code must be two capitalized alpha characters for the Property Seller.</t>
   </si>
   <si>
     <t>The Postal Code cannot exceed 9 digits for the Property Seller.</t>
   </si>
   <si>
     <t>The State Code must be two capitalized alpha characters for the Property Seller.</t>
   </si>
   <si>
     <t>At least one instance of Party Role Type equal to 'NotePayTo'  (Lender) is required.</t>
   </si>
   <si>
     <t>The Full Name of the legal entity is required for the Lender (Party Role Type = 'NotePayTo').</t>
@@ -3282,53 +3263,50 @@
   </si>
   <si>
     <t>ucd:FeeItemType
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
     <t>In the Origination Charges Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
   </si>
   <si>
     <t>In the Origination Charges Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>In the Origination Charges Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. When Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
   </si>
   <si>
     <t>In the Origination Charges Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
   </si>
   <si>
     <t>In the Services Borrower Did Not Shop For Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
   </si>
   <si>
     <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. When Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
-  </si>
-[...1 lines deleted...]
-    <t>In the Servies Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
   </si>
   <si>
     <t>In the Services Borrower Did Shop For Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
   </si>
   <si>
     <t>In the Services Borrower Did Shop For Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>In the Services Borrower Did Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
   </si>
   <si>
     <t>ucd:FeeItemType = "LoanDiscountPoints"</t>
   </si>
   <si>
     <t>FeeTotalPercent
 FeeActualPaymentAmount
 ucd:FeeItemType</t>
   </si>
   <si>
     <t>FeePaymentPaidByType
 FeeTotalPercent
 ucd:FeeItemType</t>
   </si>
   <si>
     <t>Fee Item Type for Origination Charges is required and must be a valid enumeration. When FeeItemType equals 'Other', the Fee Item Type Other Description is required.</t>
@@ -3834,50 +3812,87 @@
   <si>
     <t>The SequenceNumber in the VIEW container is required and must be in the correct format (up to 3 digits).</t>
   </si>
   <si>
     <t>When Integrated Disclosure Section equals Total Closing Costs, the corresponding Integrated Disclosure Section Total Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>IntegratedDisclosureSectionTotalAmount</t>
   </si>
   <si>
     <t>Cash to Close Total Amount is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>The Postal Code for Borrower (|Borrower Number|) is incorrect. The Postal Code cannot exceed 9 digits for the Borrower.</t>
   </si>
   <si>
     <t>Modified edit message text for 24 UCD v2.0 Phase 3B edits to specify the specific Fee Item Type that has triggered the edit.
 Edits 4508, 4515, 4521, 4526, 4529, 4530, 4531, 4532, 4533, 4534, 4535, 4536, 4537, 4538, 4540, 4568, 4573, 4574, 4583, 4599, 4600, 4617, 4618, 4625.</t>
   </si>
   <si>
     <t>Modified edit message text for 10 Phase 4 edits  to specify which Borrower (by number) has triggered the edit.
 Edits 3801, 3804, 3805, 3806, 3807, 3808,3809, 3810, 3811, 3812.</t>
   </si>
   <si>
     <t>In the Other Costs Section, the Fee Item Type (|FeeItemType|) is missing Fee Paid To Type OR Fee Paid To Type Other Description. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+  </si>
+  <si>
+    <t>3809, 4536</t>
+  </si>
+  <si>
+    <t>Corrected typos in the message text.</t>
+  </si>
+  <si>
+    <t>3160, 3161</t>
+  </si>
+  <si>
+    <t>Updated Edit Logic</t>
+  </si>
+  <si>
+    <t>Updated edit logic for 2 Property Seller edits to enforce the presence of State Code and Postal Code for US and Canadian addresses only.</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">UCD Edit Feedback Messages
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>As of December 15, 2025</t>
+    </r>
+  </si>
+  <si>
+    <t>The Postal Code for Borrower (|Borrower Number|) is missing. Postal Code is required for all Borrowers.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
   <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4026,108 +4041,108 @@
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEF0FE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEBF6FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="23">
+  <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -4297,61 +4312,50 @@
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="medium">
-[...9 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
@@ -4359,51 +4363,51 @@
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="165">
+  <cellXfs count="160">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4686,175 +4690,160 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11" xfId="5" xr:uid="{81212E14-C67B-4E4D-8ADB-456965C4EEC4}"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{D4B38FEE-3EE2-48B9-BF5D-40C5EF91F90E}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 3" xfId="6" xr:uid="{E654E508-3B14-4226-9CCC-785619186D45}"/>
     <cellStyle name="Normal 24" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FF9966FF"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFDEF9FE"/>
       <color rgb="FFFFCCFF"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FFEBF6FF"/>
       <color rgb="FFE0EBFC"/>
       <color rgb="FFDEF0FE"/>
     </mruColors>
@@ -5363,3719 +5352,3595 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{555AEEF8-BB52-4D1F-BA80-0E0540F68774}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="13.5703125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="99.85546875" customWidth="1"/>
+    <col min="1" max="1" width="13.5546875" customWidth="1"/>
+    <col min="2" max="2" width="26.5546875" customWidth="1"/>
+    <col min="3" max="3" width="99.88671875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="1" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="A2" s="134" t="s">
+    <row r="1" spans="1:5" s="1" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="140"/>
+      <c r="B1" s="140"/>
+      <c r="C1" s="140"/>
+    </row>
+    <row r="2" spans="1:5" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="141" t="s">
+        <v>972</v>
+      </c>
+      <c r="B2" s="142"/>
+      <c r="C2" s="143"/>
+      <c r="D2" s="159"/>
+      <c r="E2" s="136"/>
+    </row>
+    <row r="3" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A3" s="58" t="s">
         <v>0</v>
-      </c>
-[...7 lines deleted...]
-        <v>1</v>
       </c>
       <c r="B3" s="59"/>
       <c r="C3" s="60"/>
     </row>
-    <row r="4" spans="1:5" s="3" customFormat="1" ht="41.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="137" t="s">
+    <row r="4" spans="1:5" s="3" customFormat="1" ht="41.1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="144" t="s">
+        <v>1</v>
+      </c>
+      <c r="B4" s="145"/>
+      <c r="C4" s="146"/>
+      <c r="E4" s="8"/>
+    </row>
+    <row r="5" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A5" s="58" t="s">
         <v>2</v>
-      </c>
-[...6 lines deleted...]
-        <v>3</v>
       </c>
       <c r="B5" s="61"/>
       <c r="C5" s="52"/>
     </row>
-    <row r="6" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="47" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B6" s="65"/>
       <c r="C6" s="50"/>
     </row>
-    <row r="7" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A7" s="47" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B7" s="65"/>
       <c r="C7" s="50"/>
     </row>
-    <row r="8" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A8" s="62" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B8" s="51"/>
       <c r="C8" s="63"/>
     </row>
-    <row r="9" spans="1:5" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="58" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B9" s="64"/>
       <c r="C9" s="56"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="40"/>
       <c r="C10" s="41"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="53" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B11" s="66"/>
       <c r="C11" s="54"/>
     </row>
-    <row r="12" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="45"/>
       <c r="B12" s="8"/>
       <c r="C12" s="46"/>
     </row>
-    <row r="13" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="47" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="46"/>
     </row>
-    <row r="14" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="47" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="46"/>
     </row>
-    <row r="15" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="46"/>
     </row>
-    <row r="16" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="47" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="46"/>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A17" s="45"/>
       <c r="B17" s="8"/>
       <c r="C17" s="46"/>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A18" s="53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B18" s="66"/>
       <c r="C18" s="54"/>
     </row>
-    <row r="19" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="45"/>
       <c r="B19" s="8"/>
       <c r="C19" s="46"/>
     </row>
-    <row r="20" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="47" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="46"/>
     </row>
-    <row r="21" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="47" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="46"/>
     </row>
-    <row r="22" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="47" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="46"/>
     </row>
-    <row r="23" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A23" s="140" t="s">
+    <row r="23" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="147" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" s="148"/>
+      <c r="C23" s="149"/>
+    </row>
+    <row r="24" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="150" t="s">
         <v>17</v>
       </c>
-      <c r="B23" s="141"/>
-[...3 lines deleted...]
-      <c r="A24" s="143" t="s">
+      <c r="B24" s="151"/>
+      <c r="C24" s="152"/>
+    </row>
+    <row r="25" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="47" t="s">
         <v>18</v>
-      </c>
-[...5 lines deleted...]
-        <v>19</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="46"/>
     </row>
-    <row r="26" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="47" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="46"/>
     </row>
-    <row r="27" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="47" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="46"/>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A28" s="45"/>
       <c r="B28" s="8"/>
       <c r="C28" s="46"/>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A29" s="55" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B29" s="66"/>
       <c r="C29" s="54"/>
     </row>
-    <row r="30" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="42"/>
       <c r="B30" s="8"/>
       <c r="C30" s="46"/>
     </row>
-    <row r="31" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="43" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="8"/>
       <c r="C31" s="46"/>
     </row>
-    <row r="32" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="46"/>
     </row>
-    <row r="33" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A33" s="43" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="46"/>
     </row>
-    <row r="34" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="43" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B34" s="8"/>
       <c r="C34" s="46"/>
     </row>
-    <row r="35" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="44" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B35" s="12"/>
       <c r="C35" s="48"/>
     </row>
-    <row r="36" spans="1:4" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:4" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="5"/>
       <c r="D36"/>
     </row>
-    <row r="37" spans="1:4" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:4" s="1" customFormat="1" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A37" s="100" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="57"/>
       <c r="D37" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.55000000000000004" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BW154"/>
+  <dimension ref="A1:BW156"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="1"/>
-    <col min="2" max="2" width="12.5703125" style="30" customWidth="1"/>
-    <col min="3" max="3" width="21.42578125" customWidth="1"/>
+    <col min="2" max="2" width="12.5546875" style="30" customWidth="1"/>
+    <col min="3" max="3" width="21.44140625" customWidth="1"/>
     <col min="4" max="4" width="102" customWidth="1"/>
-    <col min="5" max="5" width="44.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="13" width="9.140625" style="114"/>
+    <col min="5" max="5" width="86.33203125" customWidth="1"/>
+    <col min="6" max="6" width="8.88671875" style="114"/>
+    <col min="7" max="13" width="9.109375" style="114"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" s="8" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E1" s="130"/>
+    <row r="1" spans="1:33" s="8" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="153"/>
+      <c r="B1" s="153"/>
+      <c r="C1" s="153"/>
+      <c r="D1" s="153"/>
+      <c r="E1" s="129"/>
       <c r="F1" s="110"/>
       <c r="G1" s="110"/>
       <c r="H1" s="110"/>
       <c r="I1" s="110"/>
       <c r="J1" s="110"/>
       <c r="K1" s="110"/>
       <c r="L1" s="110"/>
       <c r="M1" s="110"/>
     </row>
-    <row r="2" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="35" t="s">
         <v>29</v>
       </c>
-      <c r="B2" s="35" t="s">
+      <c r="C2" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="C2" s="35" t="s">
+      <c r="D2" s="32" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="27"/>
       <c r="M2" s="27"/>
     </row>
-    <row r="3" spans="1:33" s="9" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B3" s="150" t="s">
+    <row r="3" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="156">
+        <v>45987</v>
+      </c>
+      <c r="B3" s="157" t="s">
+        <v>967</v>
+      </c>
+      <c r="C3" s="157" t="s">
         <v>33</v>
       </c>
-      <c r="C3" s="150" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="128"/>
+      <c r="D3" s="158" t="s">
+        <v>968</v>
+      </c>
+      <c r="E3" s="135"/>
       <c r="F3" s="8"/>
       <c r="G3" s="27"/>
       <c r="H3" s="27"/>
       <c r="I3" s="27"/>
       <c r="J3" s="27"/>
       <c r="K3" s="27"/>
       <c r="L3" s="27"/>
       <c r="M3" s="27"/>
     </row>
-    <row r="4" spans="1:33" s="9" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="E4" s="129"/>
+    <row r="4" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="156">
+        <v>45981</v>
+      </c>
+      <c r="B4" s="157" t="s">
+        <v>969</v>
+      </c>
+      <c r="C4" s="157" t="s">
+        <v>970</v>
+      </c>
+      <c r="D4" s="158" t="s">
+        <v>971</v>
+      </c>
+      <c r="E4" s="135"/>
       <c r="F4" s="8"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
       <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="27"/>
       <c r="L4" s="27"/>
       <c r="M4" s="27"/>
     </row>
-    <row r="5" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A5" s="149">
+    <row r="5" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="72">
         <v>45978</v>
       </c>
-      <c r="B5" s="150">
-[...7 lines deleted...]
-      </c>
+      <c r="B5" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" s="74" t="s">
+        <v>964</v>
+      </c>
+      <c r="E5" s="127"/>
       <c r="F5" s="8"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
       <c r="I5" s="27"/>
       <c r="J5" s="27"/>
       <c r="K5" s="27"/>
       <c r="L5" s="27"/>
       <c r="M5" s="27"/>
     </row>
-    <row r="6" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A6" s="149">
+    <row r="6" spans="1:33" s="9" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="72">
         <v>45978</v>
       </c>
-      <c r="B6" s="150">
-[...7 lines deleted...]
-      </c>
+      <c r="B6" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>963</v>
+      </c>
+      <c r="E6" s="128"/>
       <c r="F6" s="8"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
       <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="27"/>
       <c r="M6" s="27"/>
     </row>
-    <row r="7" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="149">
+    <row r="7" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="72">
         <v>45978</v>
       </c>
-      <c r="B7" s="150">
-[...2 lines deleted...]
-      <c r="C7" s="150" t="s">
+      <c r="B7" s="38">
+        <v>3114</v>
+      </c>
+      <c r="C7" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="153" t="s">
-        <v>38</v>
+      <c r="D7" s="125" t="s">
+        <v>35</v>
       </c>
       <c r="F7" s="8"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
       <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="27"/>
       <c r="M7" s="27"/>
     </row>
-    <row r="8" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="72">
-        <v>45929</v>
-[...1 lines deleted...]
-      <c r="B8" s="38" t="s">
+        <v>45978</v>
+      </c>
+      <c r="B8" s="38">
+        <v>3836</v>
+      </c>
+      <c r="C8" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="38" t="s">
-[...3 lines deleted...]
-        <v>40</v>
+      <c r="D8" s="125" t="s">
+        <v>36</v>
       </c>
       <c r="F8" s="8"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
       <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="27"/>
       <c r="M8" s="27"/>
     </row>
     <row r="9" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="72">
-        <v>45924</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>45978</v>
+      </c>
+      <c r="B9" s="38">
+        <v>3841</v>
       </c>
       <c r="C9" s="38" t="s">
-        <v>42</v>
-[...4 lines deleted...]
-      <c r="F9" s="27"/>
+        <v>33</v>
+      </c>
+      <c r="D9" s="125" t="s">
+        <v>37</v>
+      </c>
+      <c r="F9" s="8"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
-      <c r="I9" s="103"/>
+      <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
     </row>
     <row r="10" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="72">
         <v>45929</v>
       </c>
       <c r="B10" s="38" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
       <c r="C10" s="38" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="F10" s="27"/>
+        <v>38</v>
+      </c>
+      <c r="D10" s="74" t="s">
+        <v>39</v>
+      </c>
+      <c r="F10" s="8"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
-      <c r="I10" s="103"/>
+      <c r="I10" s="27"/>
       <c r="J10" s="27"/>
       <c r="K10" s="27"/>
       <c r="L10" s="27"/>
       <c r="M10" s="27"/>
     </row>
-    <row r="11" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="72">
-        <v>45929</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>45924</v>
+      </c>
+      <c r="B11" s="38" t="s">
+        <v>40</v>
       </c>
       <c r="C11" s="38" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="D11" s="10" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
       <c r="I11" s="103"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="27"/>
       <c r="M11" s="27"/>
     </row>
-    <row r="12" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="72">
         <v>45929</v>
       </c>
-      <c r="B12" s="38">
-        <v>3304</v>
+      <c r="B12" s="38" t="s">
+        <v>43</v>
       </c>
       <c r="C12" s="38" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
       <c r="I12" s="103"/>
       <c r="J12" s="27"/>
       <c r="K12" s="27"/>
       <c r="L12" s="27"/>
       <c r="M12" s="27"/>
     </row>
-    <row r="13" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="72">
         <v>45929</v>
       </c>
       <c r="B13" s="38">
-        <v>3904</v>
+        <v>1003</v>
       </c>
       <c r="C13" s="38" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="103"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
     </row>
-    <row r="14" spans="1:33" s="9" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="72">
         <v>45929</v>
       </c>
-      <c r="B14" s="38" t="s">
-        <v>33</v>
+      <c r="B14" s="38">
+        <v>3304</v>
       </c>
       <c r="C14" s="38" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="E14" s="109"/>
+        <v>46</v>
+      </c>
+      <c r="D14" s="10" t="s">
+        <v>48</v>
+      </c>
       <c r="F14" s="27"/>
-      <c r="G14" s="103"/>
-      <c r="H14" s="103"/>
+      <c r="G14" s="27"/>
+      <c r="H14" s="27"/>
       <c r="I14" s="103"/>
-      <c r="J14" s="103"/>
-[...24 lines deleted...]
-    <row r="15" spans="1:33" s="9" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="J14" s="27"/>
+      <c r="K14" s="27"/>
+      <c r="L14" s="27"/>
+      <c r="M14" s="27"/>
+    </row>
+    <row r="15" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="72">
         <v>45929</v>
       </c>
-      <c r="B15" s="38" t="s">
-        <v>33</v>
+      <c r="B15" s="38">
+        <v>3904</v>
       </c>
       <c r="C15" s="38" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-      <c r="E15" s="109"/>
+        <v>49</v>
+      </c>
+      <c r="D15" s="10" t="s">
+        <v>50</v>
+      </c>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
-      <c r="I15" s="27"/>
+      <c r="I15" s="103"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="27"/>
     </row>
-    <row r="16" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="24">
+    <row r="16" spans="1:33" s="9" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+      <c r="A16" s="72">
         <v>45929</v>
       </c>
-      <c r="B16" s="11" t="s">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B16" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="38" t="s">
+        <v>51</v>
       </c>
       <c r="D16" s="74" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="E16" s="109"/>
       <c r="F16" s="27"/>
-      <c r="G16" s="27"/>
-[...8 lines deleted...]
-      <c r="A17" s="24">
+      <c r="G16" s="103"/>
+      <c r="H16" s="103"/>
+      <c r="I16" s="103"/>
+      <c r="J16" s="103"/>
+      <c r="K16" s="103"/>
+      <c r="L16" s="103"/>
+      <c r="M16" s="103"/>
+      <c r="N16" s="103"/>
+      <c r="O16" s="103"/>
+      <c r="P16" s="103"/>
+      <c r="Q16" s="103"/>
+      <c r="R16" s="103"/>
+      <c r="S16" s="103"/>
+      <c r="T16" s="103"/>
+      <c r="U16" s="103"/>
+      <c r="V16" s="103"/>
+      <c r="W16" s="103"/>
+      <c r="X16" s="103"/>
+      <c r="Y16" s="103"/>
+      <c r="Z16" s="103"/>
+      <c r="AA16" s="103"/>
+      <c r="AB16" s="103"/>
+      <c r="AC16" s="103"/>
+      <c r="AD16" s="103"/>
+      <c r="AE16" s="103"/>
+      <c r="AF16" s="36"/>
+      <c r="AG16" s="36"/>
+    </row>
+    <row r="17" spans="1:13" s="9" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+      <c r="A17" s="72">
         <v>45929</v>
       </c>
-      <c r="B17" s="115">
-[...6 lines deleted...]
-        <v>58</v>
+      <c r="B17" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="38" t="s">
+        <v>51</v>
+      </c>
+      <c r="D17" s="74" t="s">
+        <v>53</v>
       </c>
       <c r="E17" s="109"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="27"/>
     </row>
-    <row r="18" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A18" s="24">
         <v>45929</v>
       </c>
-      <c r="B18" s="116">
-        <v>4590</v>
+      <c r="B18" s="11" t="s">
+        <v>54</v>
       </c>
       <c r="C18" s="11" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>55</v>
+      </c>
+      <c r="D18" s="74" t="s">
+        <v>56</v>
       </c>
       <c r="E18" s="109"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
     </row>
-    <row r="19" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A19" s="24">
-        <v>45866</v>
+        <v>45929</v>
       </c>
       <c r="B19" s="115">
-        <v>3526</v>
+        <v>4526</v>
       </c>
       <c r="C19" s="11" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D19" s="107" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E19" s="109"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="27"/>
     </row>
-    <row r="20" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A20" s="24">
-        <v>45866</v>
+        <v>45929</v>
       </c>
       <c r="B20" s="116">
-        <v>3590</v>
+        <v>4590</v>
       </c>
       <c r="C20" s="11" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D20" s="108" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="E20" s="109"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
     </row>
-    <row r="21" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      </c>
+    <row r="21" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A21" s="24">
+        <v>45866</v>
+      </c>
+      <c r="B21" s="115">
+        <v>3526</v>
+      </c>
+      <c r="C21" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D21" s="107" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" s="109"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
     </row>
-    <row r="22" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      </c>
+    <row r="22" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="A22" s="24">
+        <v>45866</v>
+      </c>
+      <c r="B22" s="116">
+        <v>3590</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="D22" s="108" t="s">
+        <v>60</v>
+      </c>
+      <c r="E22" s="109"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
     </row>
-    <row r="23" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="72">
         <v>45838</v>
       </c>
       <c r="B23" s="38">
-        <v>3846</v>
+        <v>3803</v>
       </c>
       <c r="C23" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D23" s="106" t="s">
-        <v>65</v>
+      <c r="D23" s="10" t="s">
+        <v>61</v>
       </c>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
       <c r="M23" s="27"/>
     </row>
-    <row r="24" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="72">
         <v>45838</v>
       </c>
-      <c r="B24" s="38">
-        <v>4555</v>
+      <c r="B24" s="38" t="s">
+        <v>62</v>
       </c>
       <c r="C24" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>33</v>
+      </c>
+      <c r="D24" s="74" t="s">
+        <v>63</v>
       </c>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
     </row>
-    <row r="25" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="72">
         <v>45838</v>
       </c>
       <c r="B25" s="38">
-        <v>3678</v>
+        <v>3846</v>
       </c>
       <c r="C25" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>67</v>
+        <v>33</v>
+      </c>
+      <c r="D25" s="106" t="s">
+        <v>64</v>
       </c>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
     </row>
-    <row r="26" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="72">
         <v>45838</v>
       </c>
       <c r="B26" s="38">
-        <v>3802</v>
+        <v>4555</v>
       </c>
       <c r="C26" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>33</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>65</v>
       </c>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
     </row>
-    <row r="27" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="72">
         <v>45838</v>
       </c>
-      <c r="B27" s="38" t="s">
-        <v>55</v>
+      <c r="B27" s="38">
+        <v>3678</v>
       </c>
       <c r="C27" s="38" t="s">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>33</v>
+      </c>
+      <c r="D27" s="107" t="s">
+        <v>66</v>
       </c>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="27"/>
     </row>
-    <row r="28" spans="1:13" s="9" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="72">
         <v>45838</v>
       </c>
-      <c r="B28" s="38" t="s">
+      <c r="B28" s="38">
+        <v>3802</v>
+      </c>
+      <c r="C28" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="C28" s="38" t="s">
-[...3 lines deleted...]
-        <v>71</v>
+      <c r="D28" s="106" t="s">
+        <v>67</v>
       </c>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
     </row>
-    <row r="29" spans="1:13" s="9" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="72">
         <v>45838</v>
       </c>
       <c r="B29" s="38" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="C29" s="38" t="s">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="D29" s="74" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="E29" s="109"/>
+        <v>68</v>
+      </c>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>
       <c r="L29" s="27"/>
       <c r="M29" s="27"/>
     </row>
-    <row r="30" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:13" s="9" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A30" s="72">
         <v>45838</v>
       </c>
       <c r="B30" s="38" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="C30" s="38" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="D30" s="74" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="E30" s="109"/>
+        <v>70</v>
+      </c>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
     </row>
-    <row r="31" spans="1:13" s="9" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:13" s="9" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A31" s="72">
         <v>45838</v>
       </c>
       <c r="B31" s="38" t="s">
-        <v>76</v>
+        <v>32</v>
       </c>
       <c r="C31" s="38" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="D31" s="74" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E31" s="109"/>
-      <c r="F31" s="111"/>
+      <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
     </row>
-    <row r="32" spans="1:13" s="9" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A32" s="72">
         <v>45838</v>
       </c>
       <c r="B32" s="38" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="C32" s="38" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D32" s="74" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="E32" s="109"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27"/>
       <c r="M32" s="27"/>
     </row>
-    <row r="33" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:13" s="9" customFormat="1" ht="66" x14ac:dyDescent="0.3">
       <c r="A33" s="72">
         <v>45838</v>
       </c>
-      <c r="B33" s="38">
-        <v>3674</v>
+      <c r="B33" s="38" t="s">
+        <v>75</v>
       </c>
       <c r="C33" s="38" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="D33" s="74" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E33" s="109"/>
-      <c r="F33" s="27"/>
+      <c r="F33" s="111"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="27"/>
       <c r="J33" s="27"/>
       <c r="K33" s="27"/>
       <c r="L33" s="27"/>
       <c r="M33" s="27"/>
     </row>
-    <row r="34" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:13" s="9" customFormat="1" ht="66" x14ac:dyDescent="0.3">
       <c r="A34" s="72">
         <v>45838</v>
       </c>
       <c r="B34" s="38" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C34" s="38" t="s">
-        <v>45</v>
+        <v>71</v>
       </c>
       <c r="D34" s="74" t="s">
-        <v>82</v>
-      </c>
+        <v>78</v>
+      </c>
+      <c r="E34" s="109"/>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
       <c r="J34" s="27"/>
       <c r="K34" s="27"/>
       <c r="L34" s="27"/>
       <c r="M34" s="27"/>
     </row>
-    <row r="35" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A35" s="72">
         <v>45838</v>
       </c>
-      <c r="B35" s="38" t="s">
-        <v>33</v>
+      <c r="B35" s="38">
+        <v>3674</v>
       </c>
       <c r="C35" s="38" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
       <c r="D35" s="74" t="s">
-        <v>83</v>
-      </c>
+        <v>80</v>
+      </c>
+      <c r="E35" s="109"/>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
     </row>
-    <row r="36" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A36" s="72">
-        <v>45835</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>45838</v>
+      </c>
+      <c r="B36" s="38" t="s">
+        <v>32</v>
       </c>
       <c r="C36" s="38" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>44</v>
+      </c>
+      <c r="D36" s="74" t="s">
+        <v>81</v>
       </c>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="27"/>
       <c r="K36" s="27"/>
       <c r="L36" s="27"/>
       <c r="M36" s="27"/>
     </row>
-    <row r="37" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A37" s="72">
-        <v>45643</v>
-[...1 lines deleted...]
-      <c r="B37" s="77" t="s">
+        <v>45838</v>
+      </c>
+      <c r="B37" s="38" t="s">
+        <v>32</v>
+      </c>
+      <c r="C37" s="38" t="s">
         <v>33</v>
       </c>
-      <c r="C37" s="38" t="s">
-[...5 lines deleted...]
-      <c r="E37" s="27"/>
+      <c r="D37" s="74" t="s">
+        <v>82</v>
+      </c>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27"/>
       <c r="M37" s="27"/>
     </row>
-    <row r="38" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A38" s="72">
-        <v>45643</v>
+        <v>45835</v>
       </c>
       <c r="B38" s="77" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C38" s="38" t="s">
+        <v>83</v>
+      </c>
+      <c r="D38" s="101" t="s">
         <v>84</v>
       </c>
-      <c r="D38" s="91" t="s">
-[...2 lines deleted...]
-      <c r="E38" s="27"/>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="27"/>
       <c r="I38" s="27"/>
       <c r="J38" s="27"/>
       <c r="K38" s="27"/>
       <c r="L38" s="27"/>
       <c r="M38" s="27"/>
     </row>
-    <row r="39" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="24">
+    <row r="39" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="72">
         <v>45643</v>
       </c>
-      <c r="B39" s="11">
-        <v>3163</v>
+      <c r="B39" s="77" t="s">
+        <v>32</v>
       </c>
       <c r="C39" s="38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>33</v>
+      </c>
+      <c r="D39" s="96" t="s">
+        <v>85</v>
       </c>
       <c r="E39" s="27"/>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="27"/>
       <c r="J39" s="27"/>
       <c r="K39" s="27"/>
       <c r="L39" s="27"/>
       <c r="M39" s="27"/>
     </row>
-    <row r="40" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="24">
+    <row r="40" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="72">
         <v>45643</v>
       </c>
-      <c r="B40" s="11">
-        <v>3141</v>
+      <c r="B40" s="77" t="s">
+        <v>32</v>
       </c>
       <c r="C40" s="38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>83</v>
+      </c>
+      <c r="D40" s="91" t="s">
+        <v>86</v>
       </c>
       <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27"/>
       <c r="M40" s="27"/>
     </row>
-    <row r="41" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="24">
         <v>45643</v>
       </c>
       <c r="B41" s="11">
-        <v>3127</v>
+        <v>3163</v>
       </c>
       <c r="C41" s="38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>34</v>
+      </c>
+      <c r="D41" s="97" t="s">
+        <v>87</v>
       </c>
       <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
       <c r="J41" s="27"/>
       <c r="K41" s="27"/>
       <c r="L41" s="27"/>
       <c r="M41" s="27"/>
     </row>
-    <row r="42" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>3675</v>
+    <row r="42" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="24">
+        <v>45643</v>
+      </c>
+      <c r="B42" s="11">
+        <v>3141</v>
       </c>
       <c r="C42" s="38" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>91</v>
+        <v>34</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>88</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="27"/>
       <c r="K42" s="27"/>
       <c r="L42" s="27"/>
       <c r="M42" s="27"/>
     </row>
-    <row r="43" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>3676</v>
+    <row r="43" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="24">
+        <v>45643</v>
+      </c>
+      <c r="B43" s="11">
+        <v>3127</v>
       </c>
       <c r="C43" s="38" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>34</v>
+      </c>
+      <c r="D43" s="10" t="s">
+        <v>89</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="27"/>
       <c r="I43" s="27"/>
       <c r="J43" s="27"/>
       <c r="K43" s="27"/>
       <c r="L43" s="27"/>
       <c r="M43" s="27"/>
     </row>
-    <row r="44" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="72">
         <v>45593</v>
       </c>
       <c r="B44" s="77">
-        <v>3677</v>
+        <v>3675</v>
       </c>
       <c r="C44" s="38" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E44" s="94"/>
+        <v>49</v>
+      </c>
+      <c r="D44" s="92" t="s">
+        <v>90</v>
+      </c>
+      <c r="E44" s="27"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="27"/>
       <c r="I44" s="27"/>
       <c r="J44" s="27"/>
       <c r="K44" s="27"/>
       <c r="L44" s="27"/>
       <c r="M44" s="27"/>
     </row>
-    <row r="45" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="72">
         <v>45593</v>
       </c>
       <c r="B45" s="77">
-        <v>3678</v>
+        <v>3676</v>
       </c>
       <c r="C45" s="38" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E45" s="94"/>
+        <v>49</v>
+      </c>
+      <c r="D45" s="91" t="s">
+        <v>91</v>
+      </c>
+      <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="27"/>
       <c r="K45" s="27"/>
       <c r="L45" s="27"/>
       <c r="M45" s="27"/>
     </row>
-    <row r="46" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="72">
         <v>45593</v>
       </c>
       <c r="B46" s="77">
-        <v>3679</v>
+        <v>3677</v>
       </c>
       <c r="C46" s="38" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D46" s="95" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E46" s="94"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27"/>
       <c r="M46" s="27"/>
     </row>
-    <row r="47" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="72">
         <v>45593</v>
       </c>
       <c r="B47" s="77">
-        <v>3680</v>
+        <v>3678</v>
       </c>
       <c r="C47" s="38" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E47" s="27"/>
+        <v>49</v>
+      </c>
+      <c r="D47" s="95" t="s">
+        <v>93</v>
+      </c>
+      <c r="E47" s="94"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
       <c r="J47" s="27"/>
       <c r="K47" s="27"/>
       <c r="L47" s="27"/>
       <c r="M47" s="27"/>
     </row>
-    <row r="48" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="72">
         <v>45593</v>
       </c>
       <c r="B48" s="77">
-        <v>3681</v>
+        <v>3679</v>
       </c>
       <c r="C48" s="38" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E48" s="27"/>
+        <v>49</v>
+      </c>
+      <c r="D48" s="95" t="s">
+        <v>94</v>
+      </c>
+      <c r="E48" s="94"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="27"/>
       <c r="K48" s="27"/>
       <c r="L48" s="27"/>
       <c r="M48" s="27"/>
     </row>
-    <row r="49" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="72">
         <v>45593</v>
       </c>
       <c r="B49" s="77">
-        <v>3682</v>
+        <v>3680</v>
       </c>
       <c r="C49" s="38" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-      <c r="E49" s="94"/>
+        <v>49</v>
+      </c>
+      <c r="D49" s="91" t="s">
+        <v>95</v>
+      </c>
+      <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
       <c r="K49" s="27"/>
       <c r="L49" s="27"/>
       <c r="M49" s="27"/>
     </row>
-    <row r="50" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="72">
         <v>45593</v>
       </c>
-      <c r="B50" s="38">
-        <v>2018</v>
+      <c r="B50" s="77">
+        <v>3681</v>
       </c>
       <c r="C50" s="38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>99</v>
+        <v>49</v>
+      </c>
+      <c r="D50" s="91" t="s">
+        <v>96</v>
       </c>
       <c r="E50" s="27"/>
       <c r="F50" s="27"/>
       <c r="G50" s="27"/>
       <c r="H50" s="27"/>
       <c r="I50" s="27"/>
       <c r="J50" s="27"/>
       <c r="K50" s="27"/>
       <c r="L50" s="27"/>
       <c r="M50" s="27"/>
     </row>
-    <row r="51" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E51" s="27"/>
+    <row r="51" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="72">
+        <v>45593</v>
+      </c>
+      <c r="B51" s="77">
+        <v>3682</v>
+      </c>
+      <c r="C51" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D51" s="93" t="s">
+        <v>97</v>
+      </c>
+      <c r="E51" s="94"/>
       <c r="F51" s="27"/>
       <c r="G51" s="27"/>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
       <c r="J51" s="27"/>
       <c r="K51" s="27"/>
       <c r="L51" s="27"/>
       <c r="M51" s="27"/>
     </row>
-    <row r="52" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>103</v>
+    <row r="52" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="72">
+        <v>45593</v>
+      </c>
+      <c r="B52" s="38">
+        <v>2018</v>
+      </c>
+      <c r="C52" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D52" s="10" t="s">
+        <v>98</v>
       </c>
       <c r="E52" s="27"/>
       <c r="F52" s="27"/>
       <c r="G52" s="27"/>
       <c r="H52" s="27"/>
       <c r="I52" s="27"/>
       <c r="J52" s="27"/>
       <c r="K52" s="27"/>
       <c r="L52" s="27"/>
       <c r="M52" s="27"/>
     </row>
-    <row r="53" spans="1:13" s="9" customFormat="1" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="88">
-        <v>45226</v>
-[...2 lines deleted...]
-        <v>3124</v>
+        <v>45236</v>
+      </c>
+      <c r="B53" s="88" t="s">
+        <v>99</v>
       </c>
       <c r="C53" s="87" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="D53" s="19" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="27"/>
       <c r="M53" s="27"/>
     </row>
-    <row r="54" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>107</v>
+    <row r="54" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="88">
+        <v>45227</v>
+      </c>
+      <c r="B54" s="87">
+        <v>3175</v>
+      </c>
+      <c r="C54" s="87" t="s">
+        <v>34</v>
+      </c>
+      <c r="D54" s="19" t="s">
+        <v>102</v>
       </c>
       <c r="E54" s="27"/>
       <c r="F54" s="27"/>
       <c r="G54" s="27"/>
       <c r="H54" s="27"/>
       <c r="I54" s="27"/>
       <c r="J54" s="27"/>
       <c r="K54" s="27"/>
       <c r="L54" s="27"/>
       <c r="M54" s="27"/>
     </row>
-    <row r="55" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>108</v>
+    <row r="55" spans="1:13" s="9" customFormat="1" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="88">
+        <v>45226</v>
+      </c>
+      <c r="B55" s="87">
+        <v>3124</v>
+      </c>
+      <c r="C55" s="87" t="s">
+        <v>103</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>104</v>
       </c>
       <c r="E55" s="27"/>
       <c r="F55" s="27"/>
       <c r="G55" s="27"/>
       <c r="H55" s="27"/>
       <c r="I55" s="27"/>
       <c r="J55" s="27"/>
       <c r="K55" s="27"/>
       <c r="L55" s="27"/>
       <c r="M55" s="27"/>
     </row>
-    <row r="56" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="72">
         <v>45175</v>
       </c>
       <c r="B56" s="38">
-        <v>3606</v>
+        <v>3528</v>
       </c>
       <c r="C56" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="D56" s="10" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="27"/>
       <c r="M56" s="27"/>
     </row>
-    <row r="57" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="72">
         <v>45175</v>
       </c>
       <c r="B57" s="38">
-        <v>3607</v>
+        <v>3591</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="27"/>
       <c r="K57" s="27"/>
       <c r="L57" s="27"/>
       <c r="M57" s="27"/>
     </row>
-    <row r="58" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="72">
         <v>45175</v>
       </c>
       <c r="B58" s="38">
-        <v>3609</v>
+        <v>3606</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27"/>
       <c r="M58" s="27"/>
     </row>
-    <row r="59" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A59" s="72">
         <v>45175</v>
       </c>
       <c r="B59" s="38">
-        <v>3674</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>3607</v>
+      </c>
+      <c r="C59" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="D59" s="10" t="s">
+        <v>109</v>
       </c>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
       <c r="J59" s="27"/>
       <c r="K59" s="27"/>
       <c r="L59" s="27"/>
       <c r="M59" s="27"/>
     </row>
-    <row r="60" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="72">
-        <v>45124</v>
+        <v>45175</v>
       </c>
       <c r="B60" s="38">
-        <v>3674</v>
-[...6 lines deleted...]
-      </c>
+        <v>3609</v>
+      </c>
+      <c r="C60" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="D60" s="10" t="s">
+        <v>110</v>
+      </c>
+      <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="27"/>
       <c r="J60" s="27"/>
       <c r="K60" s="27"/>
       <c r="L60" s="27"/>
       <c r="M60" s="27"/>
     </row>
-    <row r="61" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="72">
-        <v>45124</v>
+        <v>45175</v>
       </c>
       <c r="B61" s="38">
-        <v>3631</v>
-[...6 lines deleted...]
-      </c>
+        <v>3674</v>
+      </c>
+      <c r="C61" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D61" s="74" t="s">
+        <v>111</v>
+      </c>
+      <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
       <c r="J61" s="27"/>
       <c r="K61" s="27"/>
       <c r="L61" s="27"/>
       <c r="M61" s="27"/>
     </row>
-    <row r="62" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>116</v>
+    <row r="62" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="72">
+        <v>45124</v>
+      </c>
+      <c r="B62" s="38">
+        <v>3674</v>
+      </c>
+      <c r="C62" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D62" s="74" t="s">
+        <v>112</v>
       </c>
       <c r="F62" s="27"/>
       <c r="G62" s="27"/>
       <c r="H62" s="27"/>
       <c r="I62" s="27"/>
       <c r="J62" s="27"/>
       <c r="K62" s="27"/>
       <c r="L62" s="27"/>
       <c r="M62" s="27"/>
     </row>
-    <row r="63" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>3508</v>
+    <row r="63" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="72">
+        <v>45124</v>
+      </c>
+      <c r="B63" s="38">
+        <v>3631</v>
       </c>
       <c r="C63" s="11" t="s">
-        <v>56</v>
+        <v>34</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="27"/>
       <c r="J63" s="27"/>
       <c r="K63" s="27"/>
       <c r="L63" s="27"/>
       <c r="M63" s="27"/>
     </row>
-    <row r="64" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A64" s="24">
         <v>45047</v>
       </c>
-      <c r="B64" s="79">
-        <v>3515</v>
+      <c r="B64" s="24" t="s">
+        <v>114</v>
       </c>
       <c r="C64" s="11" t="s">
-        <v>56</v>
+        <v>100</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="27"/>
       <c r="J64" s="27"/>
       <c r="K64" s="27"/>
       <c r="L64" s="27"/>
       <c r="M64" s="27"/>
     </row>
-    <row r="65" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A65" s="24">
         <v>45047</v>
       </c>
       <c r="B65" s="79">
-        <v>3521</v>
+        <v>3508</v>
       </c>
       <c r="C65" s="11" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D65" s="10" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F65" s="27"/>
       <c r="G65" s="27"/>
       <c r="H65" s="27"/>
       <c r="I65" s="27"/>
       <c r="J65" s="27"/>
       <c r="K65" s="27"/>
       <c r="L65" s="27"/>
       <c r="M65" s="27"/>
     </row>
-    <row r="66" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="24">
         <v>45047</v>
       </c>
-      <c r="B66" s="38">
-        <v>3555</v>
+      <c r="B66" s="79">
+        <v>3515</v>
       </c>
       <c r="C66" s="11" t="s">
-        <v>120</v>
+        <v>55</v>
       </c>
       <c r="D66" s="10" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27"/>
       <c r="M66" s="27"/>
     </row>
-    <row r="67" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="24">
         <v>45047</v>
       </c>
-      <c r="B67" s="38">
-        <v>3596</v>
+      <c r="B67" s="79">
+        <v>3521</v>
       </c>
       <c r="C67" s="11" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D67" s="10" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="F67" s="27"/>
       <c r="G67" s="27"/>
       <c r="H67" s="27"/>
       <c r="I67" s="27"/>
       <c r="J67" s="27"/>
       <c r="K67" s="27"/>
       <c r="L67" s="27"/>
       <c r="M67" s="27"/>
     </row>
-    <row r="68" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A68" s="72">
+    <row r="68" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="24">
         <v>45047</v>
       </c>
-      <c r="B68" s="11">
-[...6 lines deleted...]
-        <v>123</v>
+      <c r="B68" s="38">
+        <v>3555</v>
+      </c>
+      <c r="C68" s="11" t="s">
+        <v>119</v>
+      </c>
+      <c r="D68" s="10" t="s">
+        <v>120</v>
       </c>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="27"/>
       <c r="J68" s="27"/>
       <c r="K68" s="27"/>
       <c r="L68" s="27"/>
       <c r="M68" s="27"/>
     </row>
-    <row r="69" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A69" s="72">
+    <row r="69" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="24">
         <v>45047</v>
       </c>
-      <c r="B69" s="11">
-[...6 lines deleted...]
-        <v>124</v>
+      <c r="B69" s="38">
+        <v>3596</v>
+      </c>
+      <c r="C69" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="D69" s="10" t="s">
+        <v>121</v>
       </c>
       <c r="F69" s="27"/>
       <c r="G69" s="27"/>
       <c r="H69" s="27"/>
       <c r="I69" s="27"/>
       <c r="J69" s="27"/>
       <c r="K69" s="27"/>
       <c r="L69" s="27"/>
       <c r="M69" s="27"/>
     </row>
-    <row r="70" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A70" s="72">
         <v>45047</v>
       </c>
       <c r="B70" s="11">
-        <v>3533</v>
+        <v>3529</v>
       </c>
       <c r="C70" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>33</v>
+      </c>
+      <c r="D70" s="80" t="s">
+        <v>122</v>
       </c>
       <c r="F70" s="27"/>
       <c r="G70" s="27"/>
       <c r="H70" s="27"/>
       <c r="I70" s="27"/>
       <c r="J70" s="27"/>
       <c r="K70" s="27"/>
       <c r="L70" s="27"/>
       <c r="M70" s="27"/>
     </row>
-    <row r="71" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A71" s="72">
         <v>45047</v>
       </c>
       <c r="B71" s="11">
-        <v>3534</v>
+        <v>3530</v>
       </c>
       <c r="C71" s="38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D71" s="81" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27"/>
       <c r="M71" s="27"/>
     </row>
-    <row r="72" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="72">
         <v>45047</v>
       </c>
       <c r="B72" s="11">
-        <v>3537</v>
+        <v>3533</v>
       </c>
       <c r="C72" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>33</v>
+      </c>
+      <c r="D72" s="82" t="s">
+        <v>124</v>
       </c>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="27"/>
       <c r="J72" s="27"/>
       <c r="K72" s="27"/>
       <c r="L72" s="27"/>
       <c r="M72" s="27"/>
     </row>
-    <row r="73" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A73" s="72">
         <v>45047</v>
       </c>
       <c r="B73" s="11">
-        <v>3538</v>
+        <v>3534</v>
       </c>
       <c r="C73" s="38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D73" s="81" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="27"/>
       <c r="M73" s="27"/>
     </row>
-    <row r="74" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A74" s="72">
         <v>45047</v>
       </c>
       <c r="B74" s="11">
-        <v>3554</v>
+        <v>3537</v>
       </c>
       <c r="C74" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>33</v>
+      </c>
+      <c r="D74" s="83" t="s">
+        <v>126</v>
       </c>
       <c r="F74" s="27"/>
       <c r="G74" s="27"/>
       <c r="H74" s="27"/>
       <c r="I74" s="27"/>
       <c r="J74" s="27"/>
       <c r="K74" s="27"/>
       <c r="L74" s="27"/>
       <c r="M74" s="27"/>
     </row>
-    <row r="75" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A75" s="72">
         <v>45047</v>
       </c>
       <c r="B75" s="11">
-        <v>3594</v>
+        <v>3538</v>
       </c>
       <c r="C75" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>33</v>
+      </c>
+      <c r="D75" s="81" t="s">
+        <v>127</v>
       </c>
       <c r="F75" s="27"/>
       <c r="G75" s="27"/>
       <c r="H75" s="27"/>
       <c r="I75" s="27"/>
       <c r="J75" s="27"/>
       <c r="K75" s="27"/>
       <c r="L75" s="27"/>
       <c r="M75" s="27"/>
     </row>
-    <row r="76" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A76" s="72">
         <v>45047</v>
       </c>
       <c r="B76" s="11">
-        <v>3599</v>
+        <v>3554</v>
       </c>
       <c r="C76" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>33</v>
+      </c>
+      <c r="D76" s="84" t="s">
+        <v>128</v>
       </c>
       <c r="F76" s="27"/>
       <c r="G76" s="27"/>
       <c r="H76" s="27"/>
       <c r="I76" s="27"/>
       <c r="J76" s="27"/>
       <c r="K76" s="27"/>
       <c r="L76" s="27"/>
       <c r="M76" s="27"/>
     </row>
-    <row r="77" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="72">
         <v>45047</v>
       </c>
       <c r="B77" s="11">
-        <v>3616</v>
+        <v>3594</v>
       </c>
       <c r="C77" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>33</v>
+      </c>
+      <c r="D77" s="85" t="s">
+        <v>129</v>
       </c>
       <c r="F77" s="27"/>
       <c r="G77" s="27"/>
       <c r="H77" s="27"/>
       <c r="I77" s="27"/>
       <c r="J77" s="27"/>
       <c r="K77" s="27"/>
       <c r="L77" s="27"/>
       <c r="M77" s="27"/>
     </row>
-    <row r="78" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A78" s="72">
         <v>45047</v>
       </c>
       <c r="B78" s="11">
-        <v>3617</v>
+        <v>3599</v>
       </c>
       <c r="C78" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>33</v>
+      </c>
+      <c r="D78" s="85" t="s">
+        <v>130</v>
       </c>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="27"/>
       <c r="J78" s="27"/>
       <c r="K78" s="27"/>
       <c r="L78" s="27"/>
       <c r="M78" s="27"/>
     </row>
-    <row r="79" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A79" s="72">
         <v>45047</v>
       </c>
       <c r="B79" s="11">
-        <v>3620</v>
+        <v>3616</v>
       </c>
       <c r="C79" s="38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D79" s="81" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="27"/>
       <c r="J79" s="27"/>
       <c r="K79" s="27"/>
       <c r="L79" s="27"/>
       <c r="M79" s="27"/>
     </row>
-    <row r="80" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A80" s="72">
         <v>45047</v>
       </c>
       <c r="B80" s="11">
-        <v>3629</v>
+        <v>3617</v>
       </c>
       <c r="C80" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>33</v>
+      </c>
+      <c r="D80" s="81" t="s">
+        <v>132</v>
       </c>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
       <c r="I80" s="27"/>
       <c r="J80" s="27"/>
       <c r="K80" s="27"/>
       <c r="L80" s="27"/>
       <c r="M80" s="27"/>
     </row>
-    <row r="81" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A81" s="72">
         <v>45047</v>
       </c>
       <c r="B81" s="11">
-        <v>3636</v>
+        <v>3620</v>
       </c>
       <c r="C81" s="38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D81" s="81" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="27"/>
       <c r="J81" s="27"/>
       <c r="K81" s="27"/>
       <c r="L81" s="27"/>
       <c r="M81" s="27"/>
     </row>
-    <row r="82" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A82" s="72">
         <v>45047</v>
       </c>
       <c r="B82" s="11">
-        <v>3640</v>
+        <v>3629</v>
       </c>
       <c r="C82" s="38" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D82" s="85" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="F82" s="27"/>
       <c r="G82" s="27"/>
       <c r="H82" s="27"/>
       <c r="I82" s="27"/>
       <c r="J82" s="27"/>
       <c r="K82" s="27"/>
       <c r="L82" s="27"/>
       <c r="M82" s="27"/>
     </row>
-    <row r="83" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A83" s="72">
-        <v>45036</v>
-[...2 lines deleted...]
-        <v>3527</v>
+        <v>45047</v>
+      </c>
+      <c r="B83" s="11">
+        <v>3636</v>
       </c>
       <c r="C83" s="38" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>33</v>
+      </c>
+      <c r="D83" s="81" t="s">
+        <v>135</v>
       </c>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="27"/>
       <c r="J83" s="27"/>
       <c r="K83" s="27"/>
       <c r="L83" s="27"/>
       <c r="M83" s="27"/>
     </row>
-    <row r="84" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="72">
-        <v>45036</v>
-[...2 lines deleted...]
-        <v>3528</v>
+        <v>45047</v>
+      </c>
+      <c r="B84" s="11">
+        <v>3640</v>
       </c>
       <c r="C84" s="38" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>33</v>
+      </c>
+      <c r="D84" s="85" t="s">
+        <v>136</v>
       </c>
       <c r="F84" s="27"/>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="27"/>
       <c r="J84" s="27"/>
       <c r="K84" s="27"/>
       <c r="L84" s="27"/>
       <c r="M84" s="27"/>
     </row>
-    <row r="85" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="72">
         <v>45036</v>
       </c>
       <c r="B85" s="38">
-        <v>3642</v>
+        <v>3527</v>
       </c>
       <c r="C85" s="38" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="F85" s="27"/>
       <c r="G85" s="27"/>
       <c r="H85" s="27"/>
       <c r="I85" s="27"/>
       <c r="J85" s="27"/>
       <c r="K85" s="27"/>
       <c r="L85" s="27"/>
       <c r="M85" s="27"/>
     </row>
-    <row r="86" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>56</v>
+    <row r="86" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="72">
+        <v>45036</v>
+      </c>
+      <c r="B86" s="38">
+        <v>3528</v>
+      </c>
+      <c r="C86" s="38" t="s">
+        <v>103</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
       <c r="I86" s="27"/>
       <c r="J86" s="27"/>
       <c r="K86" s="27"/>
       <c r="L86" s="27"/>
       <c r="M86" s="27"/>
     </row>
-    <row r="87" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>144</v>
+    <row r="87" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="72">
+        <v>45036</v>
+      </c>
+      <c r="B87" s="38">
+        <v>3642</v>
+      </c>
+      <c r="C87" s="38" t="s">
+        <v>103</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="F87" s="27"/>
       <c r="G87" s="27"/>
       <c r="H87" s="27"/>
       <c r="I87" s="27"/>
       <c r="J87" s="27"/>
       <c r="K87" s="27"/>
       <c r="L87" s="27"/>
       <c r="M87" s="27"/>
     </row>
-    <row r="88" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="24">
         <v>45027</v>
       </c>
-      <c r="B88" s="11">
-        <v>3642</v>
+      <c r="B88" s="24" t="s">
+        <v>140</v>
       </c>
       <c r="C88" s="11" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
       <c r="I88" s="27"/>
       <c r="J88" s="27"/>
       <c r="K88" s="27"/>
       <c r="L88" s="27"/>
       <c r="M88" s="27"/>
     </row>
-    <row r="89" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="24">
         <v>45027</v>
       </c>
-      <c r="B89" s="11">
-        <v>3527</v>
+      <c r="B89" s="24" t="s">
+        <v>142</v>
       </c>
       <c r="C89" s="11" t="s">
-        <v>104</v>
+        <v>143</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="27"/>
       <c r="J89" s="27"/>
       <c r="K89" s="27"/>
       <c r="L89" s="27"/>
       <c r="M89" s="27"/>
     </row>
-    <row r="90" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="24">
         <v>45027</v>
       </c>
       <c r="B90" s="11">
-        <v>3528</v>
+        <v>3642</v>
       </c>
       <c r="C90" s="11" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F90" s="27"/>
       <c r="G90" s="27"/>
       <c r="H90" s="27"/>
       <c r="I90" s="27"/>
       <c r="J90" s="27"/>
       <c r="K90" s="27"/>
       <c r="L90" s="27"/>
       <c r="M90" s="27"/>
     </row>
-    <row r="91" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="24">
         <v>45027</v>
       </c>
       <c r="B91" s="11">
-        <v>3669</v>
+        <v>3527</v>
       </c>
       <c r="C91" s="11" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="F91" s="27"/>
       <c r="G91" s="27"/>
       <c r="H91" s="27"/>
       <c r="I91" s="27"/>
       <c r="J91" s="27"/>
       <c r="K91" s="27"/>
       <c r="L91" s="27"/>
       <c r="M91" s="27"/>
     </row>
-    <row r="92" spans="1:13" s="9" customFormat="1" ht="58.35" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="24">
         <v>45027</v>
       </c>
       <c r="B92" s="11">
-        <v>3551</v>
+        <v>3528</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>150</v>
+        <v>103</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="F92" s="27"/>
       <c r="G92" s="27"/>
       <c r="H92" s="27"/>
       <c r="I92" s="27"/>
       <c r="J92" s="27"/>
       <c r="K92" s="27"/>
       <c r="L92" s="27"/>
       <c r="M92" s="27"/>
     </row>
-    <row r="93" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>2050</v>
+    <row r="93" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B93" s="11">
+        <v>3669</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="F93" s="27"/>
       <c r="G93" s="27"/>
       <c r="H93" s="27"/>
       <c r="I93" s="27"/>
       <c r="J93" s="27"/>
       <c r="K93" s="27"/>
       <c r="L93" s="27"/>
       <c r="M93" s="27"/>
     </row>
-    <row r="94" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <v>34</v>
+    <row r="94" spans="1:13" s="9" customFormat="1" ht="58.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B94" s="11">
+        <v>3551</v>
+      </c>
+      <c r="C94" s="11" t="s">
+        <v>149</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>99</v>
+        <v>150</v>
       </c>
       <c r="F94" s="27"/>
       <c r="G94" s="27"/>
       <c r="H94" s="27"/>
       <c r="I94" s="27"/>
       <c r="J94" s="27"/>
       <c r="K94" s="27"/>
       <c r="L94" s="27"/>
       <c r="M94" s="27"/>
     </row>
-    <row r="95" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A95" s="72">
         <v>44984</v>
       </c>
       <c r="B95" s="38">
-        <v>3591</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>2050</v>
+      </c>
+      <c r="C95" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D95" s="10" t="s">
+        <v>151</v>
       </c>
       <c r="F95" s="27"/>
       <c r="G95" s="27"/>
       <c r="H95" s="27"/>
       <c r="I95" s="27"/>
       <c r="J95" s="27"/>
       <c r="K95" s="27"/>
       <c r="L95" s="27"/>
       <c r="M95" s="27"/>
     </row>
-    <row r="96" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A96" s="72">
         <v>44984</v>
       </c>
       <c r="B96" s="38">
-        <v>3587</v>
+        <v>2018</v>
       </c>
       <c r="C96" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>33</v>
+      </c>
+      <c r="D96" s="10" t="s">
+        <v>98</v>
       </c>
       <c r="F96" s="27"/>
       <c r="G96" s="27"/>
       <c r="H96" s="27"/>
       <c r="I96" s="27"/>
       <c r="J96" s="27"/>
       <c r="K96" s="27"/>
       <c r="L96" s="27"/>
       <c r="M96" s="27"/>
     </row>
-    <row r="97" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A97" s="72">
-        <v>44949</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>44984</v>
+      </c>
+      <c r="B97" s="38">
+        <v>3591</v>
+      </c>
+      <c r="C97" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="D97" s="75" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="E97" s="27"/>
+        <v>152</v>
+      </c>
       <c r="F97" s="27"/>
       <c r="G97" s="27"/>
       <c r="H97" s="27"/>
       <c r="I97" s="27"/>
       <c r="J97" s="27"/>
       <c r="K97" s="27"/>
       <c r="L97" s="27"/>
       <c r="M97" s="27"/>
     </row>
-    <row r="98" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A98" s="72">
-        <v>44949</v>
-[...10 lines deleted...]
-      <c r="E98" s="27"/>
+        <v>44984</v>
+      </c>
+      <c r="B98" s="38">
+        <v>3587</v>
+      </c>
+      <c r="C98" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="D98" s="75" t="s">
+        <v>153</v>
+      </c>
       <c r="F98" s="27"/>
       <c r="G98" s="27"/>
       <c r="H98" s="27"/>
       <c r="I98" s="27"/>
       <c r="J98" s="27"/>
       <c r="K98" s="27"/>
       <c r="L98" s="27"/>
       <c r="M98" s="27"/>
     </row>
-    <row r="99" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A99" s="72">
         <v>44949</v>
       </c>
       <c r="B99" s="77">
-        <v>3671</v>
+        <v>3669</v>
       </c>
       <c r="C99" s="11" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>49</v>
+      </c>
+      <c r="D99" s="75" t="s">
+        <v>154</v>
       </c>
       <c r="E99" s="27"/>
       <c r="F99" s="27"/>
       <c r="G99" s="27"/>
       <c r="H99" s="27"/>
       <c r="I99" s="27"/>
       <c r="J99" s="27"/>
       <c r="K99" s="27"/>
       <c r="L99" s="27"/>
       <c r="M99" s="27"/>
     </row>
-    <row r="100" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A100" s="72">
         <v>44949</v>
       </c>
       <c r="B100" s="77">
-        <v>3672</v>
+        <v>3670</v>
       </c>
       <c r="C100" s="11" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D100" s="10" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E100" s="27"/>
       <c r="F100" s="27"/>
       <c r="G100" s="27"/>
       <c r="H100" s="27"/>
       <c r="I100" s="27"/>
       <c r="J100" s="27"/>
       <c r="K100" s="27"/>
       <c r="L100" s="27"/>
       <c r="M100" s="27"/>
     </row>
-    <row r="101" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A101" s="72">
         <v>44949</v>
       </c>
       <c r="B101" s="77">
-        <v>3673</v>
+        <v>3671</v>
       </c>
       <c r="C101" s="11" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="E101" s="27"/>
       <c r="F101" s="27"/>
       <c r="G101" s="27"/>
       <c r="H101" s="27"/>
       <c r="I101" s="27"/>
       <c r="J101" s="27"/>
       <c r="K101" s="27"/>
       <c r="L101" s="27"/>
       <c r="M101" s="27"/>
     </row>
-    <row r="102" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A102" s="72">
         <v>44949</v>
       </c>
-      <c r="B102" s="78">
-[...3 lines deleted...]
-        <v>34</v>
+      <c r="B102" s="77">
+        <v>3672</v>
+      </c>
+      <c r="C102" s="11" t="s">
+        <v>49</v>
       </c>
       <c r="D102" s="10" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="E102" s="27"/>
       <c r="F102" s="27"/>
       <c r="G102" s="27"/>
       <c r="H102" s="27"/>
       <c r="I102" s="27"/>
       <c r="J102" s="27"/>
       <c r="K102" s="27"/>
       <c r="L102" s="27"/>
       <c r="M102" s="27"/>
     </row>
-    <row r="103" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A103" s="72">
         <v>44949</v>
       </c>
-      <c r="B103" s="38" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B103" s="77">
+        <v>3673</v>
+      </c>
+      <c r="C103" s="11" t="s">
+        <v>49</v>
+      </c>
+      <c r="D103" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="E103" s="27"/>
       <c r="F103" s="27"/>
       <c r="G103" s="27"/>
       <c r="H103" s="27"/>
       <c r="I103" s="27"/>
       <c r="J103" s="27"/>
       <c r="K103" s="27"/>
       <c r="L103" s="27"/>
       <c r="M103" s="27"/>
     </row>
-    <row r="104" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A104" s="72">
         <v>44949</v>
       </c>
-      <c r="B104" s="38">
-        <v>3010</v>
+      <c r="B104" s="78">
+        <v>3553</v>
       </c>
       <c r="C104" s="38" t="s">
-        <v>84</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D104" s="10" t="s">
+        <v>159</v>
+      </c>
+      <c r="E104" s="27"/>
       <c r="F104" s="27"/>
       <c r="G104" s="27"/>
       <c r="H104" s="27"/>
       <c r="I104" s="27"/>
       <c r="J104" s="27"/>
       <c r="K104" s="27"/>
       <c r="L104" s="27"/>
       <c r="M104" s="27"/>
     </row>
-    <row r="105" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A105" s="72">
-        <v>44907</v>
-[...2 lines deleted...]
-        <v>1003</v>
+        <v>44949</v>
+      </c>
+      <c r="B105" s="38" t="s">
+        <v>32</v>
       </c>
       <c r="C105" s="38" t="s">
-        <v>163</v>
+        <v>83</v>
       </c>
       <c r="D105" s="74" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="F105" s="27"/>
       <c r="G105" s="27"/>
       <c r="H105" s="27"/>
       <c r="I105" s="27"/>
       <c r="J105" s="27"/>
       <c r="K105" s="27"/>
       <c r="L105" s="27"/>
       <c r="M105" s="27"/>
     </row>
-    <row r="106" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A106" s="72">
-        <v>44907</v>
+        <v>44949</v>
       </c>
       <c r="B106" s="38">
-        <v>2001</v>
+        <v>3010</v>
       </c>
       <c r="C106" s="38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>83</v>
+      </c>
+      <c r="D106" s="74" t="s">
+        <v>161</v>
       </c>
       <c r="F106" s="27"/>
       <c r="G106" s="27"/>
       <c r="H106" s="27"/>
       <c r="I106" s="27"/>
       <c r="J106" s="27"/>
       <c r="K106" s="27"/>
       <c r="L106" s="27"/>
       <c r="M106" s="27"/>
     </row>
-    <row r="107" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A107" s="72">
         <v>44907</v>
       </c>
       <c r="B107" s="38">
-        <v>2003</v>
+        <v>1003</v>
       </c>
       <c r="C107" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D107" s="74" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="F107" s="27"/>
       <c r="G107" s="27"/>
       <c r="H107" s="27"/>
       <c r="I107" s="27"/>
       <c r="J107" s="27"/>
       <c r="K107" s="27"/>
       <c r="L107" s="27"/>
       <c r="M107" s="27"/>
     </row>
-    <row r="108" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A108" s="72">
         <v>44907</v>
       </c>
       <c r="B108" s="38">
-        <v>3628</v>
+        <v>2001</v>
       </c>
       <c r="C108" s="38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>162</v>
+      </c>
+      <c r="D108" s="10" t="s">
+        <v>164</v>
       </c>
       <c r="F108" s="27"/>
       <c r="G108" s="27"/>
       <c r="H108" s="27"/>
       <c r="I108" s="27"/>
       <c r="J108" s="27"/>
       <c r="K108" s="27"/>
       <c r="L108" s="27"/>
       <c r="M108" s="27"/>
     </row>
-    <row r="109" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A109" s="72">
         <v>44907</v>
       </c>
       <c r="B109" s="38">
-        <v>3632</v>
+        <v>2003</v>
       </c>
       <c r="C109" s="38" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>162</v>
+      </c>
+      <c r="D109" s="74" t="s">
+        <v>165</v>
       </c>
       <c r="F109" s="27"/>
       <c r="G109" s="27"/>
       <c r="H109" s="27"/>
       <c r="I109" s="27"/>
       <c r="J109" s="27"/>
       <c r="K109" s="27"/>
       <c r="L109" s="27"/>
       <c r="M109" s="27"/>
     </row>
-    <row r="110" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A110" s="72">
         <v>44907</v>
       </c>
       <c r="B110" s="38">
-        <v>3604</v>
+        <v>3628</v>
       </c>
       <c r="C110" s="38" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>162</v>
+      </c>
+      <c r="D110" s="74" t="s">
+        <v>166</v>
       </c>
       <c r="F110" s="27"/>
       <c r="G110" s="27"/>
       <c r="H110" s="27"/>
       <c r="I110" s="27"/>
       <c r="J110" s="27"/>
       <c r="K110" s="27"/>
       <c r="L110" s="27"/>
       <c r="M110" s="27"/>
     </row>
-    <row r="111" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A111" s="72">
         <v>44907</v>
       </c>
       <c r="B111" s="38">
-        <v>3585</v>
+        <v>3632</v>
       </c>
       <c r="C111" s="38" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="F111" s="27"/>
       <c r="G111" s="27"/>
       <c r="H111" s="27"/>
       <c r="I111" s="27"/>
       <c r="J111" s="27"/>
       <c r="K111" s="27"/>
       <c r="L111" s="27"/>
       <c r="M111" s="27"/>
     </row>
-    <row r="112" spans="1:13" s="9" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A112" s="72">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="B112" s="38">
-        <v>1003</v>
+        <v>3604</v>
       </c>
       <c r="C112" s="38" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>34</v>
+      </c>
+      <c r="D112" s="10" t="s">
+        <v>168</v>
       </c>
       <c r="F112" s="27"/>
       <c r="G112" s="27"/>
       <c r="H112" s="27"/>
       <c r="I112" s="27"/>
       <c r="J112" s="27"/>
       <c r="K112" s="27"/>
       <c r="L112" s="27"/>
       <c r="M112" s="27"/>
     </row>
-    <row r="113" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A113" s="72">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="B113" s="38">
-        <v>2003</v>
+        <v>3585</v>
       </c>
       <c r="C113" s="38" t="s">
-        <v>163</v>
+        <v>34</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F113" s="27"/>
       <c r="G113" s="27"/>
       <c r="H113" s="27"/>
       <c r="I113" s="27"/>
       <c r="J113" s="27"/>
       <c r="K113" s="27"/>
       <c r="L113" s="27"/>
       <c r="M113" s="27"/>
     </row>
-    <row r="114" spans="1:13" s="36" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:13" s="9" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="72">
         <v>44886</v>
       </c>
       <c r="B114" s="38">
-        <v>3021</v>
+        <v>1003</v>
       </c>
       <c r="C114" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D114" s="74" t="s">
-        <v>173</v>
-[...10 lines deleted...]
-    <row r="115" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>170</v>
+      </c>
+      <c r="F114" s="27"/>
+      <c r="G114" s="27"/>
+      <c r="H114" s="27"/>
+      <c r="I114" s="27"/>
+      <c r="J114" s="27"/>
+      <c r="K114" s="27"/>
+      <c r="L114" s="27"/>
+      <c r="M114" s="27"/>
+    </row>
+    <row r="115" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A115" s="72">
         <v>44886</v>
       </c>
-      <c r="B115" s="11">
-        <v>3565</v>
+      <c r="B115" s="38">
+        <v>2003</v>
       </c>
       <c r="C115" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="F115" s="27"/>
       <c r="G115" s="27"/>
       <c r="H115" s="27"/>
       <c r="I115" s="27"/>
       <c r="J115" s="27"/>
       <c r="K115" s="27"/>
       <c r="L115" s="27"/>
       <c r="M115" s="27"/>
     </row>
-    <row r="116" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:13" s="36" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A116" s="72">
         <v>44886</v>
       </c>
-      <c r="B116" s="11">
-        <v>3655</v>
+      <c r="B116" s="38">
+        <v>3021</v>
       </c>
       <c r="C116" s="38" t="s">
-        <v>163</v>
-[...13 lines deleted...]
-    <row r="117" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+      <c r="D116" s="74" t="s">
+        <v>172</v>
+      </c>
+      <c r="F116" s="112"/>
+      <c r="G116" s="112"/>
+      <c r="H116" s="112"/>
+      <c r="I116" s="112"/>
+      <c r="J116" s="112"/>
+      <c r="K116" s="112"/>
+      <c r="L116" s="112"/>
+      <c r="M116" s="112"/>
+    </row>
+    <row r="117" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A117" s="72">
         <v>44886</v>
       </c>
       <c r="B117" s="11">
-        <v>3574</v>
+        <v>3565</v>
       </c>
       <c r="C117" s="38" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="D117" s="10" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="F117" s="27"/>
       <c r="G117" s="27"/>
       <c r="H117" s="27"/>
       <c r="I117" s="27"/>
       <c r="J117" s="27"/>
       <c r="K117" s="27"/>
       <c r="L117" s="27"/>
       <c r="M117" s="27"/>
     </row>
-    <row r="118" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A118" s="72">
         <v>44886</v>
       </c>
       <c r="B118" s="11">
-        <v>3656</v>
+        <v>3655</v>
       </c>
       <c r="C118" s="38" t="s">
-        <v>176</v>
+        <v>162</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="F118" s="27"/>
       <c r="G118" s="27"/>
       <c r="H118" s="27"/>
       <c r="I118" s="27"/>
       <c r="J118" s="27"/>
       <c r="K118" s="27"/>
       <c r="L118" s="27"/>
       <c r="M118" s="27"/>
     </row>
-    <row r="119" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A119" s="72">
         <v>44886</v>
       </c>
-      <c r="B119" s="38">
-[...3 lines deleted...]
-        <v>50</v>
+      <c r="B119" s="11">
+        <v>3574</v>
+      </c>
+      <c r="C119" s="38" t="s">
+        <v>175</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="F119" s="27"/>
       <c r="G119" s="27"/>
       <c r="H119" s="27"/>
       <c r="I119" s="27"/>
       <c r="J119" s="27"/>
       <c r="K119" s="27"/>
       <c r="L119" s="27"/>
       <c r="M119" s="27"/>
     </row>
-    <row r="120" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A120" s="72">
         <v>44886</v>
       </c>
-      <c r="B120" s="38">
-        <v>3528</v>
+      <c r="B120" s="11">
+        <v>3656</v>
       </c>
       <c r="C120" s="38" t="s">
-        <v>104</v>
+        <v>175</v>
       </c>
       <c r="D120" s="10" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F120" s="27"/>
       <c r="G120" s="27"/>
       <c r="H120" s="27"/>
       <c r="I120" s="27"/>
       <c r="J120" s="27"/>
       <c r="K120" s="27"/>
       <c r="L120" s="27"/>
       <c r="M120" s="27"/>
     </row>
-    <row r="121" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A121" s="72">
         <v>44886</v>
       </c>
       <c r="B121" s="38">
-        <v>3556</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>3657</v>
+      </c>
+      <c r="C121" s="11" t="s">
+        <v>49</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="F121" s="27"/>
       <c r="G121" s="27"/>
       <c r="H121" s="27"/>
       <c r="I121" s="27"/>
       <c r="J121" s="27"/>
       <c r="K121" s="27"/>
       <c r="L121" s="27"/>
       <c r="M121" s="27"/>
     </row>
-    <row r="122" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D122" s="10"/>
+    <row r="122" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A122" s="72">
+        <v>44886</v>
+      </c>
+      <c r="B122" s="38">
+        <v>3528</v>
+      </c>
+      <c r="C122" s="38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D122" s="10" t="s">
+        <v>179</v>
+      </c>
       <c r="F122" s="27"/>
       <c r="G122" s="27"/>
       <c r="H122" s="27"/>
       <c r="I122" s="27"/>
       <c r="J122" s="27"/>
       <c r="K122" s="27"/>
       <c r="L122" s="27"/>
       <c r="M122" s="27"/>
     </row>
-    <row r="123" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A123" s="72">
         <v>44886</v>
       </c>
       <c r="B123" s="38">
-        <v>3632</v>
+        <v>3556</v>
       </c>
       <c r="C123" s="38" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="F123" s="27"/>
       <c r="G123" s="27"/>
       <c r="H123" s="27"/>
       <c r="I123" s="27"/>
       <c r="J123" s="27"/>
       <c r="K123" s="27"/>
       <c r="L123" s="27"/>
       <c r="M123" s="27"/>
     </row>
-    <row r="124" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      </c>
+    <row r="124" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A124" s="72"/>
+      <c r="B124" s="38"/>
+      <c r="C124" s="38"/>
+      <c r="D124" s="10"/>
       <c r="F124" s="27"/>
       <c r="G124" s="27"/>
       <c r="H124" s="27"/>
       <c r="I124" s="27"/>
       <c r="J124" s="27"/>
       <c r="K124" s="27"/>
       <c r="L124" s="27"/>
       <c r="M124" s="27"/>
     </row>
-    <row r="125" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A125" s="72">
         <v>44886</v>
       </c>
-      <c r="B125" s="11">
-        <v>3121</v>
+      <c r="B125" s="38">
+        <v>3632</v>
       </c>
       <c r="C125" s="38" t="s">
-        <v>35</v>
+        <v>103</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F125" s="27"/>
       <c r="G125" s="27"/>
       <c r="H125" s="27"/>
       <c r="I125" s="27"/>
       <c r="J125" s="27"/>
       <c r="K125" s="27"/>
       <c r="L125" s="27"/>
       <c r="M125" s="27"/>
     </row>
-    <row r="126" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A126" s="72">
         <v>44886</v>
       </c>
-      <c r="B126" s="38">
-        <v>3621</v>
+      <c r="B126" s="11">
+        <v>3120</v>
       </c>
       <c r="C126" s="38" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F126" s="27"/>
       <c r="G126" s="27"/>
       <c r="H126" s="27"/>
       <c r="I126" s="27"/>
       <c r="J126" s="27"/>
       <c r="K126" s="27"/>
       <c r="L126" s="27"/>
       <c r="M126" s="27"/>
     </row>
-    <row r="127" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A127" s="72">
-        <v>44872</v>
+        <v>44886</v>
       </c>
       <c r="B127" s="11">
-        <v>3531</v>
+        <v>3121</v>
       </c>
       <c r="C127" s="38" t="s">
-        <v>163</v>
+        <v>34</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F127" s="27"/>
       <c r="G127" s="27"/>
       <c r="H127" s="27"/>
       <c r="I127" s="27"/>
       <c r="J127" s="27"/>
       <c r="K127" s="27"/>
       <c r="L127" s="27"/>
       <c r="M127" s="27"/>
     </row>
-    <row r="128" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A128" s="72">
-        <v>44872</v>
-[...2 lines deleted...]
-        <v>3535</v>
+        <v>44886</v>
+      </c>
+      <c r="B128" s="38">
+        <v>3621</v>
       </c>
       <c r="C128" s="38" t="s">
-        <v>163</v>
+        <v>34</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="F128" s="27"/>
       <c r="G128" s="27"/>
       <c r="H128" s="27"/>
       <c r="I128" s="27"/>
       <c r="J128" s="27"/>
       <c r="K128" s="27"/>
       <c r="L128" s="27"/>
       <c r="M128" s="27"/>
     </row>
-    <row r="129" spans="1:75" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A129" s="72">
         <v>44872</v>
       </c>
       <c r="B129" s="11">
-        <v>3539</v>
+        <v>3531</v>
       </c>
       <c r="C129" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F129" s="27"/>
       <c r="G129" s="27"/>
       <c r="H129" s="27"/>
       <c r="I129" s="27"/>
       <c r="J129" s="27"/>
       <c r="K129" s="27"/>
       <c r="L129" s="27"/>
       <c r="M129" s="27"/>
     </row>
-    <row r="130" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="130" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A130" s="72">
         <v>44872</v>
       </c>
       <c r="B130" s="11">
-        <v>3585</v>
+        <v>3535</v>
       </c>
       <c r="C130" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D130" s="10" t="s">
-        <v>170</v>
-[...10 lines deleted...]
-    <row r="131" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+        <v>186</v>
+      </c>
+      <c r="F130" s="27"/>
+      <c r="G130" s="27"/>
+      <c r="H130" s="27"/>
+      <c r="I130" s="27"/>
+      <c r="J130" s="27"/>
+      <c r="K130" s="27"/>
+      <c r="L130" s="27"/>
+      <c r="M130" s="27"/>
+    </row>
+    <row r="131" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A131" s="72">
         <v>44872</v>
       </c>
       <c r="B131" s="11">
-        <v>3600</v>
+        <v>3539</v>
       </c>
       <c r="C131" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D131" s="10" t="s">
-        <v>189</v>
-[...10 lines deleted...]
-    <row r="132" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+        <v>187</v>
+      </c>
+      <c r="F131" s="27"/>
+      <c r="G131" s="27"/>
+      <c r="H131" s="27"/>
+      <c r="I131" s="27"/>
+      <c r="J131" s="27"/>
+      <c r="K131" s="27"/>
+      <c r="L131" s="27"/>
+      <c r="M131" s="27"/>
+    </row>
+    <row r="132" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A132" s="72">
         <v>44872</v>
       </c>
-      <c r="B132" s="38">
-        <v>3570</v>
+      <c r="B132" s="11">
+        <v>3585</v>
       </c>
       <c r="C132" s="38" t="s">
-        <v>35</v>
+        <v>162</v>
       </c>
       <c r="D132" s="10" t="s">
-        <v>190</v>
+        <v>169</v>
       </c>
       <c r="F132" s="113"/>
       <c r="G132" s="113"/>
       <c r="H132" s="113"/>
       <c r="I132" s="113"/>
       <c r="J132" s="113"/>
       <c r="K132" s="113"/>
       <c r="L132" s="113"/>
       <c r="M132" s="113"/>
     </row>
-    <row r="133" spans="1:75" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A133" s="72">
         <v>44872</v>
       </c>
-      <c r="B133" s="38">
-        <v>3571</v>
+      <c r="B133" s="11">
+        <v>3600</v>
       </c>
       <c r="C133" s="38" t="s">
-        <v>35</v>
+        <v>162</v>
       </c>
       <c r="D133" s="10" t="s">
-        <v>191</v>
-[...10 lines deleted...]
-    <row r="134" spans="1:75" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>188</v>
+      </c>
+      <c r="F133" s="113"/>
+      <c r="G133" s="113"/>
+      <c r="H133" s="113"/>
+      <c r="I133" s="113"/>
+      <c r="J133" s="113"/>
+      <c r="K133" s="113"/>
+      <c r="L133" s="113"/>
+      <c r="M133" s="113"/>
+    </row>
+    <row r="134" spans="1:13" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A134" s="72">
         <v>44872</v>
       </c>
       <c r="B134" s="38">
+        <v>3570</v>
+      </c>
+      <c r="C134" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="F134" s="113"/>
+      <c r="G134" s="113"/>
+      <c r="H134" s="113"/>
+      <c r="I134" s="113"/>
+      <c r="J134" s="113"/>
+      <c r="K134" s="113"/>
+      <c r="L134" s="113"/>
+      <c r="M134" s="113"/>
+    </row>
+    <row r="135" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+      <c r="A135" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B135" s="38">
+        <v>3571</v>
+      </c>
+      <c r="C135" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="F135" s="27"/>
+      <c r="G135" s="27"/>
+      <c r="H135" s="27"/>
+      <c r="I135" s="27"/>
+      <c r="J135" s="27"/>
+      <c r="K135" s="27"/>
+      <c r="L135" s="27"/>
+      <c r="M135" s="27"/>
+    </row>
+    <row r="136" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A136" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B136" s="38">
         <v>3574</v>
       </c>
-      <c r="C134" s="38" t="s">
-[...2 lines deleted...]
-      <c r="D134" s="10" t="s">
+      <c r="C136" s="38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="F136" s="27"/>
+      <c r="G136" s="27"/>
+      <c r="H136" s="27"/>
+      <c r="I136" s="27"/>
+      <c r="J136" s="27"/>
+      <c r="K136" s="27"/>
+      <c r="L136" s="27"/>
+      <c r="M136" s="27"/>
+    </row>
+    <row r="137" spans="1:13" s="39" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+      <c r="A137" s="24">
+        <v>44858</v>
+      </c>
+      <c r="B137" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="C137" s="11" t="s">
         <v>192</v>
       </c>
-      <c r="F134" s="27"/>
-[...15 lines deleted...]
-      <c r="C135" s="11" t="s">
+      <c r="D137" s="10" t="s">
         <v>193</v>
       </c>
-      <c r="D135" s="10" t="s">
+      <c r="F137" s="110"/>
+      <c r="G137" s="110"/>
+      <c r="H137" s="110"/>
+      <c r="I137" s="110"/>
+      <c r="J137" s="110"/>
+      <c r="K137" s="110"/>
+      <c r="L137" s="110"/>
+      <c r="M137" s="110"/>
+    </row>
+    <row r="138" spans="1:13" s="36" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A138" s="24">
+        <v>44830</v>
+      </c>
+      <c r="B138" s="11">
+        <v>3425</v>
+      </c>
+      <c r="C138" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D138" s="10" t="s">
         <v>194</v>
-      </c>
-[...64 lines deleted...]
-        <v>103</v>
       </c>
       <c r="F138" s="112"/>
       <c r="G138" s="112"/>
       <c r="H138" s="112"/>
       <c r="I138" s="112"/>
       <c r="J138" s="112"/>
       <c r="K138" s="112"/>
       <c r="L138" s="112"/>
       <c r="M138" s="112"/>
     </row>
-    <row r="139" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="139" spans="1:13" s="36" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A139" s="24">
-        <v>44739</v>
+        <v>44830</v>
       </c>
       <c r="B139" s="11">
-        <v>3176</v>
+        <v>3317</v>
       </c>
       <c r="C139" s="11" t="s">
-        <v>50</v>
-[...13 lines deleted...]
-    <row r="140" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+        <v>195</v>
+      </c>
+      <c r="D139" s="10" t="s">
+        <v>196</v>
+      </c>
+      <c r="F139" s="112"/>
+      <c r="G139" s="112"/>
+      <c r="H139" s="112"/>
+      <c r="I139" s="112"/>
+      <c r="J139" s="112"/>
+      <c r="K139" s="112"/>
+      <c r="L139" s="112"/>
+      <c r="M139" s="112"/>
+    </row>
+    <row r="140" spans="1:13" s="36" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A140" s="24">
         <v>44739</v>
       </c>
       <c r="B140" s="11">
-        <v>3029</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>3175</v>
+      </c>
+      <c r="C140" s="11" t="s">
+        <v>49</v>
       </c>
       <c r="D140" s="73" t="s">
-        <v>199</v>
-[...10 lines deleted...]
-    <row r="141" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+        <v>102</v>
+      </c>
+      <c r="F140" s="112"/>
+      <c r="G140" s="112"/>
+      <c r="H140" s="112"/>
+      <c r="I140" s="112"/>
+      <c r="J140" s="112"/>
+      <c r="K140" s="112"/>
+      <c r="L140" s="112"/>
+      <c r="M140" s="112"/>
+    </row>
+    <row r="141" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A141" s="24">
-        <v>44712</v>
+        <v>44739</v>
       </c>
       <c r="B141" s="11">
-        <v>2006</v>
+        <v>3176</v>
       </c>
       <c r="C141" s="11" t="s">
-        <v>200</v>
+        <v>49</v>
       </c>
       <c r="D141" s="73" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="F141" s="113"/>
       <c r="G141" s="113"/>
       <c r="H141" s="113"/>
       <c r="I141" s="113"/>
       <c r="J141" s="113"/>
       <c r="K141" s="113"/>
       <c r="L141" s="113"/>
       <c r="M141" s="113"/>
     </row>
-    <row r="142" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="142" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A142" s="24">
-        <v>44712</v>
+        <v>44739</v>
       </c>
       <c r="B142" s="11">
-        <v>3004</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>3029</v>
+      </c>
+      <c r="C142" s="38" t="s">
+        <v>162</v>
       </c>
       <c r="D142" s="73" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="F142" s="113"/>
       <c r="G142" s="113"/>
       <c r="H142" s="113"/>
       <c r="I142" s="113"/>
       <c r="J142" s="113"/>
       <c r="K142" s="113"/>
       <c r="L142" s="113"/>
       <c r="M142" s="113"/>
     </row>
-    <row r="143" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="143" spans="1:13" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A143" s="24">
         <v>44712</v>
       </c>
-      <c r="B143" s="38">
-        <v>3069</v>
+      <c r="B143" s="11">
+        <v>2006</v>
       </c>
       <c r="C143" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="D143" s="73" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="F143" s="113"/>
       <c r="G143" s="113"/>
       <c r="H143" s="113"/>
       <c r="I143" s="113"/>
       <c r="J143" s="113"/>
       <c r="K143" s="113"/>
       <c r="L143" s="113"/>
       <c r="M143" s="113"/>
     </row>
-    <row r="144" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="144" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A144" s="24">
-        <v>44704</v>
+        <v>44712</v>
       </c>
       <c r="B144" s="11">
-        <v>3416</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>3004</v>
+      </c>
+      <c r="C144" s="11" t="s">
+        <v>201</v>
       </c>
       <c r="D144" s="73" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="E144" s="33"/>
+        <v>202</v>
+      </c>
       <c r="F144" s="113"/>
       <c r="G144" s="113"/>
       <c r="H144" s="113"/>
       <c r="I144" s="113"/>
       <c r="J144" s="113"/>
       <c r="K144" s="113"/>
       <c r="L144" s="113"/>
       <c r="M144" s="113"/>
-      <c r="N144" s="33"/>
-[...62 lines deleted...]
-    <row r="145" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="145" spans="1:75" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A145" s="24">
-        <v>44704</v>
-[...10 lines deleted...]
-      <c r="E145" s="33"/>
+        <v>44712</v>
+      </c>
+      <c r="B145" s="38">
+        <v>3069</v>
+      </c>
+      <c r="C145" s="11" t="s">
+        <v>199</v>
+      </c>
+      <c r="D145" s="10" t="s">
+        <v>203</v>
+      </c>
       <c r="F145" s="113"/>
       <c r="G145" s="113"/>
       <c r="H145" s="113"/>
       <c r="I145" s="113"/>
       <c r="J145" s="113"/>
       <c r="K145" s="113"/>
       <c r="L145" s="113"/>
       <c r="M145" s="113"/>
-      <c r="N145" s="33"/>
-[...62 lines deleted...]
-    <row r="146" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    </row>
+    <row r="146" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A146" s="24">
         <v>44704</v>
       </c>
       <c r="B146" s="11">
-        <v>3421</v>
+        <v>3416</v>
       </c>
       <c r="C146" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D146" s="73" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="E146" s="33"/>
       <c r="F146" s="113"/>
       <c r="G146" s="113"/>
       <c r="H146" s="113"/>
       <c r="I146" s="113"/>
       <c r="J146" s="113"/>
       <c r="K146" s="113"/>
       <c r="L146" s="113"/>
       <c r="M146" s="113"/>
       <c r="N146" s="33"/>
       <c r="O146" s="33"/>
       <c r="P146" s="33"/>
       <c r="Q146" s="33"/>
       <c r="R146" s="33"/>
       <c r="S146" s="33"/>
       <c r="T146" s="33"/>
       <c r="U146" s="33"/>
       <c r="V146" s="33"/>
       <c r="W146" s="33"/>
       <c r="X146" s="33"/>
       <c r="Y146" s="33"/>
       <c r="Z146" s="33"/>
       <c r="AA146" s="33"/>
       <c r="AB146" s="33"/>
@@ -9105,62 +8970,62 @@
       <c r="AZ146" s="33"/>
       <c r="BA146" s="33"/>
       <c r="BB146" s="33"/>
       <c r="BC146" s="33"/>
       <c r="BD146" s="33"/>
       <c r="BE146" s="33"/>
       <c r="BF146" s="33"/>
       <c r="BG146" s="33"/>
       <c r="BH146" s="33"/>
       <c r="BI146" s="33"/>
       <c r="BJ146" s="33"/>
       <c r="BK146" s="33"/>
       <c r="BL146" s="33"/>
       <c r="BM146" s="33"/>
       <c r="BN146" s="33"/>
       <c r="BO146" s="33"/>
       <c r="BP146" s="33"/>
       <c r="BQ146" s="33"/>
       <c r="BR146" s="33"/>
       <c r="BS146" s="33"/>
       <c r="BT146" s="33"/>
       <c r="BU146" s="33"/>
       <c r="BV146" s="33"/>
       <c r="BW146" s="33"/>
     </row>
-    <row r="147" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="147" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A147" s="24">
         <v>44704</v>
       </c>
       <c r="B147" s="11">
-        <v>3422</v>
+        <v>3417</v>
       </c>
       <c r="C147" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D147" s="73" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E147" s="33"/>
       <c r="F147" s="113"/>
       <c r="G147" s="113"/>
       <c r="H147" s="113"/>
       <c r="I147" s="113"/>
       <c r="J147" s="113"/>
       <c r="K147" s="113"/>
       <c r="L147" s="113"/>
       <c r="M147" s="113"/>
       <c r="N147" s="33"/>
       <c r="O147" s="33"/>
       <c r="P147" s="33"/>
       <c r="Q147" s="33"/>
       <c r="R147" s="33"/>
       <c r="S147" s="33"/>
       <c r="T147" s="33"/>
       <c r="U147" s="33"/>
       <c r="V147" s="33"/>
       <c r="W147" s="33"/>
       <c r="X147" s="33"/>
       <c r="Y147" s="33"/>
       <c r="Z147" s="33"/>
       <c r="AA147" s="33"/>
       <c r="AB147" s="33"/>
@@ -9190,10911 +9055,11081 @@
       <c r="AZ147" s="33"/>
       <c r="BA147" s="33"/>
       <c r="BB147" s="33"/>
       <c r="BC147" s="33"/>
       <c r="BD147" s="33"/>
       <c r="BE147" s="33"/>
       <c r="BF147" s="33"/>
       <c r="BG147" s="33"/>
       <c r="BH147" s="33"/>
       <c r="BI147" s="33"/>
       <c r="BJ147" s="33"/>
       <c r="BK147" s="33"/>
       <c r="BL147" s="33"/>
       <c r="BM147" s="33"/>
       <c r="BN147" s="33"/>
       <c r="BO147" s="33"/>
       <c r="BP147" s="33"/>
       <c r="BQ147" s="33"/>
       <c r="BR147" s="33"/>
       <c r="BS147" s="33"/>
       <c r="BT147" s="33"/>
       <c r="BU147" s="33"/>
       <c r="BV147" s="33"/>
       <c r="BW147" s="33"/>
     </row>
-    <row r="148" spans="1:75" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A148" s="24">
         <v>44704</v>
       </c>
       <c r="B148" s="11">
+        <v>3421</v>
+      </c>
+      <c r="C148" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D148" s="73" t="s">
+        <v>206</v>
+      </c>
+      <c r="E148" s="33"/>
+      <c r="F148" s="113"/>
+      <c r="G148" s="113"/>
+      <c r="H148" s="113"/>
+      <c r="I148" s="113"/>
+      <c r="J148" s="113"/>
+      <c r="K148" s="113"/>
+      <c r="L148" s="113"/>
+      <c r="M148" s="113"/>
+      <c r="N148" s="33"/>
+      <c r="O148" s="33"/>
+      <c r="P148" s="33"/>
+      <c r="Q148" s="33"/>
+      <c r="R148" s="33"/>
+      <c r="S148" s="33"/>
+      <c r="T148" s="33"/>
+      <c r="U148" s="33"/>
+      <c r="V148" s="33"/>
+      <c r="W148" s="33"/>
+      <c r="X148" s="33"/>
+      <c r="Y148" s="33"/>
+      <c r="Z148" s="33"/>
+      <c r="AA148" s="33"/>
+      <c r="AB148" s="33"/>
+      <c r="AC148" s="33"/>
+      <c r="AD148" s="33"/>
+      <c r="AE148" s="33"/>
+      <c r="AF148" s="33"/>
+      <c r="AG148" s="33"/>
+      <c r="AH148" s="33"/>
+      <c r="AI148" s="33"/>
+      <c r="AJ148" s="33"/>
+      <c r="AK148" s="33"/>
+      <c r="AL148" s="33"/>
+      <c r="AM148" s="33"/>
+      <c r="AN148" s="33"/>
+      <c r="AO148" s="33"/>
+      <c r="AP148" s="33"/>
+      <c r="AQ148" s="33"/>
+      <c r="AR148" s="33"/>
+      <c r="AS148" s="33"/>
+      <c r="AT148" s="33"/>
+      <c r="AU148" s="33"/>
+      <c r="AV148" s="33"/>
+      <c r="AW148" s="33"/>
+      <c r="AX148" s="33"/>
+      <c r="AY148" s="33"/>
+      <c r="AZ148" s="33"/>
+      <c r="BA148" s="33"/>
+      <c r="BB148" s="33"/>
+      <c r="BC148" s="33"/>
+      <c r="BD148" s="33"/>
+      <c r="BE148" s="33"/>
+      <c r="BF148" s="33"/>
+      <c r="BG148" s="33"/>
+      <c r="BH148" s="33"/>
+      <c r="BI148" s="33"/>
+      <c r="BJ148" s="33"/>
+      <c r="BK148" s="33"/>
+      <c r="BL148" s="33"/>
+      <c r="BM148" s="33"/>
+      <c r="BN148" s="33"/>
+      <c r="BO148" s="33"/>
+      <c r="BP148" s="33"/>
+      <c r="BQ148" s="33"/>
+      <c r="BR148" s="33"/>
+      <c r="BS148" s="33"/>
+      <c r="BT148" s="33"/>
+      <c r="BU148" s="33"/>
+      <c r="BV148" s="33"/>
+      <c r="BW148" s="33"/>
+    </row>
+    <row r="149" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+      <c r="A149" s="24">
+        <v>44704</v>
+      </c>
+      <c r="B149" s="11">
+        <v>3422</v>
+      </c>
+      <c r="C149" s="38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D149" s="73" t="s">
+        <v>207</v>
+      </c>
+      <c r="E149" s="33"/>
+      <c r="F149" s="113"/>
+      <c r="G149" s="113"/>
+      <c r="H149" s="113"/>
+      <c r="I149" s="113"/>
+      <c r="J149" s="113"/>
+      <c r="K149" s="113"/>
+      <c r="L149" s="113"/>
+      <c r="M149" s="113"/>
+      <c r="N149" s="33"/>
+      <c r="O149" s="33"/>
+      <c r="P149" s="33"/>
+      <c r="Q149" s="33"/>
+      <c r="R149" s="33"/>
+      <c r="S149" s="33"/>
+      <c r="T149" s="33"/>
+      <c r="U149" s="33"/>
+      <c r="V149" s="33"/>
+      <c r="W149" s="33"/>
+      <c r="X149" s="33"/>
+      <c r="Y149" s="33"/>
+      <c r="Z149" s="33"/>
+      <c r="AA149" s="33"/>
+      <c r="AB149" s="33"/>
+      <c r="AC149" s="33"/>
+      <c r="AD149" s="33"/>
+      <c r="AE149" s="33"/>
+      <c r="AF149" s="33"/>
+      <c r="AG149" s="33"/>
+      <c r="AH149" s="33"/>
+      <c r="AI149" s="33"/>
+      <c r="AJ149" s="33"/>
+      <c r="AK149" s="33"/>
+      <c r="AL149" s="33"/>
+      <c r="AM149" s="33"/>
+      <c r="AN149" s="33"/>
+      <c r="AO149" s="33"/>
+      <c r="AP149" s="33"/>
+      <c r="AQ149" s="33"/>
+      <c r="AR149" s="33"/>
+      <c r="AS149" s="33"/>
+      <c r="AT149" s="33"/>
+      <c r="AU149" s="33"/>
+      <c r="AV149" s="33"/>
+      <c r="AW149" s="33"/>
+      <c r="AX149" s="33"/>
+      <c r="AY149" s="33"/>
+      <c r="AZ149" s="33"/>
+      <c r="BA149" s="33"/>
+      <c r="BB149" s="33"/>
+      <c r="BC149" s="33"/>
+      <c r="BD149" s="33"/>
+      <c r="BE149" s="33"/>
+      <c r="BF149" s="33"/>
+      <c r="BG149" s="33"/>
+      <c r="BH149" s="33"/>
+      <c r="BI149" s="33"/>
+      <c r="BJ149" s="33"/>
+      <c r="BK149" s="33"/>
+      <c r="BL149" s="33"/>
+      <c r="BM149" s="33"/>
+      <c r="BN149" s="33"/>
+      <c r="BO149" s="33"/>
+      <c r="BP149" s="33"/>
+      <c r="BQ149" s="33"/>
+      <c r="BR149" s="33"/>
+      <c r="BS149" s="33"/>
+      <c r="BT149" s="33"/>
+      <c r="BU149" s="33"/>
+      <c r="BV149" s="33"/>
+      <c r="BW149" s="33"/>
+    </row>
+    <row r="150" spans="1:75" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A150" s="24">
+        <v>44704</v>
+      </c>
+      <c r="B150" s="11">
         <v>3425</v>
       </c>
-      <c r="C148" s="11" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="C150" s="11" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="D150" s="10" t="s">
-        <v>210</v>
-[...10 lines deleted...]
-    <row r="151" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="151" spans="1:75" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A151" s="24">
         <v>44629</v>
       </c>
       <c r="B151" s="11">
-        <v>3406</v>
+        <v>3404</v>
       </c>
       <c r="C151" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D151" s="10" t="s">
-        <v>211</v>
-[...10 lines deleted...]
-    <row r="152" spans="1:75" x14ac:dyDescent="0.25">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="152" spans="1:75" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A152" s="24">
         <v>44629</v>
       </c>
       <c r="B152" s="11">
-        <v>3407</v>
+        <v>3405</v>
       </c>
       <c r="C152" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D152" s="10" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:75" ht="25.5" x14ac:dyDescent="0.25">
+        <v>209</v>
+      </c>
+      <c r="F152" s="113"/>
+      <c r="G152" s="113"/>
+      <c r="H152" s="113"/>
+      <c r="I152" s="113"/>
+      <c r="J152" s="113"/>
+      <c r="K152" s="113"/>
+      <c r="L152" s="113"/>
+      <c r="M152" s="113"/>
+    </row>
+    <row r="153" spans="1:75" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
       <c r="A153" s="24">
         <v>44629</v>
       </c>
       <c r="B153" s="11">
-        <v>3408</v>
+        <v>3406</v>
       </c>
       <c r="C153" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D153" s="10" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:75" x14ac:dyDescent="0.25">
+        <v>210</v>
+      </c>
+      <c r="F153" s="113"/>
+      <c r="G153" s="113"/>
+      <c r="H153" s="113"/>
+      <c r="I153" s="113"/>
+      <c r="J153" s="113"/>
+      <c r="K153" s="113"/>
+      <c r="L153" s="113"/>
+      <c r="M153" s="113"/>
+    </row>
+    <row r="154" spans="1:75" x14ac:dyDescent="0.3">
       <c r="A154" s="24">
         <v>44629</v>
       </c>
       <c r="B154" s="11">
+        <v>3407</v>
+      </c>
+      <c r="C154" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="155" spans="1:75" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="A155" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B155" s="11">
+        <v>3408</v>
+      </c>
+      <c r="C155" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D155" s="10" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="156" spans="1:75" x14ac:dyDescent="0.3">
+      <c r="A156" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B156" s="11">
         <v>3409</v>
       </c>
-      <c r="C154" s="11" t="s">
-[...3 lines deleted...]
-        <v>214</v>
+      <c r="C156" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D156" s="10" t="s">
+        <v>213</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:D154" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}"/>
-[...2 lines deleted...]
-    <sortCondition ref="B112:B123"/>
+  <autoFilter ref="A2:D156" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A114:D125">
+    <sortCondition ref="C114:C125"/>
+    <sortCondition ref="B114:B125"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA90C1BA-70C4-4383-BF6C-D1771836C3A7}">
   <dimension ref="A1:H417"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A6" sqref="A6:C6"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.5703125" style="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="14.85546875" style="7" customWidth="1"/>
+    <col min="1" max="1" width="12.5546875" style="7" customWidth="1"/>
+    <col min="2" max="2" width="21.109375" style="99" customWidth="1"/>
+    <col min="3" max="3" width="16.5546875" style="7" customWidth="1"/>
+    <col min="4" max="5" width="20.5546875" style="7" customWidth="1"/>
+    <col min="6" max="6" width="100.5546875" style="13" customWidth="1"/>
+    <col min="7" max="7" width="70.5546875" style="14" customWidth="1"/>
+    <col min="8" max="8" width="14.88671875" style="7" customWidth="1"/>
     <col min="9" max="16384" width="9" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.3"/>
+    <row r="2" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B2" s="25" t="s">
+        <v>214</v>
+      </c>
+      <c r="C2" s="25" t="s">
         <v>215</v>
       </c>
-      <c r="C2" s="25" t="s">
+      <c r="D2" s="25" t="s">
         <v>216</v>
       </c>
-      <c r="D2" s="25" t="s">
+      <c r="E2" s="25" t="s">
         <v>217</v>
       </c>
-      <c r="E2" s="25" t="s">
+      <c r="F2" s="124" t="s">
+        <v>31</v>
+      </c>
+      <c r="G2" s="26" t="s">
         <v>218</v>
       </c>
-      <c r="F2" s="125" t="s">
-[...2 lines deleted...]
-      <c r="G2" s="26" t="s">
+      <c r="H2" s="25" t="s">
         <v>219</v>
       </c>
-      <c r="H2" s="25" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    </row>
+    <row r="3" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A3" s="11">
         <v>1003</v>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E3" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>220</v>
+      </c>
+      <c r="F3" s="125" t="s">
+        <v>47</v>
       </c>
       <c r="G3" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H3" s="11"/>
     </row>
-    <row r="4" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A4" s="11">
         <v>1005</v>
       </c>
       <c r="B4" s="11"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="E4" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="F4" s="125" t="s">
         <v>221</v>
       </c>
-      <c r="E4" s="22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G4" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H4" s="11"/>
     </row>
-    <row r="5" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A5" s="11">
         <v>1007</v>
       </c>
       <c r="B5" s="11"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E5" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>220</v>
+      </c>
+      <c r="F5" s="125" t="s">
+        <v>222</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H5" s="11"/>
     </row>
-    <row r="6" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>1008</v>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="22"/>
       <c r="D6" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E6" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>220</v>
+      </c>
+      <c r="F6" s="125" t="s">
+        <v>223</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H6" s="11"/>
     </row>
-    <row r="7" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
         <v>1009</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E7" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>220</v>
+      </c>
+      <c r="F7" s="125" t="s">
+        <v>224</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H7" s="11"/>
     </row>
-    <row r="8" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
         <v>1010</v>
       </c>
       <c r="B8" s="11"/>
       <c r="C8" s="22"/>
       <c r="D8" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E8" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>220</v>
+      </c>
+      <c r="F8" s="125" t="s">
+        <v>225</v>
       </c>
       <c r="G8" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H8" s="11"/>
     </row>
-    <row r="9" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A9" s="11">
         <v>1011</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="24"/>
       <c r="D9" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E9" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>220</v>
+      </c>
+      <c r="F9" s="125" t="s">
+        <v>226</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H9" s="23"/>
     </row>
-    <row r="10" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A10" s="23">
         <v>1020</v>
       </c>
       <c r="B10" s="11" t="s">
+        <v>227</v>
+      </c>
+      <c r="C10" s="24" t="s">
         <v>228</v>
       </c>
-      <c r="C10" s="24" t="s">
+      <c r="D10" s="24" t="s">
         <v>229</v>
       </c>
-      <c r="D10" s="24" t="s">
+      <c r="E10" s="24" t="s">
         <v>230</v>
       </c>
-      <c r="E10" s="24" t="s">
+      <c r="F10" s="125" t="s">
         <v>231</v>
       </c>
-      <c r="F10" s="126" t="s">
+      <c r="G10" s="10" t="s">
         <v>232</v>
       </c>
-      <c r="G10" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H10" s="23"/>
     </row>
-    <row r="11" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A11" s="23">
         <v>1021</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C11" s="24">
         <v>45929</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E11" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>234</v>
+        <v>220</v>
+      </c>
+      <c r="F11" s="125" t="s">
+        <v>233</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H11" s="23"/>
     </row>
-    <row r="12" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A12" s="23">
         <v>1022</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C12" s="24">
         <v>45929</v>
       </c>
       <c r="D12" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E12" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>220</v>
+      </c>
+      <c r="F12" s="125" t="s">
+        <v>234</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H12" s="23"/>
     </row>
-    <row r="13" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A13" s="23">
         <v>1023</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="C13" s="24">
         <v>45929</v>
       </c>
       <c r="D13" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E13" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>220</v>
+      </c>
+      <c r="F13" s="125" t="s">
+        <v>235</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="H13" s="23"/>
     </row>
-    <row r="14" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A14" s="11">
         <v>2000</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="22"/>
       <c r="D14" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E14" s="22" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F14" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F14" s="125" t="s">
+        <v>236</v>
+      </c>
+      <c r="G14" s="10" t="s">
         <v>237</v>
       </c>
-      <c r="G14" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H14" s="11"/>
     </row>
-    <row r="15" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A15" s="11">
         <v>2001</v>
       </c>
       <c r="B15" s="11"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E15" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>220</v>
+      </c>
+      <c r="F15" s="125" t="s">
+        <v>238</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H15" s="11"/>
     </row>
-    <row r="16" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
         <v>2002</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="22"/>
       <c r="D16" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E16" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>240</v>
+        <v>220</v>
+      </c>
+      <c r="F16" s="125" t="s">
+        <v>239</v>
       </c>
       <c r="G16" s="98" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H16" s="11"/>
     </row>
-    <row r="17" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A17" s="11">
         <v>2003</v>
       </c>
       <c r="B17" s="11"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E17" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>220</v>
+      </c>
+      <c r="F17" s="125" t="s">
+        <v>165</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H17" s="11"/>
     </row>
-    <row r="18" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A18" s="11">
         <v>2004</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E18" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>220</v>
+      </c>
+      <c r="F18" s="125" t="s">
+        <v>240</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H18" s="11"/>
     </row>
-    <row r="19" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A19" s="11">
         <v>2005</v>
       </c>
       <c r="B19" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D19" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C19" s="24" t="s">
-[...2 lines deleted...]
-      <c r="D19" s="22" t="s">
+      <c r="E19" s="22" t="s">
+        <v>220</v>
+      </c>
+      <c r="F19" s="130" t="s">
         <v>243</v>
       </c>
-      <c r="E19" s="22" t="s">
-[...2 lines deleted...]
-      <c r="F19" s="131" t="s">
+      <c r="G19" s="98" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
       <c r="H19" s="11">
         <v>2008</v>
       </c>
     </row>
-    <row r="20" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
         <v>2006</v>
       </c>
       <c r="B20" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D20" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C20" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>220</v>
+      </c>
+      <c r="F20" s="130" t="s">
+        <v>200</v>
       </c>
       <c r="G20" s="98" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="H20" s="11">
         <v>1924</v>
       </c>
     </row>
-    <row r="21" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
         <v>2007</v>
       </c>
       <c r="B21" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C21" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D21" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C21" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E21" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>246</v>
+        <v>220</v>
+      </c>
+      <c r="F21" s="125" t="s">
+        <v>245</v>
       </c>
       <c r="G21" s="98" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="H21" s="11">
         <v>1879</v>
       </c>
     </row>
-    <row r="22" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
         <v>2008</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="22"/>
       <c r="D22" s="23" t="s">
+        <v>246</v>
+      </c>
+      <c r="E22" s="23" t="s">
+        <v>246</v>
+      </c>
+      <c r="F22" s="125" t="s">
         <v>247</v>
       </c>
-      <c r="E22" s="23" t="s">
-[...2 lines deleted...]
-      <c r="F22" s="126" t="s">
+      <c r="G22" s="10" t="s">
         <v>248</v>
       </c>
-      <c r="G22" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H22" s="11"/>
     </row>
-    <row r="23" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
         <v>2009</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="22"/>
       <c r="D23" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E23" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F23" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F23" s="125" t="s">
+        <v>249</v>
+      </c>
+      <c r="G23" s="10" t="s">
         <v>250</v>
       </c>
-      <c r="G23" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H23" s="11"/>
     </row>
-    <row r="24" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A24" s="11">
         <v>2010</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="22"/>
       <c r="D24" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E24" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F24" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F24" s="130" t="s">
+        <v>251</v>
+      </c>
+      <c r="G24" s="98" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="H24" s="11">
         <v>2006</v>
       </c>
     </row>
-    <row r="25" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A25" s="11">
         <v>2011</v>
       </c>
       <c r="B25" s="11"/>
       <c r="C25" s="22"/>
       <c r="D25" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E25" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F25" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F25" s="125" t="s">
+        <v>253</v>
+      </c>
+      <c r="G25" s="10" t="s">
         <v>254</v>
       </c>
-      <c r="G25" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H25" s="11"/>
     </row>
-    <row r="26" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A26" s="11">
         <v>2015</v>
       </c>
       <c r="B26" s="11"/>
       <c r="C26" s="22"/>
       <c r="D26" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E26" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F26" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F26" s="130" t="s">
+        <v>255</v>
+      </c>
+      <c r="G26" s="98" t="s">
         <v>256</v>
       </c>
-      <c r="G26" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H26" s="11"/>
     </row>
-    <row r="27" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A27" s="11">
         <v>2016</v>
       </c>
       <c r="B27" s="11"/>
       <c r="C27" s="22"/>
       <c r="D27" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E27" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F27" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F27" s="125" t="s">
+        <v>257</v>
+      </c>
+      <c r="G27" s="10" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
       <c r="H27" s="11">
         <v>1926</v>
       </c>
     </row>
-    <row r="28" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A28" s="11">
         <v>2017</v>
       </c>
       <c r="B28" s="11"/>
       <c r="C28" s="22"/>
       <c r="D28" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E28" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F28" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F28" s="125" t="s">
+        <v>259</v>
+      </c>
+      <c r="G28" s="10" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="H28" s="11">
         <v>1927</v>
       </c>
     </row>
-    <row r="29" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A29" s="11">
         <v>2020</v>
       </c>
       <c r="B29" s="11"/>
       <c r="C29" s="22"/>
       <c r="D29" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E29" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F29" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F29" s="125" t="s">
+        <v>261</v>
+      </c>
+      <c r="G29" s="10" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="H29" s="11">
         <v>1929</v>
       </c>
     </row>
-    <row r="30" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
         <v>2032</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="22"/>
       <c r="D30" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E30" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F30" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F30" s="125" t="s">
+        <v>263</v>
+      </c>
+      <c r="G30" s="10" t="s">
         <v>264</v>
       </c>
-      <c r="G30" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H30" s="11"/>
     </row>
-    <row r="31" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A31" s="11">
         <v>2034</v>
       </c>
       <c r="B31" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C31" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D31" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C31" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E31" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>220</v>
+      </c>
+      <c r="F31" s="125" t="s">
+        <v>265</v>
       </c>
       <c r="G31" s="98" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="H31" s="11">
         <v>1956</v>
       </c>
     </row>
-    <row r="32" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
         <v>2035</v>
       </c>
       <c r="B32" s="11"/>
       <c r="C32" s="22"/>
       <c r="D32" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E32" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>220</v>
+      </c>
+      <c r="F32" s="125" t="s">
+        <v>266</v>
       </c>
       <c r="G32" s="98" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="H32" s="11"/>
     </row>
-    <row r="33" spans="1:8" s="17" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:8" s="17" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
       <c r="A33" s="11">
         <v>2036</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="22"/>
       <c r="D33" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E33" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F33" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F33" s="125" t="s">
+        <v>267</v>
+      </c>
+      <c r="G33" s="10" t="s">
         <v>268</v>
       </c>
-      <c r="G33" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H33" s="11"/>
     </row>
-    <row r="34" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
         <v>2037</v>
       </c>
       <c r="B34" s="11"/>
       <c r="C34" s="22"/>
       <c r="D34" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E34" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F34" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F34" s="125" t="s">
+        <v>269</v>
+      </c>
+      <c r="G34" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="G34" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H34" s="11"/>
     </row>
-    <row r="35" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A35" s="11">
         <v>2038</v>
       </c>
       <c r="B35" s="11"/>
       <c r="C35" s="22"/>
       <c r="D35" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E35" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F35" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F35" s="125" t="s">
+        <v>271</v>
+      </c>
+      <c r="G35" s="10" t="s">
         <v>272</v>
       </c>
-      <c r="G35" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H35" s="11"/>
     </row>
-    <row r="36" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
         <v>2039</v>
       </c>
       <c r="B36" s="11"/>
       <c r="C36" s="22"/>
       <c r="D36" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E36" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F36" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F36" s="125" t="s">
+        <v>273</v>
+      </c>
+      <c r="G36" s="10" t="s">
         <v>274</v>
       </c>
-      <c r="G36" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H36" s="11"/>
     </row>
-    <row r="37" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A37" s="11">
         <v>2040</v>
       </c>
       <c r="B37" s="11"/>
       <c r="C37" s="22"/>
       <c r="D37" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E37" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F37" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F37" s="125" t="s">
+        <v>275</v>
+      </c>
+      <c r="G37" s="10" t="s">
         <v>276</v>
       </c>
-      <c r="G37" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H37" s="11"/>
     </row>
-    <row r="38" spans="1:8" s="17" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:8" s="17" customFormat="1" ht="79.2" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
         <v>2041</v>
       </c>
       <c r="B38" s="11"/>
       <c r="C38" s="22"/>
       <c r="D38" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E38" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F38" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F38" s="125" t="s">
+        <v>277</v>
+      </c>
+      <c r="G38" s="10" t="s">
         <v>278</v>
       </c>
-      <c r="G38" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H38" s="11"/>
     </row>
-    <row r="39" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
         <v>2042</v>
       </c>
       <c r="B39" s="11"/>
       <c r="C39" s="22"/>
       <c r="D39" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E39" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F39" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F39" s="125" t="s">
+        <v>279</v>
+      </c>
+      <c r="G39" s="10" t="s">
         <v>280</v>
       </c>
-      <c r="G39" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H39" s="11"/>
     </row>
-    <row r="40" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A40" s="11">
         <v>2050</v>
       </c>
       <c r="B40" s="11"/>
       <c r="C40" s="22"/>
       <c r="D40" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E40" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>246</v>
+      </c>
+      <c r="F40" s="125" t="s">
+        <v>151</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="H40" s="11"/>
     </row>
-    <row r="41" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A41" s="11">
         <v>3001</v>
       </c>
       <c r="B41" s="11"/>
       <c r="C41" s="22"/>
       <c r="D41" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E41" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>282</v>
+        <v>220</v>
+      </c>
+      <c r="F41" s="125" t="s">
+        <v>281</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="H41" s="11"/>
     </row>
-    <row r="42" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A42" s="23">
         <v>3002</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C42" s="22"/>
       <c r="D42" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E42" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F42" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F42" s="125" t="s">
+        <v>282</v>
+      </c>
+      <c r="G42" s="10" t="s">
         <v>283</v>
-      </c>
-[...1 lines deleted...]
-        <v>284</v>
       </c>
       <c r="H42" s="11">
         <v>1776</v>
       </c>
     </row>
-    <row r="43" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A43" s="11">
         <v>3003</v>
       </c>
       <c r="B43" s="11"/>
       <c r="C43" s="22"/>
       <c r="D43" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E43" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F43" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F43" s="130" t="s">
+        <v>284</v>
+      </c>
+      <c r="G43" s="98" t="s">
         <v>285</v>
       </c>
-      <c r="G43" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="11"/>
     </row>
-    <row r="44" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A44" s="11">
         <v>3004</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C44" s="22">
         <v>44651</v>
       </c>
       <c r="D44" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E44" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>220</v>
+      </c>
+      <c r="F44" s="125" t="s">
+        <v>287</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="H44" s="23">
         <v>1380</v>
       </c>
     </row>
-    <row r="45" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A45" s="11">
         <v>3005</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="22"/>
       <c r="D45" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E45" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F45" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F45" s="125" t="s">
+        <v>288</v>
+      </c>
+      <c r="G45" s="10" t="s">
         <v>289</v>
       </c>
-      <c r="G45" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H45" s="11"/>
     </row>
-    <row r="46" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A46" s="11">
         <v>3006</v>
       </c>
       <c r="B46" s="11"/>
       <c r="C46" s="22"/>
       <c r="D46" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E46" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F46" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F46" s="125" t="s">
+        <v>290</v>
+      </c>
+      <c r="G46" s="10" t="s">
         <v>291</v>
       </c>
-      <c r="G46" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H46" s="11"/>
     </row>
-    <row r="47" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A47" s="23">
         <v>3007</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C47" s="22">
         <v>44408</v>
       </c>
       <c r="D47" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E47" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F47" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F47" s="125" t="s">
+        <v>292</v>
+      </c>
+      <c r="G47" s="10" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>294</v>
       </c>
       <c r="H47" s="11">
         <v>1376</v>
       </c>
     </row>
-    <row r="48" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A48" s="23">
         <v>3008</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C48" s="22">
         <v>44408</v>
       </c>
       <c r="D48" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E48" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F48" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F48" s="125" t="s">
+        <v>294</v>
+      </c>
+      <c r="G48" s="10" t="s">
         <v>295</v>
       </c>
-      <c r="G48" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H48" s="23"/>
     </row>
-    <row r="49" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A49" s="23">
         <v>3009</v>
       </c>
       <c r="B49" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C49" s="22">
         <v>44408</v>
       </c>
       <c r="D49" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E49" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F49" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F49" s="125" t="s">
+        <v>296</v>
+      </c>
+      <c r="G49" s="10" t="s">
         <v>297</v>
       </c>
-      <c r="G49" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H49" s="23"/>
     </row>
-    <row r="50" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A50" s="23">
         <v>3010</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C50" s="22">
         <v>44408</v>
       </c>
       <c r="D50" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E50" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F50" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F50" s="125" t="s">
+        <v>298</v>
+      </c>
+      <c r="G50" s="10" t="s">
         <v>299</v>
       </c>
-      <c r="G50" s="10" t="s">
+      <c r="H50" s="11" t="s">
         <v>300</v>
       </c>
-      <c r="H50" s="11" t="s">
-[...3 lines deleted...]
-    <row r="51" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="51" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A51" s="23">
         <v>3011</v>
       </c>
       <c r="B51" s="11"/>
       <c r="C51" s="22"/>
       <c r="D51" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E51" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F51" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F51" s="125" t="s">
+        <v>301</v>
+      </c>
+      <c r="G51" s="10" t="s">
         <v>302</v>
       </c>
-      <c r="G51" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" s="23"/>
     </row>
-    <row r="52" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A52" s="23">
         <v>3012</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C52" s="22">
         <v>44408</v>
       </c>
       <c r="D52" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E52" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F52" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F52" s="125" t="s">
+        <v>303</v>
+      </c>
+      <c r="G52" s="10" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="H52" s="11">
         <v>1358</v>
       </c>
     </row>
-    <row r="53" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A53" s="11">
         <v>3013</v>
       </c>
       <c r="B53" s="11"/>
       <c r="C53" s="22"/>
       <c r="D53" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E53" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F53" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F53" s="125" t="s">
+        <v>305</v>
+      </c>
+      <c r="G53" s="10" t="s">
         <v>306</v>
       </c>
-      <c r="G53" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H53" s="11"/>
     </row>
-    <row r="54" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A54" s="11">
         <v>3014</v>
       </c>
       <c r="B54" s="11"/>
       <c r="C54" s="22"/>
       <c r="D54" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E54" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F54" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F54" s="125" t="s">
+        <v>307</v>
+      </c>
+      <c r="G54" s="10" t="s">
         <v>308</v>
       </c>
-      <c r="G54" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H54" s="23"/>
     </row>
-    <row r="55" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A55" s="11">
         <v>3015</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C55" s="22">
         <v>44408</v>
       </c>
       <c r="D55" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E55" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F55" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F55" s="125" t="s">
+        <v>309</v>
+      </c>
+      <c r="G55" s="10" t="s">
         <v>310</v>
       </c>
-      <c r="G55" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H55" s="23"/>
     </row>
-    <row r="56" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A56" s="23">
         <v>3016</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C56" s="22">
         <v>44408</v>
       </c>
       <c r="D56" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E56" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F56" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F56" s="125" t="s">
+        <v>311</v>
+      </c>
+      <c r="G56" s="10" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="H56" s="11">
         <v>1367</v>
       </c>
     </row>
-    <row r="57" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A57" s="11">
         <v>3017</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C57" s="22">
         <v>44408</v>
       </c>
       <c r="D57" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E57" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F57" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F57" s="125" t="s">
+        <v>313</v>
+      </c>
+      <c r="G57" s="10" t="s">
+        <v>244</v>
+      </c>
+      <c r="H57" s="11" t="s">
         <v>314</v>
       </c>
-      <c r="G57" s="10" t="s">
-[...6 lines deleted...]
-    <row r="58" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="58" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A58" s="11">
         <v>3018</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C58" s="22">
         <v>44651</v>
       </c>
       <c r="D58" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E58" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F58" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F58" s="125" t="s">
+        <v>315</v>
+      </c>
+      <c r="G58" s="10" t="s">
         <v>316</v>
-      </c>
-[...1 lines deleted...]
-        <v>317</v>
       </c>
       <c r="H58" s="11">
         <v>115</v>
       </c>
     </row>
-    <row r="59" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A59" s="11">
         <v>3019</v>
       </c>
       <c r="B59" s="11"/>
       <c r="C59" s="22"/>
       <c r="D59" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E59" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>246</v>
+      </c>
+      <c r="F59" s="125" t="s">
+        <v>317</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="H59" s="117"/>
     </row>
-    <row r="60" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A60" s="11">
         <v>3020</v>
       </c>
       <c r="B60" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C60" s="22">
         <v>44651</v>
       </c>
       <c r="D60" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E60" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F60" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F60" s="125" t="s">
+        <v>318</v>
+      </c>
+      <c r="G60" s="10" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
       <c r="H60" s="11">
         <v>1363</v>
       </c>
     </row>
-    <row r="61" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A61" s="11">
         <v>3021</v>
       </c>
       <c r="B61" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C61" s="22">
         <v>44651</v>
       </c>
       <c r="D61" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E61" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>173</v>
+        <v>220</v>
+      </c>
+      <c r="F61" s="125" t="s">
+        <v>172</v>
       </c>
       <c r="G61" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="H61" s="11" t="s">
         <v>321</v>
       </c>
-      <c r="H61" s="11" t="s">
-[...3 lines deleted...]
-    <row r="62" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="62" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A62" s="11">
         <v>3022</v>
       </c>
       <c r="B62" s="11"/>
       <c r="C62" s="22"/>
       <c r="D62" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E62" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F62" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F62" s="125" t="s">
+        <v>322</v>
+      </c>
+      <c r="G62" s="10" t="s">
         <v>323</v>
       </c>
-      <c r="G62" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H62" s="23"/>
     </row>
-    <row r="63" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A63" s="11">
         <v>3023</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C63" s="22">
         <v>44651</v>
       </c>
       <c r="D63" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E63" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>325</v>
+        <v>220</v>
+      </c>
+      <c r="F63" s="125" t="s">
+        <v>324</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="H63" s="11">
         <v>1383</v>
       </c>
     </row>
-    <row r="64" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A64" s="11">
         <v>3024</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C64" s="22">
         <v>44651</v>
       </c>
       <c r="D64" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E64" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>220</v>
+      </c>
+      <c r="F64" s="125" t="s">
+        <v>325</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="H64" s="11">
         <v>1360</v>
       </c>
     </row>
-    <row r="65" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A65" s="11">
         <v>3025</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C65" s="22">
         <v>44651</v>
       </c>
       <c r="D65" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E65" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F65" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F65" s="125" t="s">
+        <v>326</v>
+      </c>
+      <c r="G65" s="10" t="s">
         <v>327</v>
       </c>
-      <c r="G65" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H65" s="23"/>
     </row>
-    <row r="66" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A66" s="23">
         <v>3026</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C66" s="22">
         <v>44408</v>
       </c>
       <c r="D66" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E66" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F66" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F66" s="125" t="s">
+        <v>328</v>
+      </c>
+      <c r="G66" s="10" t="s">
         <v>329</v>
       </c>
-      <c r="G66" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H66" s="11"/>
     </row>
-    <row r="67" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A67" s="23">
         <v>3027</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C67" s="22">
         <v>44408</v>
       </c>
       <c r="D67" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E67" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F67" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F67" s="125" t="s">
+        <v>330</v>
+      </c>
+      <c r="G67" s="10" t="s">
         <v>331</v>
       </c>
-      <c r="G67" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H67" s="11"/>
     </row>
-    <row r="68" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A68" s="23">
         <v>3028</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C68" s="22">
         <v>44408</v>
       </c>
       <c r="D68" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E68" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F68" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F68" s="125" t="s">
+        <v>332</v>
+      </c>
+      <c r="G68" s="10" t="s">
         <v>333</v>
       </c>
-      <c r="G68" s="10" t="s">
+      <c r="H68" s="11" t="s">
         <v>334</v>
       </c>
-      <c r="H68" s="11" t="s">
-[...3 lines deleted...]
-    <row r="69" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="69" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A69" s="23">
         <v>3029</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C69" s="22">
         <v>44408</v>
       </c>
       <c r="D69" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E69" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F69" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F69" s="125" t="s">
+        <v>335</v>
+      </c>
+      <c r="G69" s="10" t="s">
         <v>336</v>
       </c>
-      <c r="G69" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H69" s="11"/>
     </row>
-    <row r="70" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A70" s="23">
         <v>3030</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C70" s="22">
         <v>44408</v>
       </c>
       <c r="D70" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E70" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F70" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F70" s="125" t="s">
+        <v>337</v>
+      </c>
+      <c r="G70" s="10" t="s">
         <v>338</v>
       </c>
-      <c r="G70" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H70" s="23"/>
     </row>
-    <row r="71" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A71" s="23">
         <v>3031</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C71" s="22"/>
       <c r="D71" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E71" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F71" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F71" s="125" t="s">
+        <v>339</v>
+      </c>
+      <c r="G71" s="10" t="s">
         <v>340</v>
       </c>
-      <c r="G71" s="10" t="s">
+      <c r="H71" s="11" t="s">
         <v>341</v>
       </c>
-      <c r="H71" s="11" t="s">
-[...3 lines deleted...]
-    <row r="72" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    </row>
+    <row r="72" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A72" s="11">
         <v>3032</v>
       </c>
       <c r="B72" s="11"/>
       <c r="C72" s="22"/>
       <c r="D72" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E72" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F72" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F72" s="130" t="s">
+        <v>342</v>
+      </c>
+      <c r="G72" s="98" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="H72" s="11">
         <v>64</v>
       </c>
     </row>
-    <row r="73" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A73" s="11">
         <v>3033</v>
       </c>
       <c r="B73" s="11"/>
       <c r="C73" s="22"/>
       <c r="D73" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E73" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F73" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F73" s="125" t="s">
+        <v>344</v>
+      </c>
+      <c r="G73" s="10" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="H73" s="11">
         <v>65</v>
       </c>
     </row>
-    <row r="74" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A74" s="11">
         <v>3034</v>
       </c>
       <c r="B74" s="11"/>
       <c r="C74" s="22"/>
       <c r="D74" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E74" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F74" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F74" s="130" t="s">
+        <v>346</v>
+      </c>
+      <c r="G74" s="98" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="H74" s="11">
         <v>66</v>
       </c>
     </row>
-    <row r="75" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A75" s="23">
         <v>3039</v>
       </c>
       <c r="B75" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C75" s="22">
         <v>44408</v>
       </c>
       <c r="D75" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E75" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F75" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F75" s="125" t="s">
+        <v>348</v>
+      </c>
+      <c r="G75" s="10" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
       <c r="H75" s="11">
         <v>1452</v>
       </c>
     </row>
-    <row r="76" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A76" s="11">
         <v>3040</v>
       </c>
       <c r="B76" s="11"/>
       <c r="C76" s="22"/>
       <c r="D76" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E76" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F76" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F76" s="130" t="s">
+        <v>350</v>
+      </c>
+      <c r="G76" s="98" t="s">
         <v>351</v>
       </c>
-      <c r="G76" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H76" s="11"/>
     </row>
-    <row r="77" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A77" s="11">
         <v>3041</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="22"/>
       <c r="D77" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E77" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F77" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F77" s="125" t="s">
+        <v>352</v>
+      </c>
+      <c r="G77" s="10" t="s">
         <v>353</v>
       </c>
-      <c r="G77" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H77" s="11"/>
     </row>
-    <row r="78" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A78" s="23">
         <v>3042</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C78" s="22">
         <v>44408</v>
       </c>
       <c r="D78" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E78" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F78" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F78" s="125" t="s">
+        <v>354</v>
+      </c>
+      <c r="G78" s="10" t="s">
         <v>355</v>
       </c>
-      <c r="G78" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H78" s="11"/>
     </row>
-    <row r="79" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A79" s="23">
         <v>3043</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C79" s="22">
         <v>44408</v>
       </c>
       <c r="D79" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E79" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F79" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F79" s="125" t="s">
+        <v>356</v>
+      </c>
+      <c r="G79" s="10" t="s">
         <v>357</v>
       </c>
-      <c r="G79" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H79" s="11"/>
     </row>
-    <row r="80" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A80" s="23">
         <v>3044</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C80" s="22">
         <v>44408</v>
       </c>
       <c r="D80" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E80" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F80" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F80" s="125" t="s">
+        <v>358</v>
+      </c>
+      <c r="G80" s="10" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="H80" s="11">
         <v>1270</v>
       </c>
     </row>
-    <row r="81" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A81" s="11">
         <v>3046</v>
       </c>
       <c r="B81" s="11"/>
       <c r="C81" s="22"/>
       <c r="D81" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E81" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F81" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F81" s="125" t="s">
+        <v>360</v>
+      </c>
+      <c r="G81" s="10" t="s">
         <v>361</v>
       </c>
-      <c r="G81" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H81" s="11"/>
     </row>
-    <row r="82" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A82" s="23">
         <v>3047</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C82" s="22">
         <v>44408</v>
       </c>
       <c r="D82" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E82" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F82" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F82" s="125" t="s">
+        <v>362</v>
+      </c>
+      <c r="G82" s="98" t="s">
         <v>363</v>
       </c>
-      <c r="G82" s="98" t="s">
+      <c r="H82" s="11" t="s">
         <v>364</v>
       </c>
-      <c r="H82" s="11" t="s">
-[...3 lines deleted...]
-    <row r="83" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    </row>
+    <row r="83" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A83" s="11">
         <v>3048</v>
       </c>
       <c r="B83" s="11"/>
       <c r="C83" s="22"/>
       <c r="D83" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E83" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F83" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F83" s="125" t="s">
+        <v>365</v>
+      </c>
+      <c r="G83" s="10" t="s">
         <v>366</v>
       </c>
-      <c r="G83" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H83" s="11"/>
     </row>
-    <row r="84" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A84" s="11">
         <v>3050</v>
       </c>
       <c r="B84" s="11"/>
       <c r="C84" s="22"/>
       <c r="D84" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E84" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F84" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F84" s="125" t="s">
+        <v>367</v>
+      </c>
+      <c r="G84" s="10" t="s">
         <v>368</v>
       </c>
-      <c r="G84" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H84" s="11"/>
     </row>
-    <row r="85" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A85" s="11">
         <v>3051</v>
       </c>
       <c r="B85" s="11"/>
       <c r="C85" s="22"/>
       <c r="D85" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E85" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>246</v>
+      </c>
+      <c r="F85" s="125" t="s">
+        <v>369</v>
       </c>
       <c r="G85" s="10" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H85" s="11"/>
     </row>
-    <row r="86" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A86" s="11">
         <v>3052</v>
       </c>
       <c r="B86" s="11"/>
       <c r="C86" s="22"/>
       <c r="D86" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E86" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F86" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F86" s="125" t="s">
+        <v>370</v>
+      </c>
+      <c r="G86" s="10" t="s">
         <v>371</v>
       </c>
-      <c r="G86" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H86" s="11"/>
     </row>
-    <row r="87" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A87" s="11">
         <v>3060</v>
       </c>
       <c r="B87" s="11"/>
       <c r="C87" s="22"/>
       <c r="D87" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E87" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F87" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F87" s="125" t="s">
+        <v>372</v>
+      </c>
+      <c r="G87" s="10" t="s">
         <v>373</v>
       </c>
-      <c r="G87" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H87" s="23"/>
     </row>
-    <row r="88" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A88" s="11">
         <v>3061</v>
       </c>
       <c r="B88" s="11"/>
       <c r="C88" s="22"/>
       <c r="D88" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E88" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F88" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F88" s="125" t="s">
+        <v>374</v>
+      </c>
+      <c r="G88" s="10" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="H88" s="11">
         <v>168</v>
       </c>
     </row>
-    <row r="89" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A89" s="11">
         <v>3062</v>
       </c>
       <c r="B89" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C89" s="22">
         <v>44651</v>
       </c>
       <c r="D89" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E89" s="22" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F89" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F89" s="125" t="s">
+        <v>376</v>
+      </c>
+      <c r="G89" s="10" t="s">
         <v>377</v>
       </c>
-      <c r="G89" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H89" s="23"/>
     </row>
-    <row r="90" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A90" s="11">
         <v>3063</v>
       </c>
       <c r="B90" s="11"/>
       <c r="C90" s="22"/>
       <c r="D90" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E90" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F90" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F90" s="130" t="s">
+        <v>378</v>
+      </c>
+      <c r="G90" s="98" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
       <c r="H90" s="11">
         <v>1841</v>
       </c>
     </row>
-    <row r="91" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A91" s="11">
         <v>3064</v>
       </c>
       <c r="B91" s="11"/>
       <c r="C91" s="22"/>
       <c r="D91" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E91" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F91" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F91" s="125" t="s">
+        <v>380</v>
+      </c>
+      <c r="G91" s="10" t="s">
         <v>381</v>
       </c>
-      <c r="G91" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H91" s="11"/>
     </row>
-    <row r="92" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A92" s="11">
         <v>3066</v>
       </c>
       <c r="B92" s="11"/>
       <c r="C92" s="22"/>
       <c r="D92" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E92" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F92" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F92" s="125" t="s">
+        <v>382</v>
+      </c>
+      <c r="G92" s="10" t="s">
         <v>383</v>
       </c>
-      <c r="G92" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H92" s="117"/>
     </row>
-    <row r="93" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A93" s="11">
         <v>3068</v>
       </c>
       <c r="B93" s="11"/>
       <c r="C93" s="22"/>
       <c r="D93" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E93" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F93" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F93" s="125" t="s">
+        <v>384</v>
+      </c>
+      <c r="G93" s="10" t="s">
         <v>385</v>
       </c>
-      <c r="G93" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H93" s="11"/>
     </row>
-    <row r="94" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A94" s="11">
         <v>3073</v>
       </c>
       <c r="B94" s="11" t="s">
+        <v>386</v>
+      </c>
+      <c r="C94" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D94" s="102" t="s">
+        <v>242</v>
+      </c>
+      <c r="E94" s="102" t="s">
+        <v>242</v>
+      </c>
+      <c r="F94" s="125" t="s">
         <v>387</v>
       </c>
-      <c r="C94" s="24" t="s">
-[...8 lines deleted...]
-      <c r="F94" s="126" t="s">
+      <c r="G94" s="98" t="s">
         <v>388</v>
       </c>
-      <c r="G94" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H94" s="11"/>
     </row>
-    <row r="95" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A95" s="11">
         <v>3074</v>
       </c>
       <c r="B95" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C95" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D95" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E95" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F95" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F95" s="125" t="s">
+        <v>389</v>
+      </c>
+      <c r="G95" s="10" t="s">
         <v>390</v>
       </c>
-      <c r="G95" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H95" s="11"/>
     </row>
-    <row r="96" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A96" s="11">
         <v>3078</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C96" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D96" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E96" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F96" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F96" s="125" t="s">
+        <v>391</v>
+      </c>
+      <c r="G96" s="10" t="s">
         <v>392</v>
       </c>
-      <c r="G96" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H96" s="11"/>
     </row>
-    <row r="97" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A97" s="11">
         <v>3082</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C97" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D97" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E97" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F97" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F97" s="125" t="s">
+        <v>393</v>
+      </c>
+      <c r="G97" s="10" t="s">
         <v>394</v>
       </c>
-      <c r="G97" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H97" s="11"/>
     </row>
-    <row r="98" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A98" s="11">
         <v>3083</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C98" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D98" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E98" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F98" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F98" s="125" t="s">
+        <v>395</v>
+      </c>
+      <c r="G98" s="10" t="s">
         <v>396</v>
       </c>
-      <c r="G98" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H98" s="11"/>
     </row>
-    <row r="99" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A99" s="11">
         <v>3087</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C99" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D99" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E99" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F99" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F99" s="125" t="s">
+        <v>397</v>
+      </c>
+      <c r="G99" s="10" t="s">
         <v>398</v>
       </c>
-      <c r="G99" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H99" s="11"/>
     </row>
-    <row r="100" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A100" s="11">
         <v>3091</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C100" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D100" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E100" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F100" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F100" s="125" t="s">
+        <v>399</v>
+      </c>
+      <c r="G100" s="10" t="s">
         <v>400</v>
       </c>
-      <c r="G100" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H100" s="11"/>
     </row>
-    <row r="101" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A101" s="11">
         <v>3092</v>
       </c>
       <c r="B101" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C101" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D101" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E101" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F101" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F101" s="125" t="s">
+        <v>401</v>
+      </c>
+      <c r="G101" s="10" t="s">
         <v>402</v>
       </c>
-      <c r="G101" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H101" s="11"/>
     </row>
-    <row r="102" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A102" s="11">
         <v>3096</v>
       </c>
       <c r="B102" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C102" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D102" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E102" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F102" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F102" s="125" t="s">
+        <v>403</v>
+      </c>
+      <c r="G102" s="10" t="s">
         <v>404</v>
       </c>
-      <c r="G102" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H102" s="11"/>
     </row>
-    <row r="103" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A103" s="11">
         <v>3100</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C103" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D103" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E103" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F103" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F103" s="125" t="s">
+        <v>405</v>
+      </c>
+      <c r="G103" s="10" t="s">
         <v>406</v>
       </c>
-      <c r="G103" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H103" s="11"/>
     </row>
-    <row r="104" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A104" s="11">
         <v>3101</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C104" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D104" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E104" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F104" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F104" s="125" t="s">
+        <v>407</v>
+      </c>
+      <c r="G104" s="10" t="s">
         <v>408</v>
       </c>
-      <c r="G104" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H104" s="11"/>
     </row>
-    <row r="105" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A105" s="11">
         <v>3105</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C105" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D105" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E105" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F105" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F105" s="125" t="s">
+        <v>409</v>
+      </c>
+      <c r="G105" s="10" t="s">
         <v>410</v>
       </c>
-      <c r="G105" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H105" s="11"/>
     </row>
-    <row r="106" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A106" s="11">
         <v>3109</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C106" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D106" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E106" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F106" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F106" s="125" t="s">
+        <v>411</v>
+      </c>
+      <c r="G106" s="10" t="s">
         <v>412</v>
       </c>
-      <c r="G106" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H106" s="11"/>
     </row>
-    <row r="107" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A107" s="11">
         <v>3110</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C107" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D107" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E107" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F107" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F107" s="125" t="s">
+        <v>413</v>
+      </c>
+      <c r="G107" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="G107" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H107" s="11"/>
     </row>
-    <row r="108" spans="1:8" s="68" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="108" spans="1:8" s="68" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A108" s="11">
         <v>3115</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C108" s="22">
         <v>44651</v>
       </c>
       <c r="D108" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E108" s="22" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F108" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F108" s="125" t="s">
+        <v>416</v>
+      </c>
+      <c r="G108" s="10" t="s">
         <v>417</v>
       </c>
-      <c r="G108" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H108" s="11"/>
     </row>
-    <row r="109" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A109" s="11">
         <v>3116</v>
       </c>
       <c r="B109" s="11"/>
       <c r="C109" s="22"/>
       <c r="D109" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E109" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F109" s="131" t="s">
+        <v>246</v>
+      </c>
+      <c r="F109" s="130" t="s">
+        <v>418</v>
+      </c>
+      <c r="G109" s="98" t="s">
         <v>419</v>
       </c>
-      <c r="G109" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H109" s="11"/>
     </row>
-    <row r="110" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A110" s="11">
         <v>3117</v>
       </c>
       <c r="B110" s="11"/>
       <c r="C110" s="22"/>
       <c r="D110" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E110" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F110" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F110" s="125" t="s">
+        <v>420</v>
+      </c>
+      <c r="G110" s="10" t="s">
         <v>421</v>
       </c>
-      <c r="G110" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H110" s="11"/>
     </row>
-    <row r="111" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A111" s="11">
         <v>3118</v>
       </c>
       <c r="B111" s="11"/>
       <c r="C111" s="22"/>
       <c r="D111" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E111" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F111" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F111" s="125" t="s">
+        <v>422</v>
+      </c>
+      <c r="G111" s="10" t="s">
         <v>423</v>
       </c>
-      <c r="G111" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H111" s="11"/>
     </row>
-    <row r="112" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A112" s="11">
         <v>3119</v>
       </c>
       <c r="B112" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C112" s="22">
         <v>44651</v>
       </c>
       <c r="D112" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E112" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F112" s="131" t="s">
+        <v>220</v>
+      </c>
+      <c r="F112" s="130" t="s">
+        <v>424</v>
+      </c>
+      <c r="G112" s="98" t="s">
         <v>425</v>
       </c>
-      <c r="G112" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H112" s="11"/>
     </row>
-    <row r="113" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A113" s="23">
         <v>3122</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C113" s="22">
         <v>44408</v>
       </c>
       <c r="D113" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E113" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F113" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F113" s="125" t="s">
+        <v>426</v>
+      </c>
+      <c r="G113" s="98" t="s">
         <v>427</v>
       </c>
-      <c r="G113" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H113" s="11"/>
     </row>
-    <row r="114" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="114" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A114" s="23">
         <v>3123</v>
       </c>
       <c r="B114" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C114" s="22">
         <v>44408</v>
       </c>
       <c r="D114" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E114" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F114" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F114" s="125" t="s">
+        <v>428</v>
+      </c>
+      <c r="G114" s="10" t="s">
         <v>429</v>
       </c>
-      <c r="G114" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" s="68" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+    <row r="115" spans="1:8" s="68" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
       <c r="A115" s="23">
         <v>3124</v>
       </c>
       <c r="B115" s="11"/>
       <c r="C115" s="22"/>
       <c r="D115" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E115" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F115" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F115" s="125" t="s">
+        <v>430</v>
+      </c>
+      <c r="G115" s="10" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
       <c r="H115" s="11">
         <v>1535</v>
       </c>
     </row>
-    <row r="116" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="116" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A116" s="23">
         <v>3125</v>
       </c>
       <c r="B116" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C116" s="22">
         <v>44408</v>
       </c>
       <c r="D116" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E116" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F116" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F116" s="125" t="s">
+        <v>432</v>
+      </c>
+      <c r="G116" s="10" t="s">
         <v>433</v>
       </c>
-      <c r="G116" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H116" s="23"/>
     </row>
-    <row r="117" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="117" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A117" s="23">
         <v>3126</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C117" s="22">
         <v>44408</v>
       </c>
       <c r="D117" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E117" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F117" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F117" s="125" t="s">
+        <v>434</v>
+      </c>
+      <c r="G117" s="10" t="s">
         <v>435</v>
       </c>
-      <c r="G117" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H117" s="11"/>
     </row>
-    <row r="118" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A118" s="23">
         <v>3128</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C118" s="22">
         <v>44408</v>
       </c>
       <c r="D118" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E118" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F118" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F118" s="125" t="s">
+        <v>436</v>
+      </c>
+      <c r="G118" s="10" t="s">
         <v>437</v>
       </c>
-      <c r="G118" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H118" s="23"/>
     </row>
-    <row r="119" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A119" s="11">
         <v>3130</v>
       </c>
       <c r="B119" s="11"/>
       <c r="C119" s="22"/>
       <c r="D119" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E119" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F119" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F119" s="125" t="s">
+        <v>438</v>
+      </c>
+      <c r="G119" s="10" t="s">
         <v>439</v>
       </c>
-      <c r="G119" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H119" s="11"/>
     </row>
-    <row r="120" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A120" s="11">
         <v>3131</v>
       </c>
       <c r="B120" s="11"/>
       <c r="C120" s="22"/>
       <c r="D120" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E120" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F120" s="132" t="s">
+        <v>246</v>
+      </c>
+      <c r="F120" s="131" t="s">
+        <v>440</v>
+      </c>
+      <c r="G120" s="98" t="s">
         <v>441</v>
       </c>
-      <c r="G120" s="98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H120" s="23"/>
     </row>
-    <row r="121" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A121" s="23">
         <v>3133</v>
       </c>
       <c r="B121" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C121" s="22">
         <v>44408</v>
       </c>
       <c r="D121" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E121" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F121" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F121" s="125" t="s">
+        <v>442</v>
+      </c>
+      <c r="G121" s="10" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>444</v>
       </c>
       <c r="H121" s="11">
         <v>1457</v>
       </c>
     </row>
-    <row r="122" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A122" s="23">
         <v>3134</v>
       </c>
       <c r="B122" s="11"/>
       <c r="C122" s="22"/>
       <c r="D122" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E122" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F122" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F122" s="125" t="s">
+        <v>444</v>
+      </c>
+      <c r="G122" s="10" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
       <c r="H122" s="11">
         <v>15</v>
       </c>
     </row>
-    <row r="123" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A123" s="11">
         <v>3135</v>
       </c>
       <c r="B123" s="11"/>
       <c r="C123" s="22"/>
       <c r="D123" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E123" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F123" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F123" s="125" t="s">
+        <v>446</v>
+      </c>
+      <c r="G123" s="10" t="s">
         <v>447</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
       <c r="H123" s="11">
         <v>1396</v>
       </c>
     </row>
-    <row r="124" spans="1:8" s="17" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:8" s="17" customFormat="1" ht="66" x14ac:dyDescent="0.3">
       <c r="A124" s="11">
         <v>3137</v>
       </c>
       <c r="B124" s="11"/>
       <c r="C124" s="22"/>
       <c r="D124" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E124" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F124" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F124" s="125" t="s">
+        <v>448</v>
+      </c>
+      <c r="G124" s="10" t="s">
         <v>449</v>
       </c>
-      <c r="G124" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H124" s="23"/>
     </row>
-    <row r="125" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A125" s="11">
         <v>3138</v>
       </c>
       <c r="B125" s="11"/>
       <c r="C125" s="22"/>
       <c r="D125" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E125" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F125" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F125" s="125" t="s">
+        <v>450</v>
+      </c>
+      <c r="G125" s="10" t="s">
         <v>451</v>
       </c>
-      <c r="G125" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H125" s="23"/>
     </row>
-    <row r="126" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A126" s="11">
         <v>3139</v>
       </c>
       <c r="B126" s="11"/>
       <c r="C126" s="23"/>
       <c r="D126" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E126" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>246</v>
+      </c>
+      <c r="F126" s="125" t="s">
+        <v>452</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="H126" s="11"/>
     </row>
-    <row r="127" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A127" s="11">
         <v>3140</v>
       </c>
       <c r="B127" s="11"/>
       <c r="C127" s="22"/>
       <c r="D127" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E127" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>246</v>
+      </c>
+      <c r="F127" s="125" t="s">
+        <v>453</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="H127" s="11"/>
     </row>
-    <row r="128" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A128" s="11">
         <v>3143</v>
       </c>
       <c r="B128" s="11"/>
       <c r="C128" s="22"/>
       <c r="D128" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E128" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F128" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F128" s="125" t="s">
+        <v>454</v>
+      </c>
+      <c r="G128" s="10" t="s">
         <v>455</v>
       </c>
-      <c r="G128" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H128" s="23"/>
     </row>
-    <row r="129" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A129" s="11">
         <v>3144</v>
       </c>
       <c r="B129" s="11"/>
       <c r="C129" s="23"/>
       <c r="D129" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E129" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F129" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F129" s="125" t="s">
+        <v>456</v>
+      </c>
+      <c r="G129" s="10" t="s">
         <v>457</v>
       </c>
-      <c r="G129" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H129" s="23"/>
     </row>
-    <row r="130" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A130" s="11">
         <v>3147</v>
       </c>
       <c r="B130" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C130" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D130" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E130" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F130" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F130" s="125" t="s">
+        <v>458</v>
+      </c>
+      <c r="G130" s="118" t="s">
         <v>459</v>
       </c>
-      <c r="G130" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H130" s="23"/>
     </row>
-    <row r="131" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A131" s="11">
         <v>3148</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C131" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D131" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E131" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F131" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F131" s="125" t="s">
+        <v>460</v>
+      </c>
+      <c r="G131" s="118" t="s">
         <v>461</v>
       </c>
-      <c r="G131" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H131" s="23"/>
     </row>
-    <row r="132" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A132" s="11">
         <v>3151</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C132" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D132" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E132" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F132" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F132" s="125" t="s">
+        <v>462</v>
+      </c>
+      <c r="G132" s="118" t="s">
         <v>463</v>
       </c>
-      <c r="G132" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H132" s="23"/>
     </row>
-    <row r="133" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A133" s="11">
         <v>3152</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C133" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D133" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E133" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F133" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F133" s="125" t="s">
+        <v>464</v>
+      </c>
+      <c r="G133" s="118" t="s">
         <v>465</v>
       </c>
-      <c r="G133" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H133" s="23"/>
     </row>
-    <row r="134" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A134" s="11">
         <v>3153</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C134" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D134" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E134" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F134" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F134" s="125" t="s">
+        <v>466</v>
+      </c>
+      <c r="G134" s="118" t="s">
         <v>467</v>
       </c>
-      <c r="G134" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H134" s="23"/>
     </row>
-    <row r="135" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A135" s="11">
         <v>3154</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C135" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D135" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E135" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F135" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F135" s="125" t="s">
+        <v>468</v>
+      </c>
+      <c r="G135" s="118" t="s">
         <v>469</v>
       </c>
-      <c r="G135" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H135" s="23"/>
     </row>
-    <row r="136" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A136" s="11">
         <v>3157</v>
       </c>
       <c r="B136" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C136" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D136" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E136" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F136" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F136" s="125" t="s">
+        <v>470</v>
+      </c>
+      <c r="G136" s="118" t="s">
         <v>471</v>
       </c>
-      <c r="G136" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H136" s="23"/>
     </row>
-    <row r="137" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A137" s="11">
         <v>3158</v>
       </c>
       <c r="B137" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C137" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D137" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E137" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>473</v>
+        <v>242</v>
+      </c>
+      <c r="F137" s="125" t="s">
+        <v>472</v>
       </c>
       <c r="G137" s="118" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H137" s="23"/>
     </row>
-    <row r="138" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A138" s="11">
         <v>3159</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C138" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D138" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E138" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>474</v>
+        <v>242</v>
+      </c>
+      <c r="F138" s="125" t="s">
+        <v>473</v>
       </c>
       <c r="G138" s="118" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="H138" s="23"/>
     </row>
-    <row r="139" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A139" s="11">
         <v>3160</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C139" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D139" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E139" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>242</v>
+      </c>
+      <c r="F139" s="125" t="s">
+        <v>474</v>
       </c>
       <c r="G139" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H139" s="23"/>
     </row>
-    <row r="140" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A140" s="11">
         <v>3161</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C140" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D140" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E140" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>242</v>
+      </c>
+      <c r="F140" s="125" t="s">
+        <v>475</v>
       </c>
       <c r="G140" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H140" s="23"/>
     </row>
-    <row r="141" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A141" s="11">
         <v>3162</v>
       </c>
       <c r="B141" s="11"/>
       <c r="C141" s="22"/>
       <c r="D141" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E141" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F141" s="97" t="s">
+        <v>476</v>
+      </c>
+      <c r="G141" s="118" t="s">
         <v>477</v>
       </c>
-      <c r="G141" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H141" s="23"/>
     </row>
-    <row r="142" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A142" s="23">
         <v>3170</v>
       </c>
       <c r="B142" s="11"/>
       <c r="C142" s="24"/>
       <c r="D142" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E142" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F142" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F142" s="125" t="s">
+        <v>478</v>
+      </c>
+      <c r="G142" s="75" t="s">
         <v>479</v>
       </c>
-      <c r="G142" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H142" s="23"/>
     </row>
-    <row r="143" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A143" s="23">
         <v>3171</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C143" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D143" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E143" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F143" s="126" t="s">
+        <v>242</v>
+      </c>
+      <c r="F143" s="125" t="s">
+        <v>480</v>
+      </c>
+      <c r="G143" s="75" t="s">
         <v>481</v>
       </c>
-      <c r="G143" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H143" s="23"/>
     </row>
-    <row r="144" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A144" s="23">
         <v>3172</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C144" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D144" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E144" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>483</v>
+        <v>242</v>
+      </c>
+      <c r="F144" s="125" t="s">
+        <v>482</v>
       </c>
       <c r="G144" s="75" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H144" s="23"/>
     </row>
-    <row r="145" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A145" s="23">
         <v>3174</v>
       </c>
       <c r="B145" s="11"/>
       <c r="C145" s="22"/>
       <c r="D145" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E145" s="23" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="F145" s="126" t="s">
+        <v>246</v>
+      </c>
+      <c r="F145" s="125" t="s">
+        <v>483</v>
+      </c>
+      <c r="G145" s="10" t="s">
         <v>484</v>
       </c>
-      <c r="G145" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H145" s="23"/>
     </row>
-    <row r="146" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A146" s="23">
         <v>3176</v>
       </c>
       <c r="B146" s="11"/>
       <c r="C146" s="22"/>
       <c r="D146" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E146" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>246</v>
+      </c>
+      <c r="F146" s="125" t="s">
+        <v>197</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="H146" s="23"/>
     </row>
-    <row r="147" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A147" s="11">
         <v>3206</v>
       </c>
       <c r="B147" s="11"/>
       <c r="C147" s="22"/>
       <c r="D147" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E147" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F147" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F147" s="125" t="s">
+        <v>486</v>
+      </c>
+      <c r="G147" s="10" t="s">
         <v>487</v>
       </c>
-      <c r="G147" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H147" s="11"/>
     </row>
-    <row r="148" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A148" s="11">
         <v>3207</v>
       </c>
       <c r="B148" s="11"/>
       <c r="C148" s="22"/>
       <c r="D148" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E148" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F148" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F148" s="125" t="s">
+        <v>488</v>
+      </c>
+      <c r="G148" s="10" t="s">
         <v>489</v>
       </c>
-      <c r="G148" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A149" s="11">
         <v>3209</v>
       </c>
       <c r="B149" s="11"/>
       <c r="C149" s="22"/>
       <c r="D149" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E149" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F149" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F149" s="125" t="s">
+        <v>490</v>
+      </c>
+      <c r="G149" s="10" t="s">
         <v>491</v>
       </c>
-      <c r="G149" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H149" s="11"/>
     </row>
-    <row r="150" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A150" s="11">
         <v>3212</v>
       </c>
       <c r="B150" s="11"/>
       <c r="C150" s="22"/>
       <c r="D150" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E150" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F150" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F150" s="125" t="s">
+        <v>492</v>
+      </c>
+      <c r="G150" s="10" t="s">
         <v>493</v>
       </c>
-      <c r="G150" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H150" s="11"/>
     </row>
-    <row r="151" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A151" s="23">
         <v>3301</v>
       </c>
       <c r="B151" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C151" s="22">
         <v>44408</v>
       </c>
       <c r="D151" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E151" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F151" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F151" s="125" t="s">
+        <v>494</v>
+      </c>
+      <c r="G151" s="10" t="s">
         <v>495</v>
       </c>
-      <c r="G151" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H151" s="23"/>
     </row>
-    <row r="152" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A152" s="23">
         <v>3302</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C152" s="22">
         <v>44408</v>
       </c>
       <c r="D152" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E152" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F152" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F152" s="125" t="s">
+        <v>496</v>
+      </c>
+      <c r="G152" s="10" t="s">
         <v>497</v>
       </c>
-      <c r="G152" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H152" s="23"/>
     </row>
-    <row r="153" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A153" s="23">
         <v>3303</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C153" s="22">
         <v>44408</v>
       </c>
       <c r="D153" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E153" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F153" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F153" s="125" t="s">
+        <v>498</v>
+      </c>
+      <c r="G153" s="10" t="s">
         <v>499</v>
       </c>
-      <c r="G153" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H153" s="23"/>
     </row>
-    <row r="154" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A154" s="23">
         <v>3304</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C154" s="22">
         <v>44408</v>
       </c>
       <c r="D154" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E154" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>220</v>
+      </c>
+      <c r="F154" s="125" t="s">
+        <v>48</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="H154" s="23"/>
     </row>
-    <row r="155" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A155" s="23">
         <v>3305</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C155" s="22">
         <v>44408</v>
       </c>
       <c r="D155" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E155" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F155" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F155" s="125" t="s">
+        <v>501</v>
+      </c>
+      <c r="G155" s="10" t="s">
         <v>502</v>
       </c>
-      <c r="G155" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H155" s="11"/>
     </row>
-    <row r="156" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A156" s="23">
         <v>3306</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C156" s="22">
         <v>44408</v>
       </c>
       <c r="D156" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E156" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F156" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F156" s="125" t="s">
+        <v>503</v>
+      </c>
+      <c r="G156" s="10" t="s">
         <v>504</v>
       </c>
-      <c r="G156" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H156" s="23"/>
     </row>
-    <row r="157" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A157" s="23">
         <v>3307</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C157" s="22">
         <v>44408</v>
       </c>
       <c r="D157" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E157" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F157" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F157" s="125" t="s">
+        <v>505</v>
+      </c>
+      <c r="G157" s="10" t="s">
         <v>506</v>
       </c>
-      <c r="G157" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H157" s="23"/>
     </row>
-    <row r="158" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A158" s="23">
         <v>3311</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C158" s="22">
         <v>44408</v>
       </c>
       <c r="D158" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E158" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F158" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F158" s="125" t="s">
+        <v>507</v>
+      </c>
+      <c r="G158" s="10" t="s">
         <v>508</v>
       </c>
-      <c r="G158" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H158" s="23"/>
     </row>
-    <row r="159" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A159" s="23">
         <v>3312</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C159" s="22">
         <v>44408</v>
       </c>
       <c r="D159" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E159" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F159" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F159" s="125" t="s">
+        <v>509</v>
+      </c>
+      <c r="G159" s="10" t="s">
         <v>510</v>
       </c>
-      <c r="G159" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H159" s="23"/>
     </row>
-    <row r="160" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A160" s="23">
         <v>3313</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C160" s="22">
         <v>44408</v>
       </c>
       <c r="D160" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E160" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F160" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F160" s="125" t="s">
+        <v>511</v>
+      </c>
+      <c r="G160" s="10" t="s">
         <v>512</v>
       </c>
-      <c r="G160" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H160" s="23"/>
     </row>
-    <row r="161" spans="1:8" s="17" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:8" s="17" customFormat="1" ht="79.2" x14ac:dyDescent="0.3">
       <c r="A161" s="23">
         <v>3314</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C161" s="22">
         <v>44408</v>
       </c>
       <c r="D161" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E161" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F161" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F161" s="125" t="s">
+        <v>513</v>
+      </c>
+      <c r="G161" s="10" t="s">
         <v>514</v>
       </c>
-      <c r="G161" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H161" s="11"/>
     </row>
-    <row r="162" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A162" s="23">
         <v>3315</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C162" s="22">
         <v>44408</v>
       </c>
       <c r="D162" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E162" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F162" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F162" s="125" t="s">
+        <v>515</v>
+      </c>
+      <c r="G162" s="10" t="s">
         <v>516</v>
       </c>
-      <c r="G162" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H162" s="23"/>
     </row>
-    <row r="163" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A163" s="23">
         <v>3316</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C163" s="22">
         <v>44408</v>
       </c>
       <c r="D163" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E163" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F163" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F163" s="125" t="s">
+        <v>517</v>
+      </c>
+      <c r="G163" s="10" t="s">
         <v>518</v>
       </c>
-      <c r="G163" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H163" s="23"/>
     </row>
-    <row r="164" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A164" s="23">
         <v>3317</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C164" s="22"/>
       <c r="D164" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E164" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>197</v>
+        <v>246</v>
+      </c>
+      <c r="F164" s="125" t="s">
+        <v>196</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="H164" s="119"/>
     </row>
-    <row r="165" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A165" s="23">
         <v>3401</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C165" s="22">
         <v>44651</v>
       </c>
       <c r="D165" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E165" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F165" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F165" s="125" t="s">
+        <v>519</v>
+      </c>
+      <c r="G165" s="10" t="s">
         <v>520</v>
       </c>
-      <c r="G165" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H165" s="23"/>
     </row>
-    <row r="166" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A166" s="23">
         <v>3402</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C166" s="22">
         <v>44651</v>
       </c>
       <c r="D166" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E166" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F166" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F166" s="125" t="s">
+        <v>521</v>
+      </c>
+      <c r="G166" s="10" t="s">
         <v>522</v>
       </c>
-      <c r="G166" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H166" s="23"/>
     </row>
-    <row r="167" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A167" s="23">
         <v>3403</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C167" s="22">
         <v>44651</v>
       </c>
       <c r="D167" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E167" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F167" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F167" s="125" t="s">
+        <v>523</v>
+      </c>
+      <c r="G167" s="10" t="s">
         <v>524</v>
       </c>
-      <c r="G167" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H167" s="23"/>
     </row>
-    <row r="168" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A168" s="23">
         <v>3410</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C168" s="22">
         <v>44651</v>
       </c>
       <c r="D168" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E168" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F168" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F168" s="125" t="s">
+        <v>525</v>
+      </c>
+      <c r="G168" s="10" t="s">
         <v>526</v>
       </c>
-      <c r="G168" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H168" s="23"/>
     </row>
-    <row r="169" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A169" s="23">
         <v>3411</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C169" s="22">
         <v>44651</v>
       </c>
       <c r="D169" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E169" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F169" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F169" s="125" t="s">
+        <v>527</v>
+      </c>
+      <c r="G169" s="10" t="s">
         <v>528</v>
       </c>
-      <c r="G169" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H169" s="23"/>
     </row>
-    <row r="170" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A170" s="23">
         <v>3412</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C170" s="22">
         <v>44651</v>
       </c>
       <c r="D170" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E170" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F170" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F170" s="125" t="s">
+        <v>529</v>
+      </c>
+      <c r="G170" s="10" t="s">
         <v>530</v>
       </c>
-      <c r="G170" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H170" s="23"/>
     </row>
-    <row r="171" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A171" s="23">
         <v>3413</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C171" s="22">
         <v>44651</v>
       </c>
       <c r="D171" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E171" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F171" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F171" s="125" t="s">
+        <v>531</v>
+      </c>
+      <c r="G171" s="10" t="s">
         <v>532</v>
       </c>
-      <c r="G171" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H171" s="23"/>
     </row>
-    <row r="172" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A172" s="23">
         <v>3414</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C172" s="22">
         <v>44651</v>
       </c>
       <c r="D172" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E172" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F172" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F172" s="125" t="s">
+        <v>533</v>
+      </c>
+      <c r="G172" s="10" t="s">
         <v>534</v>
       </c>
-      <c r="G172" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H172" s="23"/>
     </row>
-    <row r="173" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A173" s="23">
         <v>3415</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C173" s="22">
         <v>44651</v>
       </c>
       <c r="D173" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E173" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F173" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F173" s="125" t="s">
+        <v>535</v>
+      </c>
+      <c r="G173" s="10" t="s">
         <v>536</v>
       </c>
-      <c r="G173" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H173" s="23"/>
     </row>
-    <row r="174" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A174" s="23">
         <v>3416</v>
       </c>
       <c r="B174" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C174" s="22">
         <v>44651</v>
       </c>
       <c r="D174" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E174" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>220</v>
+      </c>
+      <c r="F174" s="125" t="s">
+        <v>204</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="H174" s="23"/>
     </row>
-    <row r="175" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A175" s="23">
         <v>3417</v>
       </c>
       <c r="B175" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C175" s="22">
         <v>44651</v>
       </c>
       <c r="D175" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E175" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>220</v>
+      </c>
+      <c r="F175" s="125" t="s">
+        <v>205</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="H175" s="23"/>
     </row>
-    <row r="176" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A176" s="23">
         <v>3418</v>
       </c>
       <c r="B176" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C176" s="22">
         <v>44651</v>
       </c>
       <c r="D176" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E176" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F176" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F176" s="125" t="s">
+        <v>539</v>
+      </c>
+      <c r="G176" s="10" t="s">
         <v>540</v>
       </c>
-      <c r="G176" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H176" s="23"/>
     </row>
-    <row r="177" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A177" s="23">
         <v>3421</v>
       </c>
       <c r="B177" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C177" s="22">
         <v>44651</v>
       </c>
       <c r="D177" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E177" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>207</v>
+        <v>220</v>
+      </c>
+      <c r="F177" s="125" t="s">
+        <v>206</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="H177" s="23"/>
     </row>
-    <row r="178" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A178" s="23">
         <v>3422</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C178" s="22">
         <v>44651</v>
       </c>
       <c r="D178" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E178" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F178" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F178" s="125" t="s">
+        <v>542</v>
+      </c>
+      <c r="G178" s="10" t="s">
         <v>543</v>
       </c>
-      <c r="G178" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H178" s="23"/>
     </row>
-    <row r="179" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A179" s="23">
         <v>3423</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C179" s="22">
         <v>44651</v>
       </c>
       <c r="D179" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E179" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F179" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F179" s="125" t="s">
+        <v>544</v>
+      </c>
+      <c r="G179" s="10" t="s">
         <v>545</v>
       </c>
-      <c r="G179" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H179" s="23"/>
     </row>
-    <row r="180" spans="1:8" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:8" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A180" s="23">
         <v>3425</v>
       </c>
       <c r="B180" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C180" s="22">
         <v>44830</v>
       </c>
       <c r="D180" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E180" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>195</v>
+        <v>220</v>
+      </c>
+      <c r="F180" s="125" t="s">
+        <v>194</v>
       </c>
       <c r="G180" s="10" t="s">
-        <v>539</v>
+        <v>538</v>
       </c>
       <c r="H180" s="23"/>
     </row>
-    <row r="181" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A181" s="11">
         <v>3501</v>
       </c>
       <c r="B181" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C181" s="22">
         <v>45047</v>
       </c>
       <c r="D181" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E181" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F181" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F181" s="125" t="s">
+        <v>547</v>
+      </c>
+      <c r="G181" s="10" t="s">
         <v>548</v>
       </c>
-      <c r="G181" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H181" s="75"/>
     </row>
-    <row r="182" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A182" s="11">
         <v>3502</v>
       </c>
       <c r="B182" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C182" s="22">
         <v>45047</v>
       </c>
       <c r="D182" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E182" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F182" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F182" s="125" t="s">
+        <v>549</v>
+      </c>
+      <c r="G182" s="10" t="s">
         <v>550</v>
       </c>
-      <c r="G182" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H182" s="75"/>
     </row>
-    <row r="183" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A183" s="11">
         <v>3505</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C183" s="22">
         <v>45236</v>
       </c>
       <c r="D183" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E183" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F183" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F183" s="125" t="s">
+        <v>552</v>
+      </c>
+      <c r="G183" s="10" t="s">
         <v>553</v>
       </c>
-      <c r="G183" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H183" s="75"/>
     </row>
-    <row r="184" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A184" s="11">
         <v>3506</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C184" s="22">
         <v>45236</v>
       </c>
       <c r="D184" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E184" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F184" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F184" s="125" t="s">
+        <v>554</v>
+      </c>
+      <c r="G184" s="10" t="s">
         <v>555</v>
       </c>
-      <c r="G184" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H184" s="120"/>
     </row>
-    <row r="185" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A185" s="11">
         <v>3508</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C185" s="22">
         <v>45236</v>
       </c>
       <c r="D185" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E185" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F185" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F185" s="125" t="s">
+        <v>556</v>
+      </c>
+      <c r="G185" s="10" t="s">
         <v>557</v>
       </c>
-      <c r="G185" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H185" s="120"/>
     </row>
-    <row r="186" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A186" s="11">
         <v>3512</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C186" s="22">
         <v>45047</v>
       </c>
       <c r="D186" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E186" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>559</v>
+        <v>220</v>
+      </c>
+      <c r="F186" s="125" t="s">
+        <v>558</v>
       </c>
       <c r="G186" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H186" s="120"/>
     </row>
-    <row r="187" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A187" s="23">
         <v>3515</v>
       </c>
       <c r="B187" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C187" s="22">
         <v>45236</v>
       </c>
       <c r="D187" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E187" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>230</v>
+      </c>
+      <c r="F187" s="125" t="s">
+        <v>559</v>
       </c>
       <c r="G187" s="10" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="H187" s="120"/>
     </row>
-    <row r="188" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A188" s="23">
         <v>3518</v>
       </c>
       <c r="B188" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C188" s="22">
         <v>45047</v>
       </c>
       <c r="D188" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E188" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>561</v>
+        <v>220</v>
+      </c>
+      <c r="F188" s="125" t="s">
+        <v>560</v>
       </c>
       <c r="G188" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H188" s="120"/>
     </row>
-    <row r="189" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A189" s="11">
         <v>3521</v>
       </c>
       <c r="B189" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C189" s="22">
         <v>45236</v>
       </c>
       <c r="D189" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E189" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>230</v>
+      </c>
+      <c r="F189" s="125" t="s">
+        <v>561</v>
       </c>
       <c r="G189" s="10" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="H189" s="120"/>
     </row>
-    <row r="190" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A190" s="11">
         <v>3524</v>
       </c>
       <c r="B190" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C190" s="22">
         <v>45047</v>
       </c>
       <c r="D190" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E190" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>220</v>
+      </c>
+      <c r="F190" s="125" t="s">
+        <v>562</v>
       </c>
       <c r="G190" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H190" s="120"/>
     </row>
-    <row r="191" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A191" s="11">
         <v>3526</v>
       </c>
       <c r="B191" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C191" s="22">
         <v>45236</v>
       </c>
       <c r="D191" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E191" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>230</v>
+      </c>
+      <c r="F191" s="125" t="s">
+        <v>59</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H191" s="120"/>
     </row>
-    <row r="192" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A192" s="11">
         <v>3529</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C192" s="22">
         <v>45236</v>
       </c>
       <c r="D192" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E192" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F192" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F192" s="125" t="s">
+        <v>564</v>
+      </c>
+      <c r="G192" s="10" t="s">
         <v>565</v>
       </c>
-      <c r="G192" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H192" s="120"/>
     </row>
-    <row r="193" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A193" s="11">
         <v>3530</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C193" s="22">
         <v>45236</v>
       </c>
       <c r="D193" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E193" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>230</v>
+      </c>
+      <c r="F193" s="125" t="s">
+        <v>123</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H193" s="120"/>
     </row>
-    <row r="194" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A194" s="11">
         <v>3531</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C194" s="22">
         <v>45047</v>
       </c>
       <c r="D194" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E194" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F194" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F194" s="125" t="s">
+        <v>567</v>
+      </c>
+      <c r="G194" s="10" t="s">
         <v>568</v>
       </c>
-      <c r="G194" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H194" s="120"/>
     </row>
-    <row r="195" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A195" s="11">
         <v>3532</v>
       </c>
       <c r="B195" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C195" s="22">
         <v>45047</v>
       </c>
       <c r="D195" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E195" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F195" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F195" s="125" t="s">
+        <v>569</v>
+      </c>
+      <c r="G195" s="10" t="s">
         <v>570</v>
       </c>
-      <c r="G195" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H195" s="120"/>
     </row>
-    <row r="196" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A196" s="11">
         <v>3533</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C196" s="22">
         <v>45236</v>
       </c>
       <c r="D196" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E196" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>572</v>
+        <v>230</v>
+      </c>
+      <c r="F196" s="125" t="s">
+        <v>571</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H196" s="120"/>
     </row>
-    <row r="197" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A197" s="11">
         <v>3534</v>
       </c>
       <c r="B197" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C197" s="22">
         <v>45236</v>
       </c>
       <c r="D197" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E197" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>230</v>
+      </c>
+      <c r="F197" s="125" t="s">
+        <v>125</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H197" s="120"/>
     </row>
-    <row r="198" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A198" s="11">
         <v>3535</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C198" s="22">
         <v>45047</v>
       </c>
       <c r="D198" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E198" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>230</v>
+      </c>
+      <c r="F198" s="125" t="s">
+        <v>186</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H198" s="120"/>
     </row>
-    <row r="199" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A199" s="11">
         <v>3536</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C199" s="22">
         <v>45047</v>
       </c>
       <c r="D199" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E199" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>574</v>
+        <v>230</v>
+      </c>
+      <c r="F199" s="125" t="s">
+        <v>573</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H199" s="120"/>
     </row>
-    <row r="200" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A200" s="11">
         <v>3537</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C200" s="22">
         <v>45236</v>
       </c>
       <c r="D200" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E200" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>575</v>
+        <v>230</v>
+      </c>
+      <c r="F200" s="125" t="s">
+        <v>574</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H200" s="120"/>
     </row>
-    <row r="201" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A201" s="11">
         <v>3538</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C201" s="22">
         <v>45236</v>
       </c>
       <c r="D201" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E201" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>230</v>
+      </c>
+      <c r="F201" s="125" t="s">
+        <v>127</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H201" s="120"/>
     </row>
-    <row r="202" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A202" s="11">
         <v>3539</v>
       </c>
       <c r="B202" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C202" s="22">
         <v>45047</v>
       </c>
       <c r="D202" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E202" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>230</v>
+      </c>
+      <c r="F202" s="125" t="s">
+        <v>575</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H202" s="120"/>
     </row>
-    <row r="203" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A203" s="11">
         <v>3540</v>
       </c>
       <c r="B203" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C203" s="22">
         <v>45047</v>
       </c>
       <c r="D203" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E203" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>577</v>
+        <v>230</v>
+      </c>
+      <c r="F203" s="125" t="s">
+        <v>576</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H203" s="120"/>
     </row>
-    <row r="204" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A204" s="11">
         <v>3541</v>
       </c>
       <c r="B204" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C204" s="22">
         <v>45047</v>
       </c>
       <c r="D204" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E204" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F204" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F204" s="125" t="s">
+        <v>577</v>
+      </c>
+      <c r="G204" s="10" t="s">
         <v>578</v>
       </c>
-      <c r="G204" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H204" s="120"/>
     </row>
-    <row r="205" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A205" s="11">
         <v>3542</v>
       </c>
       <c r="B205" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C205" s="22">
         <v>45236</v>
       </c>
       <c r="D205" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E205" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F205" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F205" s="125" t="s">
+        <v>579</v>
+      </c>
+      <c r="G205" s="10" t="s">
         <v>580</v>
       </c>
-      <c r="G205" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H205" s="120"/>
     </row>
-    <row r="206" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A206" s="11">
         <v>3543</v>
       </c>
       <c r="B206" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C206" s="22">
         <v>45047</v>
       </c>
       <c r="D206" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E206" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F206" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F206" s="125" t="s">
+        <v>581</v>
+      </c>
+      <c r="G206" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="G206" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H206" s="120"/>
     </row>
-    <row r="207" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A207" s="11">
         <v>3544</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C207" s="22">
         <v>45047</v>
       </c>
       <c r="D207" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E207" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>220</v>
+      </c>
+      <c r="F207" s="125" t="s">
+        <v>583</v>
       </c>
       <c r="G207" s="10" t="s">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="H207" s="120"/>
     </row>
-    <row r="208" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A208" s="11">
         <v>3545</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C208" s="22">
         <v>45047</v>
       </c>
       <c r="D208" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E208" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F208" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F208" s="125" t="s">
+        <v>584</v>
+      </c>
+      <c r="G208" s="10" t="s">
         <v>585</v>
       </c>
-      <c r="G208" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H208" s="120"/>
     </row>
-    <row r="209" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A209" s="11">
         <v>3546</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C209" s="22">
         <v>45047</v>
       </c>
       <c r="D209" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E209" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>220</v>
+      </c>
+      <c r="F209" s="125" t="s">
+        <v>586</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>586</v>
+        <v>585</v>
       </c>
       <c r="H209" s="120"/>
     </row>
-    <row r="210" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A210" s="11">
         <v>3547</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C210" s="22">
         <v>45047</v>
       </c>
       <c r="D210" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E210" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F210" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F210" s="125" t="s">
+        <v>587</v>
+      </c>
+      <c r="G210" s="10" t="s">
         <v>588</v>
       </c>
-      <c r="G210" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H210" s="120"/>
     </row>
-    <row r="211" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A211" s="11">
         <v>3548</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C211" s="22">
         <v>45047</v>
       </c>
       <c r="D211" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E211" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>590</v>
+        <v>220</v>
+      </c>
+      <c r="F211" s="125" t="s">
+        <v>589</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="H211" s="120"/>
     </row>
-    <row r="212" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A212" s="11">
         <v>3549</v>
       </c>
       <c r="B212" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C212" s="22">
         <v>45236</v>
       </c>
       <c r="D212" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E212" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>230</v>
+      </c>
+      <c r="F212" s="125" t="s">
+        <v>590</v>
       </c>
       <c r="G212" s="10" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H212" s="120"/>
     </row>
-    <row r="213" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="213" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A213" s="11">
         <v>3550</v>
       </c>
       <c r="B213" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C213" s="22">
         <v>45047</v>
       </c>
       <c r="D213" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E213" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F213" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F213" s="125" t="s">
+        <v>591</v>
+      </c>
+      <c r="G213" s="10" t="s">
         <v>592</v>
       </c>
-      <c r="G213" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H213" s="120"/>
     </row>
-    <row r="214" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="214" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A214" s="11">
         <v>3551</v>
       </c>
       <c r="B214" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C214" s="22"/>
       <c r="D214" s="22" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E214" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>230</v>
+      </c>
+      <c r="F214" s="125" t="s">
+        <v>593</v>
       </c>
       <c r="G214" s="10" t="s">
-        <v>593</v>
+        <v>592</v>
       </c>
       <c r="H214" s="120"/>
     </row>
-    <row r="215" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="215" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A215" s="11">
         <v>3553</v>
       </c>
       <c r="B215" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C215" s="22">
         <v>45047</v>
       </c>
       <c r="D215" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E215" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>230</v>
+      </c>
+      <c r="F215" s="125" t="s">
+        <v>159</v>
       </c>
       <c r="G215" s="10" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H215" s="120"/>
     </row>
-    <row r="216" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="216" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A216" s="11">
         <v>3554</v>
       </c>
       <c r="B216" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C216" s="22">
         <v>45047</v>
       </c>
       <c r="D216" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E216" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>230</v>
+      </c>
+      <c r="F216" s="125" t="s">
+        <v>128</v>
       </c>
       <c r="G216" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H216" s="120"/>
     </row>
-    <row r="217" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="217" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A217" s="11">
         <v>3555</v>
       </c>
       <c r="B217" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C217" s="22">
         <v>45236</v>
       </c>
       <c r="D217" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E217" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>230</v>
+      </c>
+      <c r="F217" s="125" t="s">
+        <v>65</v>
       </c>
       <c r="G217" s="10" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="H217" s="120"/>
     </row>
-    <row r="218" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="218" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A218" s="11">
         <v>3556</v>
       </c>
       <c r="B218" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C218" s="22">
         <v>45047</v>
       </c>
       <c r="D218" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E218" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>230</v>
+      </c>
+      <c r="F218" s="125" t="s">
+        <v>596</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="H218" s="120"/>
     </row>
-    <row r="219" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="219" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A219" s="11">
         <v>3557</v>
       </c>
       <c r="B219" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C219" s="22">
         <v>45047</v>
       </c>
       <c r="D219" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E219" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F219" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F219" s="125" t="s">
+        <v>597</v>
+      </c>
+      <c r="G219" s="10" t="s">
         <v>598</v>
       </c>
-      <c r="G219" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H219" s="120"/>
     </row>
-    <row r="220" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="220" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A220" s="11">
         <v>3560</v>
       </c>
       <c r="B220" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C220" s="22">
         <v>45047</v>
       </c>
       <c r="D220" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E220" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F220" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F220" s="125" t="s">
+        <v>599</v>
+      </c>
+      <c r="G220" s="10" t="s">
         <v>600</v>
       </c>
-      <c r="G220" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H220" s="120"/>
     </row>
-    <row r="221" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="221" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A221" s="11">
         <v>3561</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C221" s="22">
         <v>45236</v>
       </c>
       <c r="D221" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E221" s="22" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F221" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F221" s="125" t="s">
+        <v>601</v>
+      </c>
+      <c r="G221" s="10" t="s">
         <v>602</v>
       </c>
-      <c r="G221" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H221" s="120"/>
     </row>
-    <row r="222" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="222" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A222" s="11">
         <v>3563</v>
       </c>
       <c r="B222" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C222" s="22">
         <v>45047</v>
       </c>
       <c r="D222" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E222" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>604</v>
+        <v>230</v>
+      </c>
+      <c r="F222" s="125" t="s">
+        <v>603</v>
       </c>
       <c r="G222" s="10" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="H222" s="120"/>
     </row>
-    <row r="223" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="223" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A223" s="11">
         <v>3565</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C223" s="22">
         <v>45047</v>
       </c>
       <c r="D223" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E223" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>230</v>
+      </c>
+      <c r="F223" s="125" t="s">
+        <v>173</v>
       </c>
       <c r="G223" s="10" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="H223" s="120"/>
     </row>
-    <row r="224" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="224" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A224" s="11">
         <v>3568</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C224" s="22">
         <v>45047</v>
       </c>
       <c r="D224" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E224" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F224" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F224" s="125" t="s">
+        <v>604</v>
+      </c>
+      <c r="G224" s="10" t="s">
         <v>605</v>
       </c>
-      <c r="G224" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H224" s="120"/>
     </row>
-    <row r="225" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="225" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A225" s="11">
         <v>3572</v>
       </c>
       <c r="B225" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C225" s="22">
         <v>45236</v>
       </c>
       <c r="D225" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E225" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>607</v>
+        <v>230</v>
+      </c>
+      <c r="F225" s="125" t="s">
+        <v>606</v>
       </c>
       <c r="G225" s="10" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="H225" s="120"/>
     </row>
-    <row r="226" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="226" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A226" s="11">
         <v>3573</v>
       </c>
       <c r="B226" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C226" s="22">
         <v>45047</v>
       </c>
       <c r="D226" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E226" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>230</v>
+      </c>
+      <c r="F226" s="125" t="s">
+        <v>607</v>
       </c>
       <c r="G226" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H226" s="120"/>
     </row>
-    <row r="227" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="227" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A227" s="11">
         <v>3574</v>
       </c>
       <c r="B227" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C227" s="22">
         <v>45236</v>
       </c>
       <c r="D227" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E227" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>230</v>
+      </c>
+      <c r="F227" s="125" t="s">
+        <v>176</v>
       </c>
       <c r="G227" s="10" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="H227" s="120"/>
     </row>
-    <row r="228" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="228" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A228" s="11">
         <v>3583</v>
       </c>
       <c r="B228" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C228" s="22">
         <v>45047</v>
       </c>
       <c r="D228" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E228" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>610</v>
+        <v>230</v>
+      </c>
+      <c r="F228" s="125" t="s">
+        <v>609</v>
       </c>
       <c r="G228" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H228" s="120"/>
     </row>
-    <row r="229" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A229" s="11">
         <v>3584</v>
       </c>
       <c r="B229" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C229" s="22">
         <v>45047</v>
       </c>
       <c r="D229" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E229" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F229" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F229" s="125" t="s">
+        <v>610</v>
+      </c>
+      <c r="G229" s="10" t="s">
         <v>611</v>
       </c>
-      <c r="G229" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H229" s="120"/>
     </row>
-    <row r="230" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="230" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A230" s="11">
         <v>3586</v>
       </c>
       <c r="B230" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C230" s="22">
         <v>45047</v>
       </c>
       <c r="D230" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E230" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F230" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F230" s="125" t="s">
+        <v>612</v>
+      </c>
+      <c r="G230" s="10" t="s">
         <v>613</v>
       </c>
-      <c r="G230" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H230" s="120"/>
     </row>
-    <row r="231" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A231" s="11">
         <v>3587</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C231" s="22">
         <v>45236</v>
       </c>
       <c r="D231" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E231" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>220</v>
+      </c>
+      <c r="F231" s="126" t="s">
+        <v>153</v>
       </c>
       <c r="G231" s="10" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="H231" s="120"/>
     </row>
-    <row r="232" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="232" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A232" s="11">
         <v>3588</v>
       </c>
       <c r="B232" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C232" s="22">
         <v>45047</v>
       </c>
       <c r="D232" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E232" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F232" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F232" s="125" t="s">
+        <v>615</v>
+      </c>
+      <c r="G232" s="10" t="s">
         <v>616</v>
       </c>
-      <c r="G232" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H232" s="120"/>
     </row>
-    <row r="233" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="233" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A233" s="11">
         <v>3590</v>
       </c>
       <c r="B233" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C233" s="22">
         <v>45236</v>
       </c>
       <c r="D233" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E233" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>230</v>
+      </c>
+      <c r="F233" s="125" t="s">
+        <v>60</v>
       </c>
       <c r="G233" s="10" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="H233" s="120"/>
     </row>
-    <row r="234" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="234" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A234" s="11">
         <v>3592</v>
       </c>
       <c r="B234" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C234" s="22">
         <v>45047</v>
       </c>
       <c r="D234" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E234" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F234" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F234" s="125" t="s">
+        <v>617</v>
+      </c>
+      <c r="G234" s="10" t="s">
         <v>618</v>
       </c>
-      <c r="G234" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H234" s="120"/>
     </row>
-    <row r="235" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A235" s="11">
         <v>3593</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C235" s="22">
         <v>45047</v>
       </c>
       <c r="D235" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E235" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F235" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F235" s="125" t="s">
+        <v>619</v>
+      </c>
+      <c r="G235" s="10" t="s">
         <v>620</v>
       </c>
-      <c r="G235" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H235" s="120"/>
     </row>
-    <row r="236" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="236" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A236" s="11">
         <v>3594</v>
       </c>
       <c r="B236" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C236" s="22">
         <v>45236</v>
       </c>
       <c r="D236" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E236" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F236" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F236" s="125" t="s">
+        <v>621</v>
+      </c>
+      <c r="G236" s="10" t="s">
         <v>622</v>
       </c>
-      <c r="G236" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H236" s="120"/>
     </row>
-    <row r="237" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="237" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A237" s="11">
         <v>3595</v>
       </c>
       <c r="B237" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C237" s="22">
         <v>45047</v>
       </c>
       <c r="D237" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E237" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>624</v>
+        <v>220</v>
+      </c>
+      <c r="F237" s="125" t="s">
+        <v>623</v>
       </c>
       <c r="G237" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H237" s="120"/>
     </row>
-    <row r="238" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="238" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A238" s="11">
         <v>3596</v>
       </c>
       <c r="B238" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C238" s="22">
         <v>45236</v>
       </c>
       <c r="D238" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E238" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F238" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F238" s="125" t="s">
+        <v>624</v>
+      </c>
+      <c r="G238" s="10" t="s">
         <v>625</v>
       </c>
-      <c r="G238" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H238" s="120"/>
     </row>
-    <row r="239" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A239" s="11">
         <v>3597</v>
       </c>
       <c r="B239" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C239" s="22">
         <v>45047</v>
       </c>
       <c r="D239" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E239" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F239" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F239" s="125" t="s">
+        <v>626</v>
+      </c>
+      <c r="G239" s="10" t="s">
         <v>627</v>
       </c>
-      <c r="G239" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H239" s="120"/>
     </row>
-    <row r="240" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="240" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A240" s="11">
         <v>3598</v>
       </c>
       <c r="B240" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C240" s="22">
         <v>45047</v>
       </c>
       <c r="D240" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E240" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F240" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F240" s="125" t="s">
+        <v>628</v>
+      </c>
+      <c r="G240" s="10" t="s">
         <v>629</v>
       </c>
-      <c r="G240" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H240" s="120"/>
     </row>
-    <row r="241" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A241" s="11">
         <v>3599</v>
       </c>
       <c r="B241" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C241" s="22">
         <v>45236</v>
       </c>
       <c r="D241" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E241" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F241" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F241" s="125" t="s">
+        <v>630</v>
+      </c>
+      <c r="G241" s="10" t="s">
         <v>631</v>
       </c>
-      <c r="G241" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H241" s="120"/>
     </row>
-    <row r="242" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="242" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A242" s="11">
         <v>3600</v>
       </c>
       <c r="B242" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C242" s="22">
         <v>45047</v>
       </c>
       <c r="D242" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E242" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>189</v>
+        <v>230</v>
+      </c>
+      <c r="F242" s="125" t="s">
+        <v>188</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H242" s="120"/>
     </row>
-    <row r="243" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="243" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A243" s="11">
         <v>3601</v>
       </c>
       <c r="B243" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C243" s="22">
         <v>45047</v>
       </c>
       <c r="D243" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E243" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F243" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F243" s="125" t="s">
+        <v>632</v>
+      </c>
+      <c r="G243" s="10" t="s">
         <v>633</v>
       </c>
-      <c r="G243" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H243" s="120"/>
     </row>
-    <row r="244" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="244" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A244" s="11">
         <v>3602</v>
       </c>
       <c r="B244" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C244" s="22">
         <v>45047</v>
       </c>
       <c r="D244" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E244" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F244" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F244" s="125" t="s">
+        <v>634</v>
+      </c>
+      <c r="G244" s="10" t="s">
         <v>635</v>
       </c>
-      <c r="G244" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H244" s="120"/>
     </row>
-    <row r="245" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="245" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A245" s="11">
         <v>3603</v>
       </c>
       <c r="B245" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C245" s="22">
         <v>45236</v>
       </c>
       <c r="D245" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E245" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F245" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F245" s="125" t="s">
+        <v>636</v>
+      </c>
+      <c r="G245" s="75" t="s">
         <v>637</v>
       </c>
-      <c r="G245" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H245" s="120"/>
     </row>
-    <row r="246" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A246" s="11">
         <v>3605</v>
       </c>
       <c r="B246" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C246" s="22">
         <v>45236</v>
       </c>
       <c r="D246" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E246" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F246" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F246" s="125" t="s">
+        <v>638</v>
+      </c>
+      <c r="G246" s="10" t="s">
         <v>639</v>
       </c>
-      <c r="G246" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H246" s="120"/>
     </row>
-    <row r="247" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="247" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A247" s="11">
         <v>3606</v>
       </c>
       <c r="B247" s="11" t="s">
+        <v>640</v>
+      </c>
+      <c r="C247" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D247" s="24" t="s">
+        <v>242</v>
+      </c>
+      <c r="E247" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="F247" s="125" t="s">
         <v>641</v>
       </c>
-      <c r="C247" s="24" t="s">
-[...8 lines deleted...]
-      <c r="F247" s="126" t="s">
+      <c r="G247" s="10" t="s">
         <v>642</v>
       </c>
-      <c r="G247" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H247" s="120"/>
     </row>
-    <row r="248" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="248" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A248" s="11">
         <v>3607</v>
       </c>
       <c r="B248" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C248" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D248" s="24" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E248" s="24" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F248" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F248" s="125" t="s">
+        <v>643</v>
+      </c>
+      <c r="G248" s="10" t="s">
         <v>644</v>
       </c>
-      <c r="G248" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H248" s="120"/>
     </row>
-    <row r="249" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="249" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A249" s="11">
         <v>3608</v>
       </c>
       <c r="B249" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C249" s="22">
         <v>45047</v>
       </c>
       <c r="D249" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E249" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>646</v>
+        <v>220</v>
+      </c>
+      <c r="F249" s="125" t="s">
+        <v>645</v>
       </c>
       <c r="G249" s="10" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="H249" s="120"/>
     </row>
-    <row r="250" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="250" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A250" s="11">
         <v>3609</v>
       </c>
       <c r="B250" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C250" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D250" s="24" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E250" s="24" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F250" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F250" s="125" t="s">
+        <v>646</v>
+      </c>
+      <c r="G250" s="10" t="s">
         <v>647</v>
       </c>
-      <c r="G250" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H250" s="120"/>
     </row>
-    <row r="251" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="251" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A251" s="11">
         <v>3610</v>
       </c>
       <c r="B251" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C251" s="22">
         <v>45047</v>
       </c>
       <c r="D251" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E251" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>649</v>
+        <v>220</v>
+      </c>
+      <c r="F251" s="125" t="s">
+        <v>648</v>
       </c>
       <c r="G251" s="10" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="H251" s="120"/>
     </row>
-    <row r="252" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="252" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A252" s="11">
         <v>3611</v>
       </c>
       <c r="B252" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C252" s="22">
         <v>45236</v>
       </c>
       <c r="D252" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E252" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F252" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F252" s="125" t="s">
+        <v>649</v>
+      </c>
+      <c r="G252" s="10" t="s">
         <v>650</v>
       </c>
-      <c r="G252" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H252" s="120"/>
     </row>
-    <row r="253" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="253" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A253" s="11">
         <v>3612</v>
       </c>
       <c r="B253" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C253" s="22">
         <v>45047</v>
       </c>
       <c r="D253" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E253" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>220</v>
+      </c>
+      <c r="F253" s="125" t="s">
+        <v>651</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>619</v>
+        <v>618</v>
       </c>
       <c r="H253" s="120"/>
     </row>
-    <row r="254" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="254" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A254" s="11">
         <v>3613</v>
       </c>
       <c r="B254" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C254" s="22">
         <v>45047</v>
       </c>
       <c r="D254" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E254" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>653</v>
+        <v>220</v>
+      </c>
+      <c r="F254" s="125" t="s">
+        <v>652</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="H254" s="120"/>
     </row>
-    <row r="255" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="255" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A255" s="11">
         <v>3614</v>
       </c>
       <c r="B255" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C255" s="22">
         <v>45047</v>
       </c>
       <c r="D255" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E255" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F255" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F255" s="125" t="s">
+        <v>653</v>
+      </c>
+      <c r="G255" s="10" t="s">
         <v>654</v>
       </c>
-      <c r="G255" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H255" s="120"/>
     </row>
-    <row r="256" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="256" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A256" s="11">
         <v>3615</v>
       </c>
       <c r="B256" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C256" s="22">
         <v>45047</v>
       </c>
       <c r="D256" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E256" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>656</v>
+        <v>220</v>
+      </c>
+      <c r="F256" s="125" t="s">
+        <v>655</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="H256" s="120"/>
     </row>
-    <row r="257" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="257" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A257" s="11">
         <v>3616</v>
       </c>
       <c r="B257" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C257" s="22">
         <v>45236</v>
       </c>
       <c r="D257" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E257" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>132</v>
+        <v>220</v>
+      </c>
+      <c r="F257" s="125" t="s">
+        <v>131</v>
       </c>
       <c r="G257" s="10" t="s">
-        <v>657</v>
+        <v>656</v>
       </c>
       <c r="H257" s="120"/>
     </row>
-    <row r="258" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="258" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A258" s="11">
         <v>3617</v>
       </c>
       <c r="B258" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C258" s="22">
         <v>45236</v>
       </c>
       <c r="D258" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E258" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>230</v>
+      </c>
+      <c r="F258" s="125" t="s">
+        <v>132</v>
       </c>
       <c r="G258" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H258" s="120"/>
     </row>
-    <row r="259" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="259" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A259" s="11">
         <v>3618</v>
       </c>
       <c r="B259" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C259" s="22">
         <v>45047</v>
       </c>
       <c r="D259" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E259" s="22" t="s">
-        <v>231</v>
-[...1 lines deleted...]
-      <c r="F259" s="126" t="s">
+        <v>230</v>
+      </c>
+      <c r="F259" s="125" t="s">
+        <v>657</v>
+      </c>
+      <c r="G259" s="10" t="s">
         <v>658</v>
       </c>
-      <c r="G259" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H259" s="120"/>
     </row>
-    <row r="260" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="260" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A260" s="11">
         <v>3619</v>
       </c>
       <c r="B260" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C260" s="22">
         <v>45047</v>
       </c>
       <c r="D260" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E260" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F260" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F260" s="125" t="s">
+        <v>659</v>
+      </c>
+      <c r="G260" s="10" t="s">
         <v>660</v>
       </c>
-      <c r="G260" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H260" s="120"/>
     </row>
-    <row r="261" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="261" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A261" s="11">
         <v>3620</v>
       </c>
       <c r="B261" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C261" s="22">
         <v>45236</v>
       </c>
       <c r="D261" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E261" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>220</v>
+      </c>
+      <c r="F261" s="125" t="s">
+        <v>133</v>
       </c>
       <c r="G261" s="10" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="H261" s="120"/>
     </row>
-    <row r="262" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="262" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A262" s="11">
         <v>3622</v>
       </c>
       <c r="B262" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C262" s="22">
         <v>45047</v>
       </c>
       <c r="D262" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E262" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F262" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F262" s="125" t="s">
+        <v>662</v>
+      </c>
+      <c r="G262" s="10" t="s">
         <v>663</v>
       </c>
-      <c r="G262" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H262" s="120"/>
     </row>
-    <row r="263" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="263" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A263" s="11">
         <v>3623</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C263" s="22">
         <v>45047</v>
       </c>
       <c r="D263" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E263" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>665</v>
+        <v>220</v>
+      </c>
+      <c r="F263" s="125" t="s">
+        <v>664</v>
       </c>
       <c r="G263" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H263" s="120"/>
     </row>
-    <row r="264" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="264" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A264" s="11">
         <v>3624</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C264" s="22">
         <v>45047</v>
       </c>
       <c r="D264" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E264" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>220</v>
+      </c>
+      <c r="F264" s="125" t="s">
+        <v>665</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H264" s="120"/>
     </row>
-    <row r="265" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="265" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A265" s="11">
         <v>3625</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C265" s="22">
         <v>45236</v>
       </c>
       <c r="D265" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E265" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>230</v>
+      </c>
+      <c r="F265" s="125" t="s">
+        <v>666</v>
       </c>
       <c r="G265" s="10" t="s">
-        <v>558</v>
+        <v>557</v>
       </c>
       <c r="H265" s="120"/>
     </row>
-    <row r="266" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="266" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A266" s="23">
         <v>3626</v>
       </c>
       <c r="B266" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C266" s="22">
         <v>45047</v>
       </c>
       <c r="D266" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E266" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F266" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F266" s="125" t="s">
+        <v>667</v>
+      </c>
+      <c r="G266" s="10" t="s">
         <v>668</v>
       </c>
-      <c r="G266" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H266" s="120"/>
     </row>
-    <row r="267" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="267" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A267" s="11">
         <v>3627</v>
       </c>
       <c r="B267" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C267" s="22">
         <v>45236</v>
       </c>
       <c r="D267" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E267" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F267" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F267" s="125" t="s">
+        <v>669</v>
+      </c>
+      <c r="G267" s="10" t="s">
         <v>670</v>
       </c>
-      <c r="G267" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H267" s="120"/>
     </row>
-    <row r="268" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="268" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A268" s="11">
         <v>3628</v>
       </c>
       <c r="B268" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C268" s="22">
         <v>45047</v>
       </c>
       <c r="D268" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E268" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>220</v>
+      </c>
+      <c r="F268" s="125" t="s">
+        <v>166</v>
       </c>
       <c r="G268" s="10" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="H268" s="120"/>
     </row>
-    <row r="269" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="269" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A269" s="11">
         <v>3629</v>
       </c>
       <c r="B269" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C269" s="22">
         <v>45236</v>
       </c>
       <c r="D269" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E269" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F269" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F269" s="125" t="s">
+        <v>672</v>
+      </c>
+      <c r="G269" s="10" t="s">
         <v>673</v>
       </c>
-      <c r="G269" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H269" s="120"/>
     </row>
-    <row r="270" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="270" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A270" s="11">
         <v>3630</v>
       </c>
       <c r="B270" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C270" s="22">
         <v>45047</v>
       </c>
       <c r="D270" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E270" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>220</v>
+      </c>
+      <c r="F270" s="125" t="s">
+        <v>674</v>
       </c>
       <c r="G270" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H270" s="120"/>
     </row>
-    <row r="271" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="271" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A271" s="11">
         <v>3632</v>
       </c>
       <c r="B271" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C271" s="22">
         <v>45047</v>
       </c>
       <c r="D271" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E271" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>220</v>
+      </c>
+      <c r="F271" s="125" t="s">
+        <v>675</v>
       </c>
       <c r="G271" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H271" s="120"/>
     </row>
-    <row r="272" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="272" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A272" s="11">
         <v>3633</v>
       </c>
       <c r="B272" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C272" s="22">
         <v>45236</v>
       </c>
       <c r="D272" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E272" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F272" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F272" s="125" t="s">
+        <v>676</v>
+      </c>
+      <c r="G272" s="10" t="s">
         <v>677</v>
       </c>
-      <c r="G272" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H272" s="120"/>
     </row>
-    <row r="273" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="273" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A273" s="11">
         <v>3634</v>
       </c>
       <c r="B273" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C273" s="22">
         <v>45047</v>
       </c>
       <c r="D273" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E273" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F273" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F273" s="125" t="s">
+        <v>678</v>
+      </c>
+      <c r="G273" s="10" t="s">
         <v>679</v>
       </c>
-      <c r="G273" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H273" s="120"/>
     </row>
-    <row r="274" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="274" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A274" s="11">
         <v>3635</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C274" s="22">
         <v>45047</v>
       </c>
       <c r="D274" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E274" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F274" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F274" s="125" t="s">
+        <v>680</v>
+      </c>
+      <c r="G274" s="10" t="s">
         <v>681</v>
       </c>
-      <c r="G274" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H274" s="120"/>
     </row>
-    <row r="275" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="275" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A275" s="11">
         <v>3636</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C275" s="22">
         <v>45236</v>
       </c>
       <c r="D275" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E275" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>220</v>
+      </c>
+      <c r="F275" s="125" t="s">
+        <v>135</v>
       </c>
       <c r="G275" s="10" t="s">
-        <v>683</v>
+        <v>682</v>
       </c>
       <c r="H275" s="120"/>
     </row>
-    <row r="276" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="276" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A276" s="11">
         <v>3637</v>
       </c>
       <c r="B276" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C276" s="22">
         <v>45047</v>
       </c>
       <c r="D276" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E276" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F276" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F276" s="125" t="s">
+        <v>683</v>
+      </c>
+      <c r="G276" s="10" t="s">
         <v>684</v>
       </c>
-      <c r="G276" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H276" s="120"/>
     </row>
-    <row r="277" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="277" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A277" s="11">
         <v>3638</v>
       </c>
       <c r="B277" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C277" s="22">
         <v>45236</v>
       </c>
       <c r="D277" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E277" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F277" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F277" s="125" t="s">
+        <v>685</v>
+      </c>
+      <c r="G277" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="G277" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H277" s="120"/>
     </row>
-    <row r="278" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="278" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A278" s="11">
         <v>3639</v>
       </c>
       <c r="B278" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C278" s="22">
         <v>45047</v>
       </c>
       <c r="D278" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E278" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>688</v>
+        <v>220</v>
+      </c>
+      <c r="F278" s="125" t="s">
+        <v>687</v>
       </c>
       <c r="G278" s="10" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="H278" s="120"/>
     </row>
-    <row r="279" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="279" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A279" s="11">
         <v>3640</v>
       </c>
       <c r="B279" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C279" s="22">
         <v>45236</v>
       </c>
       <c r="D279" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E279" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F279" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F279" s="125" t="s">
+        <v>688</v>
+      </c>
+      <c r="G279" s="10" t="s">
         <v>689</v>
       </c>
-      <c r="G279" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H279" s="120"/>
     </row>
-    <row r="280" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="280" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A280" s="11">
         <v>3641</v>
       </c>
       <c r="B280" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C280" s="22">
         <v>45047</v>
       </c>
       <c r="D280" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E280" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>691</v>
+        <v>220</v>
+      </c>
+      <c r="F280" s="125" t="s">
+        <v>690</v>
       </c>
       <c r="G280" s="10" t="s">
-        <v>685</v>
+        <v>684</v>
       </c>
       <c r="H280" s="120"/>
     </row>
-    <row r="281" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="281" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A281" s="11">
         <v>3642</v>
       </c>
       <c r="B281" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C281" s="22">
         <v>45236</v>
       </c>
       <c r="D281" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E281" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>220</v>
+      </c>
+      <c r="F281" s="125" t="s">
+        <v>139</v>
       </c>
       <c r="G281" s="10" t="s">
-        <v>692</v>
+        <v>691</v>
       </c>
       <c r="H281" s="120"/>
     </row>
-    <row r="282" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="282" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A282" s="23">
         <v>3643</v>
       </c>
       <c r="B282" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C282" s="22">
         <v>45047</v>
       </c>
       <c r="D282" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E282" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F282" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F282" s="125" t="s">
+        <v>692</v>
+      </c>
+      <c r="G282" s="75" t="s">
         <v>693</v>
       </c>
-      <c r="G282" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H282" s="120"/>
     </row>
-    <row r="283" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="283" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A283" s="11">
         <v>3644</v>
       </c>
       <c r="B283" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C283" s="22">
         <v>45047</v>
       </c>
       <c r="D283" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E283" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>656</v>
+        <v>220</v>
+      </c>
+      <c r="F283" s="125" t="s">
+        <v>655</v>
       </c>
       <c r="G283" s="10" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="H283" s="120"/>
     </row>
-    <row r="284" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="284" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A284" s="11">
         <v>3645</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C284" s="22">
         <v>45047</v>
       </c>
       <c r="D284" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E284" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F284" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F284" s="125" t="s">
+        <v>694</v>
+      </c>
+      <c r="G284" s="10" t="s">
         <v>695</v>
       </c>
-      <c r="G284" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H284" s="120"/>
     </row>
-    <row r="285" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="285" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A285" s="11">
         <v>3646</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C285" s="22">
         <v>45047</v>
       </c>
       <c r="D285" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E285" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>220</v>
+      </c>
+      <c r="F285" s="125" t="s">
+        <v>696</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="H285" s="120"/>
     </row>
-    <row r="286" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="286" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A286" s="11">
         <v>3647</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C286" s="22">
         <v>45236</v>
       </c>
       <c r="D286" s="22" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E286" s="22" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>230</v>
+      </c>
+      <c r="F286" s="125" t="s">
+        <v>697</v>
       </c>
       <c r="G286" s="10" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="H286" s="120"/>
     </row>
-    <row r="287" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="287" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A287" s="23">
         <v>3649</v>
       </c>
       <c r="B287" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C287" s="22">
         <v>45047</v>
       </c>
       <c r="D287" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E287" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>699</v>
+        <v>220</v>
+      </c>
+      <c r="F287" s="125" t="s">
+        <v>698</v>
       </c>
       <c r="G287" s="75" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="H287" s="120"/>
     </row>
-    <row r="288" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="288" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A288" s="11">
         <v>3650</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C288" s="22">
         <v>45047</v>
       </c>
       <c r="D288" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E288" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>220</v>
+      </c>
+      <c r="F288" s="125" t="s">
+        <v>699</v>
       </c>
       <c r="G288" s="10" t="s">
-        <v>621</v>
+        <v>620</v>
       </c>
       <c r="H288" s="120"/>
     </row>
-    <row r="289" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="289" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A289" s="11">
         <v>3653</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C289" s="22">
         <v>45047</v>
       </c>
       <c r="D289" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E289" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>220</v>
+      </c>
+      <c r="F289" s="125" t="s">
+        <v>700</v>
       </c>
       <c r="G289" s="10" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H289" s="120"/>
     </row>
-    <row r="290" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="290" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A290" s="11">
         <v>3654</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C290" s="22">
         <v>45047</v>
       </c>
       <c r="D290" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E290" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F290" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F290" s="125" t="s">
+        <v>701</v>
+      </c>
+      <c r="G290" s="10" t="s">
         <v>702</v>
       </c>
-      <c r="G290" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H290" s="120"/>
     </row>
-    <row r="291" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="291" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A291" s="11">
         <v>3655</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C291" s="22">
         <v>45047</v>
       </c>
       <c r="D291" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E291" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F291" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F291" s="125" t="s">
+        <v>703</v>
+      </c>
+      <c r="G291" s="10" t="s">
         <v>704</v>
       </c>
-      <c r="G291" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H291" s="120"/>
     </row>
-    <row r="292" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="292" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A292" s="11">
         <v>3656</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C292" s="22">
         <v>45236</v>
       </c>
       <c r="D292" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E292" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F292" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F292" s="125" t="s">
+        <v>705</v>
+      </c>
+      <c r="G292" s="10" t="s">
         <v>706</v>
       </c>
-      <c r="G292" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H292" s="120"/>
     </row>
-    <row r="293" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="293" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A293" s="11">
         <v>3657</v>
       </c>
       <c r="B293" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C293" s="22">
         <v>45047</v>
       </c>
       <c r="D293" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E293" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F293" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F293" s="125" t="s">
+        <v>707</v>
+      </c>
+      <c r="G293" s="10" t="s">
         <v>708</v>
       </c>
-      <c r="G293" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H293" s="120"/>
     </row>
-    <row r="294" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="294" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A294" s="23">
         <v>3670</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C294" s="22">
         <v>45047</v>
       </c>
       <c r="D294" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E294" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F294" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F294" s="125" t="s">
+        <v>709</v>
+      </c>
+      <c r="G294" s="10" t="s">
         <v>710</v>
       </c>
-      <c r="G294" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H294" s="120"/>
     </row>
-    <row r="295" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="295" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A295" s="23">
         <v>3671</v>
       </c>
       <c r="B295" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C295" s="22">
         <v>45047</v>
       </c>
       <c r="D295" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E295" s="23" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F295" s="126" t="s">
+        <v>220</v>
+      </c>
+      <c r="F295" s="125" t="s">
+        <v>711</v>
+      </c>
+      <c r="G295" s="10" t="s">
         <v>712</v>
       </c>
-      <c r="G295" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H295" s="120"/>
     </row>
-    <row r="296" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="296" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A296" s="23">
         <v>3672</v>
       </c>
       <c r="B296" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C296" s="22">
         <v>45047</v>
       </c>
       <c r="D296" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E296" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>220</v>
+      </c>
+      <c r="F296" s="125" t="s">
+        <v>713</v>
       </c>
       <c r="G296" s="10" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="H296" s="120"/>
     </row>
-    <row r="297" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="297" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A297" s="23">
         <v>3673</v>
       </c>
       <c r="B297" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C297" s="22">
         <v>45047</v>
       </c>
       <c r="D297" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E297" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>715</v>
+        <v>220</v>
+      </c>
+      <c r="F297" s="125" t="s">
+        <v>714</v>
       </c>
       <c r="G297" s="10" t="s">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="H297" s="120"/>
     </row>
-    <row r="298" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="298" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A298" s="23">
         <v>3674</v>
       </c>
       <c r="B298" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C298" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D298" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E298" s="24" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>230</v>
+      </c>
+      <c r="F298" s="125" t="s">
+        <v>63</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>716</v>
+        <v>715</v>
       </c>
       <c r="H298" s="77"/>
     </row>
-    <row r="299" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="299" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A299" s="23">
         <v>3675</v>
       </c>
       <c r="B299" s="11"/>
       <c r="C299" s="22"/>
       <c r="D299" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E299" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F299" s="107" t="s">
-        <v>717</v>
+        <v>716</v>
       </c>
       <c r="G299" s="75" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H299" s="120"/>
     </row>
-    <row r="300" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="300" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A300" s="23">
         <v>3676</v>
       </c>
       <c r="B300" s="11"/>
       <c r="C300" s="22"/>
       <c r="D300" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E300" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F300" s="107" t="s">
-        <v>718</v>
+        <v>717</v>
       </c>
       <c r="G300" s="75" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="H300" s="120"/>
     </row>
-    <row r="301" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="301" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A301" s="23">
         <v>3677</v>
       </c>
       <c r="B301" s="11"/>
       <c r="C301" s="22"/>
       <c r="D301" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E301" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F301" s="107" t="s">
-        <v>719</v>
+        <v>718</v>
       </c>
       <c r="G301" s="75" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="H301" s="120"/>
     </row>
-    <row r="302" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="302" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A302" s="23">
         <v>3678</v>
       </c>
       <c r="B302" s="11"/>
       <c r="C302" s="22"/>
       <c r="D302" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E302" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F302" s="107" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="G302" s="75" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="H302" s="120"/>
     </row>
-    <row r="303" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="303" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A303" s="23">
         <v>3679</v>
       </c>
       <c r="B303" s="11"/>
       <c r="C303" s="22"/>
       <c r="D303" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E303" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F303" s="107" t="s">
-        <v>720</v>
+        <v>719</v>
       </c>
       <c r="G303" s="75" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="H303" s="120"/>
     </row>
-    <row r="304" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="304" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A304" s="23">
         <v>3680</v>
       </c>
       <c r="B304" s="11"/>
       <c r="C304" s="22"/>
       <c r="D304" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E304" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F304" s="107" t="s">
-        <v>721</v>
+        <v>720</v>
       </c>
       <c r="G304" s="75" t="s">
-        <v>507</v>
+        <v>506</v>
       </c>
       <c r="H304" s="120"/>
     </row>
-    <row r="305" spans="1:8" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="305" spans="1:8" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A305" s="23">
         <v>3681</v>
       </c>
       <c r="B305" s="11"/>
       <c r="C305" s="11"/>
       <c r="D305" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E305" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F305" s="107" t="s">
-        <v>722</v>
+        <v>721</v>
       </c>
       <c r="G305" s="75" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="H305" s="101"/>
     </row>
-    <row r="306" spans="1:8" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="306" spans="1:8" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A306" s="23">
         <v>3682</v>
       </c>
       <c r="B306" s="11"/>
       <c r="C306" s="11"/>
       <c r="D306" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="E306" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="F306" s="107" t="s">
-        <v>723</v>
+        <v>722</v>
       </c>
       <c r="G306" s="75" t="s">
-        <v>496</v>
+        <v>495</v>
       </c>
       <c r="H306" s="101"/>
     </row>
-    <row r="307" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="307" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A307" s="23">
         <v>3800</v>
       </c>
       <c r="B307" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C307" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D307" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E307" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>242</v>
+      </c>
+      <c r="F307" s="125" t="s">
+        <v>723</v>
       </c>
       <c r="G307" s="75" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H307" s="108"/>
     </row>
-    <row r="308" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="308" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A308" s="23">
         <v>3801</v>
       </c>
       <c r="B308" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C308" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D308" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E308" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F308" s="154" t="s">
+        <v>242</v>
+      </c>
+      <c r="F308" s="132" t="s">
+        <v>724</v>
+      </c>
+      <c r="G308" s="10" t="s">
         <v>725</v>
       </c>
-      <c r="G308" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H308" s="108"/>
     </row>
-    <row r="309" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="309" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A309" s="23">
         <v>3802</v>
       </c>
       <c r="B309" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C309" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D309" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E309" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F309" s="153" t="s">
+        <v>242</v>
+      </c>
+      <c r="F309" s="125" t="s">
+        <v>726</v>
+      </c>
+      <c r="G309" s="10" t="s">
         <v>727</v>
       </c>
-      <c r="G309" s="10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H309" s="108"/>
     </row>
-    <row r="310" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="310" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A310" s="23">
         <v>3804</v>
       </c>
       <c r="B310" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C310" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D310" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E310" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>242</v>
+      </c>
+      <c r="F310" s="132" t="s">
+        <v>728</v>
       </c>
       <c r="G310" s="10" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H310" s="108"/>
     </row>
-    <row r="311" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="311" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A311" s="23">
         <v>3805</v>
       </c>
       <c r="B311" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C311" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D311" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E311" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>242</v>
+      </c>
+      <c r="F311" s="132" t="s">
+        <v>729</v>
       </c>
       <c r="G311" s="118" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H311" s="108"/>
     </row>
-    <row r="312" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="312" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A312" s="23">
         <v>3806</v>
       </c>
       <c r="B312" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C312" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D312" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E312" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>731</v>
+        <v>242</v>
+      </c>
+      <c r="F312" s="132" t="s">
+        <v>730</v>
       </c>
       <c r="G312" s="118" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="H312" s="108"/>
     </row>
-    <row r="313" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="313" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A313" s="23">
         <v>3807</v>
       </c>
       <c r="B313" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C313" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D313" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E313" s="102" t="s">
-        <v>243</v>
-[...1 lines deleted...]
-      <c r="F313" s="154" t="s">
+        <v>242</v>
+      </c>
+      <c r="F313" s="132" t="s">
+        <v>731</v>
+      </c>
+      <c r="G313" s="118" t="s">
         <v>732</v>
       </c>
-      <c r="G313" s="118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H313" s="108"/>
     </row>
-    <row r="314" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="314" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A314" s="23">
         <v>3808</v>
       </c>
       <c r="B314" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C314" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D314" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E314" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>734</v>
+        <v>242</v>
+      </c>
+      <c r="F314" s="132" t="s">
+        <v>733</v>
       </c>
       <c r="G314" s="118" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="H314" s="108"/>
     </row>
-    <row r="315" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="315" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A315" s="23">
         <v>3809</v>
       </c>
       <c r="B315" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C315" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D315" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E315" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>735</v>
+        <v>242</v>
+      </c>
+      <c r="F315" s="155" t="s">
+        <v>973</v>
       </c>
       <c r="G315" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H315" s="108"/>
     </row>
-    <row r="316" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="316" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A316" s="23">
         <v>3810</v>
       </c>
       <c r="B316" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C316" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D316" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E316" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>965</v>
+        <v>242</v>
+      </c>
+      <c r="F316" s="13" t="s">
+        <v>962</v>
       </c>
       <c r="G316" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H316" s="108"/>
     </row>
-    <row r="317" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="317" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A317" s="23">
         <v>3811</v>
       </c>
       <c r="B317" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C317" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D317" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E317" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>736</v>
+        <v>242</v>
+      </c>
+      <c r="F317" s="132" t="s">
+        <v>734</v>
       </c>
       <c r="G317" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H317" s="108"/>
     </row>
-    <row r="318" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="318" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A318" s="23">
         <v>3812</v>
       </c>
       <c r="B318" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C318" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D318" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E318" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>737</v>
+        <v>242</v>
+      </c>
+      <c r="F318" s="132" t="s">
+        <v>735</v>
       </c>
       <c r="G318" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H318" s="108"/>
     </row>
-    <row r="319" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="319" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A319" s="23">
         <v>3813</v>
       </c>
       <c r="B319" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C319" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D319" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E319" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>738</v>
+        <v>242</v>
+      </c>
+      <c r="F319" s="125" t="s">
+        <v>736</v>
       </c>
       <c r="G319" s="10" t="s">
-        <v>726</v>
+        <v>725</v>
       </c>
       <c r="H319" s="108"/>
     </row>
-    <row r="320" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="320" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A320" s="23">
         <v>3814</v>
       </c>
       <c r="B320" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C320" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D320" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E320" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>739</v>
+        <v>242</v>
+      </c>
+      <c r="F320" s="125" t="s">
+        <v>737</v>
       </c>
       <c r="G320" s="10" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="H320" s="108"/>
     </row>
-    <row r="321" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="321" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A321" s="23">
         <v>3815</v>
       </c>
       <c r="B321" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C321" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D321" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E321" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>740</v>
+        <v>242</v>
+      </c>
+      <c r="F321" s="125" t="s">
+        <v>738</v>
       </c>
       <c r="G321" s="10" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="H321" s="108"/>
     </row>
-    <row r="322" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="322" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A322" s="23">
         <v>3816</v>
       </c>
       <c r="B322" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C322" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D322" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E322" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>242</v>
+      </c>
+      <c r="F322" s="125" t="s">
+        <v>739</v>
       </c>
       <c r="G322" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H322" s="108"/>
     </row>
-    <row r="323" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="323" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A323" s="23">
         <v>3817</v>
       </c>
       <c r="B323" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C323" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D323" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E323" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>742</v>
+        <v>242</v>
+      </c>
+      <c r="F323" s="125" t="s">
+        <v>740</v>
       </c>
       <c r="G323" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H323" s="108"/>
     </row>
-    <row r="324" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="324" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A324" s="23">
         <v>3818</v>
       </c>
       <c r="B324" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C324" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D324" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E324" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>743</v>
+        <v>242</v>
+      </c>
+      <c r="F324" s="125" t="s">
+        <v>741</v>
       </c>
       <c r="G324" s="75" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H324" s="108"/>
     </row>
-    <row r="325" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="325" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A325" s="23">
         <v>3819</v>
       </c>
       <c r="B325" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C325" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D325" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E325" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>744</v>
+        <v>242</v>
+      </c>
+      <c r="F325" s="125" t="s">
+        <v>742</v>
       </c>
       <c r="G325" s="10" t="s">
-        <v>728</v>
+        <v>727</v>
       </c>
       <c r="H325" s="108"/>
     </row>
-    <row r="326" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="326" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A326" s="23">
         <v>3820</v>
       </c>
       <c r="B326" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C326" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D326" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E326" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>745</v>
+        <v>242</v>
+      </c>
+      <c r="F326" s="125" t="s">
+        <v>743</v>
       </c>
       <c r="G326" s="10" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H326" s="108"/>
     </row>
-    <row r="327" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="327" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A327" s="23">
         <v>3821</v>
       </c>
       <c r="B327" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C327" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D327" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E327" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>746</v>
+        <v>242</v>
+      </c>
+      <c r="F327" s="125" t="s">
+        <v>744</v>
       </c>
       <c r="G327" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="H327" s="108"/>
     </row>
-    <row r="328" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="328" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A328" s="23">
         <v>3822</v>
       </c>
       <c r="B328" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C328" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D328" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E328" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>747</v>
+        <v>242</v>
+      </c>
+      <c r="F328" s="125" t="s">
+        <v>745</v>
       </c>
       <c r="G328" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H328" s="108"/>
     </row>
-    <row r="329" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="329" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A329" s="23">
         <v>3823</v>
       </c>
       <c r="B329" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C329" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D329" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E329" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>242</v>
+      </c>
+      <c r="F329" s="125" t="s">
+        <v>746</v>
       </c>
       <c r="G329" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H329" s="108"/>
     </row>
-    <row r="330" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="330" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A330" s="23">
         <v>3824</v>
       </c>
       <c r="B330" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C330" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D330" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E330" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>749</v>
+        <v>242</v>
+      </c>
+      <c r="F330" s="125" t="s">
+        <v>747</v>
       </c>
       <c r="G330" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H330" s="108"/>
     </row>
-    <row r="331" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="331" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A331" s="23">
         <v>3825</v>
       </c>
       <c r="B331" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C331" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D331" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E331" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>242</v>
+      </c>
+      <c r="F331" s="125" t="s">
+        <v>748</v>
       </c>
       <c r="G331" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H331" s="108"/>
     </row>
-    <row r="332" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="332" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A332" s="23">
         <v>3826</v>
       </c>
       <c r="B332" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C332" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D332" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E332" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>751</v>
+        <v>242</v>
+      </c>
+      <c r="F332" s="125" t="s">
+        <v>749</v>
       </c>
       <c r="G332" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H332" s="108"/>
     </row>
-    <row r="333" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="333" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A333" s="23">
         <v>3827</v>
       </c>
       <c r="B333" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C333" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D333" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E333" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>752</v>
+        <v>242</v>
+      </c>
+      <c r="F333" s="125" t="s">
+        <v>750</v>
       </c>
       <c r="G333" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H333" s="108"/>
     </row>
-    <row r="334" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="334" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A334" s="23">
         <v>3828</v>
       </c>
       <c r="B334" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C334" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D334" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E334" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>753</v>
+        <v>242</v>
+      </c>
+      <c r="F334" s="125" t="s">
+        <v>751</v>
       </c>
       <c r="G334" s="118" t="s">
-        <v>754</v>
+        <v>752</v>
       </c>
       <c r="H334" s="108"/>
     </row>
-    <row r="335" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="335" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A335" s="23">
         <v>3829</v>
       </c>
       <c r="B335" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C335" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D335" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E335" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>242</v>
+      </c>
+      <c r="F335" s="125" t="s">
+        <v>753</v>
       </c>
       <c r="G335" s="10" t="s">
-        <v>464</v>
+        <v>463</v>
       </c>
       <c r="H335" s="108"/>
     </row>
-    <row r="336" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="336" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A336" s="23">
         <v>3830</v>
       </c>
       <c r="B336" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C336" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D336" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E336" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>756</v>
+        <v>242</v>
+      </c>
+      <c r="F336" s="125" t="s">
+        <v>754</v>
       </c>
       <c r="G336" s="10" t="s">
-        <v>466</v>
+        <v>465</v>
       </c>
       <c r="H336" s="108"/>
     </row>
-    <row r="337" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="337" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A337" s="23">
         <v>3831</v>
       </c>
       <c r="B337" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C337" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D337" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E337" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>242</v>
+      </c>
+      <c r="F337" s="125" t="s">
+        <v>755</v>
       </c>
       <c r="G337" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H337" s="108"/>
     </row>
-    <row r="338" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="338" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A338" s="23">
         <v>3832</v>
       </c>
       <c r="B338" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C338" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D338" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E338" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>242</v>
+      </c>
+      <c r="F338" s="125" t="s">
+        <v>756</v>
       </c>
       <c r="G338" s="118" t="s">
-        <v>470</v>
+        <v>469</v>
       </c>
       <c r="H338" s="108"/>
     </row>
-    <row r="339" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="339" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A339" s="23">
         <v>3833</v>
       </c>
       <c r="B339" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C339" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D339" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E339" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>242</v>
+      </c>
+      <c r="F339" s="125" t="s">
+        <v>757</v>
       </c>
       <c r="G339" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H339" s="108"/>
     </row>
-    <row r="340" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="340" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A340" s="23">
         <v>3834</v>
       </c>
       <c r="B340" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C340" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D340" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E340" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>242</v>
+      </c>
+      <c r="F340" s="125" t="s">
+        <v>758</v>
       </c>
       <c r="G340" s="118" t="s">
-        <v>468</v>
+        <v>467</v>
       </c>
       <c r="H340" s="108"/>
     </row>
-    <row r="341" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="341" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A341" s="23">
         <v>3836</v>
       </c>
       <c r="B341" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C341" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D341" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E341" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>242</v>
+      </c>
+      <c r="F341" s="125" t="s">
+        <v>36</v>
       </c>
       <c r="G341" s="118" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="H341" s="108"/>
     </row>
-    <row r="342" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="342" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A342" s="23">
         <v>3837</v>
       </c>
       <c r="B342" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C342" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D342" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E342" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>762</v>
+        <v>242</v>
+      </c>
+      <c r="F342" s="125" t="s">
+        <v>760</v>
       </c>
       <c r="G342" s="118" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="H342" s="108"/>
     </row>
-    <row r="343" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="343" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A343" s="23">
         <v>3838</v>
       </c>
       <c r="B343" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C343" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D343" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E343" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>763</v>
+        <v>242</v>
+      </c>
+      <c r="F343" s="125" t="s">
+        <v>761</v>
       </c>
       <c r="G343" s="118" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="H343" s="108"/>
     </row>
-    <row r="344" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="344" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A344" s="23">
         <v>3839</v>
       </c>
       <c r="B344" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C344" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D344" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E344" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>764</v>
+        <v>242</v>
+      </c>
+      <c r="F344" s="125" t="s">
+        <v>762</v>
       </c>
       <c r="G344" s="118" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="H344" s="108"/>
     </row>
-    <row r="345" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="345" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A345" s="23">
         <v>3840</v>
       </c>
       <c r="B345" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C345" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D345" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E345" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>242</v>
+      </c>
+      <c r="F345" s="125" t="s">
+        <v>763</v>
       </c>
       <c r="G345" s="118" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="H345" s="108"/>
     </row>
-    <row r="346" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="346" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A346" s="23">
         <v>3841</v>
       </c>
       <c r="B346" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C346" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D346" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E346" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>242</v>
+      </c>
+      <c r="F346" s="133" t="s">
+        <v>37</v>
       </c>
       <c r="G346" s="118" t="s">
-        <v>761</v>
+        <v>759</v>
       </c>
       <c r="H346" s="108"/>
     </row>
-    <row r="347" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="347" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A347" s="23">
         <v>3842</v>
       </c>
       <c r="B347" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C347" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D347" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E347" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>766</v>
+        <v>242</v>
+      </c>
+      <c r="F347" s="125" t="s">
+        <v>764</v>
       </c>
       <c r="G347" s="118" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="H347" s="108"/>
     </row>
-    <row r="348" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="348" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A348" s="23">
         <v>3843</v>
       </c>
       <c r="B348" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C348" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D348" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E348" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>242</v>
+      </c>
+      <c r="F348" s="125" t="s">
+        <v>765</v>
       </c>
       <c r="G348" s="118" t="s">
-        <v>460</v>
+        <v>459</v>
       </c>
       <c r="H348" s="108"/>
     </row>
-    <row r="349" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="349" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A349" s="23">
         <v>3844</v>
       </c>
       <c r="B349" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C349" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D349" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E349" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>768</v>
+        <v>242</v>
+      </c>
+      <c r="F349" s="125" t="s">
+        <v>766</v>
       </c>
       <c r="G349" s="10" t="s">
-        <v>511</v>
+        <v>510</v>
       </c>
       <c r="H349" s="108"/>
     </row>
-    <row r="350" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="350" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A350" s="23">
         <v>3845</v>
       </c>
       <c r="B350" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C350" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D350" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E350" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>242</v>
+      </c>
+      <c r="F350" s="125" t="s">
+        <v>767</v>
       </c>
       <c r="G350" s="10" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="H350" s="108"/>
     </row>
-    <row r="351" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="351" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A351" s="23">
         <v>3846</v>
       </c>
       <c r="B351" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C351" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D351" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E351" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>242</v>
+      </c>
+      <c r="F351" s="134" t="s">
+        <v>64</v>
       </c>
       <c r="G351" s="75" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="H351" s="108"/>
     </row>
-    <row r="352" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="352" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A352" s="23">
         <v>3847</v>
       </c>
       <c r="B352" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C352" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D352" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E352" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>242</v>
+      </c>
+      <c r="F352" s="125" t="s">
+        <v>770</v>
       </c>
       <c r="G352" s="10" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="H352" s="108"/>
     </row>
-    <row r="353" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="353" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A353" s="23">
         <v>3848</v>
       </c>
       <c r="B353" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C353" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D353" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E353" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>774</v>
+        <v>242</v>
+      </c>
+      <c r="F353" s="125" t="s">
+        <v>772</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>775</v>
+        <v>773</v>
       </c>
       <c r="H353" s="108"/>
     </row>
-    <row r="354" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="354" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A354" s="23">
         <v>3849</v>
       </c>
       <c r="B354" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C354" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D354" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E354" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>242</v>
+      </c>
+      <c r="F354" s="13" t="s">
+        <v>774</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="H354" s="108"/>
     </row>
-    <row r="355" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="355" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A355" s="23">
         <v>3900</v>
       </c>
       <c r="B355" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C355" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D355" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E355" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>778</v>
+        <v>242</v>
+      </c>
+      <c r="F355" s="125" t="s">
+        <v>776</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="H355" s="108"/>
     </row>
-    <row r="356" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="356" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A356" s="23">
         <v>3901</v>
       </c>
       <c r="B356" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C356" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D356" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C356" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E356" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>220</v>
+      </c>
+      <c r="F356" s="107" t="s">
+        <v>777</v>
       </c>
       <c r="G356" s="75" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="H356" s="108"/>
     </row>
-    <row r="357" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="357" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A357" s="23">
         <v>3902</v>
       </c>
       <c r="B357" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C357" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D357" s="22" t="s">
         <v>242</v>
       </c>
-      <c r="C357" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E357" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>220</v>
+      </c>
+      <c r="F357" s="107" t="s">
+        <v>778</v>
       </c>
       <c r="G357" s="75" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="H357" s="108"/>
     </row>
-    <row r="358" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="358" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A358" s="11">
         <v>3903</v>
       </c>
       <c r="B358" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C358" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D358" s="22" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E358" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>782</v>
+        <v>220</v>
+      </c>
+      <c r="F358" s="107" t="s">
+        <v>780</v>
       </c>
       <c r="G358" s="75" t="s">
-        <v>321</v>
+        <v>320</v>
       </c>
       <c r="H358" s="77"/>
     </row>
-    <row r="359" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="359" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A359" s="121">
         <v>3904</v>
       </c>
       <c r="B359" s="122" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C359" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D359" s="22" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E359" s="22" t="s">
-        <v>221</v>
-[...5 lines deleted...]
-        <v>321</v>
+        <v>220</v>
+      </c>
+      <c r="F359" s="139" t="s">
+        <v>781</v>
+      </c>
+      <c r="G359" s="137" t="s">
+        <v>320</v>
       </c>
       <c r="H359" s="77"/>
     </row>
-    <row r="360" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="360" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A360" s="123">
         <v>4062</v>
       </c>
       <c r="B360" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C360" s="22">
         <v>45929</v>
       </c>
       <c r="D360" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E360" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>784</v>
+        <v>220</v>
+      </c>
+      <c r="F360" s="138" t="s">
+        <v>782</v>
       </c>
       <c r="G360" s="10" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="H360" s="77"/>
     </row>
-    <row r="361" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="361" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A361" s="11">
         <v>4115</v>
       </c>
       <c r="B361" s="11" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="C361" s="22">
         <v>45929</v>
       </c>
       <c r="D361" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E361" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>220</v>
+      </c>
+      <c r="F361" s="125" t="s">
+        <v>784</v>
       </c>
       <c r="G361" s="10" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="H361" s="77"/>
     </row>
-    <row r="362" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="362" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A362" s="23">
         <v>4125</v>
       </c>
       <c r="B362" s="11" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="C362" s="22">
         <v>45929</v>
       </c>
       <c r="D362" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E362" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>220</v>
+      </c>
+      <c r="F362" s="125" t="s">
+        <v>432</v>
       </c>
       <c r="G362" s="10" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="H362" s="23"/>
     </row>
-    <row r="363" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="363" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
       <c r="A363" s="23">
         <v>4131</v>
       </c>
       <c r="B363" s="11"/>
       <c r="C363" s="22"/>
       <c r="D363" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E363" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>789</v>
+        <v>246</v>
+      </c>
+      <c r="F363" s="125" t="s">
+        <v>787</v>
       </c>
       <c r="G363" s="98" t="s">
-        <v>790</v>
+        <v>788</v>
       </c>
       <c r="H363" s="23"/>
     </row>
-    <row r="364" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="364" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A364" s="23">
         <v>4301</v>
       </c>
       <c r="B364" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C364" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D364" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E364" s="24" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>791</v>
+        <v>230</v>
+      </c>
+      <c r="F364" s="125" t="s">
+        <v>789</v>
       </c>
       <c r="G364" s="75" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H364" s="77"/>
     </row>
-    <row r="365" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="365" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A365" s="11">
         <v>4302</v>
       </c>
       <c r="B365" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C365" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D365" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E365" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>242</v>
+      </c>
+      <c r="F365" s="125" t="s">
+        <v>790</v>
       </c>
       <c r="G365" s="75" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="H365" s="77"/>
     </row>
-    <row r="366" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="366" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A366" s="23">
         <v>4303</v>
       </c>
       <c r="B366" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C366" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D366" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E366" s="24" t="s">
-        <v>231</v>
-[...2 lines deleted...]
-        <v>794</v>
+        <v>230</v>
+      </c>
+      <c r="F366" s="125" t="s">
+        <v>792</v>
       </c>
       <c r="G366" s="75" t="s">
-        <v>554</v>
+        <v>553</v>
       </c>
       <c r="H366" s="77"/>
     </row>
-    <row r="367" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="367" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A367" s="11">
         <v>4304</v>
       </c>
       <c r="B367" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C367" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D367" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E367" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>242</v>
+      </c>
+      <c r="F367" s="125" t="s">
+        <v>793</v>
       </c>
       <c r="G367" s="75" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="H367" s="77"/>
     </row>
-    <row r="368" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="368" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A368" s="11">
         <v>4505</v>
       </c>
       <c r="B368" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C368" s="22">
         <v>45929</v>
       </c>
       <c r="D368" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E368" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>796</v>
+        <v>220</v>
+      </c>
+      <c r="F368" s="125" t="s">
+        <v>794</v>
       </c>
       <c r="G368" s="75" t="s">
-        <v>793</v>
+        <v>791</v>
       </c>
       <c r="H368" s="77"/>
     </row>
-    <row r="369" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="369" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A369" s="11">
         <v>4506</v>
       </c>
       <c r="B369" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C369" s="22">
         <v>45929</v>
       </c>
       <c r="D369" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E369" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>555</v>
+        <v>220</v>
+      </c>
+      <c r="F369" s="125" t="s">
+        <v>554</v>
       </c>
       <c r="G369" s="10" t="s">
-        <v>797</v>
+        <v>795</v>
       </c>
       <c r="H369" s="77"/>
     </row>
-    <row r="370" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="370" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A370" s="11">
         <v>4508</v>
       </c>
       <c r="B370" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C370" s="22">
         <v>45929</v>
       </c>
       <c r="D370" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E370" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>220</v>
+      </c>
+      <c r="F370" s="132" t="s">
+        <v>796</v>
       </c>
       <c r="G370" s="10" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="H370" s="77"/>
     </row>
-    <row r="371" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="371" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A371" s="11">
         <v>4515</v>
       </c>
       <c r="B371" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C371" s="22">
         <v>45929</v>
       </c>
       <c r="D371" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E371" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>800</v>
+        <v>220</v>
+      </c>
+      <c r="F371" s="132" t="s">
+        <v>798</v>
       </c>
       <c r="G371" s="10" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="H371" s="77"/>
     </row>
-    <row r="372" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="372" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A372" s="11">
         <v>4521</v>
       </c>
       <c r="B372" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C372" s="22">
         <v>45929</v>
       </c>
       <c r="D372" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E372" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>220</v>
+      </c>
+      <c r="F372" s="132" t="s">
+        <v>799</v>
       </c>
       <c r="G372" s="10" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="H372" s="77"/>
     </row>
-    <row r="373" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="373" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A373" s="11">
         <v>4526</v>
       </c>
       <c r="B373" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C373" s="22">
         <v>45929</v>
       </c>
       <c r="D373" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E373" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>802</v>
+        <v>220</v>
+      </c>
+      <c r="F373" s="132" t="s">
+        <v>800</v>
       </c>
       <c r="G373" s="10" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="H373" s="77"/>
     </row>
-    <row r="374" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="374" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A374" s="11">
         <v>4529</v>
       </c>
       <c r="B374" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C374" s="22">
         <v>45929</v>
       </c>
       <c r="D374" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E374" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>220</v>
+      </c>
+      <c r="F374" s="132" t="s">
+        <v>802</v>
       </c>
       <c r="G374" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H374" s="77"/>
     </row>
-    <row r="375" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="375" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A375" s="11">
         <v>4530</v>
       </c>
       <c r="B375" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C375" s="22">
         <v>45929</v>
       </c>
       <c r="D375" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E375" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>220</v>
+      </c>
+      <c r="F375" s="132" t="s">
+        <v>803</v>
       </c>
       <c r="G375" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H375" s="77"/>
     </row>
-    <row r="376" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="376" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A376" s="11">
         <v>4531</v>
       </c>
       <c r="B376" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C376" s="22">
         <v>45929</v>
       </c>
       <c r="D376" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E376" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>806</v>
+        <v>220</v>
+      </c>
+      <c r="F376" s="132" t="s">
+        <v>804</v>
       </c>
       <c r="G376" s="10" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="H376" s="77"/>
     </row>
-    <row r="377" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="377" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A377" s="11">
         <v>4532</v>
       </c>
       <c r="B377" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C377" s="22">
         <v>45929</v>
       </c>
       <c r="D377" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E377" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>220</v>
+      </c>
+      <c r="F377" s="132" t="s">
+        <v>805</v>
       </c>
       <c r="G377" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H377" s="77"/>
     </row>
-    <row r="378" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="378" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A378" s="11">
         <v>4533</v>
       </c>
       <c r="B378" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C378" s="22">
         <v>45929</v>
       </c>
       <c r="D378" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E378" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>220</v>
+      </c>
+      <c r="F378" s="132" t="s">
+        <v>806</v>
       </c>
       <c r="G378" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H378" s="77"/>
     </row>
-    <row r="379" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="379" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A379" s="11">
         <v>4534</v>
       </c>
       <c r="B379" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C379" s="22">
         <v>45929</v>
       </c>
       <c r="D379" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E379" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>220</v>
+      </c>
+      <c r="F379" s="132" t="s">
+        <v>807</v>
       </c>
       <c r="G379" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H379" s="77"/>
     </row>
-    <row r="380" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="380" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A380" s="11">
         <v>4535</v>
       </c>
       <c r="B380" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C380" s="22">
         <v>45929</v>
       </c>
       <c r="D380" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E380" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>220</v>
+      </c>
+      <c r="F380" s="132" t="s">
+        <v>808</v>
       </c>
       <c r="G380" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H380" s="77"/>
     </row>
-    <row r="381" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="381" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A381" s="11">
         <v>4536</v>
       </c>
       <c r="B381" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C381" s="22">
         <v>45929</v>
       </c>
       <c r="D381" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E381" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>220</v>
+      </c>
+      <c r="F381" s="155" t="s">
+        <v>966</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H381" s="77"/>
     </row>
-    <row r="382" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="382" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A382" s="11">
         <v>4537</v>
       </c>
       <c r="B382" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C382" s="22">
         <v>45929</v>
       </c>
       <c r="D382" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E382" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>220</v>
+      </c>
+      <c r="F382" s="132" t="s">
+        <v>809</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H382" s="77"/>
     </row>
-    <row r="383" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="383" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A383" s="11">
         <v>4538</v>
       </c>
       <c r="B383" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C383" s="22">
         <v>45929</v>
       </c>
       <c r="D383" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E383" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>220</v>
+      </c>
+      <c r="F383" s="132" t="s">
+        <v>810</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H383" s="77"/>
     </row>
-    <row r="384" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="384" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A384" s="11">
         <v>4539</v>
       </c>
       <c r="B384" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C384" s="22">
         <v>45929</v>
       </c>
       <c r="D384" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E384" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>220</v>
+      </c>
+      <c r="F384" s="125" t="s">
+        <v>575</v>
       </c>
       <c r="G384" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H384" s="77"/>
     </row>
-    <row r="385" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="385" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A385" s="11">
         <v>4540</v>
       </c>
       <c r="B385" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C385" s="22">
         <v>45929</v>
       </c>
       <c r="D385" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E385" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>220</v>
+      </c>
+      <c r="F385" s="132" t="s">
+        <v>811</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H385" s="77"/>
     </row>
-    <row r="386" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="386" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A386" s="11">
         <v>4542</v>
       </c>
       <c r="B386" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C386" s="22">
         <v>45929</v>
       </c>
       <c r="D386" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E386" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>580</v>
+        <v>220</v>
+      </c>
+      <c r="F386" s="125" t="s">
+        <v>579</v>
       </c>
       <c r="G386" s="10" t="s">
-        <v>815</v>
+        <v>812</v>
       </c>
       <c r="H386" s="77"/>
     </row>
-    <row r="387" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="387" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A387" s="11">
         <v>4549</v>
       </c>
       <c r="B387" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C387" s="22">
         <v>45929</v>
       </c>
       <c r="D387" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E387" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>591</v>
+        <v>220</v>
+      </c>
+      <c r="F387" s="125" t="s">
+        <v>590</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="H387" s="77"/>
     </row>
-    <row r="388" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="388" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A388" s="11">
         <v>4550</v>
       </c>
       <c r="B388" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C388" s="22">
         <v>45929</v>
       </c>
       <c r="D388" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E388" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>592</v>
+        <v>220</v>
+      </c>
+      <c r="F388" s="125" t="s">
+        <v>591</v>
       </c>
       <c r="G388" s="10" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="H388" s="77"/>
     </row>
-    <row r="389" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="389" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A389" s="11">
         <v>4551</v>
       </c>
       <c r="B389" s="11" t="s">
-        <v>547</v>
+        <v>546</v>
       </c>
       <c r="C389" s="22"/>
       <c r="D389" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E389" s="23" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>594</v>
+        <v>246</v>
+      </c>
+      <c r="F389" s="125" t="s">
+        <v>593</v>
       </c>
       <c r="G389" s="10" t="s">
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="H389" s="77"/>
     </row>
-    <row r="390" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+    <row r="390" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A390" s="11">
         <v>4553</v>
       </c>
       <c r="B390" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C390" s="22">
         <v>45929</v>
       </c>
       <c r="D390" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E390" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>220</v>
+      </c>
+      <c r="F390" s="125" t="s">
+        <v>159</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H390" s="77"/>
     </row>
-    <row r="391" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="391" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A391" s="11">
         <v>4554</v>
       </c>
       <c r="B391" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C391" s="22">
         <v>45929</v>
       </c>
       <c r="D391" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E391" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>129</v>
+        <v>220</v>
+      </c>
+      <c r="F391" s="125" t="s">
+        <v>128</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H391" s="77"/>
     </row>
-    <row r="392" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="392" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A392" s="11">
         <v>4555</v>
       </c>
       <c r="B392" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C392" s="22">
         <v>45929</v>
       </c>
       <c r="D392" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E392" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>220</v>
+      </c>
+      <c r="F392" s="125" t="s">
+        <v>65</v>
       </c>
       <c r="G392" s="10" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="H392" s="77"/>
     </row>
-    <row r="393" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="393" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A393" s="11">
         <v>4556</v>
       </c>
       <c r="B393" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C393" s="22">
         <v>45929</v>
       </c>
       <c r="D393" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E393" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>220</v>
+      </c>
+      <c r="F393" s="125" t="s">
+        <v>596</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>817</v>
+        <v>814</v>
       </c>
       <c r="H393" s="77"/>
     </row>
-    <row r="394" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="394" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A394" s="11">
         <v>4560</v>
       </c>
       <c r="B394" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C394" s="22">
         <v>45929</v>
       </c>
       <c r="D394" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E394" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>220</v>
+      </c>
+      <c r="F394" s="125" t="s">
+        <v>815</v>
       </c>
       <c r="G394" s="10" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="H394" s="77"/>
     </row>
-    <row r="395" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="395" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A395" s="11">
         <v>4563</v>
       </c>
       <c r="B395" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C395" s="22">
         <v>45929</v>
       </c>
       <c r="D395" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E395" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>220</v>
+      </c>
+      <c r="F395" s="125" t="s">
+        <v>817</v>
       </c>
       <c r="G395" s="10" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="H395" s="77"/>
     </row>
-    <row r="396" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="396" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A396" s="11">
         <v>4565</v>
       </c>
       <c r="B396" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C396" s="22">
         <v>45929</v>
       </c>
       <c r="D396" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E396" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>220</v>
+      </c>
+      <c r="F396" s="125" t="s">
+        <v>818</v>
       </c>
       <c r="G396" s="10" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="H396" s="77"/>
     </row>
-    <row r="397" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="397" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A397" s="11">
         <v>4568</v>
       </c>
       <c r="B397" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C397" s="22">
         <v>45929</v>
       </c>
       <c r="D397" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E397" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>220</v>
+      </c>
+      <c r="F397" s="132" t="s">
+        <v>819</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>823</v>
+        <v>820</v>
       </c>
       <c r="H397" s="77"/>
     </row>
-    <row r="398" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="398" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A398" s="11">
         <v>4572</v>
       </c>
       <c r="B398" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C398" s="22">
         <v>45929</v>
       </c>
       <c r="D398" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E398" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>220</v>
+      </c>
+      <c r="F398" s="125" t="s">
+        <v>821</v>
       </c>
       <c r="G398" s="10" t="s">
-        <v>819</v>
+        <v>816</v>
       </c>
       <c r="H398" s="77"/>
     </row>
-    <row r="399" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="399" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A399" s="11">
         <v>4573</v>
       </c>
       <c r="B399" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C399" s="22">
         <v>45929</v>
       </c>
       <c r="D399" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E399" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>220</v>
+      </c>
+      <c r="F399" s="132" t="s">
+        <v>822</v>
       </c>
       <c r="G399" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H399" s="77"/>
     </row>
-    <row r="400" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="400" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A400" s="11">
         <v>4574</v>
       </c>
       <c r="B400" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C400" s="22">
         <v>45929</v>
       </c>
       <c r="D400" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E400" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>826</v>
+        <v>220</v>
+      </c>
+      <c r="F400" s="132" t="s">
+        <v>823</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>609</v>
+        <v>608</v>
       </c>
       <c r="H400" s="77"/>
     </row>
-    <row r="401" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="401" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A401" s="11">
         <v>4583</v>
       </c>
       <c r="B401" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C401" s="22">
         <v>45929</v>
       </c>
       <c r="D401" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E401" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>220</v>
+      </c>
+      <c r="F401" s="132" t="s">
+        <v>824</v>
       </c>
       <c r="G401" s="10" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="H401" s="77"/>
     </row>
-    <row r="402" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="402" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A402" s="11">
         <v>4590</v>
       </c>
       <c r="B402" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C402" s="22">
         <v>45929</v>
       </c>
       <c r="D402" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E402" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>220</v>
+      </c>
+      <c r="F402" s="125" t="s">
+        <v>58</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>803</v>
+        <v>801</v>
       </c>
       <c r="H402" s="77"/>
     </row>
-    <row r="403" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="403" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A403" s="11">
         <v>4599</v>
       </c>
       <c r="B403" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C403" s="22">
         <v>45929</v>
       </c>
       <c r="D403" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E403" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>968</v>
+        <v>220</v>
+      </c>
+      <c r="F403" s="132" t="s">
+        <v>965</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="H403" s="77"/>
     </row>
-    <row r="404" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="404" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A404" s="11">
         <v>4600</v>
       </c>
       <c r="B404" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C404" s="22">
         <v>45929</v>
       </c>
       <c r="D404" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E404" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>220</v>
+      </c>
+      <c r="F404" s="132" t="s">
+        <v>825</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="H404" s="77"/>
     </row>
-    <row r="405" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="405" spans="1:8" x14ac:dyDescent="0.3">
       <c r="A405" s="11">
         <v>4603</v>
       </c>
       <c r="B405" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C405" s="22">
         <v>45929</v>
       </c>
       <c r="D405" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E405" s="22" t="s">
-        <v>221</v>
-[...1 lines deleted...]
-      <c r="F405" s="153" t="s">
+        <v>220</v>
+      </c>
+      <c r="F405" s="125" t="s">
+        <v>636</v>
+      </c>
+      <c r="G405" s="75" t="s">
         <v>637</v>
       </c>
-      <c r="G405" s="75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H405" s="77"/>
     </row>
-    <row r="406" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="406" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A406" s="11">
         <v>4605</v>
       </c>
       <c r="B406" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C406" s="22">
         <v>45929</v>
       </c>
       <c r="D406" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E406" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>639</v>
+        <v>220</v>
+      </c>
+      <c r="F406" s="125" t="s">
+        <v>638</v>
       </c>
       <c r="G406" s="10" t="s">
-        <v>829</v>
+        <v>826</v>
       </c>
       <c r="H406" s="77"/>
     </row>
-    <row r="407" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="407" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A407" s="11">
         <v>4606</v>
       </c>
       <c r="B407" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C407" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D407" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E407" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>242</v>
+      </c>
+      <c r="F407" s="125" t="s">
+        <v>827</v>
       </c>
       <c r="G407" s="10" t="s">
-        <v>831</v>
+        <v>828</v>
       </c>
       <c r="H407" s="77"/>
     </row>
-    <row r="408" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="408" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A408" s="11">
         <v>4607</v>
       </c>
       <c r="B408" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C408" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D408" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E408" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>242</v>
+      </c>
+      <c r="F408" s="97" t="s">
+        <v>829</v>
       </c>
       <c r="G408" s="10" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="H408" s="77"/>
     </row>
-    <row r="409" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="409" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A409" s="11">
         <v>4609</v>
       </c>
       <c r="B409" s="11" t="s">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="C409" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D409" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E409" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>834</v>
+        <v>242</v>
+      </c>
+      <c r="F409" s="97" t="s">
+        <v>831</v>
       </c>
       <c r="G409" s="75" t="s">
-        <v>835</v>
+        <v>832</v>
       </c>
       <c r="H409" s="77"/>
     </row>
-    <row r="410" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="410" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A410" s="11">
         <v>4614</v>
       </c>
       <c r="B410" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C410" s="22">
         <v>45929</v>
       </c>
       <c r="D410" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E410" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>654</v>
+        <v>220</v>
+      </c>
+      <c r="F410" s="125" t="s">
+        <v>653</v>
       </c>
       <c r="G410" s="10" t="s">
-        <v>836</v>
+        <v>833</v>
       </c>
       <c r="H410" s="77"/>
     </row>
-    <row r="411" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="411" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A411" s="11">
         <v>4617</v>
       </c>
       <c r="B411" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C411" s="22">
         <v>45929</v>
       </c>
       <c r="D411" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E411" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>837</v>
+        <v>220</v>
+      </c>
+      <c r="F411" s="132" t="s">
+        <v>834</v>
       </c>
       <c r="G411" s="10" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="H411" s="77"/>
     </row>
-    <row r="412" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="412" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A412" s="11">
         <v>4618</v>
       </c>
       <c r="B412" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C412" s="22">
         <v>45929</v>
       </c>
       <c r="D412" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E412" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>838</v>
+        <v>220</v>
+      </c>
+      <c r="F412" s="132" t="s">
+        <v>835</v>
       </c>
       <c r="G412" s="10" t="s">
-        <v>839</v>
+        <v>836</v>
       </c>
       <c r="H412" s="77"/>
     </row>
-    <row r="413" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="413" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A413" s="11">
         <v>4625</v>
       </c>
       <c r="B413" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C413" s="22">
         <v>45929</v>
       </c>
       <c r="D413" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E413" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>840</v>
+        <v>220</v>
+      </c>
+      <c r="F413" s="132" t="s">
+        <v>837</v>
       </c>
       <c r="G413" s="10" t="s">
-        <v>799</v>
+        <v>797</v>
       </c>
       <c r="H413" s="77"/>
     </row>
-    <row r="414" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="414" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A414" s="11">
         <v>4647</v>
       </c>
       <c r="B414" s="11" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C414" s="22">
         <v>45929</v>
       </c>
       <c r="D414" s="22" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E414" s="22" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>220</v>
+      </c>
+      <c r="F414" s="125" t="s">
+        <v>838</v>
       </c>
       <c r="G414" s="10" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="H414" s="77"/>
     </row>
-    <row r="415" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="415" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A415" s="23">
         <v>4674</v>
       </c>
       <c r="B415" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C415" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D415" s="24" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="E415" s="23" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>242</v>
+      </c>
+      <c r="F415" s="125" t="s">
+        <v>63</v>
       </c>
       <c r="G415" s="10" t="s">
-        <v>843</v>
+        <v>840</v>
       </c>
       <c r="H415" s="77"/>
     </row>
-    <row r="416" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="416" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A416" s="23">
         <v>4675</v>
       </c>
       <c r="B416" s="11" t="s">
-        <v>387</v>
+        <v>386</v>
       </c>
       <c r="C416" s="24" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D416" s="102" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="E416" s="102" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>844</v>
+        <v>242</v>
+      </c>
+      <c r="F416" s="125" t="s">
+        <v>841</v>
       </c>
       <c r="G416" s="10" t="s">
-        <v>845</v>
+        <v>842</v>
       </c>
       <c r="H416" s="77"/>
     </row>
-    <row r="417" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+    <row r="417" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
       <c r="A417" s="11">
         <v>9999</v>
       </c>
       <c r="B417" s="11"/>
       <c r="C417" s="22"/>
       <c r="D417" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="E417" s="23" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>220</v>
+      </c>
+      <c r="F417" s="125" t="s">
+        <v>843</v>
       </c>
       <c r="G417" s="10" t="s">
-        <v>847</v>
+        <v>844</v>
       </c>
       <c r="H417" s="23"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:H417" xr:uid="{DA90C1BA-70C4-4383-BF6C-D1771836C3A7}"/>
   <phoneticPr fontId="27" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="55" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:HG95"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5703125" style="9" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.5703125" style="8"/>
+    <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
+    <col min="2" max="2" width="14.44140625" style="9" customWidth="1"/>
+    <col min="3" max="3" width="15.44140625" style="9" customWidth="1"/>
+    <col min="4" max="4" width="100.5546875" style="13" customWidth="1"/>
+    <col min="5" max="5" width="65.44140625" style="13" customWidth="1"/>
+    <col min="6" max="16384" width="8.5546875" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E1" s="147"/>
+    <row r="1" spans="1:36" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="154"/>
+      <c r="B1" s="154"/>
+      <c r="C1" s="154"/>
+      <c r="D1" s="154"/>
+      <c r="E1" s="154"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
       <c r="M1" s="8"/>
       <c r="N1" s="8"/>
       <c r="O1" s="8"/>
       <c r="P1" s="8"/>
       <c r="Q1" s="8"/>
       <c r="R1" s="8"/>
       <c r="S1" s="8"/>
       <c r="T1" s="8"/>
       <c r="U1" s="8"/>
       <c r="V1" s="8"/>
       <c r="W1" s="8"/>
       <c r="X1" s="8"/>
       <c r="Y1" s="8"/>
       <c r="Z1" s="8"/>
       <c r="AA1" s="8"/>
       <c r="AB1" s="8"/>
       <c r="AC1" s="8"/>
       <c r="AD1" s="8"/>
       <c r="AE1" s="8"/>
       <c r="AF1" s="8"/>
       <c r="AG1" s="8"/>
       <c r="AH1" s="8"/>
       <c r="AI1" s="8"/>
       <c r="AJ1" s="8"/>
     </row>
-    <row r="2" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="25" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B2" s="25" t="s">
-        <v>848</v>
+        <v>845</v>
       </c>
       <c r="C2" s="25" t="s">
-        <v>849</v>
+        <v>846</v>
       </c>
       <c r="D2" s="26" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="E2" s="37" t="s">
-        <v>850</v>
-[...3 lines deleted...]
-      <c r="A3" s="161">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="3" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="11">
         <v>3114</v>
       </c>
-      <c r="B3" s="162">
+      <c r="B3" s="24">
         <v>45978</v>
       </c>
-      <c r="C3" s="163" t="s">
-[...9 lines deleted...]
-    <row r="4" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="23" t="s">
+        <v>220</v>
+      </c>
+      <c r="D3" s="125" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" s="98" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="4" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="11">
         <v>3058</v>
       </c>
       <c r="B4" s="24">
         <v>45929</v>
       </c>
       <c r="C4" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>851</v>
+        <v>848</v>
       </c>
       <c r="E4" s="10" t="s">
-        <v>852</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="5" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="11">
         <v>3059</v>
       </c>
       <c r="B5" s="24">
         <v>45929</v>
       </c>
       <c r="C5" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="E5" s="10" t="s">
-        <v>854</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="6" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="11">
         <v>3142</v>
       </c>
       <c r="B6" s="24">
         <v>45929</v>
       </c>
       <c r="C6" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D6" s="10" t="s">
-        <v>855</v>
+        <v>852</v>
       </c>
       <c r="E6" s="10" t="s">
-        <v>856</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="7" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A7" s="11">
         <v>3145</v>
       </c>
       <c r="B7" s="24">
         <v>45929</v>
       </c>
       <c r="C7" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D7" s="118" t="s">
-        <v>857</v>
+        <v>854</v>
       </c>
       <c r="E7" s="118" t="s">
-        <v>858</v>
+        <v>855</v>
       </c>
       <c r="G7" s="36"/>
     </row>
-    <row r="8" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A8" s="11">
         <v>3146</v>
       </c>
       <c r="B8" s="24">
         <v>45929</v>
       </c>
       <c r="C8" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D8" s="118" t="s">
-        <v>859</v>
+        <v>856</v>
       </c>
       <c r="E8" s="118" t="s">
-        <v>860</v>
+        <v>857</v>
       </c>
       <c r="G8" s="36"/>
     </row>
-    <row r="9" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="23">
         <v>3803</v>
       </c>
       <c r="B9" s="24">
         <v>45838</v>
       </c>
       <c r="C9" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="10" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A10" s="11">
         <v>2031</v>
       </c>
       <c r="B10" s="24">
         <v>45838</v>
       </c>
       <c r="C10" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D10" s="10" t="s">
-        <v>862</v>
+        <v>859</v>
       </c>
       <c r="E10" s="10" t="s">
-        <v>265</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="11" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A11" s="11">
         <v>3036</v>
       </c>
       <c r="B11" s="24">
         <v>45838</v>
       </c>
       <c r="C11" s="102" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D11" s="98" t="s">
-        <v>863</v>
+        <v>860</v>
       </c>
       <c r="E11" s="98" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="F11" s="103"/>
     </row>
-    <row r="12" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A12" s="11">
         <v>3037</v>
       </c>
       <c r="B12" s="24">
         <v>45838</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="F12" s="103"/>
     </row>
-    <row r="13" spans="1:36" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:36" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A13" s="11">
         <v>3069</v>
       </c>
       <c r="B13" s="24">
         <v>45838</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="F13" s="103"/>
     </row>
-    <row r="14" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A14" s="11">
         <v>3070</v>
       </c>
       <c r="B14" s="24">
         <v>45838</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="15" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A15" s="11">
         <v>3072</v>
       </c>
       <c r="B15" s="24">
         <v>45838</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>870</v>
+        <v>867</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="16" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A16" s="11">
         <v>3075</v>
       </c>
       <c r="B16" s="24">
         <v>45838</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>872</v>
+        <v>869</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A17" s="11">
         <v>3077</v>
       </c>
       <c r="B17" s="24">
         <v>45838</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>873</v>
+        <v>870</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A18" s="11">
         <v>3079</v>
       </c>
       <c r="B18" s="24">
         <v>45838</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>874</v>
+        <v>871</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A19" s="11">
         <v>3081</v>
       </c>
       <c r="B19" s="24">
         <v>45838</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>875</v>
+        <v>872</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A20" s="11">
         <v>3084</v>
       </c>
       <c r="B20" s="24">
         <v>45838</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>876</v>
+        <v>873</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>869</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A21" s="11">
         <v>3086</v>
       </c>
       <c r="B21" s="24">
         <v>45838</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>877</v>
+        <v>874</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>871</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A22" s="11">
         <v>3097</v>
       </c>
       <c r="B22" s="24">
         <v>45838</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>878</v>
+        <v>875</v>
       </c>
       <c r="E22" s="10" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A23" s="11">
         <v>3102</v>
       </c>
       <c r="B23" s="24">
         <v>45838</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>880</v>
+        <v>877</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A24" s="11">
         <v>3106</v>
       </c>
       <c r="B24" s="24">
         <v>45838</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>881</v>
+        <v>878</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A25" s="11">
         <v>3111</v>
       </c>
       <c r="B25" s="24">
         <v>45838</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>882</v>
+        <v>879</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A26" s="11">
         <v>3132</v>
       </c>
       <c r="B26" s="24">
         <v>45838</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D26" s="10" t="s">
-        <v>883</v>
+        <v>880</v>
       </c>
       <c r="E26" s="10" t="s">
-        <v>884</v>
+        <v>881</v>
       </c>
       <c r="F26" s="36"/>
     </row>
-    <row r="27" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A27" s="11">
         <v>3149</v>
       </c>
       <c r="B27" s="24">
         <v>45838</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D27" s="97" t="s">
-        <v>885</v>
+        <v>882</v>
       </c>
       <c r="E27" s="97" t="s">
-        <v>886</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A28" s="11">
         <v>3150</v>
       </c>
       <c r="B28" s="24">
         <v>45838</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D28" s="104" t="s">
-        <v>887</v>
+        <v>884</v>
       </c>
       <c r="E28" s="97" t="s">
-        <v>888</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A29" s="11">
         <v>3155</v>
       </c>
       <c r="B29" s="24">
         <v>45838</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D29" s="97" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="E29" s="97" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A30" s="11">
         <v>3156</v>
       </c>
       <c r="B30" s="24">
         <v>45838</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D30" s="97" t="s">
-        <v>891</v>
+        <v>888</v>
       </c>
       <c r="E30" s="97" t="s">
-        <v>892</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A31" s="11">
         <v>3164</v>
       </c>
       <c r="B31" s="24">
         <v>45838</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D31" s="97" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="E31" s="97" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A32" s="11">
         <v>3165</v>
       </c>
       <c r="B32" s="24">
         <v>45838</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D32" s="97" t="s">
-        <v>894</v>
+        <v>891</v>
       </c>
       <c r="E32" s="97" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="33" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A33" s="11">
         <v>3527</v>
       </c>
       <c r="B33" s="24">
         <v>45838</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>895</v>
+        <v>892</v>
       </c>
       <c r="E33" s="10" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="34" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A34" s="11">
         <v>3528</v>
       </c>
       <c r="B34" s="24">
         <v>45838</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D34" s="10" t="s">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="35" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A35" s="11">
         <v>3591</v>
       </c>
       <c r="B35" s="24">
         <v>45838</v>
       </c>
       <c r="C35" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D35" s="75" t="s">
-        <v>897</v>
+        <v>894</v>
       </c>
       <c r="E35" s="10" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:215" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="36" spans="1:215" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A36" s="11">
         <v>3163</v>
       </c>
       <c r="B36" s="24">
         <v>45643</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D36" s="97" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="E36" s="97" t="s">
-        <v>898</v>
+        <v>895</v>
       </c>
       <c r="F36" s="90"/>
       <c r="G36" s="36"/>
       <c r="H36" s="36"/>
       <c r="I36" s="36"/>
       <c r="J36" s="36"/>
       <c r="K36" s="36"/>
       <c r="L36" s="36"/>
       <c r="M36" s="36"/>
       <c r="N36" s="36"/>
       <c r="O36" s="36"/>
       <c r="P36" s="36"/>
       <c r="Q36" s="36"/>
       <c r="R36" s="36"/>
       <c r="S36" s="36"/>
       <c r="T36" s="36"/>
       <c r="U36" s="36"/>
       <c r="V36" s="36"/>
       <c r="W36" s="36"/>
       <c r="X36" s="36"/>
       <c r="Y36" s="36"/>
       <c r="Z36" s="36"/>
       <c r="AA36" s="36"/>
       <c r="AB36" s="36"/>
       <c r="AC36" s="36"/>
       <c r="AD36" s="36"/>
       <c r="AE36" s="36"/>
       <c r="AF36" s="36"/>
       <c r="AG36" s="36"/>
       <c r="AH36" s="36"/>
       <c r="AI36" s="36"/>
       <c r="AJ36" s="36"/>
       <c r="AK36" s="36"/>
       <c r="AL36" s="36"/>
       <c r="AM36" s="36"/>
       <c r="AN36" s="36"/>
       <c r="AO36" s="36"/>
       <c r="AP36" s="36"/>
       <c r="AQ36" s="36"/>
       <c r="AR36" s="36"/>
       <c r="AS36" s="36"/>
       <c r="AT36" s="36"/>
     </row>
-    <row r="37" spans="1:215" s="18" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:215" s="18" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A37" s="11">
         <v>3141</v>
       </c>
       <c r="B37" s="24">
         <v>45643</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E37" s="10" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="F37" s="69"/>
       <c r="G37" s="14"/>
       <c r="H37" s="7"/>
       <c r="I37" s="16"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15"/>
       <c r="L37" s="14"/>
       <c r="M37" s="7"/>
       <c r="N37" s="16"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
       <c r="Q37" s="14"/>
       <c r="R37" s="7"/>
       <c r="S37" s="16"/>
       <c r="T37" s="15"/>
       <c r="U37" s="15"/>
       <c r="V37" s="14"/>
       <c r="W37" s="7"/>
       <c r="X37" s="16"/>
       <c r="Y37" s="15"/>
       <c r="Z37" s="15"/>
       <c r="AA37" s="14"/>
       <c r="AB37" s="7"/>
       <c r="AC37" s="16"/>
       <c r="AD37" s="15"/>
       <c r="AE37" s="15"/>
       <c r="AF37" s="14"/>
       <c r="AG37" s="7"/>
       <c r="AH37" s="16"/>
       <c r="AI37" s="15"/>
       <c r="AJ37" s="15"/>
       <c r="AK37" s="14"/>
       <c r="AL37" s="7"/>
       <c r="AM37" s="16"/>
       <c r="AN37" s="15"/>
       <c r="AO37" s="15"/>
       <c r="AP37" s="14"/>
       <c r="AQ37" s="7"/>
       <c r="AR37" s="16"/>
       <c r="AS37" s="15"/>
       <c r="AT37" s="15"/>
     </row>
-    <row r="38" spans="1:215" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:215" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A38" s="11">
         <v>3127</v>
       </c>
       <c r="B38" s="24">
         <v>45643</v>
       </c>
       <c r="C38" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D38" s="10" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="E38" s="98" t="s">
-        <v>899</v>
+        <v>896</v>
       </c>
       <c r="F38" s="69"/>
       <c r="G38" s="7"/>
       <c r="H38" s="16"/>
       <c r="I38" s="15"/>
       <c r="J38" s="15"/>
       <c r="K38" s="15"/>
       <c r="L38" s="7"/>
       <c r="M38" s="16"/>
       <c r="N38" s="15"/>
       <c r="O38" s="15"/>
       <c r="P38" s="15"/>
       <c r="Q38" s="7"/>
       <c r="R38" s="16"/>
       <c r="S38" s="15"/>
       <c r="T38" s="15"/>
       <c r="U38" s="15"/>
       <c r="V38" s="7"/>
       <c r="W38" s="16"/>
       <c r="X38" s="15"/>
       <c r="Y38" s="15"/>
       <c r="Z38" s="15"/>
       <c r="AA38" s="7"/>
       <c r="AB38" s="16"/>
       <c r="AC38" s="15"/>
       <c r="AD38" s="15"/>
       <c r="AE38" s="15"/>
       <c r="AF38" s="7"/>
       <c r="AG38" s="16"/>
       <c r="AH38" s="15"/>
       <c r="AI38" s="15"/>
       <c r="AJ38" s="15"/>
       <c r="AK38" s="7"/>
       <c r="AL38" s="16"/>
       <c r="AM38" s="15"/>
       <c r="AN38" s="15"/>
       <c r="AO38" s="15"/>
       <c r="AP38" s="7"/>
       <c r="AQ38" s="16"/>
       <c r="AR38" s="15"/>
       <c r="AS38" s="15"/>
       <c r="AT38" s="15"/>
     </row>
-    <row r="39" spans="1:215" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:215" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A39" s="11">
         <v>2018</v>
       </c>
       <c r="B39" s="24">
         <v>45593</v>
       </c>
       <c r="C39" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D39" s="10" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E39" s="10" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="F39" s="69"/>
     </row>
-    <row r="40" spans="1:215" s="36" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:215" s="36" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A40" s="87">
         <v>3175</v>
       </c>
       <c r="B40" s="88">
         <v>45226</v>
       </c>
       <c r="C40" s="87" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D40" s="89" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="E40" s="89" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="F40" s="90"/>
     </row>
-    <row r="41" spans="1:215" s="15" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:215" s="15" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A41" s="11">
         <v>3631</v>
       </c>
       <c r="B41" s="22">
         <v>45047</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="E41" s="86" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="F41" s="71"/>
       <c r="G41" s="7"/>
       <c r="H41" s="16"/>
     </row>
-    <row r="42" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A42" s="11">
         <v>3669</v>
       </c>
       <c r="B42" s="22">
         <v>45047</v>
       </c>
       <c r="C42" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D42" s="10" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="E42" s="76" t="s">
-        <v>901</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:215" s="15" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="43" spans="1:215" s="15" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A43" s="11">
         <v>3585</v>
       </c>
       <c r="B43" s="22">
         <v>44907</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E43" s="10" t="s">
-        <v>606</v>
+        <v>605</v>
       </c>
       <c r="F43" s="71"/>
       <c r="G43" s="7"/>
       <c r="H43" s="16"/>
     </row>
-    <row r="44" spans="1:215" s="15" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:215" s="15" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A44" s="11">
         <v>3604</v>
       </c>
       <c r="B44" s="22">
         <v>44907</v>
       </c>
       <c r="C44" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D44" s="10" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E44" s="10" t="s">
-        <v>902</v>
+        <v>899</v>
       </c>
       <c r="F44" s="71"/>
       <c r="G44" s="7"/>
       <c r="H44" s="16"/>
     </row>
-    <row r="45" spans="1:215" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:215" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A45" s="11">
         <v>3120</v>
       </c>
       <c r="B45" s="22">
         <v>44886</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="E45" s="10" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="F45" s="69"/>
     </row>
-    <row r="46" spans="1:215" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:215" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
       <c r="A46" s="11">
         <v>3121</v>
       </c>
       <c r="B46" s="22">
         <v>44886</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="E46" s="10" t="s">
-        <v>903</v>
+        <v>900</v>
       </c>
       <c r="F46" s="69"/>
     </row>
-    <row r="47" spans="1:215" s="15" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:215" s="15" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A47" s="11">
         <v>3621</v>
       </c>
       <c r="B47" s="22">
         <v>44886</v>
       </c>
       <c r="C47" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D47" s="10" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="E47" s="10" t="s">
-        <v>904</v>
+        <v>901</v>
       </c>
       <c r="F47" s="71"/>
       <c r="G47" s="7"/>
       <c r="H47" s="16"/>
     </row>
-    <row r="48" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:215" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A48" s="11">
         <v>3570</v>
       </c>
       <c r="B48" s="22">
         <v>44872</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E48" s="67" t="s">
-        <v>655</v>
+        <v>654</v>
       </c>
       <c r="F48" s="70"/>
       <c r="G48" s="29"/>
       <c r="H48" s="29"/>
       <c r="I48" s="29"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
       <c r="O48" s="13"/>
       <c r="P48" s="13"/>
       <c r="Q48" s="13"/>
       <c r="R48" s="13"/>
       <c r="S48" s="13"/>
       <c r="T48" s="13"/>
       <c r="U48" s="13"/>
       <c r="V48" s="13"/>
       <c r="W48" s="13"/>
       <c r="X48" s="13"/>
       <c r="Y48" s="13"/>
       <c r="Z48" s="13"/>
       <c r="AA48" s="13"/>
       <c r="AB48" s="13"/>
       <c r="AC48" s="13"/>
@@ -20263,65 +20298,65 @@
       <c r="GJ48" s="13"/>
       <c r="GK48" s="13"/>
       <c r="GL48" s="13"/>
       <c r="GM48" s="13"/>
       <c r="GN48" s="13"/>
       <c r="GO48" s="13"/>
       <c r="GP48" s="13"/>
       <c r="GQ48" s="13"/>
       <c r="GR48" s="13"/>
       <c r="GS48" s="13"/>
       <c r="GT48" s="13"/>
       <c r="GU48" s="13"/>
       <c r="GV48" s="13"/>
       <c r="GW48" s="13"/>
       <c r="GX48" s="13"/>
       <c r="GY48" s="13"/>
       <c r="GZ48" s="13"/>
       <c r="HA48" s="13"/>
       <c r="HB48" s="13"/>
       <c r="HC48" s="13"/>
       <c r="HD48" s="13"/>
       <c r="HE48" s="13"/>
       <c r="HF48" s="13"/>
       <c r="HG48" s="13"/>
     </row>
-    <row r="49" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:215" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A49" s="11">
         <v>3571</v>
       </c>
       <c r="B49" s="22">
         <v>44872</v>
       </c>
       <c r="C49" s="23" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D49" s="10" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="E49" s="67" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="F49" s="29"/>
       <c r="G49" s="29"/>
       <c r="H49" s="29"/>
       <c r="I49" s="29"/>
       <c r="J49" s="13"/>
       <c r="K49" s="13"/>
       <c r="L49" s="13"/>
       <c r="M49" s="13"/>
       <c r="N49" s="13"/>
       <c r="O49" s="13"/>
       <c r="P49" s="13"/>
       <c r="Q49" s="13"/>
       <c r="R49" s="13"/>
       <c r="S49" s="13"/>
       <c r="T49" s="13"/>
       <c r="U49" s="13"/>
       <c r="V49" s="13"/>
       <c r="W49" s="13"/>
       <c r="X49" s="13"/>
       <c r="Y49" s="13"/>
       <c r="Z49" s="13"/>
       <c r="AA49" s="13"/>
       <c r="AB49" s="13"/>
       <c r="AC49" s="13"/>
@@ -20490,65 +20525,65 @@
       <c r="GJ49" s="13"/>
       <c r="GK49" s="13"/>
       <c r="GL49" s="13"/>
       <c r="GM49" s="13"/>
       <c r="GN49" s="13"/>
       <c r="GO49" s="13"/>
       <c r="GP49" s="13"/>
       <c r="GQ49" s="13"/>
       <c r="GR49" s="13"/>
       <c r="GS49" s="13"/>
       <c r="GT49" s="13"/>
       <c r="GU49" s="13"/>
       <c r="GV49" s="13"/>
       <c r="GW49" s="13"/>
       <c r="GX49" s="13"/>
       <c r="GY49" s="13"/>
       <c r="GZ49" s="13"/>
       <c r="HA49" s="13"/>
       <c r="HB49" s="13"/>
       <c r="HC49" s="13"/>
       <c r="HD49" s="13"/>
       <c r="HE49" s="13"/>
       <c r="HF49" s="13"/>
       <c r="HG49" s="13"/>
     </row>
-    <row r="50" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A50" s="21">
         <v>3404</v>
       </c>
       <c r="B50" s="22">
         <v>44629</v>
       </c>
       <c r="C50" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D50" s="19" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F50" s="29"/>
       <c r="G50" s="29"/>
       <c r="H50" s="29"/>
       <c r="I50" s="29"/>
       <c r="J50" s="13"/>
       <c r="K50" s="13"/>
       <c r="L50" s="13"/>
       <c r="M50" s="13"/>
       <c r="N50" s="13"/>
       <c r="O50" s="13"/>
       <c r="P50" s="13"/>
       <c r="Q50" s="13"/>
       <c r="R50" s="13"/>
       <c r="S50" s="13"/>
       <c r="T50" s="13"/>
       <c r="U50" s="13"/>
       <c r="V50" s="13"/>
       <c r="W50" s="13"/>
       <c r="X50" s="13"/>
       <c r="Y50" s="13"/>
       <c r="Z50" s="13"/>
       <c r="AA50" s="13"/>
       <c r="AB50" s="13"/>
       <c r="AC50" s="13"/>
@@ -20717,65 +20752,65 @@
       <c r="GJ50" s="13"/>
       <c r="GK50" s="13"/>
       <c r="GL50" s="13"/>
       <c r="GM50" s="13"/>
       <c r="GN50" s="13"/>
       <c r="GO50" s="13"/>
       <c r="GP50" s="13"/>
       <c r="GQ50" s="13"/>
       <c r="GR50" s="13"/>
       <c r="GS50" s="13"/>
       <c r="GT50" s="13"/>
       <c r="GU50" s="13"/>
       <c r="GV50" s="13"/>
       <c r="GW50" s="13"/>
       <c r="GX50" s="13"/>
       <c r="GY50" s="13"/>
       <c r="GZ50" s="13"/>
       <c r="HA50" s="13"/>
       <c r="HB50" s="13"/>
       <c r="HC50" s="13"/>
       <c r="HD50" s="13"/>
       <c r="HE50" s="13"/>
       <c r="HF50" s="13"/>
       <c r="HG50" s="13"/>
     </row>
-    <row r="51" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A51" s="21">
         <v>3405</v>
       </c>
       <c r="B51" s="22">
         <v>44629</v>
       </c>
       <c r="C51" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D51" s="19" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="E51" s="19" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F51" s="29"/>
       <c r="G51" s="29"/>
       <c r="H51" s="29"/>
       <c r="I51" s="29"/>
       <c r="J51" s="13"/>
       <c r="K51" s="13"/>
       <c r="L51" s="13"/>
       <c r="M51" s="13"/>
       <c r="N51" s="13"/>
       <c r="O51" s="13"/>
       <c r="P51" s="13"/>
       <c r="Q51" s="13"/>
       <c r="R51" s="13"/>
       <c r="S51" s="13"/>
       <c r="T51" s="13"/>
       <c r="U51" s="13"/>
       <c r="V51" s="13"/>
       <c r="W51" s="13"/>
       <c r="X51" s="13"/>
       <c r="Y51" s="13"/>
       <c r="Z51" s="13"/>
       <c r="AA51" s="13"/>
       <c r="AB51" s="13"/>
       <c r="AC51" s="13"/>
@@ -20944,65 +20979,65 @@
       <c r="GJ51" s="13"/>
       <c r="GK51" s="13"/>
       <c r="GL51" s="13"/>
       <c r="GM51" s="13"/>
       <c r="GN51" s="13"/>
       <c r="GO51" s="13"/>
       <c r="GP51" s="13"/>
       <c r="GQ51" s="13"/>
       <c r="GR51" s="13"/>
       <c r="GS51" s="13"/>
       <c r="GT51" s="13"/>
       <c r="GU51" s="13"/>
       <c r="GV51" s="13"/>
       <c r="GW51" s="13"/>
       <c r="GX51" s="13"/>
       <c r="GY51" s="13"/>
       <c r="GZ51" s="13"/>
       <c r="HA51" s="13"/>
       <c r="HB51" s="13"/>
       <c r="HC51" s="13"/>
       <c r="HD51" s="13"/>
       <c r="HE51" s="13"/>
       <c r="HF51" s="13"/>
       <c r="HG51" s="13"/>
     </row>
-    <row r="52" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A52" s="21">
         <v>3406</v>
       </c>
       <c r="B52" s="22">
         <v>44629</v>
       </c>
       <c r="C52" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D52" s="19" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="E52" s="19" t="s">
-        <v>906</v>
+        <v>903</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="29"/>
       <c r="H52" s="29"/>
       <c r="I52" s="29"/>
       <c r="J52" s="13"/>
       <c r="K52" s="13"/>
       <c r="L52" s="13"/>
       <c r="M52" s="13"/>
       <c r="N52" s="13"/>
       <c r="O52" s="13"/>
       <c r="P52" s="13"/>
       <c r="Q52" s="13"/>
       <c r="R52" s="13"/>
       <c r="S52" s="13"/>
       <c r="T52" s="13"/>
       <c r="U52" s="13"/>
       <c r="V52" s="13"/>
       <c r="W52" s="13"/>
       <c r="X52" s="13"/>
       <c r="Y52" s="13"/>
       <c r="Z52" s="13"/>
       <c r="AA52" s="13"/>
       <c r="AB52" s="13"/>
       <c r="AC52" s="13"/>
@@ -21171,65 +21206,65 @@
       <c r="GJ52" s="13"/>
       <c r="GK52" s="13"/>
       <c r="GL52" s="13"/>
       <c r="GM52" s="13"/>
       <c r="GN52" s="13"/>
       <c r="GO52" s="13"/>
       <c r="GP52" s="13"/>
       <c r="GQ52" s="13"/>
       <c r="GR52" s="13"/>
       <c r="GS52" s="13"/>
       <c r="GT52" s="13"/>
       <c r="GU52" s="13"/>
       <c r="GV52" s="13"/>
       <c r="GW52" s="13"/>
       <c r="GX52" s="13"/>
       <c r="GY52" s="13"/>
       <c r="GZ52" s="13"/>
       <c r="HA52" s="13"/>
       <c r="HB52" s="13"/>
       <c r="HC52" s="13"/>
       <c r="HD52" s="13"/>
       <c r="HE52" s="13"/>
       <c r="HF52" s="13"/>
       <c r="HG52" s="13"/>
     </row>
-    <row r="53" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A53" s="21">
         <v>3407</v>
       </c>
       <c r="B53" s="22">
         <v>44629</v>
       </c>
       <c r="C53" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D53" s="19" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="E53" s="19" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F53" s="29"/>
       <c r="G53" s="29"/>
       <c r="H53" s="29"/>
       <c r="I53" s="29"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
       <c r="O53" s="13"/>
       <c r="P53" s="13"/>
       <c r="Q53" s="13"/>
       <c r="R53" s="13"/>
       <c r="S53" s="13"/>
       <c r="T53" s="13"/>
       <c r="U53" s="13"/>
       <c r="V53" s="13"/>
       <c r="W53" s="13"/>
       <c r="X53" s="13"/>
       <c r="Y53" s="13"/>
       <c r="Z53" s="13"/>
       <c r="AA53" s="13"/>
       <c r="AB53" s="13"/>
       <c r="AC53" s="13"/>
@@ -21398,65 +21433,65 @@
       <c r="GJ53" s="13"/>
       <c r="GK53" s="13"/>
       <c r="GL53" s="13"/>
       <c r="GM53" s="13"/>
       <c r="GN53" s="13"/>
       <c r="GO53" s="13"/>
       <c r="GP53" s="13"/>
       <c r="GQ53" s="13"/>
       <c r="GR53" s="13"/>
       <c r="GS53" s="13"/>
       <c r="GT53" s="13"/>
       <c r="GU53" s="13"/>
       <c r="GV53" s="13"/>
       <c r="GW53" s="13"/>
       <c r="GX53" s="13"/>
       <c r="GY53" s="13"/>
       <c r="GZ53" s="13"/>
       <c r="HA53" s="13"/>
       <c r="HB53" s="13"/>
       <c r="HC53" s="13"/>
       <c r="HD53" s="13"/>
       <c r="HE53" s="13"/>
       <c r="HF53" s="13"/>
       <c r="HG53" s="13"/>
     </row>
-    <row r="54" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:215" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A54" s="21">
         <v>3408</v>
       </c>
       <c r="B54" s="22">
         <v>44629</v>
       </c>
       <c r="C54" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D54" s="19" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="E54" s="19" t="s">
-        <v>907</v>
+        <v>904</v>
       </c>
       <c r="F54" s="29"/>
       <c r="G54" s="29"/>
       <c r="H54" s="29"/>
       <c r="I54" s="29"/>
       <c r="J54" s="13"/>
       <c r="K54" s="13"/>
       <c r="L54" s="13"/>
       <c r="M54" s="13"/>
       <c r="N54" s="13"/>
       <c r="O54" s="13"/>
       <c r="P54" s="13"/>
       <c r="Q54" s="13"/>
       <c r="R54" s="13"/>
       <c r="S54" s="13"/>
       <c r="T54" s="13"/>
       <c r="U54" s="13"/>
       <c r="V54" s="13"/>
       <c r="W54" s="13"/>
       <c r="X54" s="13"/>
       <c r="Y54" s="13"/>
       <c r="Z54" s="13"/>
       <c r="AA54" s="13"/>
       <c r="AB54" s="13"/>
       <c r="AC54" s="13"/>
@@ -21625,744 +21660,744 @@
       <c r="GJ54" s="13"/>
       <c r="GK54" s="13"/>
       <c r="GL54" s="13"/>
       <c r="GM54" s="13"/>
       <c r="GN54" s="13"/>
       <c r="GO54" s="13"/>
       <c r="GP54" s="13"/>
       <c r="GQ54" s="13"/>
       <c r="GR54" s="13"/>
       <c r="GS54" s="13"/>
       <c r="GT54" s="13"/>
       <c r="GU54" s="13"/>
       <c r="GV54" s="13"/>
       <c r="GW54" s="13"/>
       <c r="GX54" s="13"/>
       <c r="GY54" s="13"/>
       <c r="GZ54" s="13"/>
       <c r="HA54" s="13"/>
       <c r="HB54" s="13"/>
       <c r="HC54" s="13"/>
       <c r="HD54" s="13"/>
       <c r="HE54" s="13"/>
       <c r="HF54" s="13"/>
       <c r="HG54" s="13"/>
     </row>
-    <row r="55" spans="1:215" s="31" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:215" s="31" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A55" s="21">
         <v>3409</v>
       </c>
       <c r="B55" s="22">
         <v>44629</v>
       </c>
       <c r="C55" s="21" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D55" s="19" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="E55" s="19" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="F55" s="29"/>
       <c r="G55" s="29"/>
       <c r="H55" s="29"/>
       <c r="I55" s="29"/>
     </row>
-    <row r="56" spans="1:215" s="17" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:215" s="17" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A56" s="21">
         <v>3424</v>
       </c>
       <c r="B56" s="20">
         <v>44606</v>
       </c>
       <c r="C56" s="21" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D56" s="19" t="s">
-        <v>908</v>
+        <v>905</v>
       </c>
       <c r="E56" s="19" t="s">
-        <v>909</v>
+        <v>906</v>
       </c>
       <c r="F56" s="36"/>
       <c r="G56" s="36"/>
       <c r="H56" s="36"/>
       <c r="I56" s="36"/>
     </row>
-    <row r="57" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A57" s="11">
         <v>2021</v>
       </c>
       <c r="B57" s="24">
         <v>44585</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>910</v>
+        <v>907</v>
       </c>
       <c r="E57" s="10" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="58" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A58" s="11">
         <v>2022</v>
       </c>
       <c r="B58" s="24">
         <v>44585</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>912</v>
+        <v>909</v>
       </c>
       <c r="E58" s="10" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="59" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A59" s="11">
         <v>2023</v>
       </c>
       <c r="B59" s="24">
         <v>44585</v>
       </c>
       <c r="C59" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E59" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="60" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A60" s="11">
         <v>2024</v>
       </c>
       <c r="B60" s="24">
         <v>44585</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E60" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="61" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A61" s="11">
         <v>2025</v>
       </c>
       <c r="B61" s="24">
         <v>44585</v>
       </c>
       <c r="C61" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E61" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="62" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A62" s="11">
         <v>2026</v>
       </c>
       <c r="B62" s="24">
         <v>44585</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E62" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="63" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A63" s="11">
         <v>2027</v>
       </c>
       <c r="B63" s="24">
         <v>44585</v>
       </c>
       <c r="C63" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="E63" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="64" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A64" s="11">
         <v>2028</v>
       </c>
       <c r="B64" s="24">
         <v>44585</v>
       </c>
       <c r="C64" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>915</v>
+        <v>912</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>914</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:9" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A65" s="11">
         <v>2029</v>
       </c>
       <c r="B65" s="24">
         <v>44585</v>
       </c>
       <c r="C65" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D65" s="10" t="s">
-        <v>916</v>
+        <v>913</v>
       </c>
       <c r="E65" s="10" t="s">
-        <v>917</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:9" s="16" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="16" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A66" s="21">
         <v>3419</v>
       </c>
       <c r="B66" s="20">
         <v>44533</v>
       </c>
       <c r="C66" s="21" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D66" s="19" t="s">
-        <v>918</v>
+        <v>915</v>
       </c>
       <c r="E66" s="19" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="F66" s="28"/>
       <c r="G66" s="28"/>
       <c r="H66" s="28"/>
       <c r="I66" s="28"/>
     </row>
-    <row r="67" spans="1:9" s="16" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" s="16" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A67" s="21">
         <v>3420</v>
       </c>
       <c r="B67" s="20">
         <v>44533</v>
       </c>
       <c r="C67" s="21" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D67" s="19" t="s">
-        <v>920</v>
+        <v>917</v>
       </c>
       <c r="E67" s="19" t="s">
-        <v>921</v>
+        <v>918</v>
       </c>
       <c r="F67" s="28"/>
       <c r="G67" s="28"/>
       <c r="H67" s="28"/>
       <c r="I67" s="28"/>
     </row>
-    <row r="68" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A68" s="11">
         <v>2030</v>
       </c>
       <c r="B68" s="24">
         <v>43276</v>
       </c>
       <c r="C68" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D68" s="10" t="s">
-        <v>922</v>
+        <v>919</v>
       </c>
       <c r="E68" s="10" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A69" s="11">
         <v>3098</v>
       </c>
       <c r="B69" s="24">
         <v>43276</v>
       </c>
       <c r="C69" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="E69" s="10" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A70" s="11">
         <v>3099</v>
       </c>
       <c r="B70" s="24">
         <v>43276</v>
       </c>
       <c r="C70" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D70" s="10" t="s">
-        <v>925</v>
+        <v>922</v>
       </c>
       <c r="E70" s="10" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A71" s="11">
         <v>3103</v>
       </c>
       <c r="B71" s="24">
         <v>43276</v>
       </c>
       <c r="C71" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>927</v>
+        <v>924</v>
       </c>
       <c r="E71" s="10" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A72" s="11">
         <v>3104</v>
       </c>
       <c r="B72" s="24">
         <v>43276</v>
       </c>
       <c r="C72" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="E72" s="10" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A73" s="11">
         <v>3107</v>
       </c>
       <c r="B73" s="24">
         <v>43276</v>
       </c>
       <c r="C73" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D73" s="10" t="s">
-        <v>929</v>
+        <v>926</v>
       </c>
       <c r="E73" s="10" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A74" s="11">
         <v>3108</v>
       </c>
       <c r="B74" s="24">
         <v>43276</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D74" s="10" t="s">
-        <v>930</v>
+        <v>927</v>
       </c>
       <c r="E74" s="10" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A75" s="11">
         <v>3112</v>
       </c>
       <c r="B75" s="24">
         <v>43276</v>
       </c>
       <c r="C75" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>931</v>
+        <v>928</v>
       </c>
       <c r="E75" s="10" t="s">
-        <v>924</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A76" s="11">
         <v>3113</v>
       </c>
       <c r="B76" s="24">
         <v>43276</v>
       </c>
       <c r="C76" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D76" s="10" t="s">
-        <v>932</v>
+        <v>929</v>
       </c>
       <c r="E76" s="10" t="s">
-        <v>926</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.25">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A77" s="11">
         <v>2012</v>
       </c>
       <c r="B77" s="24">
         <v>43185</v>
       </c>
       <c r="C77" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D77" s="10" t="s">
-        <v>933</v>
+        <v>930</v>
       </c>
       <c r="E77" s="10" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="78" spans="1:9" s="13" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" s="13" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A78" s="11">
         <v>3045</v>
       </c>
       <c r="B78" s="24">
         <v>43021</v>
       </c>
       <c r="C78" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>934</v>
+        <v>931</v>
       </c>
       <c r="E78" s="10" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" s="13" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" s="13" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A79" s="11">
         <v>3301</v>
       </c>
       <c r="B79" s="24">
         <v>43021</v>
       </c>
       <c r="C79" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>936</v>
+        <v>933</v>
       </c>
       <c r="E79" s="10" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" s="13" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" s="13" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
       <c r="A80" s="11">
         <v>3302</v>
       </c>
       <c r="B80" s="24">
         <v>43021</v>
       </c>
       <c r="C80" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>938</v>
+        <v>935</v>
       </c>
       <c r="E80" s="10" t="s">
-        <v>939</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:215" s="13" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="81" spans="1:215" s="13" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A81" s="11">
         <v>3303</v>
       </c>
       <c r="B81" s="24">
         <v>43021</v>
       </c>
       <c r="C81" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="E81" s="10" t="s">
-        <v>941</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:215" s="13" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="82" spans="1:215" s="13" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
       <c r="A82" s="11">
         <v>3304</v>
       </c>
       <c r="B82" s="24">
         <v>43021</v>
       </c>
       <c r="C82" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D82" s="10" t="s">
-        <v>942</v>
+        <v>939</v>
       </c>
       <c r="E82" s="10" t="s">
-        <v>943</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="83" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A83" s="11">
         <v>3201</v>
       </c>
       <c r="B83" s="24">
         <v>42886</v>
       </c>
       <c r="C83" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="E83" s="10" t="s">
-        <v>945</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="84" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A84" s="11">
         <v>3202</v>
       </c>
       <c r="B84" s="24">
         <v>42886</v>
       </c>
       <c r="C84" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="E84" s="10" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="85" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A85" s="11">
         <v>3203</v>
       </c>
       <c r="B85" s="24">
         <v>42886</v>
       </c>
       <c r="C85" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
       <c r="E85" s="10" t="s">
-        <v>949</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="86" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A86" s="11">
         <v>3204</v>
       </c>
       <c r="B86" s="24">
         <v>42886</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>950</v>
+        <v>947</v>
       </c>
       <c r="E86" s="10" t="s">
-        <v>951</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="87" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A87" s="11">
         <v>3205</v>
       </c>
       <c r="B87" s="24">
         <v>42886</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>952</v>
+        <v>949</v>
       </c>
       <c r="E87" s="10" t="s">
-        <v>953</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:215" s="13" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="88" spans="1:215" s="13" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A88" s="11">
         <v>3208</v>
       </c>
       <c r="B88" s="24">
         <v>42886</v>
       </c>
       <c r="C88" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>954</v>
+        <v>951</v>
       </c>
       <c r="E88" s="10" t="s">
-        <v>955</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="89" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A89" s="11">
         <v>3210</v>
       </c>
       <c r="B89" s="24">
         <v>42886</v>
       </c>
       <c r="C89" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>956</v>
+        <v>953</v>
       </c>
       <c r="E89" s="10" t="s">
-        <v>957</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="90" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A90" s="11">
         <v>3211</v>
       </c>
       <c r="B90" s="24">
         <v>42886</v>
       </c>
       <c r="C90" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>958</v>
+        <v>955</v>
       </c>
       <c r="E90" s="10" t="s">
-        <v>957</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.25">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="91" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A91" s="11">
         <v>3213</v>
       </c>
       <c r="B91" s="24">
         <v>42886</v>
       </c>
       <c r="C91" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>959</v>
+        <v>956</v>
       </c>
       <c r="E91" s="10" t="s">
-        <v>960</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.25">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="92" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.3">
       <c r="A92" s="11">
         <v>3214</v>
       </c>
       <c r="B92" s="24">
         <v>42886</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>961</v>
+        <v>958</v>
       </c>
       <c r="E92" s="10" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:215" s="29" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="93" spans="1:215" s="29" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A93" s="11">
         <v>3049</v>
       </c>
       <c r="B93" s="24">
         <v>42886</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>962</v>
+        <v>959</v>
       </c>
       <c r="E93" s="10" t="s">
-        <v>963</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:215" s="29" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="94" spans="1:215" s="29" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
       <c r="A94" s="11">
         <v>3136</v>
       </c>
       <c r="B94" s="24">
         <v>42886</v>
       </c>
       <c r="C94" s="11" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>964</v>
+        <v>961</v>
       </c>
       <c r="E94" s="10" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="J94" s="13"/>
       <c r="K94" s="13"/>
       <c r="L94" s="13"/>
       <c r="M94" s="13"/>
       <c r="N94" s="13"/>
       <c r="O94" s="13"/>
       <c r="P94" s="13"/>
       <c r="Q94" s="13"/>
       <c r="R94" s="13"/>
       <c r="S94" s="13"/>
       <c r="T94" s="13"/>
       <c r="U94" s="13"/>
       <c r="V94" s="13"/>
       <c r="W94" s="13"/>
       <c r="X94" s="13"/>
       <c r="Y94" s="13"/>
       <c r="Z94" s="13"/>
       <c r="AA94" s="13"/>
       <c r="AB94" s="13"/>
       <c r="AC94" s="13"/>
       <c r="AD94" s="13"/>
       <c r="AE94" s="13"/>
       <c r="AF94" s="13"/>
       <c r="AG94" s="13"/>
@@ -22527,176 +22562,255 @@
       <c r="GJ94" s="13"/>
       <c r="GK94" s="13"/>
       <c r="GL94" s="13"/>
       <c r="GM94" s="13"/>
       <c r="GN94" s="13"/>
       <c r="GO94" s="13"/>
       <c r="GP94" s="13"/>
       <c r="GQ94" s="13"/>
       <c r="GR94" s="13"/>
       <c r="GS94" s="13"/>
       <c r="GT94" s="13"/>
       <c r="GU94" s="13"/>
       <c r="GV94" s="13"/>
       <c r="GW94" s="13"/>
       <c r="GX94" s="13"/>
       <c r="GY94" s="13"/>
       <c r="GZ94" s="13"/>
       <c r="HA94" s="13"/>
       <c r="HB94" s="13"/>
       <c r="HC94" s="13"/>
       <c r="HD94" s="13"/>
       <c r="HE94" s="13"/>
       <c r="HF94" s="13"/>
       <c r="HG94" s="13"/>
     </row>
-    <row r="95" spans="1:215" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:215" x14ac:dyDescent="0.25">
       <c r="F95" s="13"/>
       <c r="G95" s="13"/>
       <c r="H95" s="13"/>
       <c r="I95" s="13"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:E94" xr:uid="{1AC079E7-76E9-404F-95FA-CE19471BF031}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:E67">
       <sortCondition descending="1" ref="B2"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <SharedWithUsers xmlns="0ccda604-84c4-4124-acaf-14648ff1cd95">
+    <SharedWithUsers xmlns="bce3020c-c450-49a0-95ba-d0219377819c">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d9f6a769-7763-420e-a6e5-9ff29d5af32a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bce3020c-c450-49a0-95ba-d0219377819c" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C6C5461671BE74AA4580F6DF0DE3AFD" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f03305d58f91d5434bec8cb02330eee5">
-[...2 lines deleted...]
-    <xsd:import namespace="0ccda604-84c4-4124-acaf-14648ff1cd95"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F6F169A285F054AAC2086919DEAD5A7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ce5a17f0cc695039fa072f6d8a83783c">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d9f6a769-7763-420e-a6e5-9ff29d5af32a" xmlns:ns3="bce3020c-c450-49a0-95ba-d0219377819c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a57f85e9d69b4eae7d0048975b892afa" ns2:_="" ns3:_="">
+    <xsd:import namespace="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
+    <xsd:import namespace="bce3020c-c450-49a0-95ba-d0219377819c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="43537781-fe7c-4155-96bb-fe183af801ac" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9f6a769-7763-420e-a6e5-9ff29d5af32a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="305e1c15-bc59-406b-bd93-1eaca2084cb3" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="22" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0ccda604-84c4-4124-acaf-14648ff1cd95" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bce3020c-c450-49a0-95ba-d0219377819c" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{869ff990-6e76-4f3e-ae30-a6add3b35348}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bce3020c-c450-49a0-95ba-d0219377819c">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -22754,101 +22868,77 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4F30A0A-C4DE-43DD-8FAF-45046390AA31}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="0ccda604-84c4-4124-acaf-14648ff1cd95"/>
     <ds:schemaRef ds:uri="43537781-fe7c-4155-96bb-fe183af801ac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D34915CC-927A-4CB4-B5CA-8984D4B51110}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE7E413-A2FC-4700-87D3-05D670C2072B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE7E413-A2FC-4700-87D3-05D670C2072B}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BA9A50F-F0D2-48C7-993B-CDF0FE7AD6D8}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
@@ -22867,51 +22957,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101000C6C5461671BE74AA4580F6DF0DE3AFD</vt:lpwstr>
+    <vt:lpwstr>0x0101004F6F169A285F054AAC2086919DEAD5A7</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
     <vt:lpwstr>2023-04-19T18:58:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
     <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">
     <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ActionId">
     <vt:lpwstr>746b059f-8b58-4eba-b09f-d69bfde8e214</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>