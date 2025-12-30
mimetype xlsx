--- v0 (2025-10-06)
+++ v1 (2025-12-30)
@@ -10,110 +10,110 @@
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10119"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/x7umab_fanniemae_com/Documents/UCDP/UCDP NextGen/Project Management/Rollout &amp; Comms/2025 Comms - Guides/Fannie Mae Messaging Docs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/s5ulga_fanniemae_com/Documents/Documents/UCDP/Document Updates/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="4" documentId="8_{C465CA39-0408-304A-AD0E-6E0F4D99B793}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{06C850DA-A6DC-214B-881E-86845001E2DC}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D3E10E49-F3AC-447D-A521-0B7A72AF17D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="43300" yWindow="4480" windowWidth="46900" windowHeight="27400" xr2:uid="{DC925999-A594-0949-8329-792A579F4B79}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="16440" xr2:uid="{DC925999-A594-0949-8329-792A579F4B79}"/>
   </bookViews>
   <sheets>
     <sheet name="Front Cover - 1" sheetId="3" r:id="rId1"/>
     <sheet name="Revision History - 2" sheetId="7" r:id="rId2"/>
     <sheet name="Tab Description - 3" sheetId="5" r:id="rId3"/>
     <sheet name="&gt;&gt;" sheetId="6" r:id="rId4"/>
     <sheet name="Severity Definitions" sheetId="10" r:id="rId5"/>
     <sheet name="System Findings {UCDP}" sheetId="1" r:id="rId6"/>
     <sheet name="UAD Compliance Rules {Links}" sheetId="2" r:id="rId7"/>
     <sheet name="FNM Findings Description" sheetId="11" r:id="rId8"/>
     <sheet name="FNM Findings - ALL" sheetId="4" r:id="rId9"/>
     <sheet name="FNM Findings - Update" sheetId="9" r:id="rId10"/>
     <sheet name="FNM Findings - Completion" sheetId="8" r:id="rId11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="1">'FNM Findings - ALL'!$A$3:$J$250</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="1">'FNM Findings - Completion'!$A$3:$J$25</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'FNM Findings - Update'!$A$3:$J$29</definedName>
     <definedName name="_Hlk138756699" localSheetId="5">'System Findings {UCDP}'!$C$11</definedName>
     <definedName name="_Toc80858054" localSheetId="10">'FNM Findings - Completion'!$A$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="10">'FNM Findings - Completion'!$A$1:$J$26</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="9">'FNM Findings - Update'!$A$1:$J$30</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Front Cover - 1'!$A$1:$B$14</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="5">'System Findings {UCDP}'!$A$1:$C$13</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="8">'FNM Findings - ALL'!$3:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="10">'FNM Findings - Completion'!$3:$3</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="9">'FNM Findings - Update'!$3:$3</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2927" uniqueCount="734">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2928" uniqueCount="735">
   <si>
     <t>© 2025 Fannie Mae. Trademarks of respective owners.</t>
   </si>
   <si>
     <t>Document Version and Revision History</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Version #</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t xml:space="preserve">First publication </t>
   </si>
   <si>
     <t xml:space="preserve">Tab Name </t>
   </si>
   <si>
     <t>Tab Description</t>
   </si>
   <si>
@@ -701,53 +701,50 @@
   <si>
     <t>The appraiser has reported a materially different quality in one or more appraisal reports. Verify that the quality rating is accurate and consistent with the UAD definition.</t>
   </si>
   <si>
     <t>FNM0422</t>
   </si>
   <si>
     <t>The quality rating is materially different than what has been reported by other appraisers. Verify that the quality rating is accurate and consistent with the UAD definition.</t>
   </si>
   <si>
     <t>FNM0423</t>
   </si>
   <si>
     <t>The appraiser has reported a materially different condition in one or more appraisal reports. Verify that the condition rating is accurate and consistent with the UAD definition.</t>
   </si>
   <si>
     <t>FNM0424</t>
   </si>
   <si>
     <t>The condition rating is materially different than what has been reported by other appraisers. Verify that the condition rating is accurate and consistent with the UAD definition.</t>
   </si>
   <si>
     <t>FNM0437</t>
   </si>
   <si>
-    <t>The reported total living area is materially different than what has been reported in another appraisal of the same subject. Verify that the GLA is accurate.</t>
-[...1 lines deleted...]
-  <si>
     <t>FNM0440</t>
   </si>
   <si>
     <t>The reported a lot size is materially different than what has been reported in another appraisal of the same subject. Verify that the lot size is accurate.</t>
   </si>
   <si>
     <t>FNM0441</t>
   </si>
   <si>
     <t xml:space="preserve">The reported year built is materially different than what has been reported in another appraisal of the same subject. Verify that the age is accurate. </t>
   </si>
   <si>
     <t>FNM0444</t>
   </si>
   <si>
     <t>The quality rating is materially different than what has been reported in another appraisal of the same subject. Verify that the quality rating is accurate and consistent with the description.</t>
   </si>
   <si>
     <t>FNM0452</t>
   </si>
   <si>
     <t>The reported attachment type is materially different than what has been reported in another appraisal of the same subject. Verify that the attachment type is accurate.</t>
   </si>
   <si>
     <t>FNM0453</t>
@@ -966,53 +963,50 @@
     <t>FNM0650</t>
   </si>
   <si>
     <t>The 'Date of Sale' adjustment is materially different than the price change indicated by Fannie Mae’s Home Price Index. Assess the materiality of the adjustment rate based on the contract date of the comparable sale(s) to the effective date of the appraisal. If material, validate the appraiser's derivation of the adjustment rate</t>
   </si>
   <si>
     <t>FNM0801</t>
   </si>
   <si>
     <t xml:space="preserve">The address is the same as the subject or one of the other comparables. Ensure that the addresses are entered correctly and that the same transaction has not been entered twice.  </t>
   </si>
   <si>
     <t>FNM0802</t>
   </si>
   <si>
     <t>The USPS ZIP code provided for the subject property is invalid.  Validate that the appraiser has provided the correct USPS ZIP code.</t>
   </si>
   <si>
     <t>FNM0803</t>
   </si>
   <si>
     <t xml:space="preserve">The property address could not be validated through the Fannie Mae geocoding system. Verify that the appraiser has provided a valid property address.  </t>
   </si>
   <si>
     <t>FNM0804</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">The reported property value is outside the typical range ($10,000-$10,000,000). Verify that the value is accurate.  </t>
   </si>
   <si>
     <t>FNM0805</t>
   </si>
   <si>
     <t>The sales date for the comparable provided by the appraiser is either in the future, distant past or is missing. Ensure the correct date of sale has been provided.</t>
   </si>
   <si>
     <t>FNM0806</t>
   </si>
   <si>
     <t xml:space="preserve">The reported property age is either missing, less than zero, or several hundreds of years old. Ensure that the property age provided by the appraiser is accurate. </t>
   </si>
   <si>
     <t>FNM0807</t>
   </si>
   <si>
     <t>The reported GLA is either very small or extremely large. Verify that the GLA provided by the appraiser is accurate.</t>
   </si>
   <si>
     <t>FNM0808</t>
   </si>
   <si>
     <t>The reported full bathroom count is either missing, less than or equal to zero, or an unexpectedly large number. Verify that the full bathroom count provided by the appraiser is accurate.</t>
   </si>
@@ -2249,53 +2243,50 @@
   <si>
     <t>FNM2418</t>
   </si>
   <si>
     <t>FNM2419</t>
   </si>
   <si>
     <t>FNM2420</t>
   </si>
   <si>
     <t>FNM2422</t>
   </si>
   <si>
     <t>FNM2423</t>
   </si>
   <si>
     <t>FNM2424</t>
   </si>
   <si>
     <t>Fannie Mae Severity Definitions</t>
   </si>
   <si>
     <t>UCDP System Findings
 UAD 3.6 Compliance Rules
 Fannie Mae Proprietary Findings</t>
-  </si>
-[...1 lines deleted...]
-    <t>Document Version 1.1</t>
   </si>
   <si>
     <t xml:space="preserve">These findings will cause the Document File Status and Document Status to be “Not Successful.”  </t>
   </si>
   <si>
     <t>These findings are for informational purposes. Informational severity findings will not impact the Document File Status or Document Status.</t>
   </si>
   <si>
     <t>References whether message returns for the Appraisal Report (URAR).</t>
   </si>
   <si>
     <t xml:space="preserve">Fannie Mae Proprietary Findings </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">The following tabs list the Fannie Mae proprietary findings, by Report Type, that can be returned as part of an appraisal submission. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Source Sans Pro Regular"/>
       </rPr>
       <t xml:space="preserve">These findings provide feedback specific to Fannie Mae and are only viewable to those who submit appraisal files to Fannie Mae. </t>
@@ -2432,61 +2423,73 @@
       <t xml:space="preserve"> to </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="14"/>
         <rFont val="Source Sans Pro Regular"/>
       </rPr>
       <t>UCDP Fannie Mae Messaging Guide for UAD 3.6</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Source Sans Pro Regular"/>
       </rPr>
       <t xml:space="preserve">
 - Updated Severity definitions ("Severity Definitions"). 
 - Added Fannie Mae Findings Description tab to separate out column descriptions from list of findings ("FNM Findings Description").
 - Consolidated all Fannie Mae proprietary findings into one tab ("FNM Findings - ALL")
 - Edits to formatting
 - Added FNM2500, 2501, 2502
 - Edits to the following findings: FNM0483, FNM0484, FNM0488, FNM0488, FNM0491, FNM0817  to remove references to Appendix D.
 '- Updated severity for Message ID FNM2424 for the Completion Report from ‘Fatal’ to ‘Severe’ to align with the Appraisal and Update Reports severity for Message ID (FNM2159, FNM2328).</t>
     </r>
   </si>
+  <si>
+    <t>- Updated message text for FNM0437, FNM0804</t>
+  </si>
+  <si>
+    <t>The reported total living area is materially different than what has been reported in another appraisal of the same subject. Verify the above and below-grade finished square footages are accurate.</t>
+  </si>
+  <si>
+    <t>The reported property value or sales price is outside the typical range ($10,000-$10,000,000). Verify the value for the subject property or the sales price for the comparable is accurate.</t>
+  </si>
+  <si>
+    <t>Document Version 1.2</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
     <numFmt numFmtId="166" formatCode="mm/dd/yy;@"/>
   </numFmts>
-  <fonts count="42" x14ac:knownFonts="1">
+  <fonts count="42">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -3090,51 +3093,50 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="17" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="36" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="3" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="17" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
@@ -3210,50 +3212,53 @@
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="35" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="16" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -3677,3767 +3682,3773 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://singlefamily.fanniemae.com/media/document/xlsx/appendix-h-3-uad-compliance-rules-completion-report" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://singlefamily.fanniemae.com/media/document/xlsx/appendix-h-2-uad-compliance-rules-restricted-appraisal-update-report" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://singlefamily.fanniemae.com/media/document/xlsx/appendix-h1-uad-compliance-rules-urar" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://singlefamily.fanniemae.com/delivering/uniform-mortgage-data-program/uniform-appraisal-dataset" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC0449A1-BC3B-3E46-9C56-D4FF85A2900A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A6:B15"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A10" sqref="A10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="25" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="25.5"/>
   <cols>
-    <col min="1" max="1" width="97.6640625" style="9" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="10.83203125" style="4"/>
+    <col min="1" max="1" width="97.625" style="9" customWidth="1"/>
+    <col min="2" max="2" width="4.125" style="3" customWidth="1"/>
+    <col min="3" max="16384" width="10.875" style="4"/>
   </cols>
   <sheetData>
-    <row r="6" spans="1:1" ht="48" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-    <row r="11" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:1" ht="46.5">
+      <c r="A6" s="85" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="7" spans="1:1" ht="54" customHeight="1">
+      <c r="A7" s="86" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="8" spans="1:1" ht="129.94999999999999" customHeight="1">
+      <c r="A8" s="86"/>
+    </row>
+    <row r="9" spans="1:1">
+      <c r="A9" s="81" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="10" spans="1:1">
+      <c r="A10" s="83">
+        <v>45978</v>
+      </c>
+    </row>
+    <row r="11" spans="1:1">
       <c r="A11" s="5"/>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:1">
       <c r="A12" s="5"/>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:1">
       <c r="A13" s="6"/>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:1">
       <c r="A14" s="7" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:1">
       <c r="A15" s="8"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E84369D8-3045-C644-8E59-F87727F71AA0}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J197"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="25.83203125" style="16" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="2" width="25.875" style="16" customWidth="1"/>
+    <col min="3" max="3" width="60.875" style="16" customWidth="1"/>
+    <col min="4" max="6" width="25.875" style="16" customWidth="1"/>
+    <col min="7" max="7" width="25.875" style="44" customWidth="1"/>
+    <col min="8" max="8" width="3.875" style="42" customWidth="1"/>
+    <col min="9" max="10" width="27.875" style="55" customWidth="1"/>
+    <col min="11" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="66" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" s="66" customFormat="1" ht="24.95" customHeight="1">
       <c r="A1" s="41" t="s">
-        <v>710</v>
+        <v>707</v>
       </c>
       <c r="G1" s="67"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="23"/>
     </row>
-    <row r="2" spans="1:10" s="45" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" s="45" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A2" s="34"/>
       <c r="B2" s="34"/>
       <c r="C2" s="34"/>
       <c r="D2" s="34"/>
       <c r="E2" s="34"/>
       <c r="F2" s="34"/>
       <c r="G2" s="34"/>
       <c r="H2" s="42"/>
       <c r="I2" s="131" t="s">
         <v>131</v>
       </c>
       <c r="J2" s="131"/>
     </row>
-    <row r="3" spans="1:10" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" s="64" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A3" s="58" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="58" t="s">
         <v>70</v>
       </c>
       <c r="C3" s="58" t="s">
         <v>71</v>
       </c>
       <c r="D3" s="58" t="s">
         <v>72</v>
       </c>
       <c r="E3" s="58" t="s">
         <v>73</v>
       </c>
       <c r="F3" s="58" t="s">
         <v>74</v>
       </c>
       <c r="G3" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="H3" s="92"/>
+      <c r="H3" s="91"/>
       <c r="I3" s="63" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="J3" s="63" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="64" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" ht="60">
       <c r="A4" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="46" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="C4" s="38" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="D4" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E4" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F4" s="71" t="s">
+        <v>608</v>
+      </c>
+      <c r="G4" s="72" t="s">
+        <v>609</v>
+      </c>
+      <c r="H4" s="92"/>
+      <c r="I4" s="70" t="s">
         <v>610</v>
       </c>
-      <c r="G4" s="72" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="J4" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:10" ht="45">
       <c r="A5" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="46" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="C5" s="54" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D5" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E5" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F5" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G5" s="72" t="s">
+        <v>486</v>
+      </c>
+      <c r="H5" s="92"/>
+      <c r="I5" s="70" t="s">
+        <v>612</v>
+      </c>
+      <c r="J5" s="70" t="s">
         <v>488</v>
       </c>
-      <c r="H5" s="93"/>
-[...7 lines deleted...]
-    <row r="6" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    </row>
+    <row r="6" spans="1:10" ht="30">
       <c r="A6" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B6" s="46" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="C6" s="54" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D6" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E6" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F6" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G6" s="69" t="s">
+        <v>548</v>
+      </c>
+      <c r="H6" s="92"/>
+      <c r="I6" s="70" t="s">
+        <v>614</v>
+      </c>
+      <c r="J6" s="70" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10">
+      <c r="A7" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="46" t="s">
+        <v>616</v>
+      </c>
+      <c r="C7" s="54" t="s">
         <v>550</v>
-      </c>
-[...16 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D7" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E7" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F7" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G7" s="69" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H7" s="93"/>
+        <v>548</v>
+      </c>
+      <c r="H7" s="92"/>
       <c r="I7" s="70" t="s">
+        <v>617</v>
+      </c>
+      <c r="J7" s="70" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="30">
+      <c r="A8" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="46" t="s">
         <v>619</v>
       </c>
-      <c r="J7" s="70" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C8" s="54" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D8" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E8" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F8" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G8" s="72" t="s">
+        <v>559</v>
+      </c>
+      <c r="H8" s="92"/>
+      <c r="I8" s="70" t="s">
+        <v>620</v>
+      </c>
+      <c r="J8" s="70" t="s">
         <v>561</v>
       </c>
-      <c r="H8" s="93"/>
-[...3 lines deleted...]
-      <c r="J8" s="70" t="s">
+    </row>
+    <row r="9" spans="1:10" ht="45">
+      <c r="A9" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="46" t="s">
+        <v>621</v>
+      </c>
+      <c r="C9" s="54" t="s">
         <v>563</v>
-      </c>
-[...9 lines deleted...]
-        <v>565</v>
       </c>
       <c r="D9" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E9" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F9" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G9" s="72" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="H9" s="93"/>
+        <v>559</v>
+      </c>
+      <c r="H9" s="92"/>
       <c r="I9" s="70" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="J9" s="70" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="30">
       <c r="A10" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="C10" s="54" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D10" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E10" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F10" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G10" s="72" t="s">
+        <v>514</v>
+      </c>
+      <c r="H10" s="92"/>
+      <c r="I10" s="70" t="s">
+        <v>624</v>
+      </c>
+      <c r="J10" s="70" t="s">
         <v>516</v>
       </c>
-      <c r="H10" s="93"/>
-[...7 lines deleted...]
-    <row r="11" spans="1:10" ht="30" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="11" spans="1:10" ht="30" customHeight="1">
       <c r="A11" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="46" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="C11" s="54" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D11" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F11" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G11" s="72" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H11" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H11" s="92"/>
       <c r="I11" s="70" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="J11" s="70" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="45">
       <c r="A12" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="46" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="C12" s="54" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D12" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F12" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G12" s="72" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H12" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H12" s="92"/>
       <c r="I12" s="70" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J12" s="70" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="45">
       <c r="A13" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="46" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="C13" s="54" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D13" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E13" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F13" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G13" s="72" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H13" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H13" s="92"/>
       <c r="I13" s="70" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="J13" s="70" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="30">
       <c r="A14" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="46" t="s">
-        <v>633</v>
+        <v>631</v>
       </c>
       <c r="C14" s="54" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D14" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E14" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F14" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G14" s="72" t="s">
+        <v>531</v>
+      </c>
+      <c r="H14" s="92"/>
+      <c r="I14" s="70" t="s">
+        <v>632</v>
+      </c>
+      <c r="J14" s="70" t="s">
         <v>533</v>
       </c>
-      <c r="H14" s="93"/>
-[...7 lines deleted...]
-    <row r="15" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    </row>
+    <row r="15" spans="1:10" ht="30">
       <c r="A15" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="46" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="C15" s="54" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D15" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F15" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G15" s="72" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H15" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H15" s="92"/>
       <c r="I15" s="70" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="J15" s="70" t="s">
-        <v>539</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="45">
       <c r="A16" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="46" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="C16" s="54" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D16" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F16" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G16" s="72" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H16" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H16" s="92"/>
       <c r="I16" s="70" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="J16" s="70" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="45">
       <c r="A17" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="46" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C17" s="54" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D17" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F17" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G17" s="72" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H17" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H17" s="92"/>
       <c r="I17" s="70" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="J17" s="70" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="45">
       <c r="A18" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="46" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C18" s="54" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D18" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E18" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F18" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G18" s="72" t="s">
+        <v>575</v>
+      </c>
+      <c r="H18" s="92"/>
+      <c r="I18" s="70" t="s">
+        <v>640</v>
+      </c>
+      <c r="J18" s="70" t="s">
         <v>577</v>
       </c>
-      <c r="H18" s="93"/>
-[...7 lines deleted...]
-    <row r="19" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+    </row>
+    <row r="19" spans="1:10" ht="45">
       <c r="A19" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="46" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="C19" s="54" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D19" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E19" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F19" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G19" s="72" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H19" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H19" s="92"/>
       <c r="I19" s="70" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="J19" s="70" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="45">
       <c r="A20" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="46" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="C20" s="54" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D20" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E20" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F20" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G20" s="72" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H20" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H20" s="92"/>
       <c r="I20" s="70" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="J20" s="70" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="45">
       <c r="A21" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="46" t="s">
-        <v>647</v>
+        <v>645</v>
       </c>
       <c r="C21" s="54" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D21" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F21" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G21" s="72" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H21" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H21" s="92"/>
       <c r="I21" s="70" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="J21" s="70" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" ht="48" x14ac:dyDescent="0.2">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="45">
       <c r="A22" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="46" t="s">
-        <v>649</v>
+        <v>647</v>
       </c>
       <c r="C22" s="54" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D22" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F22" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G22" s="72" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="H22" s="93"/>
+        <v>468</v>
+      </c>
+      <c r="H22" s="92"/>
       <c r="I22" s="70" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="J22" s="70" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:10" ht="64" x14ac:dyDescent="0.2">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="60">
       <c r="A23" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="46" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="C23" s="54" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D23" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F23" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G23" s="72" t="s">
+        <v>473</v>
+      </c>
+      <c r="H23" s="92"/>
+      <c r="I23" s="70" t="s">
+        <v>651</v>
+      </c>
+      <c r="J23" s="70" t="s">
         <v>475</v>
       </c>
-      <c r="H23" s="93"/>
-[...7 lines deleted...]
-    <row r="24" spans="1:10" ht="64" customHeight="1" x14ac:dyDescent="0.2">
+    </row>
+    <row r="24" spans="1:10" ht="63.95" customHeight="1">
       <c r="A24" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B24" s="46" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="C24" s="54" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D24" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F24" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G24" s="72" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="H24" s="93"/>
+        <v>568</v>
+      </c>
+      <c r="H24" s="92"/>
       <c r="I24" s="70" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="J24" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="25" spans="1:10" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:10" ht="20.100000000000001" customHeight="1">
       <c r="A25" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="46" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="C25" s="54" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D25" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F25" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G25" s="72" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="H25" s="93"/>
+        <v>468</v>
+      </c>
+      <c r="H25" s="92"/>
       <c r="I25" s="70" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="J25" s="70" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="30">
       <c r="A26" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="46" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="C26" s="54" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="D26" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F26" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G26" s="72" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="H26" s="93"/>
+        <v>473</v>
+      </c>
+      <c r="H26" s="92"/>
       <c r="I26" s="70" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="J26" s="70" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="30">
       <c r="A27" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="46" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="C27" s="54" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D27" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F27" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G27" s="72" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="H27" s="93"/>
+        <v>568</v>
+      </c>
+      <c r="H27" s="92"/>
       <c r="I27" s="70" t="s">
+        <v>659</v>
+      </c>
+      <c r="J27" s="73" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="30">
+      <c r="A28" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="46" t="s">
+        <v>660</v>
+      </c>
+      <c r="C28" s="54" t="s">
         <v>661</v>
-      </c>
-[...12 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D28" s="71" t="s">
         <v>84</v>
       </c>
       <c r="E28" s="71" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="F28" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G28" s="72" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="H28" s="93"/>
+        <v>663</v>
+      </c>
+      <c r="H28" s="92"/>
       <c r="I28" s="73" t="s">
         <v>79</v>
       </c>
       <c r="J28" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="29" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:10" ht="30">
       <c r="A29" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B29" s="46" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="C29" s="54" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="D29" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E29" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F29" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G29" s="72" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="H29" s="93"/>
+        <v>493</v>
+      </c>
+      <c r="H29" s="92"/>
       <c r="I29" s="73" t="s">
         <v>79</v>
       </c>
       <c r="J29" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="30" spans="1:10" ht="32" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:10" ht="30">
       <c r="A30" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B30" s="46" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="C30" s="54" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D30" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E30" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F30" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G30" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="H30" s="93"/>
+      <c r="H30" s="92"/>
       <c r="I30" s="70" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="J30" s="70" t="s">
-        <v>670</v>
-[...501 lines deleted...]
-      <c r="H197" s="93"/>
+        <v>668</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="H31" s="92"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="H32" s="92"/>
+    </row>
+    <row r="33" spans="8:8">
+      <c r="H33" s="92"/>
+    </row>
+    <row r="34" spans="8:8">
+      <c r="H34" s="92"/>
+    </row>
+    <row r="35" spans="8:8">
+      <c r="H35" s="92"/>
+    </row>
+    <row r="36" spans="8:8">
+      <c r="H36" s="92"/>
+    </row>
+    <row r="37" spans="8:8">
+      <c r="H37" s="92"/>
+    </row>
+    <row r="38" spans="8:8">
+      <c r="H38" s="92"/>
+    </row>
+    <row r="39" spans="8:8">
+      <c r="H39" s="92"/>
+    </row>
+    <row r="40" spans="8:8">
+      <c r="H40" s="92"/>
+    </row>
+    <row r="41" spans="8:8">
+      <c r="H41" s="92"/>
+    </row>
+    <row r="42" spans="8:8">
+      <c r="H42" s="92"/>
+    </row>
+    <row r="43" spans="8:8">
+      <c r="H43" s="92"/>
+    </row>
+    <row r="44" spans="8:8">
+      <c r="H44" s="92"/>
+    </row>
+    <row r="45" spans="8:8">
+      <c r="H45" s="92"/>
+    </row>
+    <row r="46" spans="8:8">
+      <c r="H46" s="92"/>
+    </row>
+    <row r="47" spans="8:8">
+      <c r="H47" s="92"/>
+    </row>
+    <row r="48" spans="8:8">
+      <c r="H48" s="92"/>
+    </row>
+    <row r="49" spans="8:8">
+      <c r="H49" s="92"/>
+    </row>
+    <row r="50" spans="8:8">
+      <c r="H50" s="92"/>
+    </row>
+    <row r="51" spans="8:8">
+      <c r="H51" s="92"/>
+    </row>
+    <row r="52" spans="8:8">
+      <c r="H52" s="92"/>
+    </row>
+    <row r="53" spans="8:8">
+      <c r="H53" s="92"/>
+    </row>
+    <row r="54" spans="8:8">
+      <c r="H54" s="92"/>
+    </row>
+    <row r="55" spans="8:8">
+      <c r="H55" s="92"/>
+    </row>
+    <row r="56" spans="8:8">
+      <c r="H56" s="92"/>
+    </row>
+    <row r="57" spans="8:8">
+      <c r="H57" s="92"/>
+    </row>
+    <row r="58" spans="8:8">
+      <c r="H58" s="92"/>
+    </row>
+    <row r="59" spans="8:8">
+      <c r="H59" s="92"/>
+    </row>
+    <row r="60" spans="8:8">
+      <c r="H60" s="92"/>
+    </row>
+    <row r="61" spans="8:8">
+      <c r="H61" s="92"/>
+    </row>
+    <row r="62" spans="8:8">
+      <c r="H62" s="92"/>
+    </row>
+    <row r="63" spans="8:8">
+      <c r="H63" s="92"/>
+    </row>
+    <row r="64" spans="8:8">
+      <c r="H64" s="92"/>
+    </row>
+    <row r="65" spans="8:8">
+      <c r="H65" s="92"/>
+    </row>
+    <row r="66" spans="8:8">
+      <c r="H66" s="92"/>
+    </row>
+    <row r="67" spans="8:8">
+      <c r="H67" s="92"/>
+    </row>
+    <row r="68" spans="8:8">
+      <c r="H68" s="92"/>
+    </row>
+    <row r="69" spans="8:8">
+      <c r="H69" s="92"/>
+    </row>
+    <row r="70" spans="8:8">
+      <c r="H70" s="92"/>
+    </row>
+    <row r="71" spans="8:8">
+      <c r="H71" s="92"/>
+    </row>
+    <row r="72" spans="8:8">
+      <c r="H72" s="92"/>
+    </row>
+    <row r="73" spans="8:8">
+      <c r="H73" s="92"/>
+    </row>
+    <row r="74" spans="8:8">
+      <c r="H74" s="92"/>
+    </row>
+    <row r="75" spans="8:8">
+      <c r="H75" s="92"/>
+    </row>
+    <row r="76" spans="8:8">
+      <c r="H76" s="92"/>
+    </row>
+    <row r="77" spans="8:8">
+      <c r="H77" s="92"/>
+    </row>
+    <row r="78" spans="8:8">
+      <c r="H78" s="92"/>
+    </row>
+    <row r="79" spans="8:8">
+      <c r="H79" s="92"/>
+    </row>
+    <row r="80" spans="8:8">
+      <c r="H80" s="92"/>
+    </row>
+    <row r="81" spans="8:8">
+      <c r="H81" s="92"/>
+    </row>
+    <row r="82" spans="8:8">
+      <c r="H82" s="92"/>
+    </row>
+    <row r="83" spans="8:8">
+      <c r="H83" s="92"/>
+    </row>
+    <row r="84" spans="8:8">
+      <c r="H84" s="92"/>
+    </row>
+    <row r="85" spans="8:8">
+      <c r="H85" s="92"/>
+    </row>
+    <row r="86" spans="8:8">
+      <c r="H86" s="92"/>
+    </row>
+    <row r="87" spans="8:8">
+      <c r="H87" s="92"/>
+    </row>
+    <row r="88" spans="8:8">
+      <c r="H88" s="92"/>
+    </row>
+    <row r="89" spans="8:8">
+      <c r="H89" s="92"/>
+    </row>
+    <row r="90" spans="8:8">
+      <c r="H90" s="92"/>
+    </row>
+    <row r="91" spans="8:8">
+      <c r="H91" s="92"/>
+    </row>
+    <row r="92" spans="8:8">
+      <c r="H92" s="92"/>
+    </row>
+    <row r="93" spans="8:8">
+      <c r="H93" s="92"/>
+    </row>
+    <row r="94" spans="8:8">
+      <c r="H94" s="92"/>
+    </row>
+    <row r="95" spans="8:8">
+      <c r="H95" s="92"/>
+    </row>
+    <row r="96" spans="8:8">
+      <c r="H96" s="92"/>
+    </row>
+    <row r="97" spans="8:8">
+      <c r="H97" s="92"/>
+    </row>
+    <row r="98" spans="8:8">
+      <c r="H98" s="92"/>
+    </row>
+    <row r="99" spans="8:8">
+      <c r="H99" s="92"/>
+    </row>
+    <row r="100" spans="8:8">
+      <c r="H100" s="92"/>
+    </row>
+    <row r="101" spans="8:8">
+      <c r="H101" s="92"/>
+    </row>
+    <row r="102" spans="8:8">
+      <c r="H102" s="92"/>
+    </row>
+    <row r="103" spans="8:8">
+      <c r="H103" s="92"/>
+    </row>
+    <row r="104" spans="8:8">
+      <c r="H104" s="92"/>
+    </row>
+    <row r="105" spans="8:8">
+      <c r="H105" s="92"/>
+    </row>
+    <row r="106" spans="8:8">
+      <c r="H106" s="92"/>
+    </row>
+    <row r="107" spans="8:8">
+      <c r="H107" s="92"/>
+    </row>
+    <row r="108" spans="8:8">
+      <c r="H108" s="92"/>
+    </row>
+    <row r="109" spans="8:8">
+      <c r="H109" s="92"/>
+    </row>
+    <row r="110" spans="8:8">
+      <c r="H110" s="92"/>
+    </row>
+    <row r="111" spans="8:8">
+      <c r="H111" s="92"/>
+    </row>
+    <row r="112" spans="8:8">
+      <c r="H112" s="92"/>
+    </row>
+    <row r="113" spans="8:8">
+      <c r="H113" s="92"/>
+    </row>
+    <row r="114" spans="8:8">
+      <c r="H114" s="92"/>
+    </row>
+    <row r="115" spans="8:8">
+      <c r="H115" s="92"/>
+    </row>
+    <row r="116" spans="8:8">
+      <c r="H116" s="92"/>
+    </row>
+    <row r="117" spans="8:8">
+      <c r="H117" s="92"/>
+    </row>
+    <row r="118" spans="8:8">
+      <c r="H118" s="92"/>
+    </row>
+    <row r="119" spans="8:8">
+      <c r="H119" s="92"/>
+    </row>
+    <row r="120" spans="8:8">
+      <c r="H120" s="92"/>
+    </row>
+    <row r="121" spans="8:8">
+      <c r="H121" s="92"/>
+    </row>
+    <row r="122" spans="8:8">
+      <c r="H122" s="92"/>
+    </row>
+    <row r="123" spans="8:8">
+      <c r="H123" s="92"/>
+    </row>
+    <row r="124" spans="8:8">
+      <c r="H124" s="92"/>
+    </row>
+    <row r="125" spans="8:8">
+      <c r="H125" s="92"/>
+    </row>
+    <row r="126" spans="8:8">
+      <c r="H126" s="92"/>
+    </row>
+    <row r="127" spans="8:8">
+      <c r="H127" s="92"/>
+    </row>
+    <row r="128" spans="8:8">
+      <c r="H128" s="92"/>
+    </row>
+    <row r="129" spans="8:8">
+      <c r="H129" s="92"/>
+    </row>
+    <row r="130" spans="8:8">
+      <c r="H130" s="92"/>
+    </row>
+    <row r="131" spans="8:8">
+      <c r="H131" s="92"/>
+    </row>
+    <row r="132" spans="8:8">
+      <c r="H132" s="93"/>
+    </row>
+    <row r="133" spans="8:8">
+      <c r="H133" s="93"/>
+    </row>
+    <row r="134" spans="8:8">
+      <c r="H134" s="93"/>
+    </row>
+    <row r="135" spans="8:8">
+      <c r="H135" s="93"/>
+    </row>
+    <row r="136" spans="8:8">
+      <c r="H136" s="93"/>
+    </row>
+    <row r="137" spans="8:8">
+      <c r="H137" s="93"/>
+    </row>
+    <row r="138" spans="8:8">
+      <c r="H138" s="93"/>
+    </row>
+    <row r="139" spans="8:8">
+      <c r="H139" s="92"/>
+    </row>
+    <row r="140" spans="8:8">
+      <c r="H140" s="92"/>
+    </row>
+    <row r="141" spans="8:8">
+      <c r="H141" s="92"/>
+    </row>
+    <row r="142" spans="8:8">
+      <c r="H142" s="92"/>
+    </row>
+    <row r="143" spans="8:8">
+      <c r="H143" s="92"/>
+    </row>
+    <row r="144" spans="8:8">
+      <c r="H144" s="92"/>
+    </row>
+    <row r="145" spans="8:8">
+      <c r="H145" s="92"/>
+    </row>
+    <row r="146" spans="8:8">
+      <c r="H146" s="92"/>
+    </row>
+    <row r="147" spans="8:8">
+      <c r="H147" s="92"/>
+    </row>
+    <row r="148" spans="8:8">
+      <c r="H148" s="92"/>
+    </row>
+    <row r="149" spans="8:8">
+      <c r="H149" s="92"/>
+    </row>
+    <row r="150" spans="8:8">
+      <c r="H150" s="92"/>
+    </row>
+    <row r="151" spans="8:8">
+      <c r="H151" s="92"/>
+    </row>
+    <row r="152" spans="8:8">
+      <c r="H152" s="92"/>
+    </row>
+    <row r="153" spans="8:8">
+      <c r="H153" s="92"/>
+    </row>
+    <row r="154" spans="8:8">
+      <c r="H154" s="92"/>
+    </row>
+    <row r="155" spans="8:8">
+      <c r="H155" s="92"/>
+    </row>
+    <row r="156" spans="8:8">
+      <c r="H156" s="92"/>
+    </row>
+    <row r="157" spans="8:8">
+      <c r="H157" s="92"/>
+    </row>
+    <row r="158" spans="8:8">
+      <c r="H158" s="92"/>
+    </row>
+    <row r="159" spans="8:8">
+      <c r="H159" s="92"/>
+    </row>
+    <row r="160" spans="8:8">
+      <c r="H160" s="92"/>
+    </row>
+    <row r="161" spans="8:8">
+      <c r="H161" s="92"/>
+    </row>
+    <row r="162" spans="8:8">
+      <c r="H162" s="92"/>
+    </row>
+    <row r="163" spans="8:8">
+      <c r="H163" s="92"/>
+    </row>
+    <row r="164" spans="8:8">
+      <c r="H164" s="92"/>
+    </row>
+    <row r="165" spans="8:8">
+      <c r="H165" s="92"/>
+    </row>
+    <row r="166" spans="8:8">
+      <c r="H166" s="92"/>
+    </row>
+    <row r="167" spans="8:8">
+      <c r="H167" s="92"/>
+    </row>
+    <row r="168" spans="8:8">
+      <c r="H168" s="92"/>
+    </row>
+    <row r="169" spans="8:8">
+      <c r="H169" s="92"/>
+    </row>
+    <row r="170" spans="8:8">
+      <c r="H170" s="92"/>
+    </row>
+    <row r="171" spans="8:8">
+      <c r="H171" s="92"/>
+    </row>
+    <row r="172" spans="8:8">
+      <c r="H172" s="92"/>
+    </row>
+    <row r="173" spans="8:8">
+      <c r="H173" s="92"/>
+    </row>
+    <row r="174" spans="8:8">
+      <c r="H174" s="92"/>
+    </row>
+    <row r="175" spans="8:8">
+      <c r="H175" s="92"/>
+    </row>
+    <row r="176" spans="8:8">
+      <c r="H176" s="92"/>
+    </row>
+    <row r="177" spans="8:8">
+      <c r="H177" s="92"/>
+    </row>
+    <row r="178" spans="8:8">
+      <c r="H178" s="92"/>
+    </row>
+    <row r="179" spans="8:8">
+      <c r="H179" s="92"/>
+    </row>
+    <row r="180" spans="8:8">
+      <c r="H180" s="92"/>
+    </row>
+    <row r="181" spans="8:8">
+      <c r="H181" s="92"/>
+    </row>
+    <row r="182" spans="8:8">
+      <c r="H182" s="92"/>
+    </row>
+    <row r="183" spans="8:8">
+      <c r="H183" s="92"/>
+    </row>
+    <row r="184" spans="8:8">
+      <c r="H184" s="92"/>
+    </row>
+    <row r="185" spans="8:8">
+      <c r="H185" s="92"/>
+    </row>
+    <row r="186" spans="8:8">
+      <c r="H186" s="92"/>
+    </row>
+    <row r="187" spans="8:8">
+      <c r="H187" s="92"/>
+    </row>
+    <row r="188" spans="8:8">
+      <c r="H188" s="92"/>
+    </row>
+    <row r="189" spans="8:8">
+      <c r="H189" s="92"/>
+    </row>
+    <row r="190" spans="8:8">
+      <c r="H190" s="92"/>
+    </row>
+    <row r="191" spans="8:8">
+      <c r="H191" s="92"/>
+    </row>
+    <row r="192" spans="8:8">
+      <c r="H192" s="92"/>
+    </row>
+    <row r="193" spans="8:8">
+      <c r="H193" s="92"/>
+    </row>
+    <row r="194" spans="8:8">
+      <c r="H194" s="92"/>
+    </row>
+    <row r="195" spans="8:8">
+      <c r="H195" s="92"/>
+    </row>
+    <row r="196" spans="8:8">
+      <c r="H196" s="92"/>
+    </row>
+    <row r="197" spans="8:8">
+      <c r="H197" s="92"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:J29" xr:uid="{4266E0E7-9477-5343-94BE-DDB2F99F2B65}"/>
   <mergeCells count="1">
     <mergeCell ref="I2:J2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="46" fitToHeight="2" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000Fannie Mae Proprietary Findings for the Restricted Appraisal Update Report </oddHeader>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B3D454EF-D9E7-B64E-B863-242B445349F5}">
   <sheetPr>
     <tabColor theme="7" tint="0.59999389629810485"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:J197"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="25.83203125" style="42" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="2" width="25.875" style="42" customWidth="1"/>
+    <col min="3" max="3" width="60.875" style="43" customWidth="1"/>
+    <col min="4" max="6" width="25.875" style="16" customWidth="1"/>
+    <col min="7" max="7" width="25.875" style="44" customWidth="1"/>
+    <col min="8" max="8" width="3.875" style="42" customWidth="1"/>
+    <col min="9" max="10" width="27.875" style="55" customWidth="1"/>
+    <col min="11" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="66" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" s="66" customFormat="1" ht="24.95" customHeight="1">
       <c r="A1" s="41" t="s">
-        <v>711</v>
+        <v>708</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="50"/>
       <c r="G1" s="67"/>
       <c r="H1" s="23"/>
       <c r="I1" s="23"/>
       <c r="J1" s="23"/>
     </row>
-    <row r="2" spans="1:10" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" ht="20.100000000000001" customHeight="1">
       <c r="A2" s="65"/>
       <c r="I2" s="131" t="s">
         <v>131</v>
       </c>
       <c r="J2" s="131"/>
     </row>
-    <row r="3" spans="1:10" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:10" s="64" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A3" s="58" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="58" t="s">
         <v>70</v>
       </c>
       <c r="C3" s="58" t="s">
         <v>71</v>
       </c>
       <c r="D3" s="58" t="s">
         <v>72</v>
       </c>
       <c r="E3" s="58" t="s">
         <v>73</v>
       </c>
       <c r="F3" s="58" t="s">
         <v>74</v>
       </c>
       <c r="G3" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="H3" s="92"/>
+      <c r="H3" s="91"/>
       <c r="I3" s="63" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="J3" s="63" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="4" spans="1:10" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:10" s="42" customFormat="1" ht="30">
       <c r="A4" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="46" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="C4" s="54" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="D4" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E4" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F4" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G4" s="69" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="H4" s="93"/>
+        <v>493</v>
+      </c>
+      <c r="H4" s="92"/>
       <c r="I4" s="70" t="s">
         <v>79</v>
       </c>
       <c r="J4" s="70" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="5" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A5" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B5" s="46" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="C5" s="54" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D5" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E5" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F5" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G5" s="69" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="H5" s="93"/>
+        <v>486</v>
+      </c>
+      <c r="H5" s="92"/>
       <c r="I5" s="70" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="J5" s="70" t="s">
-        <v>489</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A6" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B6" s="46" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C6" s="54" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D6" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E6" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F6" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G6" s="69" t="s">
+        <v>548</v>
+      </c>
+      <c r="H6" s="92"/>
+      <c r="I6" s="70" t="s">
+        <v>614</v>
+      </c>
+      <c r="J6" s="70" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
+      <c r="A7" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="46" t="s">
+        <v>673</v>
+      </c>
+      <c r="C7" s="54" t="s">
         <v>550</v>
-      </c>
-[...16 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D7" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E7" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F7" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G7" s="69" t="s">
-        <v>550</v>
-[...1 lines deleted...]
-      <c r="H7" s="93"/>
+        <v>548</v>
+      </c>
+      <c r="H7" s="92"/>
       <c r="I7" s="70" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="J7" s="70" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A8" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="46" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C8" s="54" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D8" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E8" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F8" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G8" s="69" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="H8" s="93"/>
+        <v>559</v>
+      </c>
+      <c r="H8" s="92"/>
       <c r="I8" s="70" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="J8" s="70" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A9" s="46" t="s">
         <v>35</v>
       </c>
       <c r="B9" s="46" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="C9" s="54" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="D9" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E9" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F9" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G9" s="69" t="s">
-        <v>561</v>
-[...1 lines deleted...]
-      <c r="H9" s="93"/>
+        <v>559</v>
+      </c>
+      <c r="H9" s="92"/>
       <c r="I9" s="70" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="J9" s="70" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A10" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="46" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C10" s="54" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D10" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E10" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F10" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G10" s="69" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H10" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H10" s="92"/>
       <c r="I10" s="70" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="J10" s="70" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A11" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="46" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="C11" s="54" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D11" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E11" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F11" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G11" s="69" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H11" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H11" s="92"/>
       <c r="I11" s="70" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="J11" s="70" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:10" s="42" customFormat="1" ht="56" customHeight="1" x14ac:dyDescent="0.2">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="42" customFormat="1" ht="56.1" customHeight="1">
       <c r="A12" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B12" s="46" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="C12" s="54" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D12" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E12" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F12" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G12" s="69" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H12" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H12" s="92"/>
       <c r="I12" s="70" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J12" s="70" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A13" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="46" t="s">
-        <v>681</v>
+        <v>679</v>
       </c>
       <c r="C13" s="54" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D13" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E13" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F13" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G13" s="69" t="s">
-        <v>516</v>
-[...1 lines deleted...]
-      <c r="H13" s="93"/>
+        <v>514</v>
+      </c>
+      <c r="H13" s="92"/>
       <c r="I13" s="70" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
       <c r="J13" s="70" t="s">
-        <v>529</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:10" s="42" customFormat="1" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="42" customFormat="1" ht="39.950000000000003" customHeight="1">
       <c r="A14" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="46" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="C14" s="54" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D14" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E14" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F14" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G14" s="69" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H14" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H14" s="92"/>
       <c r="I14" s="70" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="J14" s="70" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A15" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="46" t="s">
-        <v>683</v>
+        <v>681</v>
       </c>
       <c r="C15" s="54" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D15" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E15" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F15" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G15" s="69" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H15" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H15" s="92"/>
       <c r="I15" s="70" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="J15" s="70" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:10" s="42" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.2">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" s="42" customFormat="1" ht="57" customHeight="1">
       <c r="A16" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B16" s="46" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="C16" s="54" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D16" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F16" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G16" s="69" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H16" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H16" s="92"/>
       <c r="I16" s="70" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="J16" s="70" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" s="42" customFormat="1" ht="55" customHeight="1" x14ac:dyDescent="0.2">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="42" customFormat="1" ht="54.95" customHeight="1">
       <c r="A17" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B17" s="46" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="C17" s="54" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D17" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F17" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G17" s="69" t="s">
-        <v>533</v>
-[...1 lines deleted...]
-      <c r="H17" s="93"/>
+        <v>531</v>
+      </c>
+      <c r="H17" s="92"/>
       <c r="I17" s="70" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="J17" s="70" t="s">
-        <v>546</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:10" s="42" customFormat="1" ht="47" customHeight="1" x14ac:dyDescent="0.2">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="42" customFormat="1" ht="47.1" customHeight="1">
       <c r="A18" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B18" s="46" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C18" s="54" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D18" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E18" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F18" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G18" s="69" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H18" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H18" s="92"/>
       <c r="I18" s="70" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="J18" s="70" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A19" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="46" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="C19" s="54" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D19" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E19" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F19" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G19" s="69" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H19" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H19" s="92"/>
       <c r="I19" s="70" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="J19" s="70" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A20" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B20" s="46" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="C20" s="54" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D20" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E20" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F20" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G20" s="69" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H20" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H20" s="92"/>
       <c r="I20" s="70" t="s">
-        <v>646</v>
+        <v>644</v>
       </c>
       <c r="J20" s="70" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A21" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B21" s="46" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="C21" s="54" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D21" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E21" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F21" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G21" s="69" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="H21" s="93"/>
+        <v>575</v>
+      </c>
+      <c r="H21" s="92"/>
       <c r="I21" s="70" t="s">
-        <v>648</v>
+        <v>646</v>
       </c>
       <c r="J21" s="70" t="s">
-        <v>590</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:10" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" s="42" customFormat="1" ht="45">
       <c r="A22" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B22" s="46" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="C22" s="54" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D22" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E22" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F22" s="68" t="s">
+        <v>467</v>
+      </c>
+      <c r="G22" s="69" t="s">
+        <v>468</v>
+      </c>
+      <c r="H22" s="92"/>
+      <c r="I22" s="70" t="s">
+        <v>648</v>
+      </c>
+      <c r="J22" s="70" t="s">
         <v>469</v>
       </c>
-      <c r="G22" s="69" t="s">
-[...10 lines deleted...]
-    <row r="23" spans="1:10" s="42" customFormat="1" ht="64" x14ac:dyDescent="0.2">
+    </row>
+    <row r="23" spans="1:10" s="42" customFormat="1" ht="60">
       <c r="A23" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B23" s="46" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="C23" s="54" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D23" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E23" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F23" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G23" s="69" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="H23" s="93"/>
+        <v>473</v>
+      </c>
+      <c r="H23" s="92"/>
       <c r="I23" s="70" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="J23" s="70" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A24" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="46" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="C24" s="54" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D24" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F24" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G24" s="69" t="s">
-        <v>470</v>
-[...1 lines deleted...]
-      <c r="H24" s="93"/>
+        <v>468</v>
+      </c>
+      <c r="H24" s="92"/>
       <c r="I24" s="70" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="J24" s="70" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A25" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="46" t="s">
-        <v>693</v>
+        <v>691</v>
       </c>
       <c r="C25" s="54" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="D25" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E25" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F25" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G25" s="69" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="H25" s="93"/>
+        <v>473</v>
+      </c>
+      <c r="H25" s="92"/>
       <c r="I25" s="70" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="J25" s="70" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:10" s="42" customFormat="1" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="42" customFormat="1" ht="35.1" customHeight="1">
       <c r="A26" s="46" t="s">
         <v>32</v>
       </c>
       <c r="B26" s="46" t="s">
-        <v>694</v>
+        <v>692</v>
       </c>
       <c r="C26" s="54" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D26" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F26" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G26" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="H26" s="93"/>
+      <c r="H26" s="92"/>
       <c r="I26" s="70" t="s">
-        <v>669</v>
+        <v>667</v>
       </c>
       <c r="J26" s="70" t="s">
-        <v>600</v>
-[...513 lines deleted...]
-      <c r="H197" s="93"/>
+        <v>598</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10">
+      <c r="H27" s="92"/>
+    </row>
+    <row r="28" spans="1:10">
+      <c r="H28" s="92"/>
+    </row>
+    <row r="29" spans="1:10">
+      <c r="H29" s="92"/>
+    </row>
+    <row r="30" spans="1:10">
+      <c r="H30" s="92"/>
+    </row>
+    <row r="31" spans="1:10">
+      <c r="H31" s="92"/>
+    </row>
+    <row r="32" spans="1:10">
+      <c r="H32" s="92"/>
+    </row>
+    <row r="33" spans="8:8">
+      <c r="H33" s="92"/>
+    </row>
+    <row r="34" spans="8:8">
+      <c r="H34" s="92"/>
+    </row>
+    <row r="35" spans="8:8">
+      <c r="H35" s="92"/>
+    </row>
+    <row r="36" spans="8:8">
+      <c r="H36" s="92"/>
+    </row>
+    <row r="37" spans="8:8">
+      <c r="H37" s="92"/>
+    </row>
+    <row r="38" spans="8:8">
+      <c r="H38" s="92"/>
+    </row>
+    <row r="39" spans="8:8">
+      <c r="H39" s="92"/>
+    </row>
+    <row r="40" spans="8:8">
+      <c r="H40" s="92"/>
+    </row>
+    <row r="41" spans="8:8">
+      <c r="H41" s="92"/>
+    </row>
+    <row r="42" spans="8:8">
+      <c r="H42" s="92"/>
+    </row>
+    <row r="43" spans="8:8">
+      <c r="H43" s="92"/>
+    </row>
+    <row r="44" spans="8:8">
+      <c r="H44" s="92"/>
+    </row>
+    <row r="45" spans="8:8">
+      <c r="H45" s="92"/>
+    </row>
+    <row r="46" spans="8:8">
+      <c r="H46" s="92"/>
+    </row>
+    <row r="47" spans="8:8">
+      <c r="H47" s="92"/>
+    </row>
+    <row r="48" spans="8:8">
+      <c r="H48" s="92"/>
+    </row>
+    <row r="49" spans="8:8">
+      <c r="H49" s="92"/>
+    </row>
+    <row r="50" spans="8:8">
+      <c r="H50" s="92"/>
+    </row>
+    <row r="51" spans="8:8">
+      <c r="H51" s="92"/>
+    </row>
+    <row r="52" spans="8:8">
+      <c r="H52" s="92"/>
+    </row>
+    <row r="53" spans="8:8">
+      <c r="H53" s="92"/>
+    </row>
+    <row r="54" spans="8:8">
+      <c r="H54" s="92"/>
+    </row>
+    <row r="55" spans="8:8">
+      <c r="H55" s="92"/>
+    </row>
+    <row r="56" spans="8:8">
+      <c r="H56" s="92"/>
+    </row>
+    <row r="57" spans="8:8">
+      <c r="H57" s="92"/>
+    </row>
+    <row r="58" spans="8:8">
+      <c r="H58" s="92"/>
+    </row>
+    <row r="59" spans="8:8">
+      <c r="H59" s="92"/>
+    </row>
+    <row r="60" spans="8:8">
+      <c r="H60" s="92"/>
+    </row>
+    <row r="61" spans="8:8">
+      <c r="H61" s="92"/>
+    </row>
+    <row r="62" spans="8:8">
+      <c r="H62" s="92"/>
+    </row>
+    <row r="63" spans="8:8">
+      <c r="H63" s="92"/>
+    </row>
+    <row r="64" spans="8:8">
+      <c r="H64" s="92"/>
+    </row>
+    <row r="65" spans="8:8">
+      <c r="H65" s="92"/>
+    </row>
+    <row r="66" spans="8:8">
+      <c r="H66" s="92"/>
+    </row>
+    <row r="67" spans="8:8">
+      <c r="H67" s="92"/>
+    </row>
+    <row r="68" spans="8:8">
+      <c r="H68" s="92"/>
+    </row>
+    <row r="69" spans="8:8">
+      <c r="H69" s="92"/>
+    </row>
+    <row r="70" spans="8:8">
+      <c r="H70" s="92"/>
+    </row>
+    <row r="71" spans="8:8">
+      <c r="H71" s="92"/>
+    </row>
+    <row r="72" spans="8:8">
+      <c r="H72" s="92"/>
+    </row>
+    <row r="73" spans="8:8">
+      <c r="H73" s="92"/>
+    </row>
+    <row r="74" spans="8:8">
+      <c r="H74" s="92"/>
+    </row>
+    <row r="75" spans="8:8">
+      <c r="H75" s="92"/>
+    </row>
+    <row r="76" spans="8:8">
+      <c r="H76" s="92"/>
+    </row>
+    <row r="77" spans="8:8">
+      <c r="H77" s="92"/>
+    </row>
+    <row r="78" spans="8:8">
+      <c r="H78" s="92"/>
+    </row>
+    <row r="79" spans="8:8">
+      <c r="H79" s="92"/>
+    </row>
+    <row r="80" spans="8:8">
+      <c r="H80" s="92"/>
+    </row>
+    <row r="81" spans="8:8">
+      <c r="H81" s="92"/>
+    </row>
+    <row r="82" spans="8:8">
+      <c r="H82" s="92"/>
+    </row>
+    <row r="83" spans="8:8">
+      <c r="H83" s="92"/>
+    </row>
+    <row r="84" spans="8:8">
+      <c r="H84" s="92"/>
+    </row>
+    <row r="85" spans="8:8">
+      <c r="H85" s="92"/>
+    </row>
+    <row r="86" spans="8:8">
+      <c r="H86" s="92"/>
+    </row>
+    <row r="87" spans="8:8">
+      <c r="H87" s="92"/>
+    </row>
+    <row r="88" spans="8:8">
+      <c r="H88" s="92"/>
+    </row>
+    <row r="89" spans="8:8">
+      <c r="H89" s="92"/>
+    </row>
+    <row r="90" spans="8:8">
+      <c r="H90" s="92"/>
+    </row>
+    <row r="91" spans="8:8">
+      <c r="H91" s="92"/>
+    </row>
+    <row r="92" spans="8:8">
+      <c r="H92" s="92"/>
+    </row>
+    <row r="93" spans="8:8">
+      <c r="H93" s="92"/>
+    </row>
+    <row r="94" spans="8:8">
+      <c r="H94" s="92"/>
+    </row>
+    <row r="95" spans="8:8">
+      <c r="H95" s="92"/>
+    </row>
+    <row r="96" spans="8:8">
+      <c r="H96" s="92"/>
+    </row>
+    <row r="97" spans="8:8">
+      <c r="H97" s="92"/>
+    </row>
+    <row r="98" spans="8:8">
+      <c r="H98" s="92"/>
+    </row>
+    <row r="99" spans="8:8">
+      <c r="H99" s="92"/>
+    </row>
+    <row r="100" spans="8:8">
+      <c r="H100" s="92"/>
+    </row>
+    <row r="101" spans="8:8">
+      <c r="H101" s="92"/>
+    </row>
+    <row r="102" spans="8:8">
+      <c r="H102" s="92"/>
+    </row>
+    <row r="103" spans="8:8">
+      <c r="H103" s="92"/>
+    </row>
+    <row r="104" spans="8:8">
+      <c r="H104" s="92"/>
+    </row>
+    <row r="105" spans="8:8">
+      <c r="H105" s="92"/>
+    </row>
+    <row r="106" spans="8:8">
+      <c r="H106" s="92"/>
+    </row>
+    <row r="107" spans="8:8">
+      <c r="H107" s="92"/>
+    </row>
+    <row r="108" spans="8:8">
+      <c r="H108" s="92"/>
+    </row>
+    <row r="109" spans="8:8">
+      <c r="H109" s="92"/>
+    </row>
+    <row r="110" spans="8:8">
+      <c r="H110" s="92"/>
+    </row>
+    <row r="111" spans="8:8">
+      <c r="H111" s="92"/>
+    </row>
+    <row r="112" spans="8:8">
+      <c r="H112" s="92"/>
+    </row>
+    <row r="113" spans="8:8">
+      <c r="H113" s="92"/>
+    </row>
+    <row r="114" spans="8:8">
+      <c r="H114" s="92"/>
+    </row>
+    <row r="115" spans="8:8">
+      <c r="H115" s="92"/>
+    </row>
+    <row r="116" spans="8:8">
+      <c r="H116" s="92"/>
+    </row>
+    <row r="117" spans="8:8">
+      <c r="H117" s="92"/>
+    </row>
+    <row r="118" spans="8:8">
+      <c r="H118" s="92"/>
+    </row>
+    <row r="119" spans="8:8">
+      <c r="H119" s="92"/>
+    </row>
+    <row r="120" spans="8:8">
+      <c r="H120" s="92"/>
+    </row>
+    <row r="121" spans="8:8">
+      <c r="H121" s="92"/>
+    </row>
+    <row r="122" spans="8:8">
+      <c r="H122" s="92"/>
+    </row>
+    <row r="123" spans="8:8">
+      <c r="H123" s="92"/>
+    </row>
+    <row r="124" spans="8:8">
+      <c r="H124" s="92"/>
+    </row>
+    <row r="125" spans="8:8">
+      <c r="H125" s="92"/>
+    </row>
+    <row r="126" spans="8:8">
+      <c r="H126" s="92"/>
+    </row>
+    <row r="127" spans="8:8">
+      <c r="H127" s="92"/>
+    </row>
+    <row r="128" spans="8:8">
+      <c r="H128" s="92"/>
+    </row>
+    <row r="129" spans="8:8">
+      <c r="H129" s="92"/>
+    </row>
+    <row r="130" spans="8:8">
+      <c r="H130" s="92"/>
+    </row>
+    <row r="131" spans="8:8">
+      <c r="H131" s="92"/>
+    </row>
+    <row r="132" spans="8:8">
+      <c r="H132" s="93"/>
+    </row>
+    <row r="133" spans="8:8">
+      <c r="H133" s="93"/>
+    </row>
+    <row r="134" spans="8:8">
+      <c r="H134" s="93"/>
+    </row>
+    <row r="135" spans="8:8">
+      <c r="H135" s="93"/>
+    </row>
+    <row r="136" spans="8:8">
+      <c r="H136" s="93"/>
+    </row>
+    <row r="137" spans="8:8">
+      <c r="H137" s="93"/>
+    </row>
+    <row r="138" spans="8:8">
+      <c r="H138" s="93"/>
+    </row>
+    <row r="139" spans="8:8">
+      <c r="H139" s="92"/>
+    </row>
+    <row r="140" spans="8:8">
+      <c r="H140" s="92"/>
+    </row>
+    <row r="141" spans="8:8">
+      <c r="H141" s="92"/>
+    </row>
+    <row r="142" spans="8:8">
+      <c r="H142" s="92"/>
+    </row>
+    <row r="143" spans="8:8">
+      <c r="H143" s="92"/>
+    </row>
+    <row r="144" spans="8:8">
+      <c r="H144" s="92"/>
+    </row>
+    <row r="145" spans="8:8">
+      <c r="H145" s="92"/>
+    </row>
+    <row r="146" spans="8:8">
+      <c r="H146" s="92"/>
+    </row>
+    <row r="147" spans="8:8">
+      <c r="H147" s="92"/>
+    </row>
+    <row r="148" spans="8:8">
+      <c r="H148" s="92"/>
+    </row>
+    <row r="149" spans="8:8">
+      <c r="H149" s="92"/>
+    </row>
+    <row r="150" spans="8:8">
+      <c r="H150" s="92"/>
+    </row>
+    <row r="151" spans="8:8">
+      <c r="H151" s="92"/>
+    </row>
+    <row r="152" spans="8:8">
+      <c r="H152" s="92"/>
+    </row>
+    <row r="153" spans="8:8">
+      <c r="H153" s="92"/>
+    </row>
+    <row r="154" spans="8:8">
+      <c r="H154" s="92"/>
+    </row>
+    <row r="155" spans="8:8">
+      <c r="H155" s="92"/>
+    </row>
+    <row r="156" spans="8:8">
+      <c r="H156" s="92"/>
+    </row>
+    <row r="157" spans="8:8">
+      <c r="H157" s="92"/>
+    </row>
+    <row r="158" spans="8:8">
+      <c r="H158" s="92"/>
+    </row>
+    <row r="159" spans="8:8">
+      <c r="H159" s="92"/>
+    </row>
+    <row r="160" spans="8:8">
+      <c r="H160" s="92"/>
+    </row>
+    <row r="161" spans="8:8">
+      <c r="H161" s="92"/>
+    </row>
+    <row r="162" spans="8:8">
+      <c r="H162" s="92"/>
+    </row>
+    <row r="163" spans="8:8">
+      <c r="H163" s="92"/>
+    </row>
+    <row r="164" spans="8:8">
+      <c r="H164" s="92"/>
+    </row>
+    <row r="165" spans="8:8">
+      <c r="H165" s="92"/>
+    </row>
+    <row r="166" spans="8:8">
+      <c r="H166" s="92"/>
+    </row>
+    <row r="167" spans="8:8">
+      <c r="H167" s="92"/>
+    </row>
+    <row r="168" spans="8:8">
+      <c r="H168" s="92"/>
+    </row>
+    <row r="169" spans="8:8">
+      <c r="H169" s="92"/>
+    </row>
+    <row r="170" spans="8:8">
+      <c r="H170" s="92"/>
+    </row>
+    <row r="171" spans="8:8">
+      <c r="H171" s="92"/>
+    </row>
+    <row r="172" spans="8:8">
+      <c r="H172" s="92"/>
+    </row>
+    <row r="173" spans="8:8">
+      <c r="H173" s="92"/>
+    </row>
+    <row r="174" spans="8:8">
+      <c r="H174" s="92"/>
+    </row>
+    <row r="175" spans="8:8">
+      <c r="H175" s="92"/>
+    </row>
+    <row r="176" spans="8:8">
+      <c r="H176" s="92"/>
+    </row>
+    <row r="177" spans="8:8">
+      <c r="H177" s="92"/>
+    </row>
+    <row r="178" spans="8:8">
+      <c r="H178" s="92"/>
+    </row>
+    <row r="179" spans="8:8">
+      <c r="H179" s="92"/>
+    </row>
+    <row r="180" spans="8:8">
+      <c r="H180" s="92"/>
+    </row>
+    <row r="181" spans="8:8">
+      <c r="H181" s="92"/>
+    </row>
+    <row r="182" spans="8:8">
+      <c r="H182" s="92"/>
+    </row>
+    <row r="183" spans="8:8">
+      <c r="H183" s="92"/>
+    </row>
+    <row r="184" spans="8:8">
+      <c r="H184" s="92"/>
+    </row>
+    <row r="185" spans="8:8">
+      <c r="H185" s="92"/>
+    </row>
+    <row r="186" spans="8:8">
+      <c r="H186" s="92"/>
+    </row>
+    <row r="187" spans="8:8">
+      <c r="H187" s="92"/>
+    </row>
+    <row r="188" spans="8:8">
+      <c r="H188" s="92"/>
+    </row>
+    <row r="189" spans="8:8">
+      <c r="H189" s="92"/>
+    </row>
+    <row r="190" spans="8:8">
+      <c r="H190" s="92"/>
+    </row>
+    <row r="191" spans="8:8">
+      <c r="H191" s="92"/>
+    </row>
+    <row r="192" spans="8:8">
+      <c r="H192" s="92"/>
+    </row>
+    <row r="193" spans="8:8">
+      <c r="H193" s="92"/>
+    </row>
+    <row r="194" spans="8:8">
+      <c r="H194" s="92"/>
+    </row>
+    <row r="195" spans="8:8">
+      <c r="H195" s="92"/>
+    </row>
+    <row r="196" spans="8:8">
+      <c r="H196" s="92"/>
+    </row>
+    <row r="197" spans="8:8">
+      <c r="H197" s="92"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:J25" xr:uid="{4266E0E7-9477-5343-94BE-DDB2F99F2B65}"/>
   <mergeCells count="1">
     <mergeCell ref="I2:J2"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="46" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000Fannie Mae Proprietary Findings for the Completion Report</oddHeader>
     <oddFooter xml:space="preserve">&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;P of &amp;N
 </oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9076E2E5-F37C-6B4F-A48B-8CB776893A66}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C21"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C4" sqref="A4:C4"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="18.1640625" style="16" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="1" width="18.125" style="16" customWidth="1"/>
+    <col min="2" max="2" width="20.125" style="16" customWidth="1"/>
+    <col min="3" max="3" width="100.375" style="16" customWidth="1"/>
+    <col min="4" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" s="10" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:3" s="10" customFormat="1" ht="27" customHeight="1">
       <c r="A1" s="118" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="119"/>
       <c r="C1" s="120"/>
     </row>
-    <row r="2" spans="1:3" s="14" customFormat="1" ht="23" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:3" s="14" customFormat="1" ht="23.1" customHeight="1">
       <c r="A2" s="11" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="12" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="13" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:3" s="26" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="83">
+    <row r="3" spans="1:3" s="26" customFormat="1" ht="24.95" customHeight="1">
+      <c r="A3" s="82">
         <v>45811</v>
       </c>
       <c r="B3" s="76">
         <v>1</v>
       </c>
       <c r="C3" s="15" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="26" customFormat="1" ht="228" x14ac:dyDescent="0.2">
-      <c r="A4" s="83">
+    <row r="4" spans="1:3" s="26" customFormat="1" ht="235.5">
+      <c r="A4" s="82">
         <v>45904</v>
       </c>
       <c r="B4" s="76">
         <v>1.1000000000000001</v>
       </c>
-      <c r="C4" s="85" t="s">
-[...19 lines deleted...]
-      <c r="C21" s="117"/>
+      <c r="C4" s="84" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" s="14" customFormat="1" ht="18">
+      <c r="A5" s="117">
+        <v>45978</v>
+      </c>
+      <c r="B5" s="76">
+        <v>1.2</v>
+      </c>
+      <c r="C5" s="84" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" s="14" customFormat="1" ht="18"/>
+    <row r="15" spans="1:3">
+      <c r="B15" s="115"/>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="B16" s="115"/>
+    </row>
+    <row r="17" spans="2:3">
+      <c r="B17" s="115"/>
+    </row>
+    <row r="21" spans="2:3" ht="18">
+      <c r="C21" s="116"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B3430A0-2C34-D648-81B1-BDF31A7F5BE3}">
   <dimension ref="A1:B12"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A9" sqref="A9:B9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="45.83203125" style="16" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="1" width="45.875" style="16" customWidth="1"/>
+    <col min="2" max="2" width="75.875" style="16" customWidth="1"/>
+    <col min="3" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" s="18" customFormat="1" ht="21" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" s="18" customFormat="1" ht="20.25">
       <c r="A1" s="17" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:2" ht="35.1" customHeight="1">
       <c r="A2" s="28" t="s">
         <v>8</v>
       </c>
       <c r="B2" s="19" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:2" ht="35.1" customHeight="1">
       <c r="A3" s="28" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="19" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:2" ht="35.1" customHeight="1">
       <c r="A4" s="29" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="20" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="5" spans="1:2" s="23" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:2" s="23" customFormat="1" ht="15.75">
       <c r="A5" s="21"/>
       <c r="B5" s="22"/>
     </row>
-    <row r="6" spans="1:2" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:2" ht="60" customHeight="1">
       <c r="A6" s="30" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="70" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:2" ht="69.95" customHeight="1">
       <c r="A7" s="30" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="25" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:2" ht="50.1" customHeight="1">
       <c r="A8" s="31" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:2" ht="50.1" customHeight="1">
       <c r="A9" s="31" t="s">
-        <v>731</v>
+        <v>728</v>
       </c>
       <c r="B9" s="24" t="s">
-        <v>732</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="50.1" customHeight="1">
       <c r="A10" s="32" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="B10" s="24" t="s">
-        <v>728</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="50.1" customHeight="1">
       <c r="A11" s="32" t="s">
         <v>19</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="12" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:2" ht="50.1" customHeight="1">
       <c r="A12" s="32" t="s">
         <v>21</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="80" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{63373168-9BAF-CB4F-882B-928820E31258}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15.75"/>
   <cols>
-    <col min="1" max="16384" width="10.83203125" style="1"/>
+    <col min="1" max="16384" width="10.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:1">
       <c r="A1" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{537BABEA-ACE8-054F-A21C-0739F329B297}">
   <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2:C2"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="20.83203125" style="16" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="1" width="20.875" style="16" customWidth="1"/>
+    <col min="2" max="2" width="70.875" style="16" customWidth="1"/>
+    <col min="3" max="3" width="50.875" style="16" customWidth="1"/>
+    <col min="4" max="4" width="4.625" style="16" customWidth="1"/>
+    <col min="5" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:4" ht="24.95" customHeight="1">
       <c r="A1" s="33" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:4" ht="52" customHeight="1" x14ac:dyDescent="0.2">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4" ht="51.95" customHeight="1">
       <c r="A2" s="123" t="s">
         <v>24</v>
       </c>
       <c r="B2" s="123"/>
       <c r="C2" s="123"/>
     </row>
-    <row r="3" spans="1:4" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" ht="20.100000000000001" customHeight="1">
       <c r="A3" s="35"/>
     </row>
-    <row r="4" spans="1:4" s="14" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" s="14" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A4" s="58" t="s">
         <v>25</v>
       </c>
       <c r="B4" s="58" t="s">
         <v>26</v>
       </c>
       <c r="C4" s="58" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5" spans="1:4" ht="40" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:4" ht="39.950000000000003" customHeight="1">
       <c r="A5" s="121" t="s">
         <v>28</v>
       </c>
       <c r="B5" s="20" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="C5" s="20" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="160" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:4" ht="159.94999999999999" customHeight="1">
       <c r="A6" s="122"/>
-      <c r="B6" s="78" t="s">
+      <c r="B6" s="77" t="s">
         <v>30</v>
       </c>
       <c r="C6" s="36" t="s">
         <v>31</v>
       </c>
     </row>
-    <row r="7" spans="1:4" ht="80" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:4" ht="80.099999999999994" customHeight="1">
       <c r="A7" s="37" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="38" t="s">
         <v>33</v>
       </c>
       <c r="C7" s="39" t="s">
         <v>34</v>
       </c>
-      <c r="D7" s="88"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:4" ht="80" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D7" s="87"/>
+    </row>
+    <row r="8" spans="1:4" ht="80.099999999999994" customHeight="1">
       <c r="A8" s="37" t="s">
         <v>35</v>
       </c>
       <c r="B8" s="39" t="s">
         <v>36</v>
       </c>
       <c r="C8" s="39" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="88"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:4" ht="80" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D8" s="87"/>
+    </row>
+    <row r="9" spans="1:4" ht="80.099999999999994" customHeight="1">
       <c r="A9" s="40" t="s">
         <v>37</v>
       </c>
       <c r="B9" s="39" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C9" s="39" t="s">
         <v>38</v>
       </c>
-      <c r="D9" s="88"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:4" ht="80" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D9" s="87"/>
+    </row>
+    <row r="10" spans="1:4" ht="80.099999999999994" customHeight="1">
       <c r="A10" s="37" t="s">
         <v>39</v>
       </c>
       <c r="B10" s="38" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="38"/>
-      <c r="D10" s="88"/>
+      <c r="D10" s="87"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="65" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;CFannie Mae Severity Definitions</oddHeader>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;1&amp;K000000#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7CF1E29F-4A2D-4C4C-864C-C32AA4C1CF54}">
   <sheetPr>
     <tabColor rgb="FF002060"/>
   </sheetPr>
   <dimension ref="A1:G13"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="25.83203125" style="16" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="2" width="25.875" style="16" customWidth="1"/>
+    <col min="3" max="3" width="60.875" style="16" customWidth="1"/>
+    <col min="4" max="4" width="7.875" style="16" customWidth="1"/>
+    <col min="5" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="66" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:7" s="66" customFormat="1" ht="24.95" customHeight="1">
       <c r="A1" s="33" t="s">
-        <v>712</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:7" ht="55" customHeight="1" x14ac:dyDescent="0.2">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="2" spans="1:7" ht="54.95" customHeight="1">
       <c r="A2" s="124" t="s">
-        <v>713</v>
+        <v>710</v>
       </c>
       <c r="B2" s="124"/>
       <c r="C2" s="124"/>
     </row>
-    <row r="3" spans="1:7" s="27" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="79" t="s">
+    <row r="3" spans="1:7" s="27" customFormat="1" ht="20.100000000000001" customHeight="1">
+      <c r="A3" s="78" t="s">
         <v>41</v>
       </c>
       <c r="B3" s="75"/>
       <c r="C3" s="75"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
     </row>
-    <row r="4" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:7" ht="20.100000000000001" customHeight="1">
       <c r="B4" s="123"/>
       <c r="C4" s="123"/>
       <c r="D4" s="123"/>
     </row>
-    <row r="5" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:7" ht="20.100000000000001" customHeight="1">
       <c r="A5" s="58" t="s">
         <v>25</v>
       </c>
       <c r="B5" s="58" t="s">
         <v>42</v>
       </c>
       <c r="C5" s="59" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="6" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:7" ht="35.1" customHeight="1">
       <c r="A6" s="56" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="56" t="s">
         <v>44</v>
       </c>
       <c r="C6" s="57" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="7" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:7" ht="35.1" customHeight="1">
       <c r="A7" s="56" t="s">
         <v>28</v>
       </c>
       <c r="B7" s="56" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="57" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="8" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:7" ht="35.1" customHeight="1">
       <c r="A8" s="56" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="56" t="s">
         <v>48</v>
       </c>
       <c r="C8" s="57" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="9" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:7" ht="35.1" customHeight="1">
       <c r="A9" s="56" t="s">
         <v>28</v>
       </c>
       <c r="B9" s="56" t="s">
         <v>50</v>
       </c>
       <c r="C9" s="57" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:7" ht="35.1" customHeight="1">
       <c r="A10" s="56" t="s">
         <v>28</v>
       </c>
       <c r="B10" s="56" t="s">
         <v>52</v>
       </c>
       <c r="C10" s="57" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:7" ht="35.1" customHeight="1">
       <c r="A11" s="56" t="s">
         <v>35</v>
       </c>
       <c r="B11" s="56" t="s">
         <v>54</v>
       </c>
       <c r="C11" s="57" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:7" ht="35.1" customHeight="1">
       <c r="A12" s="56" t="s">
         <v>35</v>
       </c>
       <c r="B12" s="56" t="s">
         <v>56</v>
       </c>
       <c r="C12" s="57" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:7" ht="35.1" customHeight="1">
       <c r="A13" s="56" t="s">
         <v>35</v>
       </c>
       <c r="B13" s="56" t="s">
         <v>58</v>
       </c>
       <c r="C13" s="57" t="s">
         <v>59</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="B4:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="85" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000UCDP System Findings</oddHeader>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000&amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55C1F387-CEB2-8C4F-9E8E-8FBBF0CBBDE8}">
   <sheetPr>
     <tabColor rgb="FF7030A0"/>
   </sheetPr>
   <dimension ref="A1:G29"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="25.83203125" style="16" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="2" width="25.875" style="16" customWidth="1"/>
+    <col min="3" max="3" width="60.875" style="16" customWidth="1"/>
+    <col min="4" max="7" width="25.875" style="16" customWidth="1"/>
+    <col min="8" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" s="27" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:7" s="27" customFormat="1" ht="24.95" customHeight="1">
       <c r="A1" s="41" t="s">
         <v>60</v>
       </c>
     </row>
-    <row r="2" spans="1:7" s="27" customFormat="1" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:7" s="27" customFormat="1" ht="50.1" customHeight="1">
       <c r="A2" s="124" t="s">
-        <v>714</v>
+        <v>711</v>
       </c>
       <c r="B2" s="124"/>
       <c r="C2" s="124"/>
-      <c r="D2" s="80"/>
+      <c r="D2" s="79"/>
       <c r="E2" s="67"/>
       <c r="F2" s="67"/>
       <c r="G2" s="67"/>
     </row>
-    <row r="3" spans="1:7" s="27" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="79" t="s">
+    <row r="3" spans="1:7" s="27" customFormat="1" ht="20.100000000000001" customHeight="1">
+      <c r="A3" s="78" t="s">
         <v>61</v>
       </c>
       <c r="B3" s="75"/>
       <c r="C3" s="75"/>
       <c r="D3" s="67"/>
       <c r="E3" s="67"/>
       <c r="F3" s="67"/>
       <c r="G3" s="67"/>
     </row>
-    <row r="4" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.2"/>
-[...2 lines deleted...]
-        <v>708</v>
+    <row r="4" spans="1:7" ht="20.100000000000001" customHeight="1"/>
+    <row r="5" spans="1:7" s="27" customFormat="1" ht="20.100000000000001" customHeight="1">
+      <c r="A5" s="80" t="s">
+        <v>705</v>
       </c>
       <c r="B5" s="75"/>
       <c r="C5" s="75"/>
-      <c r="D5" s="80"/>
+      <c r="D5" s="79"/>
       <c r="E5" s="67"/>
       <c r="F5" s="67"/>
       <c r="G5" s="67"/>
     </row>
-    <row r="6" spans="1:7" s="42" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:7" s="42" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A6" s="60" t="s">
         <v>62</v>
       </c>
       <c r="B6" s="126" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="126"/>
     </row>
-    <row r="7" spans="1:7" ht="65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:7" ht="65.099999999999994" customHeight="1">
       <c r="A7" s="49" t="s">
         <v>63</v>
       </c>
       <c r="B7" s="127" t="s">
         <v>64</v>
       </c>
       <c r="C7" s="127"/>
     </row>
-    <row r="8" spans="1:7" ht="65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:7" ht="65.099999999999994" customHeight="1">
       <c r="A8" s="49" t="s">
         <v>65</v>
       </c>
       <c r="B8" s="127" t="s">
         <v>66</v>
       </c>
       <c r="C8" s="127"/>
     </row>
-    <row r="9" spans="1:7" ht="65" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:7" ht="65.099999999999994" customHeight="1">
       <c r="A9" s="49" t="s">
         <v>67</v>
       </c>
       <c r="B9" s="127" t="s">
         <v>68</v>
       </c>
       <c r="C9" s="127"/>
     </row>
-    <row r="10" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="11" spans="1:7" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:7" ht="20.100000000000001" customHeight="1"/>
+    <row r="11" spans="1:7" ht="24.95" customHeight="1">
       <c r="A11" s="61" t="s">
-        <v>707</v>
+        <v>704</v>
       </c>
       <c r="B11" s="42"/>
       <c r="C11" s="43"/>
       <c r="G11" s="44"/>
     </row>
-    <row r="12" spans="1:7" s="45" customFormat="1" ht="68" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:7" s="45" customFormat="1" ht="68.099999999999994" customHeight="1">
       <c r="A12" s="125" t="s">
         <v>69</v>
       </c>
       <c r="B12" s="125"/>
       <c r="C12" s="125"/>
       <c r="D12" s="74"/>
       <c r="E12" s="74"/>
       <c r="F12" s="74"/>
       <c r="G12" s="74"/>
     </row>
-    <row r="13" spans="1:7" ht="20" customHeight="1" x14ac:dyDescent="0.2"/>
-    <row r="14" spans="1:7" s="14" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" ht="20.100000000000001" customHeight="1"/>
+    <row r="14" spans="1:7" s="14" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A14" s="16" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:7" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="15" spans="1:7" s="64" customFormat="1" ht="20.100000000000001" customHeight="1">
       <c r="A15" s="62" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="62" t="s">
         <v>70</v>
       </c>
       <c r="C15" s="63" t="s">
         <v>71</v>
       </c>
       <c r="D15" s="62" t="s">
         <v>72</v>
       </c>
       <c r="E15" s="62" t="s">
         <v>73</v>
       </c>
       <c r="F15" s="62" t="s">
         <v>74</v>
       </c>
       <c r="G15" s="62" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="16" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A16" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B16" s="46" t="s">
         <v>76</v>
       </c>
       <c r="C16" s="47" t="s">
         <v>77</v>
       </c>
       <c r="D16" s="46" t="s">
         <v>78</v>
       </c>
       <c r="E16" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F16" s="48" t="s">
         <v>79</v>
       </c>
       <c r="G16" s="48" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="17" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A17" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B17" s="46" t="s">
         <v>80</v>
       </c>
       <c r="C17" s="47" t="s">
         <v>81</v>
       </c>
       <c r="D17" s="46" t="s">
         <v>78</v>
       </c>
       <c r="E17" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F17" s="48" t="s">
         <v>79</v>
       </c>
       <c r="G17" s="48" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="18" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A18" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="46" t="s">
         <v>82</v>
       </c>
       <c r="C18" s="47" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="46" t="s">
         <v>84</v>
       </c>
       <c r="E18" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F18" s="48" t="s">
         <v>79</v>
       </c>
       <c r="G18" s="48" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="19" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:7" s="42" customFormat="1" ht="30">
       <c r="A19" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>85</v>
       </c>
       <c r="C19" s="47" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="46" t="s">
         <v>84</v>
       </c>
       <c r="E19" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="48" t="s">
         <v>79</v>
       </c>
       <c r="G19" s="48" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="20" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A20" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="46" t="s">
         <v>87</v>
       </c>
       <c r="C20" s="47" t="s">
         <v>88</v>
       </c>
       <c r="D20" s="46" t="s">
         <v>84</v>
       </c>
       <c r="E20" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="48" t="s">
         <v>79</v>
       </c>
       <c r="G20" s="48" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="21" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A21" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B21" s="46" t="s">
         <v>89</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>90</v>
       </c>
       <c r="D21" s="46" t="s">
         <v>91</v>
       </c>
       <c r="E21" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="46" t="s">
         <v>92</v>
       </c>
       <c r="G21" s="46" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="22" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:7" s="42" customFormat="1" ht="30">
       <c r="A22" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="46" t="s">
         <v>94</v>
       </c>
       <c r="C22" s="47" t="s">
         <v>95</v>
       </c>
       <c r="D22" s="46" t="s">
         <v>91</v>
       </c>
       <c r="E22" s="48" t="s">
         <v>79</v>
       </c>
       <c r="F22" s="46" t="s">
         <v>92</v>
       </c>
       <c r="G22" s="46" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="23" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A23" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B23" s="46" t="s">
         <v>96</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>97</v>
       </c>
       <c r="D23" s="46" t="s">
         <v>98</v>
       </c>
       <c r="E23" s="46" t="s">
         <v>99</v>
       </c>
       <c r="F23" s="46" t="s">
         <v>100</v>
       </c>
       <c r="G23" s="46" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="24" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:7" s="42" customFormat="1" ht="30">
       <c r="A24" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="46" t="s">
         <v>102</v>
       </c>
       <c r="C24" s="47" t="s">
         <v>95</v>
       </c>
       <c r="D24" s="46" t="s">
         <v>98</v>
       </c>
       <c r="E24" s="46" t="s">
         <v>99</v>
       </c>
       <c r="F24" s="46" t="s">
         <v>100</v>
       </c>
       <c r="G24" s="46" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="25" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A25" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B25" s="46" t="s">
         <v>103</v>
       </c>
       <c r="C25" s="47" t="s">
         <v>104</v>
       </c>
       <c r="D25" s="46" t="s">
         <v>105</v>
       </c>
       <c r="E25" s="46" t="s">
         <v>106</v>
       </c>
       <c r="F25" s="46" t="s">
         <v>107</v>
       </c>
       <c r="G25" s="46" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="26" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A26" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B26" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C26" s="47" t="s">
         <v>95</v>
       </c>
       <c r="D26" s="46" t="s">
         <v>105</v>
       </c>
       <c r="E26" s="46" t="s">
         <v>106</v>
       </c>
       <c r="F26" s="46" t="s">
         <v>107</v>
       </c>
       <c r="G26" s="46" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="27" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:7" s="42" customFormat="1" ht="30">
       <c r="A27" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B27" s="46" t="s">
         <v>110</v>
       </c>
       <c r="C27" s="47" t="s">
         <v>95</v>
       </c>
       <c r="D27" s="46" t="s">
         <v>111</v>
       </c>
       <c r="E27" s="46" t="s">
         <v>112</v>
       </c>
       <c r="F27" s="46" t="s">
         <v>113</v>
       </c>
       <c r="G27" s="46" t="s">
         <v>92</v>
       </c>
     </row>
-    <row r="28" spans="1:7" s="42" customFormat="1" ht="48" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:7" s="42" customFormat="1" ht="45">
       <c r="A28" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B28" s="46" t="s">
         <v>114</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>115</v>
       </c>
       <c r="D28" s="46" t="s">
         <v>116</v>
       </c>
       <c r="E28" s="46" t="s">
         <v>117</v>
       </c>
       <c r="F28" s="46" t="s">
         <v>118</v>
       </c>
       <c r="G28" s="46" t="s">
         <v>101</v>
       </c>
     </row>
-    <row r="29" spans="1:7" s="42" customFormat="1" ht="32" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:7" s="42" customFormat="1" ht="30">
       <c r="A29" s="46" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="46" t="s">
         <v>119</v>
       </c>
       <c r="C29" s="47" t="s">
         <v>95</v>
       </c>
       <c r="D29" s="46" t="s">
         <v>116</v>
       </c>
       <c r="E29" s="46" t="s">
         <v>117</v>
       </c>
       <c r="F29" s="46" t="s">
         <v>118</v>
       </c>
       <c r="G29" s="46" t="s">
         <v>101</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="A2:C2"/>
@@ -7456,7666 +7467,7666 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="53" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000UAD 3.6 Compliance Rules</oddHeader>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="10" max="16383" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7084B726-226D-C848-B7D9-6677011AC123}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:B14"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:B2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15.75"/>
   <cols>
-    <col min="1" max="1" width="32.6640625" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="16384" width="10.83203125" style="1"/>
+    <col min="1" max="1" width="32.625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="87.375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="9.125" style="1" customWidth="1"/>
+    <col min="4" max="16384" width="10.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" ht="23" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:2" ht="23.1" customHeight="1">
       <c r="A1" s="33" t="s">
-        <v>701</v>
+        <v>698</v>
       </c>
       <c r="B1" s="33"/>
     </row>
-    <row r="2" spans="1:2" ht="50" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:2" ht="50.1" customHeight="1">
       <c r="A2" s="124" t="s">
-        <v>702</v>
+        <v>699</v>
       </c>
       <c r="B2" s="124"/>
     </row>
-    <row r="3" spans="1:2" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:2" ht="18" customHeight="1">
       <c r="A3" s="50" t="s">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="B3" s="75"/>
     </row>
-    <row r="4" spans="1:2" ht="20" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:2" ht="20.100000000000001" customHeight="1">
       <c r="A4" s="75"/>
       <c r="B4" s="75"/>
     </row>
-    <row r="5" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:2" ht="35.1" customHeight="1">
       <c r="A5" s="51" t="s">
         <v>25</v>
       </c>
-      <c r="B5" s="89" t="s">
+      <c r="B5" s="88" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="6" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:2" ht="35.1" customHeight="1">
       <c r="A6" s="51" t="s">
         <v>70</v>
       </c>
-      <c r="B6" s="89" t="s">
+      <c r="B6" s="88" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="7" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:2" ht="35.1" customHeight="1">
       <c r="A7" s="51" t="s">
         <v>71</v>
       </c>
-      <c r="B7" s="89" t="s">
+      <c r="B7" s="88" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="8" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:2" ht="35.1" customHeight="1">
       <c r="A8" s="51" t="s">
         <v>72</v>
       </c>
-      <c r="B8" s="89" t="s">
+      <c r="B8" s="88" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:2" ht="35.1" customHeight="1">
       <c r="A9" s="51" t="s">
         <v>73</v>
       </c>
-      <c r="B9" s="89" t="s">
+      <c r="B9" s="88" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="10" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:2" ht="35.1" customHeight="1">
       <c r="A10" s="51" t="s">
         <v>74</v>
       </c>
-      <c r="B10" s="89" t="s">
+      <c r="B10" s="88" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="11" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:2" ht="35.1" customHeight="1">
       <c r="A11" s="51" t="s">
         <v>75</v>
       </c>
-      <c r="B11" s="89" t="s">
+      <c r="B11" s="88" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="12" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="B12" s="90" t="s">
+    <row r="12" spans="1:2" ht="35.1" customHeight="1">
+      <c r="A12" s="90" t="s">
         <v>700</v>
       </c>
-    </row>
-    <row r="13" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B12" s="89" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="35.1" customHeight="1">
       <c r="A13" s="52" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="B13" s="89" t="s">
+        <v>701</v>
+      </c>
+      <c r="B13" s="88" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="14" spans="1:2" ht="35" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:2" ht="35.1" customHeight="1">
       <c r="A14" s="52" t="s">
-        <v>705</v>
-[...1 lines deleted...]
-      <c r="B14" s="89" t="s">
+        <v>702</v>
+      </c>
+      <c r="B14" s="88" t="s">
         <v>130</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="95" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader xml:space="preserve">&amp;CFannie Mae Proprietary Findings </oddHeader>
     <oddFooter>&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4266E0E7-9477-5343-94BE-DDB2F99F2B65}">
   <sheetPr>
     <tabColor rgb="FF00B0F0"/>
   </sheetPr>
   <dimension ref="A1:J250"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" zoomScaleSheetLayoutView="95" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <pane ySplit="3" topLeftCell="A27" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B28" sqref="B28"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="10.875" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="2" width="25.83203125" style="42" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="11" max="16384" width="10.83203125" style="16"/>
+    <col min="1" max="2" width="25.875" style="42" customWidth="1"/>
+    <col min="3" max="3" width="60.875" style="44" customWidth="1"/>
+    <col min="4" max="6" width="25.875" style="42" customWidth="1"/>
+    <col min="7" max="7" width="25.875" style="114" customWidth="1"/>
+    <col min="8" max="8" width="3.875" style="42" customWidth="1"/>
+    <col min="9" max="10" width="27.875" style="23" customWidth="1"/>
+    <col min="11" max="16384" width="10.875" style="16"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" s="66" customFormat="1" ht="25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:10" s="66" customFormat="1" ht="24.95" customHeight="1">
       <c r="A1" s="33" t="s">
-        <v>709</v>
+        <v>706</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="67"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
       <c r="F1" s="23"/>
-      <c r="G1" s="114"/>
+      <c r="G1" s="113"/>
       <c r="H1" s="23"/>
       <c r="I1" s="128" t="s">
-        <v>715</v>
+        <v>712</v>
       </c>
       <c r="J1" s="129"/>
     </row>
-    <row r="2" spans="1:10" ht="32" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:10" ht="32.1" customHeight="1">
       <c r="A2" s="53"/>
       <c r="I2" s="130"/>
       <c r="J2" s="130"/>
     </row>
-    <row r="3" spans="1:10" s="64" customFormat="1" ht="20" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="101" t="s">
+    <row r="3" spans="1:10" s="64" customFormat="1" ht="20.100000000000001" customHeight="1">
+      <c r="A3" s="100" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="101" t="s">
+      <c r="B3" s="100" t="s">
         <v>70</v>
       </c>
       <c r="C3" s="58" t="s">
         <v>71</v>
       </c>
-      <c r="D3" s="101" t="s">
+      <c r="D3" s="100" t="s">
         <v>72</v>
       </c>
-      <c r="E3" s="101" t="s">
+      <c r="E3" s="100" t="s">
         <v>73</v>
       </c>
-      <c r="F3" s="101" t="s">
+      <c r="F3" s="100" t="s">
         <v>74</v>
       </c>
       <c r="G3" s="58" t="s">
         <v>75</v>
       </c>
-      <c r="H3" s="102"/>
-[...7 lines deleted...]
-      <c r="B4" s="104" t="s">
+      <c r="H3" s="101"/>
+      <c r="I3" s="102"/>
+      <c r="J3" s="102"/>
+    </row>
+    <row r="4" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A4" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="103" t="s">
         <v>132</v>
       </c>
-      <c r="C4" s="96" t="s">
+      <c r="C4" s="95" t="s">
         <v>133</v>
       </c>
-      <c r="D4" s="105" t="s">
+      <c r="D4" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E4" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B5" s="104" t="s">
+      <c r="E4" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F4" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G4" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" s="105"/>
+      <c r="I4" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J4" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A5" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="103" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="96" t="s">
+      <c r="C5" s="95" t="s">
         <v>136</v>
       </c>
-      <c r="D5" s="105" t="s">
+      <c r="D5" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E5" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B6" s="104" t="s">
+      <c r="E5" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F5" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G5" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H5" s="105"/>
+      <c r="I5" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J5" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A6" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="103" t="s">
         <v>137</v>
       </c>
-      <c r="C6" s="96" t="s">
+      <c r="C6" s="95" t="s">
         <v>138</v>
       </c>
-      <c r="D6" s="105" t="s">
+      <c r="D6" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E6" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B7" s="104" t="s">
+      <c r="E6" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F6" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G6" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" s="105"/>
+      <c r="I6" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J6" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A7" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="103" t="s">
         <v>139</v>
       </c>
-      <c r="C7" s="96" t="s">
+      <c r="C7" s="95" t="s">
         <v>140</v>
       </c>
-      <c r="D7" s="105" t="s">
+      <c r="D7" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E7" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B8" s="104" t="s">
+      <c r="E7" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F7" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G7" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H7" s="105"/>
+      <c r="I7" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J7" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A8" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="103" t="s">
         <v>141</v>
       </c>
-      <c r="C8" s="96" t="s">
+      <c r="C8" s="95" t="s">
         <v>142</v>
       </c>
-      <c r="D8" s="105" t="s">
+      <c r="D8" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E8" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B9" s="104" t="s">
+      <c r="E8" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F8" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G8" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H8" s="105"/>
+      <c r="I8" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J8" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A9" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="103" t="s">
         <v>143</v>
       </c>
-      <c r="C9" s="96" t="s">
+      <c r="C9" s="95" t="s">
         <v>144</v>
       </c>
-      <c r="D9" s="105" t="s">
+      <c r="D9" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E9" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B10" s="104" t="s">
+      <c r="E9" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F9" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G9" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" s="105"/>
+      <c r="I9" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J9" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A10" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="103" t="s">
         <v>145</v>
       </c>
-      <c r="C10" s="96" t="s">
+      <c r="C10" s="95" t="s">
         <v>146</v>
       </c>
-      <c r="D10" s="105" t="s">
+      <c r="D10" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E10" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B11" s="104" t="s">
+      <c r="E10" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F10" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G10" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" s="105"/>
+      <c r="I10" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J10" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A11" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="103" t="s">
         <v>147</v>
       </c>
-      <c r="C11" s="96" t="s">
+      <c r="C11" s="95" t="s">
         <v>146</v>
       </c>
-      <c r="D11" s="105" t="s">
+      <c r="D11" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E11" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B12" s="104" t="s">
+      <c r="E11" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G11" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H11" s="105"/>
+      <c r="I11" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J11" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A12" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="103" t="s">
         <v>148</v>
       </c>
-      <c r="C12" s="96" t="s">
+      <c r="C12" s="95" t="s">
         <v>149</v>
       </c>
-      <c r="D12" s="105" t="s">
+      <c r="D12" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E12" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B13" s="104" t="s">
+      <c r="E12" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G12" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H12" s="105"/>
+      <c r="I12" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J12" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A13" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" s="103" t="s">
         <v>150</v>
       </c>
-      <c r="C13" s="96" t="s">
+      <c r="C13" s="95" t="s">
         <v>151</v>
       </c>
-      <c r="D13" s="105" t="s">
+      <c r="D13" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E13" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B14" s="104" t="s">
+      <c r="E13" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G13" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" s="105"/>
+      <c r="I13" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J13" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A14" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" s="103" t="s">
         <v>152</v>
       </c>
-      <c r="C14" s="96" t="s">
+      <c r="C14" s="95" t="s">
         <v>153</v>
       </c>
-      <c r="D14" s="105" t="s">
+      <c r="D14" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E14" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B15" s="104" t="s">
+      <c r="E14" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G14" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H14" s="105"/>
+      <c r="I14" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J14" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A15" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" s="103" t="s">
         <v>154</v>
       </c>
-      <c r="C15" s="96" t="s">
+      <c r="C15" s="95" t="s">
         <v>155</v>
       </c>
-      <c r="D15" s="105" t="s">
+      <c r="D15" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E15" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B16" s="104" t="s">
+      <c r="E15" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F15" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G15" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H15" s="105"/>
+      <c r="I15" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J15" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A16" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="103" t="s">
         <v>156</v>
       </c>
-      <c r="C16" s="96" t="s">
+      <c r="C16" s="95" t="s">
         <v>157</v>
       </c>
-      <c r="D16" s="105" t="s">
+      <c r="D16" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E16" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B17" s="104" t="s">
+      <c r="E16" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F16" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G16" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H16" s="105"/>
+      <c r="I16" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J16" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A17" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" s="103" t="s">
         <v>158</v>
       </c>
-      <c r="C17" s="96" t="s">
+      <c r="C17" s="95" t="s">
         <v>159</v>
       </c>
-      <c r="D17" s="105" t="s">
+      <c r="D17" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E17" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B18" s="104" t="s">
+      <c r="E17" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G17" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H17" s="105"/>
+      <c r="I17" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J17" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A18" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" s="103" t="s">
         <v>160</v>
       </c>
-      <c r="C18" s="96" t="s">
+      <c r="C18" s="95" t="s">
         <v>161</v>
       </c>
-      <c r="D18" s="105" t="s">
+      <c r="D18" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E18" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B19" s="104" t="s">
+      <c r="E18" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F18" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G18" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H18" s="105"/>
+      <c r="I18" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J18" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A19" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B19" s="103" t="s">
         <v>162</v>
       </c>
-      <c r="C19" s="96" t="s">
+      <c r="C19" s="95" t="s">
         <v>163</v>
       </c>
-      <c r="D19" s="105" t="s">
+      <c r="D19" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E19" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B20" s="104" t="s">
+      <c r="E19" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F19" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G19" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H19" s="105"/>
+      <c r="I19" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J19" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A20" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B20" s="103" t="s">
         <v>164</v>
       </c>
-      <c r="C20" s="96" t="s">
+      <c r="C20" s="95" t="s">
         <v>165</v>
       </c>
-      <c r="D20" s="105" t="s">
+      <c r="D20" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E20" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B21" s="104" t="s">
+      <c r="E20" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F20" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G20" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H20" s="105"/>
+      <c r="I20" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J20" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A21" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B21" s="103" t="s">
         <v>166</v>
       </c>
-      <c r="C21" s="96" t="s">
+      <c r="C21" s="95" t="s">
         <v>167</v>
       </c>
-      <c r="D21" s="105" t="s">
+      <c r="D21" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E21" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B22" s="104" t="s">
+      <c r="E21" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G21" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H21" s="105"/>
+      <c r="I21" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J21" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A22" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B22" s="103" t="s">
         <v>168</v>
       </c>
-      <c r="C22" s="96" t="s">
+      <c r="C22" s="95" t="s">
         <v>169</v>
       </c>
-      <c r="D22" s="105" t="s">
+      <c r="D22" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E22" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B23" s="104" t="s">
+      <c r="E22" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F22" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G22" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H22" s="105"/>
+      <c r="I22" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J22" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A23" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B23" s="103" t="s">
         <v>170</v>
       </c>
-      <c r="C23" s="96" t="s">
+      <c r="C23" s="95" t="s">
         <v>171</v>
       </c>
-      <c r="D23" s="105" t="s">
+      <c r="D23" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E23" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B24" s="104" t="s">
+      <c r="E23" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F23" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G23" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H23" s="105"/>
+      <c r="I23" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J23" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A24" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B24" s="103" t="s">
         <v>172</v>
       </c>
-      <c r="C24" s="96" t="s">
+      <c r="C24" s="95" t="s">
         <v>173</v>
       </c>
-      <c r="D24" s="105" t="s">
+      <c r="D24" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E24" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B25" s="104" t="s">
+      <c r="E24" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F24" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G24" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H24" s="105"/>
+      <c r="I24" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J24" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A25" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B25" s="103" t="s">
         <v>174</v>
       </c>
-      <c r="C25" s="96" t="s">
+      <c r="C25" s="95" t="s">
         <v>175</v>
       </c>
-      <c r="D25" s="105" t="s">
+      <c r="D25" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E25" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B26" s="104" t="s">
+      <c r="E25" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F25" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G25" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H25" s="105"/>
+      <c r="I25" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J25" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A26" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B26" s="103" t="s">
         <v>176</v>
       </c>
-      <c r="C26" s="96" t="s">
+      <c r="C26" s="95" t="s">
         <v>177</v>
       </c>
-      <c r="D26" s="105" t="s">
+      <c r="D26" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E26" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B27" s="104" t="s">
+      <c r="E26" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F26" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G26" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H26" s="105"/>
+      <c r="I26" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J26" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A27" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B27" s="103" t="s">
         <v>178</v>
       </c>
-      <c r="C27" s="96" t="s">
+      <c r="C27" s="95" t="s">
         <v>179</v>
       </c>
-      <c r="D27" s="105" t="s">
+      <c r="D27" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E27" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B28" s="104" t="s">
+      <c r="E27" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F27" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G27" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H27" s="105"/>
+      <c r="I27" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J27" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A28" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" s="103" t="s">
         <v>180</v>
       </c>
-      <c r="C28" s="96" t="s">
+      <c r="C28" s="95" t="s">
+        <v>732</v>
+      </c>
+      <c r="D28" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E28" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F28" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G28" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H28" s="105"/>
+      <c r="I28" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J28" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A29" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="103" t="s">
         <v>181</v>
       </c>
-      <c r="D28" s="105" t="s">
+      <c r="C29" s="95" t="s">
+        <v>182</v>
+      </c>
+      <c r="D29" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E28" s="105" t="s">
-[...23 lines deleted...]
-      <c r="C29" s="96" t="s">
+      <c r="E29" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F29" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G29" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H29" s="105"/>
+      <c r="I29" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J29" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A30" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B30" s="103" t="s">
         <v>183</v>
       </c>
-      <c r="D29" s="105" t="s">
+      <c r="C30" s="95" t="s">
+        <v>184</v>
+      </c>
+      <c r="D30" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E29" s="105" t="s">
-[...23 lines deleted...]
-      <c r="C30" s="96" t="s">
+      <c r="E30" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F30" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G30" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H30" s="105"/>
+      <c r="I30" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J30" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A31" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B31" s="103" t="s">
         <v>185</v>
       </c>
-      <c r="D30" s="105" t="s">
+      <c r="C31" s="95" t="s">
+        <v>186</v>
+      </c>
+      <c r="D31" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E30" s="105" t="s">
-[...23 lines deleted...]
-      <c r="C31" s="96" t="s">
+      <c r="E31" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F31" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G31" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H31" s="105"/>
+      <c r="I31" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J31" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A32" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B32" s="103" t="s">
         <v>187</v>
       </c>
-      <c r="D31" s="105" t="s">
+      <c r="C32" s="95" t="s">
+        <v>188</v>
+      </c>
+      <c r="D32" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E32" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G32" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H32" s="105"/>
+      <c r="I32" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J32" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A33" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B33" s="103" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" s="95" t="s">
+        <v>190</v>
+      </c>
+      <c r="D33" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E33" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G33" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H33" s="105"/>
+      <c r="I33" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J33" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A34" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B34" s="103" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" s="95" t="s">
+        <v>192</v>
+      </c>
+      <c r="D34" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E34" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F34" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G34" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H34" s="105"/>
+      <c r="I34" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J34" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A35" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B35" s="103" t="s">
+        <v>193</v>
+      </c>
+      <c r="C35" s="95" t="s">
+        <v>194</v>
+      </c>
+      <c r="D35" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E35" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F35" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G35" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H35" s="105"/>
+      <c r="I35" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J35" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A36" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B36" s="103" t="s">
+        <v>195</v>
+      </c>
+      <c r="C36" s="95" t="s">
+        <v>196</v>
+      </c>
+      <c r="D36" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F36" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G36" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H36" s="105"/>
+      <c r="I36" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J36" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A37" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B37" s="103" t="s">
+        <v>197</v>
+      </c>
+      <c r="C37" s="95" t="s">
+        <v>198</v>
+      </c>
+      <c r="D37" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E37" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F37" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G37" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H37" s="105"/>
+      <c r="I37" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J37" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A38" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B38" s="103" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" s="95" t="s">
+        <v>719</v>
+      </c>
+      <c r="D38" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E31" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D32" s="105" t="s">
+      <c r="E38" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F38" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G38" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H38" s="105"/>
+      <c r="I38" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J38" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A39" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B39" s="103" t="s">
+        <v>200</v>
+      </c>
+      <c r="C39" s="95" t="s">
+        <v>720</v>
+      </c>
+      <c r="D39" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E32" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D33" s="105" t="s">
+      <c r="E39" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G39" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H39" s="105"/>
+      <c r="I39" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J39" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A40" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B40" s="103" t="s">
+        <v>201</v>
+      </c>
+      <c r="C40" s="95" t="s">
+        <v>202</v>
+      </c>
+      <c r="D40" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F40" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G40" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H40" s="105"/>
+      <c r="I40" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J40" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A41" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B41" s="103" t="s">
+        <v>203</v>
+      </c>
+      <c r="C41" s="95" t="s">
+        <v>204</v>
+      </c>
+      <c r="D41" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E33" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D34" s="105" t="s">
+      <c r="E41" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G41" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H41" s="105"/>
+      <c r="I41" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J41" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A42" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B42" s="103" t="s">
+        <v>205</v>
+      </c>
+      <c r="C42" s="95" t="s">
+        <v>206</v>
+      </c>
+      <c r="D42" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E42" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F42" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G42" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H42" s="105"/>
+      <c r="I42" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J42" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A43" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B43" s="103" t="s">
+        <v>207</v>
+      </c>
+      <c r="C43" s="95" t="s">
+        <v>721</v>
+      </c>
+      <c r="D43" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E43" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F43" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G43" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H43" s="105"/>
+      <c r="I43" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J43" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A44" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B44" s="103" t="s">
+        <v>208</v>
+      </c>
+      <c r="C44" s="95" t="s">
+        <v>722</v>
+      </c>
+      <c r="D44" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E44" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F44" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G44" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H44" s="105"/>
+      <c r="I44" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J44" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A45" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B45" s="103" t="s">
+        <v>209</v>
+      </c>
+      <c r="C45" s="95" t="s">
+        <v>723</v>
+      </c>
+      <c r="D45" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E34" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D35" s="105" t="s">
+      <c r="E45" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F45" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G45" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H45" s="105"/>
+      <c r="I45" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J45" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A46" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B46" s="103" t="s">
+        <v>210</v>
+      </c>
+      <c r="C46" s="95" t="s">
+        <v>211</v>
+      </c>
+      <c r="D46" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E46" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F46" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G46" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H46" s="105"/>
+      <c r="I46" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J46" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A47" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B47" s="103" t="s">
+        <v>212</v>
+      </c>
+      <c r="C47" s="95" t="s">
+        <v>213</v>
+      </c>
+      <c r="D47" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E47" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F47" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G47" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H47" s="105"/>
+      <c r="I47" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J47" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A48" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B48" s="103" t="s">
+        <v>214</v>
+      </c>
+      <c r="C48" s="95" t="s">
+        <v>215</v>
+      </c>
+      <c r="D48" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E48" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F48" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G48" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H48" s="105"/>
+      <c r="I48" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J48" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A49" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B49" s="103" t="s">
+        <v>216</v>
+      </c>
+      <c r="C49" s="95" t="s">
+        <v>217</v>
+      </c>
+      <c r="D49" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E49" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F49" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G49" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H49" s="105"/>
+      <c r="I49" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J49" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A50" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B50" s="103" t="s">
+        <v>218</v>
+      </c>
+      <c r="C50" s="95" t="s">
+        <v>219</v>
+      </c>
+      <c r="D50" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E50" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F50" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G50" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H50" s="105"/>
+      <c r="I50" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J50" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A51" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B51" s="103" t="s">
+        <v>220</v>
+      </c>
+      <c r="C51" s="95" t="s">
+        <v>221</v>
+      </c>
+      <c r="D51" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E51" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F51" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G51" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H51" s="105"/>
+      <c r="I51" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J51" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A52" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B52" s="103" t="s">
+        <v>222</v>
+      </c>
+      <c r="C52" s="95" t="s">
+        <v>223</v>
+      </c>
+      <c r="D52" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E35" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D36" s="105" t="s">
+      <c r="E52" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F52" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G52" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H52" s="105"/>
+      <c r="I52" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J52" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A53" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B53" s="103" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" s="95" t="s">
+        <v>225</v>
+      </c>
+      <c r="D53" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E36" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D37" s="105" t="s">
+      <c r="E53" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F53" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G53" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H53" s="105"/>
+      <c r="I53" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J53" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A54" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B54" s="103" t="s">
+        <v>226</v>
+      </c>
+      <c r="C54" s="95" t="s">
+        <v>227</v>
+      </c>
+      <c r="D54" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E37" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D38" s="105" t="s">
+      <c r="E54" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F54" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G54" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H54" s="105"/>
+      <c r="I54" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J54" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A55" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B55" s="103" t="s">
+        <v>228</v>
+      </c>
+      <c r="C55" s="95" t="s">
+        <v>229</v>
+      </c>
+      <c r="D55" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E55" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F55" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G55" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H55" s="105"/>
+      <c r="I55" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J55" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A56" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B56" s="103" t="s">
+        <v>230</v>
+      </c>
+      <c r="C56" s="95" t="s">
+        <v>231</v>
+      </c>
+      <c r="D56" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E56" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F56" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G56" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H56" s="105"/>
+      <c r="I56" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J56" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A57" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B57" s="103" t="s">
+        <v>232</v>
+      </c>
+      <c r="C57" s="95" t="s">
+        <v>233</v>
+      </c>
+      <c r="D57" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E57" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F57" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G57" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H57" s="105"/>
+      <c r="I57" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J57" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A58" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B58" s="103" t="s">
+        <v>234</v>
+      </c>
+      <c r="C58" s="95" t="s">
+        <v>235</v>
+      </c>
+      <c r="D58" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E58" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F58" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G58" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H58" s="105"/>
+      <c r="I58" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J58" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A59" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B59" s="103" t="s">
+        <v>236</v>
+      </c>
+      <c r="C59" s="95" t="s">
+        <v>237</v>
+      </c>
+      <c r="D59" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E59" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F59" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G59" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H59" s="105"/>
+      <c r="I59" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J59" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A60" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B60" s="103" t="s">
+        <v>238</v>
+      </c>
+      <c r="C60" s="95" t="s">
+        <v>239</v>
+      </c>
+      <c r="D60" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E60" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F60" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G60" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H60" s="105"/>
+      <c r="I60" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J60" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A61" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B61" s="103" t="s">
+        <v>240</v>
+      </c>
+      <c r="C61" s="95" t="s">
+        <v>241</v>
+      </c>
+      <c r="D61" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E61" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F61" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G61" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H61" s="105"/>
+      <c r="I61" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J61" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="62" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A62" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B62" s="103" t="s">
+        <v>242</v>
+      </c>
+      <c r="C62" s="95" t="s">
+        <v>243</v>
+      </c>
+      <c r="D62" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E62" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F62" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G62" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H62" s="105"/>
+      <c r="I62" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J62" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A63" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B63" s="103" t="s">
+        <v>244</v>
+      </c>
+      <c r="C63" s="95" t="s">
+        <v>245</v>
+      </c>
+      <c r="D63" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E63" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F63" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G63" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H63" s="105"/>
+      <c r="I63" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J63" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="64" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A64" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B64" s="103" t="s">
+        <v>246</v>
+      </c>
+      <c r="C64" s="95" t="s">
+        <v>247</v>
+      </c>
+      <c r="D64" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E64" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F64" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G64" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H64" s="105"/>
+      <c r="I64" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J64" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A65" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B65" s="103" t="s">
+        <v>248</v>
+      </c>
+      <c r="C65" s="95" t="s">
+        <v>249</v>
+      </c>
+      <c r="D65" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E65" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F65" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G65" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H65" s="105"/>
+      <c r="I65" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J65" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A66" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B66" s="103" t="s">
+        <v>250</v>
+      </c>
+      <c r="C66" s="95" t="s">
+        <v>251</v>
+      </c>
+      <c r="D66" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E66" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F66" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G66" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H66" s="105"/>
+      <c r="I66" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J66" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A67" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B67" s="103" t="s">
+        <v>252</v>
+      </c>
+      <c r="C67" s="95" t="s">
+        <v>253</v>
+      </c>
+      <c r="D67" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E67" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F67" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G67" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H67" s="105"/>
+      <c r="I67" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J67" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A68" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B68" s="103" t="s">
+        <v>254</v>
+      </c>
+      <c r="C68" s="95" t="s">
+        <v>255</v>
+      </c>
+      <c r="D68" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E68" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F68" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G68" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H68" s="105"/>
+      <c r="I68" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J68" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A69" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B69" s="103" t="s">
+        <v>256</v>
+      </c>
+      <c r="C69" s="95" t="s">
+        <v>257</v>
+      </c>
+      <c r="D69" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E69" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F69" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G69" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H69" s="105"/>
+      <c r="I69" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J69" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A70" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B70" s="103" t="s">
+        <v>258</v>
+      </c>
+      <c r="C70" s="95" t="s">
+        <v>259</v>
+      </c>
+      <c r="D70" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E70" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F70" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G70" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H70" s="105"/>
+      <c r="I70" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J70" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A71" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B71" s="103" t="s">
+        <v>260</v>
+      </c>
+      <c r="C71" s="95" t="s">
+        <v>261</v>
+      </c>
+      <c r="D71" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E71" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F71" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G71" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H71" s="105"/>
+      <c r="I71" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J71" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A72" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B72" s="103" t="s">
+        <v>262</v>
+      </c>
+      <c r="C72" s="95" t="s">
+        <v>263</v>
+      </c>
+      <c r="D72" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E72" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F72" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G72" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H72" s="105"/>
+      <c r="I72" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J72" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A73" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B73" s="103" t="s">
+        <v>264</v>
+      </c>
+      <c r="C73" s="95" t="s">
+        <v>265</v>
+      </c>
+      <c r="D73" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E73" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F73" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G73" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H73" s="105"/>
+      <c r="I73" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J73" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A74" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B74" s="103" t="s">
+        <v>266</v>
+      </c>
+      <c r="C74" s="95" t="s">
+        <v>267</v>
+      </c>
+      <c r="D74" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E74" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F74" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G74" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H74" s="105"/>
+      <c r="I74" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J74" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A75" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B75" s="103" t="s">
+        <v>268</v>
+      </c>
+      <c r="C75" s="95" t="s">
+        <v>733</v>
+      </c>
+      <c r="D75" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E75" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F75" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G75" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H75" s="105"/>
+      <c r="I75" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J75" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A76" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B76" s="103" t="s">
+        <v>269</v>
+      </c>
+      <c r="C76" s="95" t="s">
+        <v>270</v>
+      </c>
+      <c r="D76" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E76" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F76" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G76" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H76" s="105"/>
+      <c r="I76" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J76" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A77" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B77" s="103" t="s">
+        <v>271</v>
+      </c>
+      <c r="C77" s="95" t="s">
+        <v>272</v>
+      </c>
+      <c r="D77" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E77" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F77" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G77" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H77" s="105"/>
+      <c r="I77" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J77" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A78" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B78" s="103" t="s">
+        <v>273</v>
+      </c>
+      <c r="C78" s="95" t="s">
+        <v>274</v>
+      </c>
+      <c r="D78" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E78" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F78" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G78" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H78" s="105"/>
+      <c r="I78" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J78" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A79" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B79" s="103" t="s">
+        <v>275</v>
+      </c>
+      <c r="C79" s="95" t="s">
+        <v>276</v>
+      </c>
+      <c r="D79" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E79" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F79" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G79" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H79" s="105"/>
+      <c r="I79" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J79" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A80" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B80" s="103" t="s">
+        <v>277</v>
+      </c>
+      <c r="C80" s="95" t="s">
+        <v>278</v>
+      </c>
+      <c r="D80" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E80" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F80" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G80" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H80" s="105"/>
+      <c r="I80" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J80" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="81" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A81" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B81" s="103" t="s">
+        <v>279</v>
+      </c>
+      <c r="C81" s="95" t="s">
+        <v>280</v>
+      </c>
+      <c r="D81" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E81" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F81" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G81" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H81" s="105"/>
+      <c r="I81" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J81" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="82" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A82" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B82" s="103" t="s">
+        <v>281</v>
+      </c>
+      <c r="C82" s="95" t="s">
+        <v>282</v>
+      </c>
+      <c r="D82" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E82" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F82" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G82" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H82" s="105"/>
+      <c r="I82" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J82" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="83" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A83" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B83" s="103" t="s">
+        <v>283</v>
+      </c>
+      <c r="C83" s="95" t="s">
+        <v>284</v>
+      </c>
+      <c r="D83" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E83" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F83" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G83" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H83" s="105"/>
+      <c r="I83" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J83" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="84" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A84" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B84" s="103" t="s">
+        <v>285</v>
+      </c>
+      <c r="C84" s="95" t="s">
+        <v>286</v>
+      </c>
+      <c r="D84" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E84" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F84" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G84" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H84" s="105"/>
+      <c r="I84" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J84" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="85" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A85" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B85" s="103" t="s">
+        <v>287</v>
+      </c>
+      <c r="C85" s="95" t="s">
+        <v>724</v>
+      </c>
+      <c r="D85" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E85" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F85" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G85" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H85" s="105"/>
+      <c r="I85" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J85" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="86" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A86" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B86" s="103" t="s">
+        <v>288</v>
+      </c>
+      <c r="C86" s="95" t="s">
+        <v>289</v>
+      </c>
+      <c r="D86" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E86" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F86" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G86" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H86" s="105"/>
+      <c r="I86" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J86" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="87" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A87" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B87" s="103" t="s">
+        <v>290</v>
+      </c>
+      <c r="C87" s="95" t="s">
+        <v>291</v>
+      </c>
+      <c r="D87" s="104" t="s">
+        <v>134</v>
+      </c>
+      <c r="E87" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F87" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G87" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H87" s="105"/>
+      <c r="I87" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J87" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="88" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A88" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B88" s="103" t="s">
+        <v>292</v>
+      </c>
+      <c r="C88" s="95" t="s">
+        <v>293</v>
+      </c>
+      <c r="D88" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E38" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D39" s="105" t="s">
+      <c r="E88" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F88" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G88" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H88" s="105"/>
+      <c r="I88" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J88" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="89" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A89" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B89" s="103" t="s">
+        <v>294</v>
+      </c>
+      <c r="C89" s="95" t="s">
+        <v>295</v>
+      </c>
+      <c r="D89" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E89" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F89" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G89" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H89" s="105"/>
+      <c r="I89" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J89" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="90" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A90" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B90" s="103" t="s">
+        <v>296</v>
+      </c>
+      <c r="C90" s="95" t="s">
+        <v>297</v>
+      </c>
+      <c r="D90" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E90" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F90" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G90" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H90" s="105"/>
+      <c r="I90" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J90" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="91" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A91" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B91" s="103" t="s">
+        <v>298</v>
+      </c>
+      <c r="C91" s="95" t="s">
+        <v>299</v>
+      </c>
+      <c r="D91" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E91" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F91" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G91" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H91" s="105"/>
+      <c r="I91" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J91" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="92" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A92" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B92" s="103" t="s">
+        <v>300</v>
+      </c>
+      <c r="C92" s="95" t="s">
+        <v>301</v>
+      </c>
+      <c r="D92" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E92" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F92" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G92" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H92" s="105"/>
+      <c r="I92" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J92" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="93" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A93" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B93" s="103" t="s">
+        <v>302</v>
+      </c>
+      <c r="C93" s="95" t="s">
+        <v>303</v>
+      </c>
+      <c r="D93" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E93" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F93" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G93" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H93" s="105"/>
+      <c r="I93" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J93" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="94" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A94" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B94" s="103" t="s">
+        <v>304</v>
+      </c>
+      <c r="C94" s="95" t="s">
+        <v>305</v>
+      </c>
+      <c r="D94" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E94" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F94" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G94" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H94" s="105"/>
+      <c r="I94" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J94" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="95" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A95" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B95" s="103" t="s">
+        <v>306</v>
+      </c>
+      <c r="C95" s="95" t="s">
+        <v>307</v>
+      </c>
+      <c r="D95" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E95" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F95" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G95" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H95" s="105"/>
+      <c r="I95" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J95" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="96" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A96" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B96" s="103" t="s">
+        <v>308</v>
+      </c>
+      <c r="C96" s="95" t="s">
+        <v>309</v>
+      </c>
+      <c r="D96" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E96" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F96" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G96" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H96" s="105"/>
+      <c r="I96" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J96" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="97" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A97" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B97" s="103" t="s">
+        <v>310</v>
+      </c>
+      <c r="C97" s="95" t="s">
+        <v>311</v>
+      </c>
+      <c r="D97" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E97" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F97" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G97" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H97" s="105"/>
+      <c r="I97" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J97" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="98" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A98" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B98" s="103" t="s">
+        <v>312</v>
+      </c>
+      <c r="C98" s="95" t="s">
+        <v>313</v>
+      </c>
+      <c r="D98" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E98" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F98" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G98" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H98" s="105"/>
+      <c r="I98" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J98" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="99" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A99" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B99" s="103" t="s">
+        <v>314</v>
+      </c>
+      <c r="C99" s="95" t="s">
+        <v>315</v>
+      </c>
+      <c r="D99" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E99" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F99" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G99" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H99" s="105"/>
+      <c r="I99" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J99" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="100" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A100" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B100" s="103" t="s">
+        <v>316</v>
+      </c>
+      <c r="C100" s="95" t="s">
+        <v>317</v>
+      </c>
+      <c r="D100" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E100" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F100" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G100" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H100" s="105"/>
+      <c r="I100" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J100" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A101" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B101" s="103" t="s">
+        <v>318</v>
+      </c>
+      <c r="C101" s="95" t="s">
+        <v>319</v>
+      </c>
+      <c r="D101" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E101" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F101" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G101" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H101" s="105"/>
+      <c r="I101" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J101" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="102" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A102" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B102" s="103" t="s">
+        <v>320</v>
+      </c>
+      <c r="C102" s="97" t="s">
+        <v>321</v>
+      </c>
+      <c r="D102" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E102" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F102" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G102" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H102" s="105"/>
+      <c r="I102" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J102" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="103" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A103" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B103" s="103" t="s">
+        <v>322</v>
+      </c>
+      <c r="C103" s="95" t="s">
+        <v>323</v>
+      </c>
+      <c r="D103" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E103" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F103" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G103" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H103" s="105"/>
+      <c r="I103" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J103" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="104" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A104" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B104" s="103" t="s">
+        <v>324</v>
+      </c>
+      <c r="C104" s="95" t="s">
+        <v>325</v>
+      </c>
+      <c r="D104" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E104" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F104" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G104" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H104" s="105"/>
+      <c r="I104" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J104" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A105" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B105" s="103" t="s">
+        <v>326</v>
+      </c>
+      <c r="C105" s="97" t="s">
+        <v>327</v>
+      </c>
+      <c r="D105" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E105" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F105" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G105" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H105" s="105"/>
+      <c r="I105" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J105" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A106" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B106" s="103" t="s">
+        <v>328</v>
+      </c>
+      <c r="C106" s="97" t="s">
+        <v>329</v>
+      </c>
+      <c r="D106" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E106" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F106" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G106" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H106" s="105"/>
+      <c r="I106" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J106" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="107" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A107" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B107" s="103" t="s">
+        <v>330</v>
+      </c>
+      <c r="C107" s="97" t="s">
+        <v>331</v>
+      </c>
+      <c r="D107" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E107" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F107" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G107" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H107" s="105"/>
+      <c r="I107" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J107" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="108" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A108" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B108" s="103" t="s">
+        <v>332</v>
+      </c>
+      <c r="C108" s="95" t="s">
+        <v>333</v>
+      </c>
+      <c r="D108" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E108" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F108" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G108" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H108" s="105"/>
+      <c r="I108" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J108" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="109" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A109" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B109" s="103" t="s">
+        <v>334</v>
+      </c>
+      <c r="C109" s="95" t="s">
+        <v>335</v>
+      </c>
+      <c r="D109" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E109" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F109" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G109" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H109" s="105"/>
+      <c r="I109" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J109" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="110" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A110" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B110" s="103" t="s">
+        <v>336</v>
+      </c>
+      <c r="C110" s="95" t="s">
+        <v>337</v>
+      </c>
+      <c r="D110" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E110" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F110" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G110" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H110" s="105"/>
+      <c r="I110" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J110" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="111" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A111" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B111" s="103" t="s">
+        <v>338</v>
+      </c>
+      <c r="C111" s="95" t="s">
+        <v>339</v>
+      </c>
+      <c r="D111" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E111" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F111" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G111" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H111" s="105"/>
+      <c r="I111" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J111" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="112" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A112" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B112" s="103" t="s">
+        <v>340</v>
+      </c>
+      <c r="C112" s="95" t="s">
+        <v>341</v>
+      </c>
+      <c r="D112" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E112" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F112" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G112" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H112" s="105"/>
+      <c r="I112" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J112" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="113" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A113" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B113" s="103" t="s">
+        <v>342</v>
+      </c>
+      <c r="C113" s="95" t="s">
+        <v>343</v>
+      </c>
+      <c r="D113" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E113" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F113" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G113" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H113" s="105"/>
+      <c r="I113" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J113" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="114" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A114" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B114" s="103" t="s">
+        <v>344</v>
+      </c>
+      <c r="C114" s="95" t="s">
+        <v>345</v>
+      </c>
+      <c r="D114" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E114" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F114" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G114" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H114" s="105"/>
+      <c r="I114" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J114" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="115" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A115" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B115" s="103" t="s">
+        <v>346</v>
+      </c>
+      <c r="C115" s="95" t="s">
+        <v>347</v>
+      </c>
+      <c r="D115" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E115" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F115" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G115" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H115" s="105"/>
+      <c r="I115" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J115" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="116" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A116" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B116" s="103" t="s">
+        <v>348</v>
+      </c>
+      <c r="C116" s="95" t="s">
+        <v>349</v>
+      </c>
+      <c r="D116" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E116" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F116" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G116" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H116" s="105"/>
+      <c r="I116" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J116" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="117" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A117" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B117" s="103" t="s">
+        <v>350</v>
+      </c>
+      <c r="C117" s="95" t="s">
+        <v>351</v>
+      </c>
+      <c r="D117" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E117" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F117" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G117" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H117" s="105"/>
+      <c r="I117" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J117" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="118" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A118" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B118" s="103" t="s">
+        <v>352</v>
+      </c>
+      <c r="C118" s="95" t="s">
+        <v>353</v>
+      </c>
+      <c r="D118" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E118" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F118" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G118" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H118" s="105"/>
+      <c r="I118" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J118" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="119" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A119" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B119" s="103" t="s">
+        <v>354</v>
+      </c>
+      <c r="C119" s="95" t="s">
+        <v>355</v>
+      </c>
+      <c r="D119" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E119" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F119" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G119" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H119" s="105"/>
+      <c r="I119" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J119" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="120" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A120" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B120" s="103" t="s">
+        <v>356</v>
+      </c>
+      <c r="C120" s="95" t="s">
+        <v>357</v>
+      </c>
+      <c r="D120" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E120" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F120" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G120" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H120" s="105"/>
+      <c r="I120" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J120" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="121" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A121" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B121" s="103" t="s">
+        <v>358</v>
+      </c>
+      <c r="C121" s="95" t="s">
+        <v>359</v>
+      </c>
+      <c r="D121" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E121" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F121" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G121" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H121" s="105"/>
+      <c r="I121" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J121" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A122" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B122" s="103" t="s">
+        <v>360</v>
+      </c>
+      <c r="C122" s="95" t="s">
+        <v>361</v>
+      </c>
+      <c r="D122" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E122" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F122" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G122" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H122" s="105"/>
+      <c r="I122" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J122" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A123" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B123" s="103" t="s">
+        <v>362</v>
+      </c>
+      <c r="C123" s="95" t="s">
+        <v>363</v>
+      </c>
+      <c r="D123" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E123" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F123" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G123" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H123" s="105"/>
+      <c r="I123" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J123" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A124" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B124" s="103" t="s">
+        <v>364</v>
+      </c>
+      <c r="C124" s="95" t="s">
+        <v>365</v>
+      </c>
+      <c r="D124" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E124" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F124" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G124" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H124" s="105"/>
+      <c r="I124" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J124" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A125" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B125" s="103" t="s">
+        <v>366</v>
+      </c>
+      <c r="C125" s="95" t="s">
+        <v>367</v>
+      </c>
+      <c r="D125" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E125" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F125" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G125" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H125" s="105"/>
+      <c r="I125" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J125" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A126" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B126" s="103" t="s">
+        <v>368</v>
+      </c>
+      <c r="C126" s="95" t="s">
+        <v>369</v>
+      </c>
+      <c r="D126" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E126" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F126" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G126" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H126" s="105"/>
+      <c r="I126" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J126" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A127" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B127" s="103" t="s">
+        <v>370</v>
+      </c>
+      <c r="C127" s="95" t="s">
+        <v>339</v>
+      </c>
+      <c r="D127" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E127" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F127" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G127" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H127" s="105"/>
+      <c r="I127" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J127" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="128" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A128" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B128" s="103" t="s">
+        <v>371</v>
+      </c>
+      <c r="C128" s="95" t="s">
+        <v>341</v>
+      </c>
+      <c r="D128" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E128" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F128" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G128" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H128" s="105"/>
+      <c r="I128" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J128" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="129" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A129" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B129" s="103" t="s">
+        <v>372</v>
+      </c>
+      <c r="C129" s="95" t="s">
+        <v>373</v>
+      </c>
+      <c r="D129" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E129" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F129" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G129" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H129" s="105"/>
+      <c r="I129" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J129" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="130" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A130" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B130" s="103" t="s">
+        <v>374</v>
+      </c>
+      <c r="C130" s="95" t="s">
+        <v>375</v>
+      </c>
+      <c r="D130" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E130" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F130" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G130" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H130" s="105"/>
+      <c r="I130" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J130" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="131" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A131" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B131" s="103" t="s">
+        <v>376</v>
+      </c>
+      <c r="C131" s="95" t="s">
+        <v>377</v>
+      </c>
+      <c r="D131" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E131" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F131" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G131" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H131" s="105"/>
+      <c r="I131" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J131" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="132" spans="1:10" s="55" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A132" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B132" s="107" t="s">
+        <v>378</v>
+      </c>
+      <c r="C132" s="98" t="s">
+        <v>379</v>
+      </c>
+      <c r="D132" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E132" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F132" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G132" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H132" s="109"/>
+      <c r="I132" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J132" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="133" spans="1:10" s="55" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A133" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B133" s="107" t="s">
+        <v>380</v>
+      </c>
+      <c r="C133" s="98" t="s">
+        <v>379</v>
+      </c>
+      <c r="D133" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E133" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F133" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G133" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H133" s="109"/>
+      <c r="I133" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J133" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="134" spans="1:10" s="55" customFormat="1" ht="30">
+      <c r="A134" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B134" s="107" t="s">
+        <v>381</v>
+      </c>
+      <c r="C134" s="98" t="s">
+        <v>382</v>
+      </c>
+      <c r="D134" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E134" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F134" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G134" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H134" s="109"/>
+      <c r="I134" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J134" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="135" spans="1:10" s="55" customFormat="1" ht="30">
+      <c r="A135" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B135" s="107" t="s">
+        <v>383</v>
+      </c>
+      <c r="C135" s="98" t="s">
+        <v>384</v>
+      </c>
+      <c r="D135" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E135" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F135" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G135" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H135" s="109"/>
+      <c r="I135" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J135" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="136" spans="1:10" s="55" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A136" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B136" s="107" t="s">
+        <v>385</v>
+      </c>
+      <c r="C136" s="98" t="s">
+        <v>379</v>
+      </c>
+      <c r="D136" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E136" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F136" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G136" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H136" s="109"/>
+      <c r="I136" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J136" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="137" spans="1:10" s="55" customFormat="1" ht="30">
+      <c r="A137" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B137" s="107" t="s">
+        <v>386</v>
+      </c>
+      <c r="C137" s="98" t="s">
+        <v>387</v>
+      </c>
+      <c r="D137" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E137" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F137" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G137" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H137" s="109"/>
+      <c r="I137" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J137" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="138" spans="1:10" s="55" customFormat="1" ht="30">
+      <c r="A138" s="107" t="s">
+        <v>35</v>
+      </c>
+      <c r="B138" s="107" t="s">
+        <v>388</v>
+      </c>
+      <c r="C138" s="98" t="s">
+        <v>389</v>
+      </c>
+      <c r="D138" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E138" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="F138" s="108" t="s">
+        <v>79</v>
+      </c>
+      <c r="G138" s="99" t="s">
+        <v>79</v>
+      </c>
+      <c r="H138" s="109"/>
+      <c r="I138" s="110" t="s">
+        <v>79</v>
+      </c>
+      <c r="J138" s="110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="139" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A139" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B139" s="103" t="s">
+        <v>390</v>
+      </c>
+      <c r="C139" s="95" t="s">
+        <v>391</v>
+      </c>
+      <c r="D139" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E139" s="104" t="s">
+        <v>392</v>
+      </c>
+      <c r="F139" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G139" s="96" t="s">
+        <v>394</v>
+      </c>
+      <c r="H139" s="105"/>
+      <c r="I139" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J139" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="140" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A140" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B140" s="103" t="s">
+        <v>395</v>
+      </c>
+      <c r="C140" s="95" t="s">
+        <v>396</v>
+      </c>
+      <c r="D140" s="104" t="s">
+        <v>105</v>
+      </c>
+      <c r="E140" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F140" s="104" t="s">
+        <v>397</v>
+      </c>
+      <c r="G140" s="96" t="s">
+        <v>398</v>
+      </c>
+      <c r="H140" s="105"/>
+      <c r="I140" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J140" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="141" spans="1:10" s="45" customFormat="1" ht="90">
+      <c r="A141" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B141" s="103" t="s">
+        <v>399</v>
+      </c>
+      <c r="C141" s="95" t="s">
+        <v>400</v>
+      </c>
+      <c r="D141" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E39" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D40" s="105" t="s">
+      <c r="E141" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F141" s="104" t="s">
+        <v>401</v>
+      </c>
+      <c r="G141" s="96" t="s">
+        <v>402</v>
+      </c>
+      <c r="H141" s="105"/>
+      <c r="I141" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J141" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="142" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A142" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B142" s="103" t="s">
+        <v>403</v>
+      </c>
+      <c r="C142" s="95" t="s">
+        <v>404</v>
+      </c>
+      <c r="D142" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E142" s="104" t="s">
+        <v>405</v>
+      </c>
+      <c r="F142" s="104" t="s">
+        <v>406</v>
+      </c>
+      <c r="G142" s="96" t="s">
+        <v>407</v>
+      </c>
+      <c r="H142" s="105"/>
+      <c r="I142" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J142" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="143" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A143" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B143" s="103" t="s">
+        <v>408</v>
+      </c>
+      <c r="C143" s="95" t="s">
+        <v>409</v>
+      </c>
+      <c r="D143" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E40" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D41" s="105" t="s">
+      <c r="E143" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F143" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G143" s="96" t="s">
+        <v>411</v>
+      </c>
+      <c r="H143" s="105"/>
+      <c r="I143" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J143" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="144" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A144" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B144" s="103" t="s">
+        <v>412</v>
+      </c>
+      <c r="C144" s="95" t="s">
+        <v>413</v>
+      </c>
+      <c r="D144" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E144" s="104" t="s">
+        <v>414</v>
+      </c>
+      <c r="F144" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G144" s="96" t="s">
+        <v>415</v>
+      </c>
+      <c r="H144" s="105"/>
+      <c r="I144" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J144" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="145" spans="1:10" s="45" customFormat="1" ht="90">
+      <c r="A145" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B145" s="103" t="s">
+        <v>416</v>
+      </c>
+      <c r="C145" s="95" t="s">
+        <v>417</v>
+      </c>
+      <c r="D145" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E145" s="104" t="s">
+        <v>418</v>
+      </c>
+      <c r="F145" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G145" s="96" t="s">
+        <v>419</v>
+      </c>
+      <c r="H145" s="105"/>
+      <c r="I145" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J145" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="146" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A146" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B146" s="103" t="s">
+        <v>420</v>
+      </c>
+      <c r="C146" s="95" t="s">
+        <v>421</v>
+      </c>
+      <c r="D146" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E146" s="104" t="s">
+        <v>405</v>
+      </c>
+      <c r="F146" s="104" t="s">
+        <v>406</v>
+      </c>
+      <c r="G146" s="96" t="s">
+        <v>422</v>
+      </c>
+      <c r="H146" s="105"/>
+      <c r="I146" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J146" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="147" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A147" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B147" s="103" t="s">
+        <v>423</v>
+      </c>
+      <c r="C147" s="95" t="s">
+        <v>424</v>
+      </c>
+      <c r="D147" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E147" s="104" t="s">
+        <v>405</v>
+      </c>
+      <c r="F147" s="104" t="s">
+        <v>406</v>
+      </c>
+      <c r="G147" s="96" t="s">
+        <v>422</v>
+      </c>
+      <c r="H147" s="105"/>
+      <c r="I147" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J147" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="148" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A148" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B148" s="103" t="s">
+        <v>425</v>
+      </c>
+      <c r="C148" s="95" t="s">
+        <v>426</v>
+      </c>
+      <c r="D148" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E148" s="104" t="s">
+        <v>405</v>
+      </c>
+      <c r="F148" s="104" t="s">
+        <v>406</v>
+      </c>
+      <c r="G148" s="96" t="s">
+        <v>422</v>
+      </c>
+      <c r="H148" s="105"/>
+      <c r="I148" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J148" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="149" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A149" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B149" s="103" t="s">
+        <v>427</v>
+      </c>
+      <c r="C149" s="97" t="s">
+        <v>428</v>
+      </c>
+      <c r="D149" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E149" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F149" s="104" t="s">
+        <v>430</v>
+      </c>
+      <c r="G149" s="96" t="s">
+        <v>431</v>
+      </c>
+      <c r="H149" s="105"/>
+      <c r="I149" s="106" t="s">
+        <v>432</v>
+      </c>
+      <c r="J149" s="94" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="150" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A150" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B150" s="103" t="s">
+        <v>433</v>
+      </c>
+      <c r="C150" s="95" t="s">
+        <v>434</v>
+      </c>
+      <c r="D150" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E150" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F150" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G150" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H150" s="105"/>
+      <c r="I150" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J150" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="151" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A151" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B151" s="103" t="s">
+        <v>437</v>
+      </c>
+      <c r="C151" s="95" t="s">
+        <v>438</v>
+      </c>
+      <c r="D151" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E151" s="104" t="s">
+        <v>439</v>
+      </c>
+      <c r="F151" s="104" t="s">
+        <v>440</v>
+      </c>
+      <c r="G151" s="96" t="s">
+        <v>441</v>
+      </c>
+      <c r="H151" s="105"/>
+      <c r="I151" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J151" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="152" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A152" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B152" s="103" t="s">
+        <v>442</v>
+      </c>
+      <c r="C152" s="95" t="s">
+        <v>443</v>
+      </c>
+      <c r="D152" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E152" s="104" t="s">
+        <v>444</v>
+      </c>
+      <c r="F152" s="104" t="s">
+        <v>440</v>
+      </c>
+      <c r="G152" s="96" t="s">
+        <v>445</v>
+      </c>
+      <c r="H152" s="105"/>
+      <c r="I152" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J152" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="153" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A153" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B153" s="103" t="s">
+        <v>446</v>
+      </c>
+      <c r="C153" s="95" t="s">
+        <v>447</v>
+      </c>
+      <c r="D153" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E153" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F153" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G153" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H153" s="105"/>
+      <c r="I153" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J153" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="154" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A154" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B154" s="103" t="s">
+        <v>448</v>
+      </c>
+      <c r="C154" s="95" t="s">
+        <v>449</v>
+      </c>
+      <c r="D154" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E41" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D42" s="105" t="s">
+      <c r="E154" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F154" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="G154" s="96" t="s">
+        <v>450</v>
+      </c>
+      <c r="H154" s="105"/>
+      <c r="I154" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J154" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="155" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A155" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B155" s="103" t="s">
+        <v>451</v>
+      </c>
+      <c r="C155" s="95" t="s">
+        <v>452</v>
+      </c>
+      <c r="D155" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E155" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F155" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G155" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H155" s="105"/>
+      <c r="I155" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J155" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="156" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A156" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B156" s="103" t="s">
+        <v>453</v>
+      </c>
+      <c r="C156" s="95" t="s">
+        <v>454</v>
+      </c>
+      <c r="D156" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E156" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F156" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G156" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H156" s="105"/>
+      <c r="I156" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J156" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="157" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A157" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B157" s="103" t="s">
+        <v>455</v>
+      </c>
+      <c r="C157" s="95" t="s">
+        <v>456</v>
+      </c>
+      <c r="D157" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E157" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F157" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G157" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H157" s="105"/>
+      <c r="I157" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J157" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="158" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A158" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B158" s="103" t="s">
+        <v>457</v>
+      </c>
+      <c r="C158" s="95" t="s">
+        <v>458</v>
+      </c>
+      <c r="D158" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E158" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="F158" s="104" t="s">
+        <v>459</v>
+      </c>
+      <c r="G158" s="96" t="s">
+        <v>436</v>
+      </c>
+      <c r="H158" s="105"/>
+      <c r="I158" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J158" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="159" spans="1:10" s="45" customFormat="1" ht="75">
+      <c r="A159" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B159" s="103" t="s">
+        <v>460</v>
+      </c>
+      <c r="C159" s="95" t="s">
+        <v>461</v>
+      </c>
+      <c r="D159" s="104" t="s">
+        <v>462</v>
+      </c>
+      <c r="E159" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F159" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="G159" s="96" t="s">
+        <v>450</v>
+      </c>
+      <c r="H159" s="105"/>
+      <c r="I159" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J159" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="160" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A160" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B160" s="103" t="s">
+        <v>463</v>
+      </c>
+      <c r="C160" s="95" t="s">
+        <v>464</v>
+      </c>
+      <c r="D160" s="104" t="s">
+        <v>462</v>
+      </c>
+      <c r="E160" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F160" s="104" t="s">
+        <v>435</v>
+      </c>
+      <c r="G160" s="96" t="s">
+        <v>450</v>
+      </c>
+      <c r="H160" s="105"/>
+      <c r="I160" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J160" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="161" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A161" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B161" s="103" t="s">
+        <v>465</v>
+      </c>
+      <c r="C161" s="97" t="s">
+        <v>466</v>
+      </c>
+      <c r="D161" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E161" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F161" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G161" s="96" t="s">
+        <v>468</v>
+      </c>
+      <c r="H161" s="105"/>
+      <c r="I161" s="94" t="s">
+        <v>469</v>
+      </c>
+      <c r="J161" s="94" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="162" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A162" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B162" s="103" t="s">
+        <v>471</v>
+      </c>
+      <c r="C162" s="97" t="s">
+        <v>472</v>
+      </c>
+      <c r="D162" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E162" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F162" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G162" s="96" t="s">
+        <v>473</v>
+      </c>
+      <c r="H162" s="105"/>
+      <c r="I162" s="106" t="s">
+        <v>474</v>
+      </c>
+      <c r="J162" s="106" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="163" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A163" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B163" s="103" t="s">
+        <v>476</v>
+      </c>
+      <c r="C163" s="97" t="s">
+        <v>477</v>
+      </c>
+      <c r="D163" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E163" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F163" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G163" s="96" t="s">
+        <v>468</v>
+      </c>
+      <c r="H163" s="105"/>
+      <c r="I163" s="106" t="s">
+        <v>478</v>
+      </c>
+      <c r="J163" s="106" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="164" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A164" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B164" s="103" t="s">
+        <v>480</v>
+      </c>
+      <c r="C164" s="97" t="s">
+        <v>481</v>
+      </c>
+      <c r="D164" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E164" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F164" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G164" s="96" t="s">
+        <v>473</v>
+      </c>
+      <c r="H164" s="105"/>
+      <c r="I164" s="106" t="s">
+        <v>482</v>
+      </c>
+      <c r="J164" s="106" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="165" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A165" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B165" s="103" t="s">
+        <v>484</v>
+      </c>
+      <c r="C165" s="97" t="s">
+        <v>485</v>
+      </c>
+      <c r="D165" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E165" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F165" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G165" s="96" t="s">
+        <v>486</v>
+      </c>
+      <c r="H165" s="105"/>
+      <c r="I165" s="106" t="s">
+        <v>487</v>
+      </c>
+      <c r="J165" s="106" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="166" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A166" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B166" s="103" t="s">
+        <v>489</v>
+      </c>
+      <c r="C166" s="95" t="s">
+        <v>490</v>
+      </c>
+      <c r="D166" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E42" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D43" s="105" t="s">
+      <c r="E166" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E43" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D44" s="105" t="s">
+      <c r="F166" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E44" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D45" s="105" t="s">
+      <c r="G166" s="96" t="s">
+        <v>84</v>
+      </c>
+      <c r="H166" s="105"/>
+      <c r="I166" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J166" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="167" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A167" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B167" s="103" t="s">
+        <v>491</v>
+      </c>
+      <c r="C167" s="95" t="s">
+        <v>492</v>
+      </c>
+      <c r="D167" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E167" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F167" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G167" s="96" t="s">
+        <v>493</v>
+      </c>
+      <c r="H167" s="105"/>
+      <c r="I167" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J167" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="168" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A168" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B168" s="103" t="s">
+        <v>494</v>
+      </c>
+      <c r="C168" s="95" t="s">
+        <v>495</v>
+      </c>
+      <c r="D168" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E168" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F168" s="104" t="s">
+        <v>496</v>
+      </c>
+      <c r="G168" s="96" t="s">
+        <v>493</v>
+      </c>
+      <c r="H168" s="105"/>
+      <c r="I168" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J168" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="169" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A169" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B169" s="103" t="s">
+        <v>497</v>
+      </c>
+      <c r="C169" s="95" t="s">
+        <v>498</v>
+      </c>
+      <c r="D169" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E169" s="104" t="s">
+        <v>414</v>
+      </c>
+      <c r="F169" s="104" t="s">
+        <v>499</v>
+      </c>
+      <c r="G169" s="96" t="s">
+        <v>500</v>
+      </c>
+      <c r="H169" s="105"/>
+      <c r="I169" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J169" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="170" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A170" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B170" s="103" t="s">
+        <v>501</v>
+      </c>
+      <c r="C170" s="95" t="s">
+        <v>502</v>
+      </c>
+      <c r="D170" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E170" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F170" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G170" s="96" t="s">
+        <v>503</v>
+      </c>
+      <c r="H170" s="105"/>
+      <c r="I170" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J170" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="171" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A171" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B171" s="103" t="s">
+        <v>504</v>
+      </c>
+      <c r="C171" s="95" t="s">
+        <v>505</v>
+      </c>
+      <c r="D171" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E171" s="104" t="s">
+        <v>506</v>
+      </c>
+      <c r="F171" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G171" s="96" t="s">
+        <v>507</v>
+      </c>
+      <c r="H171" s="105"/>
+      <c r="I171" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J171" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="172" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A172" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B172" s="103" t="s">
+        <v>508</v>
+      </c>
+      <c r="C172" s="95" t="s">
+        <v>509</v>
+      </c>
+      <c r="D172" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E172" s="104" t="s">
+        <v>510</v>
+      </c>
+      <c r="F172" s="104" t="s">
+        <v>511</v>
+      </c>
+      <c r="G172" s="96" t="s">
+        <v>507</v>
+      </c>
+      <c r="H172" s="105"/>
+      <c r="I172" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J172" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="173" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A173" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B173" s="103" t="s">
+        <v>512</v>
+      </c>
+      <c r="C173" s="97" t="s">
+        <v>513</v>
+      </c>
+      <c r="D173" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E173" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F173" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G173" s="96" t="s">
+        <v>514</v>
+      </c>
+      <c r="H173" s="105"/>
+      <c r="I173" s="106" t="s">
+        <v>515</v>
+      </c>
+      <c r="J173" s="106" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="174" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A174" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B174" s="103" t="s">
+        <v>517</v>
+      </c>
+      <c r="C174" s="97" t="s">
+        <v>518</v>
+      </c>
+      <c r="D174" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E174" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F174" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G174" s="96" t="s">
+        <v>514</v>
+      </c>
+      <c r="H174" s="105"/>
+      <c r="I174" s="106" t="s">
+        <v>519</v>
+      </c>
+      <c r="J174" s="106" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="175" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A175" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B175" s="103" t="s">
+        <v>521</v>
+      </c>
+      <c r="C175" s="97" t="s">
+        <v>522</v>
+      </c>
+      <c r="D175" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E175" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F175" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G175" s="96" t="s">
+        <v>514</v>
+      </c>
+      <c r="H175" s="105"/>
+      <c r="I175" s="106" t="s">
+        <v>523</v>
+      </c>
+      <c r="J175" s="106" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="176" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A176" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B176" s="103" t="s">
+        <v>525</v>
+      </c>
+      <c r="C176" s="97" t="s">
+        <v>526</v>
+      </c>
+      <c r="D176" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E176" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F176" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G176" s="96" t="s">
+        <v>514</v>
+      </c>
+      <c r="H176" s="105"/>
+      <c r="I176" s="106" t="s">
+        <v>527</v>
+      </c>
+      <c r="J176" s="106" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="177" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A177" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B177" s="103" t="s">
+        <v>529</v>
+      </c>
+      <c r="C177" s="97" t="s">
+        <v>530</v>
+      </c>
+      <c r="D177" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E177" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F177" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G177" s="96" t="s">
+        <v>531</v>
+      </c>
+      <c r="H177" s="105"/>
+      <c r="I177" s="106" t="s">
+        <v>532</v>
+      </c>
+      <c r="J177" s="106" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="178" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A178" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B178" s="103" t="s">
+        <v>534</v>
+      </c>
+      <c r="C178" s="97" t="s">
+        <v>535</v>
+      </c>
+      <c r="D178" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E178" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F178" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G178" s="96" t="s">
+        <v>531</v>
+      </c>
+      <c r="H178" s="105"/>
+      <c r="I178" s="106" t="s">
+        <v>536</v>
+      </c>
+      <c r="J178" s="106" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="179" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A179" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B179" s="103" t="s">
+        <v>538</v>
+      </c>
+      <c r="C179" s="97" t="s">
+        <v>539</v>
+      </c>
+      <c r="D179" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E179" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F179" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G179" s="96" t="s">
+        <v>531</v>
+      </c>
+      <c r="H179" s="105"/>
+      <c r="I179" s="106" t="s">
+        <v>540</v>
+      </c>
+      <c r="J179" s="106" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="180" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A180" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B180" s="103" t="s">
+        <v>542</v>
+      </c>
+      <c r="C180" s="97" t="s">
+        <v>543</v>
+      </c>
+      <c r="D180" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E180" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F180" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G180" s="96" t="s">
+        <v>531</v>
+      </c>
+      <c r="H180" s="105"/>
+      <c r="I180" s="106" t="s">
+        <v>544</v>
+      </c>
+      <c r="J180" s="106" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="181" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A181" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B181" s="103" t="s">
+        <v>546</v>
+      </c>
+      <c r="C181" s="95" t="s">
+        <v>547</v>
+      </c>
+      <c r="D181" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E181" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F181" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G181" s="96" t="s">
+        <v>548</v>
+      </c>
+      <c r="H181" s="105"/>
+      <c r="I181" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J181" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="182" spans="1:10" s="45" customFormat="1" ht="32.1" customHeight="1">
+      <c r="A182" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B182" s="103" t="s">
+        <v>549</v>
+      </c>
+      <c r="C182" s="95" t="s">
+        <v>550</v>
+      </c>
+      <c r="D182" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E182" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F182" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G182" s="96" t="s">
+        <v>548</v>
+      </c>
+      <c r="H182" s="105"/>
+      <c r="I182" s="106" t="s">
+        <v>551</v>
+      </c>
+      <c r="J182" s="106" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="183" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A183" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B183" s="103" t="s">
+        <v>553</v>
+      </c>
+      <c r="C183" s="95" t="s">
+        <v>554</v>
+      </c>
+      <c r="D183" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E183" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F183" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G183" s="96" t="s">
+        <v>548</v>
+      </c>
+      <c r="H183" s="105"/>
+      <c r="I183" s="106" t="s">
+        <v>555</v>
+      </c>
+      <c r="J183" s="106" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="184" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A184" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B184" s="103" t="s">
+        <v>557</v>
+      </c>
+      <c r="C184" s="97" t="s">
+        <v>558</v>
+      </c>
+      <c r="D184" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E184" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F184" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G184" s="96" t="s">
+        <v>559</v>
+      </c>
+      <c r="H184" s="105"/>
+      <c r="I184" s="106" t="s">
+        <v>560</v>
+      </c>
+      <c r="J184" s="106" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="185" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A185" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B185" s="103" t="s">
+        <v>562</v>
+      </c>
+      <c r="C185" s="97" t="s">
+        <v>563</v>
+      </c>
+      <c r="D185" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E185" s="104" t="s">
+        <v>429</v>
+      </c>
+      <c r="F185" s="104" t="s">
+        <v>393</v>
+      </c>
+      <c r="G185" s="96" t="s">
+        <v>559</v>
+      </c>
+      <c r="H185" s="105"/>
+      <c r="I185" s="106" t="s">
+        <v>564</v>
+      </c>
+      <c r="J185" s="106" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="186" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A186" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B186" s="103" t="s">
+        <v>566</v>
+      </c>
+      <c r="C186" s="97" t="s">
+        <v>567</v>
+      </c>
+      <c r="D186" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E186" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F186" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G186" s="96" t="s">
+        <v>568</v>
+      </c>
+      <c r="H186" s="105"/>
+      <c r="I186" s="106" t="s">
+        <v>569</v>
+      </c>
+      <c r="J186" s="94" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="187" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A187" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B187" s="103" t="s">
+        <v>570</v>
+      </c>
+      <c r="C187" s="97" t="s">
+        <v>571</v>
+      </c>
+      <c r="D187" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E187" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F187" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G187" s="96" t="s">
+        <v>568</v>
+      </c>
+      <c r="H187" s="105"/>
+      <c r="I187" s="106" t="s">
+        <v>572</v>
+      </c>
+      <c r="J187" s="94" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="188" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A188" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B188" s="103" t="s">
+        <v>573</v>
+      </c>
+      <c r="C188" s="97" t="s">
+        <v>574</v>
+      </c>
+      <c r="D188" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E188" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F188" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G188" s="96" t="s">
+        <v>575</v>
+      </c>
+      <c r="H188" s="105"/>
+      <c r="I188" s="106" t="s">
+        <v>576</v>
+      </c>
+      <c r="J188" s="106" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="189" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A189" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B189" s="103" t="s">
+        <v>578</v>
+      </c>
+      <c r="C189" s="97" t="s">
+        <v>579</v>
+      </c>
+      <c r="D189" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E189" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F189" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G189" s="96" t="s">
+        <v>575</v>
+      </c>
+      <c r="H189" s="105"/>
+      <c r="I189" s="106" t="s">
+        <v>580</v>
+      </c>
+      <c r="J189" s="106" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="190" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A190" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B190" s="103" t="s">
+        <v>582</v>
+      </c>
+      <c r="C190" s="97" t="s">
+        <v>583</v>
+      </c>
+      <c r="D190" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E190" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F190" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G190" s="96" t="s">
+        <v>575</v>
+      </c>
+      <c r="H190" s="105"/>
+      <c r="I190" s="106" t="s">
+        <v>584</v>
+      </c>
+      <c r="J190" s="106" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="191" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A191" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B191" s="103" t="s">
+        <v>586</v>
+      </c>
+      <c r="C191" s="97" t="s">
+        <v>587</v>
+      </c>
+      <c r="D191" s="104" t="s">
+        <v>78</v>
+      </c>
+      <c r="E191" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F191" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G191" s="96" t="s">
+        <v>575</v>
+      </c>
+      <c r="H191" s="105"/>
+      <c r="I191" s="106" t="s">
+        <v>588</v>
+      </c>
+      <c r="J191" s="106" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="192" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A192" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B192" s="103" t="s">
+        <v>590</v>
+      </c>
+      <c r="C192" s="97" t="s">
+        <v>591</v>
+      </c>
+      <c r="D192" s="104" t="s">
         <v>134</v>
       </c>
-      <c r="E45" s="105" t="s">
-[...26 lines deleted...]
-      <c r="D46" s="105" t="s">
+      <c r="E192" s="104" t="s">
+        <v>112</v>
+      </c>
+      <c r="F192" s="104"/>
+      <c r="G192" s="96" t="s">
+        <v>592</v>
+      </c>
+      <c r="H192" s="105"/>
+      <c r="I192" s="94" t="s">
+        <v>79</v>
+      </c>
+      <c r="J192" s="94" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="193" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A193" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B193" s="103" t="s">
+        <v>593</v>
+      </c>
+      <c r="C193" s="97" t="s">
+        <v>594</v>
+      </c>
+      <c r="D193" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E46" s="105" t="s">
-[...2786 lines deleted...]
-      <c r="D139" s="105" t="s">
+      <c r="E193" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F193" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G193" s="96" t="s">
+        <v>595</v>
+      </c>
+      <c r="H193" s="105"/>
+      <c r="I193" s="106"/>
+      <c r="J193" s="106"/>
+    </row>
+    <row r="194" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A194" s="103" t="s">
+        <v>32</v>
+      </c>
+      <c r="B194" s="103" t="s">
+        <v>596</v>
+      </c>
+      <c r="C194" s="97" t="s">
+        <v>597</v>
+      </c>
+      <c r="D194" s="104" t="s">
         <v>78</v>
       </c>
-      <c r="E139" s="105" t="s">
-[...17 lines deleted...]
-      <c r="A140" s="104" t="s">
+      <c r="E194" s="104" t="s">
+        <v>410</v>
+      </c>
+      <c r="F194" s="104" t="s">
+        <v>467</v>
+      </c>
+      <c r="G194" s="96"/>
+      <c r="H194" s="105"/>
+      <c r="I194" s="106" t="s">
+        <v>598</v>
+      </c>
+      <c r="J194" s="106" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="195" spans="1:10" s="45" customFormat="1" ht="60">
+      <c r="A195" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B140" s="104" t="s">
-[...242 lines deleted...]
-      <c r="C148" s="96" t="s">
+      <c r="B195" s="111" t="s">
+        <v>607</v>
+      </c>
+      <c r="C195" s="38" t="s">
         <v>428</v>
-      </c>
-[...1400 lines deleted...]
-        <v>430</v>
       </c>
       <c r="D195" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E195" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F195" s="71" t="s">
+        <v>608</v>
+      </c>
+      <c r="G195" s="72" t="s">
+        <v>609</v>
+      </c>
+      <c r="H195" s="105"/>
+      <c r="I195" s="112" t="s">
         <v>610</v>
       </c>
-      <c r="G195" s="72" t="s">
+      <c r="J195" s="73" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="196" spans="1:10" s="45" customFormat="1" ht="45">
+      <c r="A196" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B196" s="111" t="s">
         <v>611</v>
       </c>
-      <c r="H195" s="106"/>
-[...13 lines deleted...]
-      </c>
       <c r="C196" s="54" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D196" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E196" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F196" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G196" s="72" t="s">
+        <v>486</v>
+      </c>
+      <c r="H196" s="105"/>
+      <c r="I196" s="112" t="s">
+        <v>612</v>
+      </c>
+      <c r="J196" s="112" t="s">
         <v>488</v>
       </c>
-      <c r="H196" s="106"/>
-[...12 lines deleted...]
-        <v>615</v>
+    </row>
+    <row r="197" spans="1:10" s="45" customFormat="1" ht="30">
+      <c r="A197" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B197" s="111" t="s">
+        <v>613</v>
       </c>
       <c r="C197" s="54" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D197" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E197" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F197" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G197" s="69" t="s">
+        <v>548</v>
+      </c>
+      <c r="H197" s="105"/>
+      <c r="I197" s="112" t="s">
+        <v>614</v>
+      </c>
+      <c r="J197" s="112" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="198" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A198" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B198" s="111" t="s">
+        <v>616</v>
+      </c>
+      <c r="C198" s="54" t="s">
         <v>550</v>
-      </c>
-[...16 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D198" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E198" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F198" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G198" s="69" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-      <c r="I198" s="113" t="s">
+        <v>548</v>
+      </c>
+      <c r="H198" s="105"/>
+      <c r="I198" s="112" t="s">
+        <v>617</v>
+      </c>
+      <c r="J198" s="112" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="199" spans="1:10" ht="30">
+      <c r="A199" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B199" s="111" t="s">
         <v>619</v>
       </c>
-      <c r="J198" s="113" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C199" s="54" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D199" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E199" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F199" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G199" s="72" t="s">
+        <v>559</v>
+      </c>
+      <c r="H199" s="105"/>
+      <c r="I199" s="112" t="s">
+        <v>620</v>
+      </c>
+      <c r="J199" s="112" t="s">
         <v>561</v>
       </c>
-      <c r="H199" s="106"/>
-[...3 lines deleted...]
-      <c r="J199" s="113" t="s">
+    </row>
+    <row r="200" spans="1:10" ht="45">
+      <c r="A200" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B200" s="111" t="s">
+        <v>621</v>
+      </c>
+      <c r="C200" s="54" t="s">
         <v>563</v>
-      </c>
-[...9 lines deleted...]
-        <v>565</v>
       </c>
       <c r="D200" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E200" s="71" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F200" s="71" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G200" s="72" t="s">
-        <v>561</v>
-[...10 lines deleted...]
-      <c r="A201" s="112" t="s">
+        <v>559</v>
+      </c>
+      <c r="H200" s="105"/>
+      <c r="I200" s="112" t="s">
+        <v>622</v>
+      </c>
+      <c r="J200" s="112" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="201" spans="1:10" ht="30">
+      <c r="A201" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B201" s="112" t="s">
-        <v>625</v>
+      <c r="B201" s="111" t="s">
+        <v>623</v>
       </c>
       <c r="C201" s="54" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D201" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E201" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F201" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G201" s="72" t="s">
+        <v>514</v>
+      </c>
+      <c r="H201" s="105"/>
+      <c r="I201" s="112" t="s">
+        <v>624</v>
+      </c>
+      <c r="J201" s="112" t="s">
         <v>516</v>
       </c>
-      <c r="H201" s="106"/>
-[...3 lines deleted...]
-      <c r="J201" s="113" t="s">
+    </row>
+    <row r="202" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A202" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B202" s="111" t="s">
+        <v>625</v>
+      </c>
+      <c r="C202" s="54" t="s">
         <v>518</v>
-      </c>
-[...9 lines deleted...]
-        <v>520</v>
       </c>
       <c r="D202" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E202" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F202" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G202" s="72" t="s">
-        <v>516</v>
-[...5 lines deleted...]
-      <c r="J202" s="113" t="s">
+        <v>514</v>
+      </c>
+      <c r="H202" s="105"/>
+      <c r="I202" s="112" t="s">
+        <v>626</v>
+      </c>
+      <c r="J202" s="112" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="203" spans="1:10" ht="45">
+      <c r="A203" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B203" s="111" t="s">
+        <v>627</v>
+      </c>
+      <c r="C203" s="54" t="s">
         <v>522</v>
-      </c>
-[...9 lines deleted...]
-        <v>524</v>
       </c>
       <c r="D203" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E203" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F203" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G203" s="72" t="s">
-        <v>516</v>
-[...5 lines deleted...]
-      <c r="J203" s="113" t="s">
+        <v>514</v>
+      </c>
+      <c r="H203" s="105"/>
+      <c r="I203" s="112" t="s">
+        <v>628</v>
+      </c>
+      <c r="J203" s="112" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="204" spans="1:10" ht="45">
+      <c r="A204" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B204" s="111" t="s">
+        <v>629</v>
+      </c>
+      <c r="C204" s="54" t="s">
         <v>526</v>
-      </c>
-[...9 lines deleted...]
-        <v>528</v>
       </c>
       <c r="D204" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E204" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F204" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G204" s="72" t="s">
-        <v>516</v>
-[...5 lines deleted...]
-      <c r="J204" s="113" t="s">
+        <v>514</v>
+      </c>
+      <c r="H204" s="105"/>
+      <c r="I204" s="112" t="s">
+        <v>630</v>
+      </c>
+      <c r="J204" s="112" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="205" spans="1:10" ht="30">
+      <c r="A205" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B205" s="111" t="s">
+        <v>631</v>
+      </c>
+      <c r="C205" s="54" t="s">
         <v>530</v>
-      </c>
-[...9 lines deleted...]
-        <v>532</v>
       </c>
       <c r="D205" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E205" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F205" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G205" s="72" t="s">
+        <v>531</v>
+      </c>
+      <c r="H205" s="105"/>
+      <c r="I205" s="112" t="s">
+        <v>632</v>
+      </c>
+      <c r="J205" s="112" t="s">
         <v>533</v>
       </c>
-      <c r="H205" s="106"/>
-[...3 lines deleted...]
-      <c r="J205" s="113" t="s">
+    </row>
+    <row r="206" spans="1:10" ht="30">
+      <c r="A206" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B206" s="111" t="s">
+        <v>633</v>
+      </c>
+      <c r="C206" s="54" t="s">
         <v>535</v>
-      </c>
-[...9 lines deleted...]
-        <v>537</v>
       </c>
       <c r="D206" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E206" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F206" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G206" s="72" t="s">
-        <v>533</v>
-[...5 lines deleted...]
-      <c r="J206" s="113" t="s">
+        <v>531</v>
+      </c>
+      <c r="H206" s="105"/>
+      <c r="I206" s="112" t="s">
+        <v>634</v>
+      </c>
+      <c r="J206" s="112" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="207" spans="1:10" ht="45">
+      <c r="A207" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B207" s="111" t="s">
+        <v>635</v>
+      </c>
+      <c r="C207" s="54" t="s">
         <v>539</v>
-      </c>
-[...9 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D207" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E207" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F207" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G207" s="72" t="s">
-        <v>533</v>
-[...5 lines deleted...]
-      <c r="J207" s="113" t="s">
+        <v>531</v>
+      </c>
+      <c r="H207" s="105"/>
+      <c r="I207" s="112" t="s">
+        <v>636</v>
+      </c>
+      <c r="J207" s="112" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="208" spans="1:10" ht="45">
+      <c r="A208" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B208" s="111" t="s">
+        <v>637</v>
+      </c>
+      <c r="C208" s="54" t="s">
         <v>543</v>
-      </c>
-[...9 lines deleted...]
-        <v>545</v>
       </c>
       <c r="D208" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E208" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F208" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G208" s="72" t="s">
-        <v>533</v>
-[...10 lines deleted...]
-      <c r="A209" s="112" t="s">
+        <v>531</v>
+      </c>
+      <c r="H208" s="105"/>
+      <c r="I208" s="112" t="s">
+        <v>638</v>
+      </c>
+      <c r="J208" s="112" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="209" spans="1:10" ht="45">
+      <c r="A209" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B209" s="112" t="s">
-        <v>641</v>
+      <c r="B209" s="111" t="s">
+        <v>639</v>
       </c>
       <c r="C209" s="54" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D209" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E209" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F209" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G209" s="72" t="s">
+        <v>575</v>
+      </c>
+      <c r="H209" s="105"/>
+      <c r="I209" s="112" t="s">
+        <v>640</v>
+      </c>
+      <c r="J209" s="112" t="s">
         <v>577</v>
       </c>
-      <c r="H209" s="106"/>
-[...3 lines deleted...]
-      <c r="J209" s="113" t="s">
+    </row>
+    <row r="210" spans="1:10" ht="45">
+      <c r="A210" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B210" s="111" t="s">
+        <v>641</v>
+      </c>
+      <c r="C210" s="54" t="s">
         <v>579</v>
-      </c>
-[...9 lines deleted...]
-        <v>581</v>
       </c>
       <c r="D210" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E210" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F210" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G210" s="72" t="s">
-        <v>577</v>
-[...5 lines deleted...]
-      <c r="J210" s="113" t="s">
+        <v>575</v>
+      </c>
+      <c r="H210" s="105"/>
+      <c r="I210" s="112" t="s">
+        <v>642</v>
+      </c>
+      <c r="J210" s="112" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="211" spans="1:10" ht="45">
+      <c r="A211" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B211" s="111" t="s">
+        <v>643</v>
+      </c>
+      <c r="C211" s="54" t="s">
         <v>583</v>
-      </c>
-[...9 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D211" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E211" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F211" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G211" s="72" t="s">
-        <v>577</v>
-[...5 lines deleted...]
-      <c r="J211" s="113" t="s">
+        <v>575</v>
+      </c>
+      <c r="H211" s="105"/>
+      <c r="I211" s="112" t="s">
+        <v>644</v>
+      </c>
+      <c r="J211" s="112" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="212" spans="1:10" ht="45">
+      <c r="A212" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B212" s="111" t="s">
+        <v>645</v>
+      </c>
+      <c r="C212" s="54" t="s">
         <v>587</v>
-      </c>
-[...9 lines deleted...]
-        <v>589</v>
       </c>
       <c r="D212" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E212" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F212" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G212" s="72" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-      <c r="A213" s="112" t="s">
+        <v>575</v>
+      </c>
+      <c r="H212" s="105"/>
+      <c r="I212" s="112" t="s">
+        <v>646</v>
+      </c>
+      <c r="J212" s="112" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="213" spans="1:10" ht="45">
+      <c r="A213" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B213" s="112" t="s">
-        <v>649</v>
+      <c r="B213" s="111" t="s">
+        <v>647</v>
       </c>
       <c r="C213" s="54" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D213" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E213" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F213" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G213" s="72" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-      <c r="I213" s="113" t="s">
+        <v>468</v>
+      </c>
+      <c r="H213" s="105"/>
+      <c r="I213" s="112" t="s">
+        <v>648</v>
+      </c>
+      <c r="J213" s="112" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="214" spans="1:10" ht="60">
+      <c r="A214" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B214" s="111" t="s">
         <v>650</v>
       </c>
-      <c r="J213" s="113" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C214" s="54" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D214" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E214" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F214" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G214" s="72" t="s">
+        <v>473</v>
+      </c>
+      <c r="H214" s="105"/>
+      <c r="I214" s="112" t="s">
+        <v>651</v>
+      </c>
+      <c r="J214" s="112" t="s">
         <v>475</v>
       </c>
-      <c r="H214" s="106"/>
-[...8 lines deleted...]
-      <c r="A215" s="112" t="s">
+    </row>
+    <row r="215" spans="1:10" ht="60">
+      <c r="A215" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B215" s="112" t="s">
-        <v>654</v>
+      <c r="B215" s="111" t="s">
+        <v>652</v>
       </c>
       <c r="C215" s="54" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="D215" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E215" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F215" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G215" s="72" t="s">
-        <v>570</v>
-[...3 lines deleted...]
-        <v>655</v>
+        <v>568</v>
+      </c>
+      <c r="H215" s="105"/>
+      <c r="I215" s="112" t="s">
+        <v>653</v>
       </c>
       <c r="J215" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="216" spans="1:10" ht="32" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A216" s="112" t="s">
+    <row r="216" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A216" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="B216" s="112" t="s">
-        <v>656</v>
+      <c r="B216" s="111" t="s">
+        <v>654</v>
       </c>
       <c r="C216" s="54" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D216" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E216" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F216" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G216" s="72" t="s">
-        <v>470</v>
-[...5 lines deleted...]
-      <c r="J216" s="113" t="s">
+        <v>468</v>
+      </c>
+      <c r="H216" s="105"/>
+      <c r="I216" s="112" t="s">
+        <v>655</v>
+      </c>
+      <c r="J216" s="112" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="217" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A217" s="111" t="s">
+        <v>28</v>
+      </c>
+      <c r="B217" s="111" t="s">
+        <v>656</v>
+      </c>
+      <c r="C217" s="54" t="s">
         <v>481</v>
-      </c>
-[...9 lines deleted...]
-        <v>483</v>
       </c>
       <c r="D217" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E217" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F217" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G217" s="72" t="s">
-        <v>475</v>
-[...10 lines deleted...]
-      <c r="A218" s="112" t="s">
+        <v>473</v>
+      </c>
+      <c r="H217" s="105"/>
+      <c r="I217" s="112" t="s">
+        <v>657</v>
+      </c>
+      <c r="J217" s="112" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="218" spans="1:10" ht="30">
+      <c r="A218" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="B218" s="112" t="s">
-        <v>660</v>
+      <c r="B218" s="111" t="s">
+        <v>658</v>
       </c>
       <c r="C218" s="54" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D218" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E218" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F218" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G218" s="72" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-      <c r="I218" s="113" t="s">
+        <v>568</v>
+      </c>
+      <c r="H218" s="105"/>
+      <c r="I218" s="112" t="s">
+        <v>659</v>
+      </c>
+      <c r="J218" s="73" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="219" spans="1:10" ht="30">
+      <c r="A219" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B219" s="111" t="s">
+        <v>660</v>
+      </c>
+      <c r="C219" s="54" t="s">
         <v>661</v>
-      </c>
-[...12 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D219" s="71" t="s">
         <v>84</v>
       </c>
       <c r="E219" s="71" t="s">
+        <v>662</v>
+      </c>
+      <c r="F219" s="71" t="s">
+        <v>393</v>
+      </c>
+      <c r="G219" s="72" t="s">
+        <v>663</v>
+      </c>
+      <c r="H219" s="105"/>
+      <c r="I219" s="73" t="s">
+        <v>79</v>
+      </c>
+      <c r="J219" s="73" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="220" spans="1:10" ht="30">
+      <c r="A220" s="111" t="s">
+        <v>32</v>
+      </c>
+      <c r="B220" s="111" t="s">
         <v>664</v>
       </c>
-      <c r="F219" s="71" t="s">
-[...2 lines deleted...]
-      <c r="G219" s="72" t="s">
+      <c r="C220" s="54" t="s">
         <v>665</v>
-      </c>
-[...16 lines deleted...]
-        <v>667</v>
       </c>
       <c r="D220" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E220" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F220" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G220" s="72" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="H220" s="106"/>
+        <v>493</v>
+      </c>
+      <c r="H220" s="105"/>
       <c r="I220" s="73" t="s">
         <v>79</v>
       </c>
       <c r="J220" s="73" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="221" spans="1:10" ht="32" x14ac:dyDescent="0.2">
-      <c r="A221" s="112" t="s">
+    <row r="221" spans="1:10" ht="30">
+      <c r="A221" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B221" s="112" t="s">
-        <v>668</v>
+      <c r="B221" s="111" t="s">
+        <v>666</v>
       </c>
       <c r="C221" s="54" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D221" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E221" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F221" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G221" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="H221" s="106"/>
-      <c r="I221" s="113" t="s">
+      <c r="H221" s="105"/>
+      <c r="I221" s="112" t="s">
+        <v>667</v>
+      </c>
+      <c r="J221" s="112" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="222" spans="1:10" ht="30">
+      <c r="A222" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B222" s="111" t="s">
         <v>669</v>
       </c>
-      <c r="J221" s="113" t="s">
+      <c r="C222" s="54" t="s">
         <v>670</v>
-      </c>
-[...9 lines deleted...]
-        <v>672</v>
       </c>
       <c r="D222" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E222" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F222" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G222" s="69" t="s">
-        <v>495</v>
-[...10 lines deleted...]
-      <c r="A223" s="112" t="s">
+        <v>493</v>
+      </c>
+      <c r="H222" s="105"/>
+      <c r="I222" s="112" t="s">
+        <v>79</v>
+      </c>
+      <c r="J222" s="112" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="223" spans="1:10" ht="45">
+      <c r="A223" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B223" s="112" t="s">
-        <v>673</v>
+      <c r="B223" s="111" t="s">
+        <v>671</v>
       </c>
       <c r="C223" s="54" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="D223" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E223" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F223" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G223" s="69" t="s">
-        <v>488</v>
-[...14 lines deleted...]
-        <v>674</v>
+        <v>486</v>
+      </c>
+      <c r="H223" s="105"/>
+      <c r="I223" s="112" t="s">
+        <v>612</v>
+      </c>
+      <c r="J223" s="112" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="224" spans="1:10" ht="30">
+      <c r="A224" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B224" s="111" t="s">
+        <v>672</v>
       </c>
       <c r="C224" s="54" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D224" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E224" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F224" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G224" s="69" t="s">
+        <v>548</v>
+      </c>
+      <c r="H224" s="105"/>
+      <c r="I224" s="112" t="s">
+        <v>614</v>
+      </c>
+      <c r="J224" s="112" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="225" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A225" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B225" s="111" t="s">
+        <v>673</v>
+      </c>
+      <c r="C225" s="54" t="s">
         <v>550</v>
-      </c>
-[...16 lines deleted...]
-        <v>552</v>
       </c>
       <c r="D225" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E225" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F225" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G225" s="69" t="s">
-        <v>550</v>
-[...14 lines deleted...]
-        <v>676</v>
+        <v>548</v>
+      </c>
+      <c r="H225" s="105"/>
+      <c r="I225" s="112" t="s">
+        <v>617</v>
+      </c>
+      <c r="J225" s="112" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="226" spans="1:10" ht="30">
+      <c r="A226" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B226" s="111" t="s">
+        <v>674</v>
       </c>
       <c r="C226" s="54" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D226" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E226" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F226" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G226" s="69" t="s">
-        <v>561</v>
-[...14 lines deleted...]
-        <v>677</v>
+        <v>559</v>
+      </c>
+      <c r="H226" s="105"/>
+      <c r="I226" s="112" t="s">
+        <v>620</v>
+      </c>
+      <c r="J226" s="112" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="227" spans="1:10" ht="45">
+      <c r="A227" s="111" t="s">
+        <v>35</v>
+      </c>
+      <c r="B227" s="111" t="s">
+        <v>675</v>
       </c>
       <c r="C227" s="54" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="D227" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E227" s="68" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
       <c r="F227" s="68" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="G227" s="69" t="s">
-        <v>561</v>
-[...10 lines deleted...]
-      <c r="A228" s="112" t="s">
+        <v>559</v>
+      </c>
+      <c r="H227" s="105"/>
+      <c r="I227" s="112" t="s">
+        <v>622</v>
+      </c>
+      <c r="J227" s="112" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="228" spans="1:10" ht="30">
+      <c r="A228" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B228" s="112" t="s">
-        <v>678</v>
+      <c r="B228" s="111" t="s">
+        <v>676</v>
       </c>
       <c r="C228" s="54" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="D228" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E228" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F228" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G228" s="69" t="s">
-        <v>516</v>
-[...10 lines deleted...]
-      <c r="A229" s="112" t="s">
+        <v>514</v>
+      </c>
+      <c r="H228" s="105"/>
+      <c r="I228" s="112" t="s">
+        <v>624</v>
+      </c>
+      <c r="J228" s="112" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="229" spans="1:10" ht="32.1" customHeight="1">
+      <c r="A229" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B229" s="112" t="s">
-        <v>679</v>
+      <c r="B229" s="111" t="s">
+        <v>677</v>
       </c>
       <c r="C229" s="54" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D229" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E229" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F229" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G229" s="69" t="s">
-        <v>516</v>
-[...10 lines deleted...]
-      <c r="A230" s="112" t="s">
+        <v>514</v>
+      </c>
+      <c r="H229" s="105"/>
+      <c r="I229" s="112" t="s">
+        <v>626</v>
+      </c>
+      <c r="J229" s="112" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="230" spans="1:10" ht="45">
+      <c r="A230" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B230" s="112" t="s">
-        <v>680</v>
+      <c r="B230" s="111" t="s">
+        <v>678</v>
       </c>
       <c r="C230" s="54" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D230" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E230" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F230" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G230" s="69" t="s">
-        <v>516</v>
-[...10 lines deleted...]
-      <c r="A231" s="112" t="s">
+        <v>514</v>
+      </c>
+      <c r="H230" s="105"/>
+      <c r="I230" s="112" t="s">
+        <v>628</v>
+      </c>
+      <c r="J230" s="112" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="231" spans="1:10" ht="45">
+      <c r="A231" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B231" s="112" t="s">
-        <v>681</v>
+      <c r="B231" s="111" t="s">
+        <v>679</v>
       </c>
       <c r="C231" s="54" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D231" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E231" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F231" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G231" s="69" t="s">
-        <v>516</v>
-[...10 lines deleted...]
-      <c r="A232" s="112" t="s">
+        <v>514</v>
+      </c>
+      <c r="H231" s="105"/>
+      <c r="I231" s="112" t="s">
+        <v>630</v>
+      </c>
+      <c r="J231" s="112" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="232" spans="1:10" ht="30">
+      <c r="A232" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B232" s="112" t="s">
-        <v>682</v>
+      <c r="B232" s="111" t="s">
+        <v>680</v>
       </c>
       <c r="C232" s="54" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D232" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E232" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F232" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G232" s="69" t="s">
-        <v>533</v>
-[...10 lines deleted...]
-      <c r="A233" s="112" t="s">
+        <v>531</v>
+      </c>
+      <c r="H232" s="105"/>
+      <c r="I232" s="112" t="s">
+        <v>632</v>
+      </c>
+      <c r="J232" s="112" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="233" spans="1:10" ht="30">
+      <c r="A233" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B233" s="112" t="s">
-        <v>683</v>
+      <c r="B233" s="111" t="s">
+        <v>681</v>
       </c>
       <c r="C233" s="54" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D233" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E233" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F233" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G233" s="69" t="s">
-        <v>533</v>
-[...10 lines deleted...]
-      <c r="A234" s="112" t="s">
+        <v>531</v>
+      </c>
+      <c r="H233" s="105"/>
+      <c r="I233" s="112" t="s">
+        <v>634</v>
+      </c>
+      <c r="J233" s="112" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="234" spans="1:10" ht="45">
+      <c r="A234" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B234" s="112" t="s">
-        <v>684</v>
+      <c r="B234" s="111" t="s">
+        <v>682</v>
       </c>
       <c r="C234" s="54" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="D234" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E234" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F234" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G234" s="69" t="s">
-        <v>533</v>
-[...10 lines deleted...]
-      <c r="A235" s="112" t="s">
+        <v>531</v>
+      </c>
+      <c r="H234" s="105"/>
+      <c r="I234" s="112" t="s">
+        <v>636</v>
+      </c>
+      <c r="J234" s="112" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="235" spans="1:10" ht="45">
+      <c r="A235" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B235" s="112" t="s">
-        <v>685</v>
+      <c r="B235" s="111" t="s">
+        <v>683</v>
       </c>
       <c r="C235" s="54" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="D235" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E235" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F235" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G235" s="69" t="s">
-        <v>533</v>
-[...10 lines deleted...]
-      <c r="A236" s="112" t="s">
+        <v>531</v>
+      </c>
+      <c r="H235" s="105"/>
+      <c r="I235" s="112" t="s">
+        <v>638</v>
+      </c>
+      <c r="J235" s="112" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="236" spans="1:10" ht="45">
+      <c r="A236" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B236" s="112" t="s">
-        <v>686</v>
+      <c r="B236" s="111" t="s">
+        <v>684</v>
       </c>
       <c r="C236" s="54" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="D236" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E236" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F236" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G236" s="69" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-      <c r="A237" s="112" t="s">
+        <v>575</v>
+      </c>
+      <c r="H236" s="105"/>
+      <c r="I236" s="112" t="s">
+        <v>640</v>
+      </c>
+      <c r="J236" s="112" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="237" spans="1:10" ht="45">
+      <c r="A237" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B237" s="112" t="s">
-        <v>687</v>
+      <c r="B237" s="111" t="s">
+        <v>685</v>
       </c>
       <c r="C237" s="54" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D237" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E237" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F237" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G237" s="69" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-      <c r="A238" s="112" t="s">
+        <v>575</v>
+      </c>
+      <c r="H237" s="105"/>
+      <c r="I237" s="112" t="s">
+        <v>642</v>
+      </c>
+      <c r="J237" s="112" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="238" spans="1:10" ht="45">
+      <c r="A238" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B238" s="112" t="s">
-        <v>688</v>
+      <c r="B238" s="111" t="s">
+        <v>686</v>
       </c>
       <c r="C238" s="54" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D238" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E238" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F238" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G238" s="69" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-      <c r="A239" s="112" t="s">
+        <v>575</v>
+      </c>
+      <c r="H238" s="105"/>
+      <c r="I238" s="112" t="s">
+        <v>644</v>
+      </c>
+      <c r="J238" s="112" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="239" spans="1:10" ht="45">
+      <c r="A239" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B239" s="112" t="s">
-        <v>689</v>
+      <c r="B239" s="111" t="s">
+        <v>687</v>
       </c>
       <c r="C239" s="54" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D239" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E239" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F239" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G239" s="69" t="s">
-        <v>577</v>
-[...10 lines deleted...]
-      <c r="A240" s="112" t="s">
+        <v>575</v>
+      </c>
+      <c r="H239" s="105"/>
+      <c r="I239" s="112" t="s">
+        <v>646</v>
+      </c>
+      <c r="J239" s="112" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="240" spans="1:10" ht="45">
+      <c r="A240" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B240" s="112" t="s">
-        <v>690</v>
+      <c r="B240" s="111" t="s">
+        <v>688</v>
       </c>
       <c r="C240" s="54" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="D240" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E240" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F240" s="68" t="s">
+        <v>467</v>
+      </c>
+      <c r="G240" s="69" t="s">
+        <v>468</v>
+      </c>
+      <c r="H240" s="105"/>
+      <c r="I240" s="112" t="s">
+        <v>648</v>
+      </c>
+      <c r="J240" s="112" t="s">
         <v>469</v>
       </c>
-      <c r="G240" s="69" t="s">
-[...11 lines deleted...]
-      <c r="A241" s="112" t="s">
+    </row>
+    <row r="241" spans="1:10" ht="60">
+      <c r="A241" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B241" s="112" t="s">
-        <v>691</v>
+      <c r="B241" s="111" t="s">
+        <v>689</v>
       </c>
       <c r="C241" s="54" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="D241" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E241" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F241" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G241" s="69" t="s">
-        <v>475</v>
-[...10 lines deleted...]
-      <c r="A242" s="112" t="s">
+        <v>473</v>
+      </c>
+      <c r="H241" s="105"/>
+      <c r="I241" s="112" t="s">
+        <v>651</v>
+      </c>
+      <c r="J241" s="112" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="242" spans="1:10" ht="48" customHeight="1">
+      <c r="A242" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="B242" s="112" t="s">
-        <v>692</v>
+      <c r="B242" s="111" t="s">
+        <v>690</v>
       </c>
       <c r="C242" s="54" t="s">
-        <v>479</v>
+        <v>477</v>
       </c>
       <c r="D242" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E242" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F242" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G242" s="69" t="s">
-        <v>470</v>
-[...10 lines deleted...]
-      <c r="A243" s="112" t="s">
+        <v>468</v>
+      </c>
+      <c r="H242" s="105"/>
+      <c r="I242" s="112" t="s">
+        <v>655</v>
+      </c>
+      <c r="J242" s="112" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="243" spans="1:10" ht="30">
+      <c r="A243" s="111" t="s">
         <v>28</v>
       </c>
-      <c r="B243" s="112" t="s">
-        <v>693</v>
+      <c r="B243" s="111" t="s">
+        <v>691</v>
       </c>
       <c r="C243" s="54" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="D243" s="68" t="s">
         <v>78</v>
       </c>
       <c r="E243" s="68" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F243" s="68" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G243" s="69" t="s">
-        <v>475</v>
-[...10 lines deleted...]
-      <c r="A244" s="112" t="s">
+        <v>473</v>
+      </c>
+      <c r="H243" s="105"/>
+      <c r="I243" s="112" t="s">
+        <v>657</v>
+      </c>
+      <c r="J243" s="112" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="244" spans="1:10" ht="30">
+      <c r="A244" s="111" t="s">
         <v>32</v>
       </c>
-      <c r="B244" s="112" t="s">
-        <v>694</v>
+      <c r="B244" s="111" t="s">
+        <v>692</v>
       </c>
       <c r="C244" s="54" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="D244" s="71" t="s">
         <v>78</v>
       </c>
       <c r="E244" s="71" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="F244" s="71" t="s">
-        <v>469</v>
+        <v>467</v>
       </c>
       <c r="G244" s="72" t="s">
         <v>79</v>
       </c>
-      <c r="H244" s="106"/>
-[...3 lines deleted...]
-      <c r="J244" s="113" t="s">
+      <c r="H244" s="105"/>
+      <c r="I244" s="112" t="s">
+        <v>667</v>
+      </c>
+      <c r="J244" s="112" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="245" spans="1:10" ht="48" customHeight="1">
+      <c r="A245" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B245" s="103" t="s">
+        <v>713</v>
+      </c>
+      <c r="C245" s="97" t="s">
+        <v>714</v>
+      </c>
+      <c r="D245" s="104" t="s">
+        <v>715</v>
+      </c>
+      <c r="E245" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F245" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G245" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H245" s="105"/>
+      <c r="I245" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J245" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="246" spans="1:10" ht="48" customHeight="1">
+      <c r="A246" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B246" s="103" t="s">
+        <v>716</v>
+      </c>
+      <c r="C246" s="97" t="s">
+        <v>718</v>
+      </c>
+      <c r="D246" s="104" t="s">
+        <v>715</v>
+      </c>
+      <c r="E246" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F246" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G246" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H246" s="105"/>
+      <c r="I246" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J246" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="247" spans="1:10" ht="48" customHeight="1">
+      <c r="A247" s="103" t="s">
+        <v>28</v>
+      </c>
+      <c r="B247" s="103" t="s">
+        <v>717</v>
+      </c>
+      <c r="C247" s="97" t="s">
+        <v>714</v>
+      </c>
+      <c r="D247" s="104" t="s">
+        <v>715</v>
+      </c>
+      <c r="E247" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F247" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G247" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H247" s="105"/>
+      <c r="I247" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J247" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="248" spans="1:10" ht="90">
+      <c r="A248" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B248" s="103" t="s">
         <v>600</v>
       </c>
-    </row>
-[...94 lines deleted...]
-      <c r="B248" s="104" t="s">
+      <c r="C248" s="95" t="s">
+        <v>601</v>
+      </c>
+      <c r="D248" s="104" t="s">
+        <v>84</v>
+      </c>
+      <c r="E248" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F248" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G248" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H248" s="105"/>
+      <c r="I248" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J248" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="249" spans="1:10" ht="60">
+      <c r="A249" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B249" s="103" t="s">
         <v>602</v>
       </c>
-      <c r="C248" s="96" t="s">
+      <c r="C249" s="95" t="s">
         <v>603</v>
       </c>
-      <c r="D248" s="105" t="s">
+      <c r="D249" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E248" s="105" t="s">
-[...20 lines deleted...]
-      <c r="B249" s="104" t="s">
+      <c r="E249" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F249" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G249" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H249" s="105"/>
+      <c r="I249" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J249" s="106" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="250" spans="1:10" ht="75">
+      <c r="A250" s="103" t="s">
+        <v>35</v>
+      </c>
+      <c r="B250" s="103" t="s">
         <v>604</v>
       </c>
-      <c r="C249" s="96" t="s">
+      <c r="C250" s="95" t="s">
         <v>605</v>
       </c>
-      <c r="D249" s="105" t="s">
+      <c r="D250" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E249" s="105" t="s">
-[...42 lines deleted...]
-      <c r="J250" s="107" t="s">
+      <c r="E250" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="F250" s="104" t="s">
+        <v>79</v>
+      </c>
+      <c r="G250" s="96" t="s">
+        <v>79</v>
+      </c>
+      <c r="H250" s="105"/>
+      <c r="I250" s="106" t="s">
+        <v>79</v>
+      </c>
+      <c r="J250" s="106" t="s">
         <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:J250" xr:uid="{4266E0E7-9477-5343-94BE-DDB2F99F2B65}"/>
   <mergeCells count="1">
     <mergeCell ref="I1:J2"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.2" right="0.2" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="46" orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;"Aptos Narrow,Regular"&amp;K000000Fannie Mae Proprietary Findings for the URAR</oddHeader>
     <oddFooter>&amp;L&amp;"Aptos Narrow,Regular"&amp;K000000
 &amp;1#&amp;"Calibri,Regular"&amp;10 Fannie Mae Confidential&amp;C&amp;"System Font,Regular"&amp;10&amp;K000000&amp;P of &amp;N&amp;R&amp;"Aptos Narrow,Regular"&amp;K000000&amp;D</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="20" baseType="lpstr">
       <vt:lpstr>Front Cover - 1</vt:lpstr>
       <vt:lpstr>Revision History - 2</vt:lpstr>
       <vt:lpstr>Tab Description - 3</vt:lpstr>
       <vt:lpstr>&gt;&gt;</vt:lpstr>
       <vt:lpstr>Severity Definitions</vt:lpstr>