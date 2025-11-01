--- v0 (2025-10-06)
+++ v1 (2025-11-01)
@@ -1,76 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\e3ukqa\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma.sharepoint.com/sites/ShareEquityProgramCertificationTool/Shared Documents/General/Certified Lists/Fanniemae.com Archive/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F92B9868-C199-4B37-8935-1EDFAA8AD956}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="11" documentId="13_ncr:1_{E8E7E292-9D00-4791-A6F7-AB9B7FE1818C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00127FB9-403B-42E1-BAF1-8A7074F92787}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-108" windowWidth="30936" windowHeight="16776" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="READ FIRST Instructions for Use" sheetId="1" r:id="rId1"/>
     <sheet name="Shared Eq - Model Forms" sheetId="2" r:id="rId2"/>
     <sheet name="Shared Eq - Other Forms" sheetId="3" r:id="rId3"/>
   </sheets>
-  <calcPr calcId="0"/>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Shared Eq - Model Forms'!$A$3:$M$124</definedName>
+  </definedNames>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1422" uniqueCount="573">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1732" uniqueCount="594">
   <si>
     <t>Description: This file contains the Certified Shared Equity Program List (“CSEP List”) of shared equity programs that have certified to Fannie Mae that their programs meet Duty to Serve shared equity program requirements and/or specific Selling Guide shared equity requirements as of the most recent date indicated. </t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>In addition to the activities described below, lenders may use the CSEP List to identify shared equity programs for outreach related to loan origination.  This list must not be used for any other purposes.</t>
   </si>
   <si>
     <t>The CSEP List also identifies any applicable model form referenced in the Selling Guide (see “Shared Eq - Model Forms” tab) used by those shared equity programs that have adopted one of the “Model Forms”, linked below for reference: </t>
   </si>
   <si>
     <t>·       2011 CLT Network Model Ground Lease; </t>
   </si>
   <si>
     <t>·       Institute for Community Economics (ICE) Model Ground Lease; and </t>
   </si>
   <si>
     <t>·       2021 Model Declaration of Affordability Covenants with Refinance and Resale Restriction and Purchase Option (“model deed restriction form”). </t>
   </si>
   <si>
     <t>Shared equity programs that do not use one of the “Model Forms” are included in a separate tab labeled “Shared Eq – Other Forms.” </t>
   </si>
   <si>
@@ -91,89 +107,92 @@
   <si>
     <t>For each loan, the lender must review the ground lease or deed restricted legal agreement to confirm that the subject property is associated with a certified shared equity program included on the model forms tab , and the specific model form used by the program has been identified.  Additionally, if the property is subject to a private transfer fee, the lender must verify that the term of the ground lease or legal agreement will apply for at least 30 years after recordation. </t>
   </si>
   <si>
     <t>Note: The lender is responsible for reviewing all other applicable Fannie Mae requirements and obtaining the pertinent information needed to complete the review. </t>
   </si>
   <si>
     <t>Key Fields: </t>
   </si>
   <si>
     <t>Duty to Serve Requirements Met – indicates whether the program meets Duty to Serve shared equity requirements</t>
   </si>
   <si>
     <t>Private Transfer Fee – indicates whether the program has a requirement that the property is subject to a private transfer fee </t>
   </si>
   <si>
     <t>Program Type – indicates whether the program is a Community Land Trust (CLT) or an Income &amp; Resale Price Restricted program (IRPR) </t>
   </si>
   <si>
     <t>Model Forms – indicates whether the program makes use of the any of the “Model Forms” (listed above) and which form is used</t>
   </si>
   <si>
     <t>Shared Equity Programs - using Model Forms</t>
   </si>
   <si>
-    <t>Date:</t>
-[...2 lines deleted...]
-    <t>9/3/2025</t>
+    <t>10/2/2025</t>
   </si>
   <si>
     <t>Legend:
 CLT = Community Land Trust
 IRPR = Income &amp; Resale Price Restricted</t>
   </si>
   <si>
     <t>Legend:
 ICE = Institute for Community Economics (ICE) Model Ground Lease
 NCLTN = National Community Land Trust Network (NCLTN) 2011 CLT Network Model Ground Lease
 MDR = GSN 2021 Model Declaration of Affordability Covenants with Refinance and Resale Restriction and Purchase Option
 No = Program does not use a model form</t>
   </si>
   <si>
     <t>Description: The below programs use model legal documents and are certified as meeting Duty to Serve and specific Selling Guide requirements. See Selling Guide section B5-5.3-02 for additional information.</t>
   </si>
   <si>
     <t>Legal Entity Name</t>
   </si>
   <si>
     <t>Program Name</t>
   </si>
   <si>
+    <t>Organization Name</t>
+  </si>
+  <si>
     <t>City</t>
   </si>
   <si>
     <t>State</t>
   </si>
   <si>
     <t>Program Established</t>
   </si>
   <si>
     <t>Private Transfer Fee?</t>
   </si>
   <si>
+    <t>Restrictions Terminate upon foreclosure?</t>
+  </si>
+  <si>
     <t>Program Type</t>
   </si>
   <si>
     <t>Model Forms?</t>
   </si>
   <si>
     <t>Program Website</t>
   </si>
   <si>
     <t>Certification Date</t>
   </si>
   <si>
     <t>Certification Expiration Date</t>
   </si>
   <si>
     <t>NeighborWorks Boise</t>
   </si>
   <si>
     <t>Neighborhood Housing Trust of Idaho</t>
   </si>
   <si>
     <t>Boise</t>
   </si>
   <si>
     <t>ID</t>
@@ -490,50 +509,53 @@
   <si>
     <t>HI</t>
   </si>
   <si>
     <t>www.nahaleomaui.org</t>
   </si>
   <si>
     <t>7/1/2025</t>
   </si>
   <si>
     <t>South Baltimore Community Land Trust</t>
   </si>
   <si>
     <t>Rise, Reclaim, Rebuild</t>
   </si>
   <si>
     <t>https://www.sbclt.org/housing-program/</t>
   </si>
   <si>
     <t>Lighthouse Beloved Community LLC</t>
   </si>
   <si>
     <t>Lighthouse Beloved Community CLT</t>
   </si>
   <si>
+    <t>The Lighthouse Community</t>
+  </si>
+  <si>
     <t>Lynchburg</t>
   </si>
   <si>
     <t>https://lighthousebelovedcommunity.org/</t>
   </si>
   <si>
     <t>Pima County Community Land Trust</t>
   </si>
   <si>
     <t>Tucson</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>www.pcclt.org</t>
   </si>
   <si>
     <t>NeighborWorks Southern Colorado</t>
   </si>
   <si>
     <t>NeighborWorks Southern Colorado Shared Equity Homeownership Program</t>
   </si>
   <si>
     <t>Pueblo</t>
@@ -565,50 +587,53 @@
   <si>
     <t>Homes and Hope Community Land Trust</t>
   </si>
   <si>
     <t>MUKILTEO</t>
   </si>
   <si>
     <t>www.homesandhopeclt.org</t>
   </si>
   <si>
     <t>Klondike Community Land Trust, Inc.</t>
   </si>
   <si>
     <t>Klondike Community Land Trust</t>
   </si>
   <si>
     <t>Memphis</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>www.theworkscdc.org</t>
   </si>
   <si>
+    <t>ME</t>
+  </si>
+  <si>
     <t>2011</t>
   </si>
   <si>
     <t>College Park City-University Partnership</t>
   </si>
   <si>
     <t>College Park Community Preservation Trust</t>
   </si>
   <si>
     <t>College Park</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>www.communitypreservationtrust.org</t>
   </si>
   <si>
     <t>Springfield Community Land Trust</t>
   </si>
   <si>
     <t>Springfield</t>
   </si>
   <si>
     <t>MO</t>
@@ -646,50 +671,53 @@
   <si>
     <t>Suttons Bay</t>
   </si>
   <si>
     <t>peninsula-housing.org</t>
   </si>
   <si>
     <t>Collier County Community Land Trust, Inc.</t>
   </si>
   <si>
     <t>CCCLT Ground Lease</t>
   </si>
   <si>
     <t>Naples</t>
   </si>
   <si>
     <t>www.collierclt.org</t>
   </si>
   <si>
     <t>Rocky Mountain Community Land Trust a Colorado Non-Profit Corporation</t>
   </si>
   <si>
     <t>Rocky Mountain Community Land Trust First Time Home Buyer Program</t>
   </si>
   <si>
+    <t>Rocky Mountain Community Land Trusts</t>
+  </si>
+  <si>
     <t>Colorado Springs</t>
   </si>
   <si>
     <t>rmclt.org</t>
   </si>
   <si>
     <t>Mt. Vernon Manor, Inc.</t>
   </si>
   <si>
     <t>Mt. Vernon Manor Community Land Trust</t>
   </si>
   <si>
     <t>www.mvmcdc.org</t>
   </si>
   <si>
     <t>Methow Housing Trust</t>
   </si>
   <si>
     <t>Winthrop</t>
   </si>
   <si>
     <t>https://methowhousingtrust.org/</t>
   </si>
   <si>
     <t>Dwelling Place Community Land Trust</t>
@@ -733,80 +761,86 @@
   <si>
     <t>Indianapolis Community Land Trust</t>
   </si>
   <si>
     <t>Homebuyer Initiated Program</t>
   </si>
   <si>
     <t>Indianapolis</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>www.indyclt.org</t>
   </si>
   <si>
     <t>Flagstaff Townsite Historic Properties Community Land Trust (Townsite CLT)</t>
   </si>
   <si>
     <t>Flagstaff Townsite Historic Properties Community Land Trust &amp; Townsite CLT</t>
   </si>
   <si>
+    <t>Flagstaff Townsite Historic Properties Community Land Trust</t>
+  </si>
+  <si>
     <t>www.townsiteclt.org</t>
   </si>
   <si>
     <t>Two Rivers Community Land Trust</t>
   </si>
   <si>
     <t>Woodbury</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>www.tworiversclt.org</t>
   </si>
   <si>
     <t>Jacksonville Community Land Trust Inc</t>
   </si>
   <si>
     <t>Jacksonville Community Land Trust</t>
   </si>
   <si>
     <t xml:space="preserve">Jacksonville </t>
   </si>
   <si>
     <t>https://www.jaxclthomes.org</t>
   </si>
   <si>
     <t>North Corktown Equitable Housing Initiative</t>
   </si>
   <si>
+    <t>North Corktown Neighborhood Association</t>
+  </si>
+  <si>
     <t>N/A</t>
   </si>
   <si>
     <t>Habitat for Humanity St. Lucie &amp; Okeechobee, Inc.</t>
   </si>
   <si>
     <t>Habitat for Humanity St. Lucie &amp; Okeechobee, Inc. Community Land Trust</t>
   </si>
   <si>
     <t>Fort Pierce</t>
   </si>
   <si>
     <t>www.stluciehabitat.org/clt</t>
   </si>
   <si>
     <t>Housing Land Trust of Sonoma County</t>
   </si>
   <si>
     <t>Housing Land Trust of Sonoma County First Time Homebuyer Program</t>
   </si>
   <si>
     <t>Petaluma</t>
   </si>
   <si>
     <t>https://www.housinglandtrust.org/</t>
@@ -1024,50 +1058,53 @@
   <si>
     <t>Wenatchee</t>
   </si>
   <si>
     <t>https://commongroundwenatchee.com/</t>
   </si>
   <si>
     <t>River City Housing</t>
   </si>
   <si>
     <t>RCH Shared Equity Program</t>
   </si>
   <si>
     <t>Louisville</t>
   </si>
   <si>
     <t>KY</t>
   </si>
   <si>
     <t>www.rivercityhousing.org</t>
   </si>
   <si>
     <t>Sheridan County Housing Land Trust</t>
   </si>
   <si>
+    <t>Habitat for Humanity of the Eastern Bighorns Inc</t>
+  </si>
+  <si>
     <t>Sheridan</t>
   </si>
   <si>
     <t>sheridanhtl.org</t>
   </si>
   <si>
     <t>Southeastern Connecticut Community Land Trust</t>
   </si>
   <si>
     <t>New London</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t>https://sectclt.org/</t>
   </si>
   <si>
     <t>Habitat for Humanity Marion County CLT</t>
   </si>
   <si>
     <t>Habitat for Humanity Marion County Community Land Trust, Inc.</t>
   </si>
   <si>
     <t>Ocala</t>
@@ -1120,50 +1157,53 @@
   <si>
     <t>https://www.coclt.org/</t>
   </si>
   <si>
     <t>11/1/2024</t>
   </si>
   <si>
     <t>Delray Beach Community Land Trust Inc.</t>
   </si>
   <si>
     <t>Affordable Housing</t>
   </si>
   <si>
     <t>DELRAY BEACH</t>
   </si>
   <si>
     <t>https://delraybeachlandtrust.org/</t>
   </si>
   <si>
     <t>Affordable Land, LLC</t>
   </si>
   <si>
     <t>Habitat Affiliate CLT Program</t>
   </si>
   <si>
+    <t>Trust Montana, Inc.</t>
+  </si>
+  <si>
     <t>Belgrade</t>
   </si>
   <si>
     <t>https://trustmontanaclt.org/</t>
   </si>
   <si>
     <t>Home Buyer Choice Program</t>
   </si>
   <si>
     <t>WEST TUALITY HABITAT FOR HUMANITY</t>
   </si>
   <si>
     <t>West Tuality Habitat for Humanity</t>
   </si>
   <si>
     <t>Forest Grove</t>
   </si>
   <si>
     <t>www.westtualityhabitat.org</t>
   </si>
   <si>
     <t>Kulshan Community Land Trust</t>
   </si>
   <si>
     <t>Kulshan CLT Homeownership Program</t>
@@ -1219,50 +1259,65 @@
   <si>
     <t>Northern Homes Community Development Corp</t>
   </si>
   <si>
     <t>Northern Homes Community Land Trust</t>
   </si>
   <si>
     <t>Boyne City</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>northernhomes.org</t>
   </si>
   <si>
     <t>Virginia Statewide Community Land Trust</t>
   </si>
   <si>
     <t>Statewide</t>
   </si>
   <si>
     <t>www.vsclt.org</t>
   </si>
   <si>
+    <t>Waterville Community Land Trust</t>
+  </si>
+  <si>
+    <t>Waterville</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>watervilleclt.org</t>
+  </si>
+  <si>
+    <t>1/1/2025</t>
+  </si>
+  <si>
     <t>City of Lakes Community Land Trust</t>
   </si>
   <si>
     <t>City of Lakes Community Land Trust (CLCLT) Perpetually Affordable Homes</t>
   </si>
   <si>
     <t>Minneapolis</t>
   </si>
   <si>
     <t>https://www.clclt.org/</t>
   </si>
   <si>
     <t>Tenants to Homeowners, Inc.</t>
   </si>
   <si>
     <t>Lawrence Community Housing Trust</t>
   </si>
   <si>
     <t>Lawrence</t>
   </si>
   <si>
     <t>KS</t>
   </si>
   <si>
     <t>https://tenants-to-homeowners.org/home-purchase-program/</t>
@@ -1405,146 +1460,158 @@
   <si>
     <t>Dover</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>www.diamondstateclt.org</t>
   </si>
   <si>
     <t>Cass Clay Community Land trust</t>
   </si>
   <si>
     <t>Moorhead</t>
   </si>
   <si>
     <t>hello@cassclayclt.org</t>
   </si>
   <si>
     <t xml:space="preserve">Windham &amp; Windsor Housing Trust, Inc. </t>
   </si>
   <si>
     <t>Windham &amp; Windsor Housing Trust Homeownership Center</t>
   </si>
   <si>
+    <t>Windham &amp; Windsor Housing Trust</t>
+  </si>
+  <si>
     <t>Brattleboro</t>
   </si>
   <si>
     <t>https://www.homemattershere.org/</t>
   </si>
   <si>
     <t>Northwest Montana Community Land Trust Inc.</t>
   </si>
   <si>
     <t>NWMTCLT Home Ownership</t>
   </si>
   <si>
     <t>Kalispell</t>
   </si>
   <si>
     <t>www.nwmtclt.org</t>
   </si>
   <si>
     <t>Lopez Community Land Trust (LCLT)</t>
   </si>
   <si>
     <t>SFR Homeownership</t>
   </si>
   <si>
     <t>Lopez Island</t>
   </si>
   <si>
     <t>www.lopezclt.org</t>
   </si>
   <si>
     <t xml:space="preserve">Community Justice Land Trust </t>
   </si>
   <si>
     <t>Community Justice Land Trust (CJLT)</t>
   </si>
   <si>
+    <t xml:space="preserve">Women's Community Revitalization Project </t>
+  </si>
+  <si>
     <t xml:space="preserve">Philadelphia </t>
   </si>
   <si>
     <t>https://www.wcrpphila.org/cjlt</t>
   </si>
   <si>
     <t>Moab Area Community Land Trust</t>
   </si>
   <si>
     <t>Arroyo Crossing Mutual Self Help Program</t>
   </si>
   <si>
     <t>Moab</t>
   </si>
   <si>
     <t>UT</t>
   </si>
   <si>
     <t>www.moabclt.org</t>
   </si>
   <si>
     <t>Arroyo Crossing Conventional Homeownership Program</t>
   </si>
   <si>
     <t>Housing Solutions of Northern Arizona, Inc.</t>
   </si>
   <si>
     <t>Housing Solutions of NAZ Community Land Trust Program</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>www.housingnaz.org</t>
   </si>
   <si>
     <t>NeighborWorks Blackstone River Valley (NWBRV)</t>
   </si>
   <si>
     <t>NWBRV Land Trust Program</t>
   </si>
   <si>
+    <t>The Woonsocket Neighborhood Development Corporation d/b/a NWBRV</t>
+  </si>
+  <si>
     <t>Woonsocket</t>
   </si>
   <si>
     <t>RI</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>www.NeiighborWorksBRV.org</t>
   </si>
   <si>
     <t>9/1/2025</t>
   </si>
   <si>
     <t>Sisters Habitat for Humanity</t>
   </si>
   <si>
+    <t>Sisters Habitat for Humanity Inc</t>
+  </si>
+  <si>
     <t>Sisters</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>www.sistershabitat.org</t>
   </si>
   <si>
     <t>Community Homes Land Trust</t>
   </si>
   <si>
     <t>communityhomeslandtrust.org</t>
   </si>
   <si>
     <t>10/1/2025</t>
   </si>
   <si>
     <t>Community Land Trust of Palm Beach County and the Treasure Coast</t>
   </si>
   <si>
     <t>Port St. Lucie Homeownership Assistance Program</t>
   </si>
   <si>
     <t>Port St. Lucie</t>
@@ -1591,71 +1658,77 @@
   <si>
     <t>https://bouldercolorado.gov/homeownership</t>
   </si>
   <si>
     <t>Shared Equity Program - Condominiums</t>
   </si>
   <si>
     <t>City of Livermore, CA</t>
   </si>
   <si>
     <t>City of Livermore's Affordable Homeownership Program</t>
   </si>
   <si>
     <t>Livermore</t>
   </si>
   <si>
     <t>https://www.cityoflivermore.net/government/community-development/housing-human-services/affordable-homeownership-programs</t>
   </si>
   <si>
     <t>City of Emeryville</t>
   </si>
   <si>
     <t>Affordable Housing Set-Aside Program</t>
   </si>
   <si>
+    <t>Hello Housing</t>
+  </si>
+  <si>
     <t>Emeryville</t>
   </si>
   <si>
     <t>https://www.ci.emeryville.ca.us/565/Below-Market-Rate-Ownership-Program</t>
   </si>
   <si>
     <t>San Juan Community Home Trust</t>
   </si>
   <si>
     <t>San Juan Community Home Trust Homeownership Program</t>
   </si>
   <si>
     <t>Friday Harbor</t>
   </si>
   <si>
     <t>www.hometrust.org</t>
   </si>
   <si>
     <t>CPAH CLT LLC</t>
   </si>
   <si>
+    <t>COMMUNITY PARTNERS FOR AFFORDABLE HOUSING</t>
+  </si>
+  <si>
     <t xml:space="preserve">Libertyville </t>
   </si>
   <si>
     <t>www.cpahousing.org</t>
   </si>
   <si>
     <t>Southwest Utah Community Land Trust</t>
   </si>
   <si>
     <t>Saint George</t>
   </si>
   <si>
     <t>neighborworksmchs.org</t>
   </si>
   <si>
     <t>Kulshan CLT Homeownership Program - Condominium</t>
   </si>
   <si>
     <t>Habitat for Humanity of Lincoln County</t>
   </si>
   <si>
     <t>Habitat for Humanity of Lincoln County Permanently Affordable Homeownership Program</t>
   </si>
   <si>
     <t>Lincoln City</t>
@@ -1681,127 +1754,136 @@
   <si>
     <t>MoscowHousingTrust.org</t>
   </si>
   <si>
     <t>Kansas City Community Land Trust, Inc.</t>
   </si>
   <si>
     <t>Kansas City</t>
   </si>
   <si>
     <t>www.kcclt.org</t>
   </si>
   <si>
     <t>Madison Area Community Land Trust Affordable Homeownership Program</t>
   </si>
   <si>
     <t>Mueller Foundation</t>
   </si>
   <si>
     <t>Mueller Affordable Homes Program</t>
   </si>
   <si>
     <t>muellerfoundation.org</t>
   </si>
   <si>
-    <t>1/1/2025</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">County of Kauai </t>
   </si>
   <si>
     <t>County of Kauai Home Buyer Program</t>
   </si>
   <si>
+    <t>County of Kauai</t>
+  </si>
+  <si>
     <t>Lihue</t>
   </si>
   <si>
     <t>https://www.kauai.gov/Government/Departments-Agencies/Housing-Agency/Homebuyer-Program</t>
   </si>
   <si>
     <t>Neighborhood Housing Community Development Corporation dba PAL Hawaii Org</t>
   </si>
   <si>
     <t>Hoomaluhia Community Land Trust</t>
   </si>
   <si>
     <t>Anahola</t>
   </si>
   <si>
     <t>www.palhawaii.org</t>
   </si>
   <si>
     <t>Habitat for Humanity of Tompkins and Cortland Counties Inc.</t>
   </si>
   <si>
     <t>Habitat for Humanity Homeownership Program</t>
   </si>
   <si>
+    <t>Habitat for Humanity of Tompkins and Cortland Counties</t>
+  </si>
+  <si>
     <t>Ithaca</t>
   </si>
   <si>
     <t>https://tchabitat.com/homeownership/</t>
   </si>
   <si>
     <t>HOUSING AND LAND ENTERPRISE OF MAUI, dba Na Hale O Maui</t>
   </si>
   <si>
     <t>Habitat for Humanity of East Jefferson County and Salish Coast Housing, LLC</t>
   </si>
   <si>
     <t>Habitat for Humanity of East Jefferson County Homeownership Program</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of East Jefferson County</t>
   </si>
   <si>
     <t>Port Townsend</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>https://www.habitatejc.org/</t>
   </si>
   <si>
     <t xml:space="preserve">Frankfort Area Community Land Trust </t>
   </si>
   <si>
     <t>Frankfort Area Community Land Trust - DBA Housing Trust of Benzie</t>
   </si>
   <si>
     <t>Frankfort</t>
   </si>
   <si>
     <t>housingtrustofbenzie.org</t>
   </si>
   <si>
     <t>Yes - SEPP Reviewed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <fonts count="12" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
+  </numFmts>
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1841,331 +1923,379 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Source Sans Pro"/>
     </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFC00000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="23">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1"/>
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
-  <cellStyles count="3">
+  <cellStyles count="4">
+    <cellStyle name="Comma" xfId="3" builtinId="3"/>
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="11">
+  <dxfs count="14">
+    <dxf>
+      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+    </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-    </dxf>
-[...10 lines deleted...]
-      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="4" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{B28C3DA5-C3FD-4494-98BC-9E5A61A7CA48}"/>
     <tableStyle name="Table Style 2" pivot="0" count="0" xr9:uid="{D818AEC0-D98C-4B42-8199-C94B27BA53F6}"/>
     <tableStyle name="Table Style 3" pivot="0" count="0" xr9:uid="{80C20547-0C27-46B0-BDE6-8D57E3819834}"/>
     <tableStyle name="Table Style 4" pivot="0" count="0" xr9:uid="{40C84689-2698-40D1-92B9-B89747C9605C}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{06914852-49E7-4E92-8834-1E5EB17A7245}" name="Table1" displayName="Table1" ref="A3:K122" totalsRowShown="0" headerRowDxfId="10">
-[...2 lines deleted...]
-    <sortCondition ref="A3:A122"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6A19E4F9-4A80-41CF-8D65-CCA53732B0F5}" name="Table1" displayName="Table1" ref="A3:M124" totalsRowShown="0" headerRowDxfId="13">
+  <autoFilter ref="A3:M124" xr:uid="{6A19E4F9-4A80-41CF-8D65-CCA53732B0F5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M124">
+    <sortCondition ref="M3:M124"/>
   </sortState>
-  <tableColumns count="11">
-[...10 lines deleted...]
-    <tableColumn id="11" xr3:uid="{B62CD6D9-9978-4A42-A996-2C59AAFE3BA2}" name="Certification Expiration Date" dataDxfId="4"/>
+  <tableColumns count="13">
+    <tableColumn id="1" xr3:uid="{F3A90C59-E721-4512-96E4-421E9124F2F0}" name="Legal Entity Name"/>
+    <tableColumn id="2" xr3:uid="{3EB3F09E-94EE-4C8C-89C2-FBCCCE14F6BB}" name="Program Name"/>
+    <tableColumn id="3" xr3:uid="{115C63DC-7F8D-4B2E-9744-B00FC87575F2}" name="Organization Name"/>
+    <tableColumn id="4" xr3:uid="{8E2FDE50-AFC8-4513-9BB0-7A0105A136E2}" name="City"/>
+    <tableColumn id="5" xr3:uid="{C6934383-B690-4B32-9D59-BDA2B83BF726}" name="State"/>
+    <tableColumn id="6" xr3:uid="{86B67359-6A79-4BFC-A85F-9F98624D4A77}" name="Program Established" dataDxfId="12"/>
+    <tableColumn id="7" xr3:uid="{FFC912A1-F728-41DD-BD35-A07CABF34C6F}" name="Private Transfer Fee?" dataDxfId="11"/>
+    <tableColumn id="8" xr3:uid="{BF5DACF6-B2E9-4DBF-A5D7-599B552C7223}" name="Restrictions Terminate upon foreclosure?" dataDxfId="10"/>
+    <tableColumn id="9" xr3:uid="{1E79788C-9B51-4BD8-9148-A0B03119AEFB}" name="Program Type" dataDxfId="9"/>
+    <tableColumn id="10" xr3:uid="{FB7511A3-9F0B-485D-BACE-DF7D84349C40}" name="Model Forms?"/>
+    <tableColumn id="11" xr3:uid="{E1CF9AA3-B40F-4D51-96E5-E179778E2611}" name="Program Website"/>
+    <tableColumn id="12" xr3:uid="{F9F30BB5-2837-4B14-9547-1435F5F45A76}" name="Certification Date" dataDxfId="8"/>
+    <tableColumn id="13" xr3:uid="{7DEEE44F-E95C-46F0-ABE8-38D96EA7C151}" name="Certification Expiration Date" dataDxfId="7"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{7A32E8B7-8E8C-4580-98F5-BFC631629A7B}" name="Table2" displayName="Table2" ref="A3:K15" totalsRowShown="0" headerRowDxfId="9">
-[...1 lines deleted...]
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:K15">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{21C118FF-8668-4D2A-B03E-E413323664D5}" name="Table2" displayName="Table2" ref="A3:M15" totalsRowShown="0" headerRowDxfId="6">
+  <autoFilter ref="A3:M15" xr:uid="{21C118FF-8668-4D2A-B03E-E413323664D5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M15">
     <sortCondition ref="A3:A15"/>
   </sortState>
-  <tableColumns count="11">
-[...10 lines deleted...]
-    <tableColumn id="11" xr3:uid="{5F655739-A05C-4EE2-9E7D-2EC45D668CF4}" name="Certification Expiration Date" dataDxfId="0"/>
+  <tableColumns count="13">
+    <tableColumn id="1" xr3:uid="{913DF72B-9591-4E88-B9A0-ACC91D15DD97}" name="Legal Entity Name"/>
+    <tableColumn id="2" xr3:uid="{628098F8-4605-4E94-BCDC-1F0274C9EF4B}" name="Program Name"/>
+    <tableColumn id="3" xr3:uid="{99AEB135-6CF3-4093-B08C-063675A46FD9}" name="Organization Name"/>
+    <tableColumn id="4" xr3:uid="{C18C197D-1808-4C9B-8864-83DD370DB6CC}" name="City"/>
+    <tableColumn id="5" xr3:uid="{3BB71BC4-51B0-4E9D-AF86-7BD228930650}" name="State"/>
+    <tableColumn id="6" xr3:uid="{DCD48FAB-C5A6-4A8B-B127-0C594645F22E}" name="Year Program Established" dataDxfId="5"/>
+    <tableColumn id="7" xr3:uid="{8B7E4893-7B41-498E-81C7-55A90F4CE3AC}" name="Private Transfer Fee?" dataDxfId="4"/>
+    <tableColumn id="8" xr3:uid="{AE9DA2A3-DBCD-411B-A739-C448E1E65A46}" name="Restrictions Terminate upon foreclosure?" dataDxfId="3"/>
+    <tableColumn id="9" xr3:uid="{F685D076-4832-47C7-A243-2562D500C141}" name="Program Type" dataDxfId="2"/>
+    <tableColumn id="10" xr3:uid="{1F86E189-EE5D-40D5-BEB1-3E7D0507770C}" name="Model Forms?"/>
+    <tableColumn id="11" xr3:uid="{8BE41B49-23F1-41AD-B3FE-4E417E744CC0}" name="Program Website"/>
+    <tableColumn id="12" xr3:uid="{4AA22301-2078-4B50-A41B-AB678B9ACB1F}" name="Certification Date" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{19913A35-4D25-4295-8092-88623D5A89A1}" name="Certification Expiration Date" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2227,51 +2357,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -2369,4957 +2499,6096 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:A24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" customHeight="1" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="122.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="20" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="2" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A3" s="11" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" s="12"/>
     </row>
     <row r="5" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A5" s="11" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A6" s="16" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="7" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A7" s="16" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="8" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A8" s="16" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="9" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A9" s="17" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="10" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A10" s="13"/>
     </row>
     <row r="11" spans="1:1" ht="39.5" x14ac:dyDescent="0.35">
       <c r="A11" s="13" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="12" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A12" s="16" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="13" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A13" s="16" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A14" s="16" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A15" s="16" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="15"/>
     </row>
     <row r="17" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="11" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="19" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="11"/>
     </row>
-    <row r="20" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="18" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="21" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="14" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="14" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="23" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="14" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="24" spans="1:1" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="14" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:K122"/>
+  <dimension ref="A1:Q124"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="H122" sqref="H122"/>
+      <selection activeCell="L32" sqref="L32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="61.54296875" customWidth="1"/>
-    <col min="2" max="2" width="69.54296875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="18.08984375" customWidth="1"/>
+    <col min="2" max="3" width="69.54296875" customWidth="1"/>
+    <col min="4" max="4" width="18" customWidth="1"/>
+    <col min="5" max="5" width="8" customWidth="1"/>
+    <col min="6" max="6" width="17.7265625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="15.36328125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="21.7265625" style="1" customWidth="1"/>
+    <col min="9" max="9" width="26.453125" customWidth="1"/>
+    <col min="10" max="10" width="60.453125" customWidth="1"/>
+    <col min="11" max="11" width="60" customWidth="1"/>
+    <col min="12" max="12" width="18.36328125" customWidth="1"/>
+    <col min="13" max="13" width="18.453125" customWidth="1"/>
+    <col min="15" max="15" width="10.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="102.5" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:17" ht="102.5" x14ac:dyDescent="0.45">
       <c r="A1" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="3"/>
-      <c r="D1" s="4" t="s">
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="E1" t="s">
         <v>21</v>
       </c>
-      <c r="E1" t="s">
+      <c r="F1" s="25"/>
+      <c r="I1" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G1" s="6" t="s">
+      <c r="J1" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="H1" s="6" t="s">
+    </row>
+    <row r="2" spans="1:17" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="7" t="s">
         <v>24</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A2" s="7" t="s">
+      <c r="F2" s="9"/>
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+    </row>
+    <row r="3" spans="1:17" ht="29" x14ac:dyDescent="0.35">
+      <c r="A3" s="19" t="s">
         <v>25</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="19" t="s">
+      <c r="B3" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="C3" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="D3" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E3" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="3" t="s">
         <v>30</v>
       </c>
-      <c r="F3" s="2" t="s">
+      <c r="G3" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="H3" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="I3" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="I3" s="2" t="s">
+      <c r="J3" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="J3" s="2" t="s">
+      <c r="K3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="L3" s="3" t="s">
         <v>36</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M3" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" t="s">
+        <v>186</v>
+      </c>
+      <c r="C4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D4" t="s">
+        <v>187</v>
+      </c>
+      <c r="E4" t="s">
+        <v>188</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+      <c r="K4" t="s">
+        <v>189</v>
+      </c>
+      <c r="L4" s="22" t="s">
+        <v>190</v>
+      </c>
+      <c r="M4" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O4" s="2"/>
+      <c r="Q4" s="24"/>
+    </row>
+    <row r="5" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>216</v>
+      </c>
+      <c r="B5" t="s">
+        <v>216</v>
+      </c>
+      <c r="C5" t="s">
+        <v>216</v>
+      </c>
+      <c r="D5" t="s">
+        <v>217</v>
+      </c>
+      <c r="E5" t="s">
+        <v>86</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K5" t="s">
+        <v>218</v>
+      </c>
+      <c r="L5" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="M5" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O5" s="2"/>
+      <c r="Q5" s="24"/>
+    </row>
+    <row r="6" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>229</v>
+      </c>
+      <c r="B6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C6" t="s">
+        <v>229</v>
+      </c>
+      <c r="D6" t="s">
+        <v>231</v>
+      </c>
+      <c r="E6" t="s">
+        <v>232</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K6" t="s">
+        <v>234</v>
+      </c>
+      <c r="L6" s="22" t="s">
+        <v>190</v>
+      </c>
+      <c r="M6" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O6" s="2"/>
+      <c r="Q6" s="24"/>
+    </row>
+    <row r="7" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>254</v>
+      </c>
+      <c r="B7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C7" t="s">
+        <v>254</v>
+      </c>
+      <c r="D7" t="s">
+        <v>256</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>257</v>
+      </c>
+      <c r="L7" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O7" s="2"/>
+      <c r="Q7" s="24"/>
+    </row>
+    <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>258</v>
+      </c>
+      <c r="B8" t="s">
+        <v>258</v>
+      </c>
+      <c r="C8" t="s">
+        <v>258</v>
+      </c>
+      <c r="D8" t="s">
+        <v>259</v>
+      </c>
+      <c r="E8" t="s">
+        <v>260</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" t="s">
+        <v>45</v>
+      </c>
+      <c r="K8" t="s">
+        <v>262</v>
+      </c>
+      <c r="L8" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M8" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O8" s="2"/>
+      <c r="Q8" s="24"/>
+    </row>
+    <row r="9" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>263</v>
+      </c>
+      <c r="B9" t="s">
+        <v>263</v>
+      </c>
+      <c r="C9" t="s">
+        <v>263</v>
+      </c>
+      <c r="D9" t="s">
+        <v>264</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" t="s">
+        <v>63</v>
+      </c>
+      <c r="K9" t="s">
+        <v>265</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M9" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O9" s="2"/>
+      <c r="Q9" s="24"/>
+    </row>
+    <row r="10" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>266</v>
+      </c>
+      <c r="B10" t="s">
+        <v>267</v>
+      </c>
+      <c r="C10" t="s">
+        <v>267</v>
+      </c>
+      <c r="D10" t="s">
+        <v>268</v>
+      </c>
+      <c r="E10" t="s">
+        <v>260</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" t="s">
+        <v>269</v>
+      </c>
+      <c r="L10" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M10" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O10" s="2"/>
+      <c r="Q10" s="24"/>
+    </row>
+    <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
+        <v>270</v>
+      </c>
+      <c r="B11" t="s">
+        <v>271</v>
+      </c>
+      <c r="C11" t="s">
+        <v>270</v>
+      </c>
+      <c r="D11" t="s">
+        <v>272</v>
+      </c>
+      <c r="E11" t="s">
+        <v>60</v>
+      </c>
+      <c r="F11" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J11" t="s">
+        <v>63</v>
+      </c>
+      <c r="K11" t="s">
+        <v>274</v>
+      </c>
+      <c r="L11" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M11" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O11" s="2"/>
+      <c r="Q11" s="24"/>
+    </row>
+    <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>275</v>
+      </c>
+      <c r="B12" t="s">
+        <v>275</v>
+      </c>
+      <c r="C12" t="s">
+        <v>275</v>
+      </c>
+      <c r="D12" t="s">
+        <v>276</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J12" t="s">
+        <v>45</v>
+      </c>
+      <c r="K12" t="s">
+        <v>277</v>
+      </c>
+      <c r="L12" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M12" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O12" s="2"/>
+      <c r="Q12" s="24"/>
+    </row>
+    <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>281</v>
+      </c>
+      <c r="B13" t="s">
+        <v>282</v>
+      </c>
+      <c r="C13" t="s">
+        <v>281</v>
+      </c>
+      <c r="D13" t="s">
+        <v>69</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" t="s">
+        <v>45</v>
+      </c>
+      <c r="K13" t="s">
+        <v>284</v>
+      </c>
+      <c r="L13" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M13" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O13" s="2"/>
+      <c r="Q13" s="24"/>
+    </row>
+    <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>285</v>
+      </c>
+      <c r="B14" t="s">
+        <v>285</v>
+      </c>
+      <c r="C14" t="s">
+        <v>285</v>
+      </c>
+      <c r="D14" t="s">
+        <v>286</v>
+      </c>
+      <c r="E14" t="s">
+        <v>287</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J14" t="s">
+        <v>45</v>
+      </c>
+      <c r="K14" t="s">
+        <v>288</v>
+      </c>
+      <c r="L14" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M14" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O14" s="2"/>
+      <c r="Q14" s="24"/>
+    </row>
+    <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>289</v>
+      </c>
+      <c r="B15" t="s">
+        <v>290</v>
+      </c>
+      <c r="C15" t="s">
+        <v>289</v>
+      </c>
+      <c r="D15" t="s">
+        <v>291</v>
+      </c>
+      <c r="E15" t="s">
+        <v>292</v>
+      </c>
+      <c r="F15" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J15" t="s">
+        <v>54</v>
+      </c>
+      <c r="K15" t="s">
+        <v>293</v>
+      </c>
+      <c r="L15" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M15" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O15" s="2"/>
+      <c r="Q15" s="24"/>
+    </row>
+    <row r="16" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>294</v>
+      </c>
+      <c r="B16" t="s">
+        <v>221</v>
+      </c>
+      <c r="C16" t="s">
+        <v>294</v>
+      </c>
+      <c r="D16" t="s">
+        <v>295</v>
+      </c>
+      <c r="E16" t="s">
+        <v>106</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I16" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J16" t="s">
+        <v>45</v>
+      </c>
+      <c r="K16" t="s">
+        <v>296</v>
+      </c>
+      <c r="L16" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M16" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O16" s="2"/>
+      <c r="Q16" s="24"/>
+    </row>
+    <row r="17" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>304</v>
+      </c>
+      <c r="B17" t="s">
+        <v>305</v>
+      </c>
+      <c r="C17" t="s">
+        <v>304</v>
+      </c>
+      <c r="D17" t="s">
+        <v>306</v>
+      </c>
+      <c r="E17" t="s">
+        <v>307</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I17" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J17" t="s">
+        <v>63</v>
+      </c>
+      <c r="K17" t="s">
+        <v>309</v>
+      </c>
+      <c r="L17" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M17" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O17" s="2"/>
+      <c r="Q17" s="24"/>
+    </row>
+    <row r="18" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
+        <v>310</v>
+      </c>
+      <c r="B18" t="s">
+        <v>311</v>
+      </c>
+      <c r="C18" t="s">
+        <v>311</v>
+      </c>
+      <c r="D18" t="s">
+        <v>312</v>
+      </c>
+      <c r="E18" t="s">
+        <v>111</v>
+      </c>
+      <c r="F18" s="1" t="s">
+        <v>180</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H18" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I18" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J18" t="s">
+        <v>45</v>
+      </c>
+      <c r="K18" t="s">
+        <v>313</v>
+      </c>
+      <c r="L18" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M18" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O18" s="2"/>
+      <c r="Q18" s="24"/>
+    </row>
+    <row r="19" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
+        <v>318</v>
+      </c>
+      <c r="B19" t="s">
+        <v>318</v>
+      </c>
+      <c r="C19" t="s">
+        <v>318</v>
+      </c>
+      <c r="D19" t="s">
+        <v>319</v>
+      </c>
+      <c r="E19" t="s">
+        <v>106</v>
+      </c>
+      <c r="F19" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I19" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J19" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" t="s">
+        <v>321</v>
+      </c>
+      <c r="L19" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M19" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O19" s="2"/>
+      <c r="Q19" s="24"/>
+    </row>
+    <row r="20" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
+        <v>322</v>
+      </c>
+      <c r="B20" t="s">
+        <v>323</v>
+      </c>
+      <c r="C20" t="s">
+        <v>322</v>
+      </c>
+      <c r="D20" t="s">
+        <v>291</v>
+      </c>
+      <c r="E20" t="s">
+        <v>292</v>
+      </c>
+      <c r="F20" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H20" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I20" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J20" t="s">
+        <v>45</v>
+      </c>
+      <c r="K20" t="s">
+        <v>325</v>
+      </c>
+      <c r="L20" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M20" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O20" s="2"/>
+      <c r="Q20" s="24"/>
+    </row>
+    <row r="21" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>330</v>
+      </c>
+      <c r="B21" t="s">
+        <v>331</v>
+      </c>
+      <c r="C21" t="s">
+        <v>331</v>
+      </c>
+      <c r="D21" t="s">
+        <v>332</v>
+      </c>
+      <c r="E21" t="s">
+        <v>333</v>
+      </c>
+      <c r="F21" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H21" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I21" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J21" t="s">
+        <v>54</v>
+      </c>
+      <c r="K21" t="s">
+        <v>334</v>
+      </c>
+      <c r="L21" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M21" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O21" s="2"/>
+      <c r="Q21" s="24"/>
+    </row>
+    <row r="22" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>339</v>
+      </c>
+      <c r="B22" t="s">
+        <v>339</v>
+      </c>
+      <c r="C22" t="s">
+        <v>339</v>
+      </c>
+      <c r="D22" t="s">
+        <v>340</v>
+      </c>
+      <c r="E22" t="s">
+        <v>341</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J22" t="s">
+        <v>45</v>
+      </c>
+      <c r="K22" t="s">
+        <v>342</v>
+      </c>
+      <c r="L22" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M22" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O22" s="2"/>
+      <c r="Q22" s="24"/>
+    </row>
+    <row r="23" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>347</v>
+      </c>
+      <c r="B23" t="s">
+        <v>348</v>
+      </c>
+      <c r="C23" t="s">
+        <v>347</v>
+      </c>
+      <c r="D23" t="s">
+        <v>349</v>
+      </c>
+      <c r="E23" t="s">
+        <v>350</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J23" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" t="s">
+        <v>351</v>
+      </c>
+      <c r="L23" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M23" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O23" s="2"/>
+      <c r="Q23" s="24"/>
+    </row>
+    <row r="24" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>357</v>
+      </c>
+      <c r="B24" t="s">
+        <v>358</v>
+      </c>
+      <c r="C24" t="s">
+        <v>357</v>
+      </c>
+      <c r="D24" t="s">
+        <v>359</v>
+      </c>
+      <c r="E24" t="s">
         <v>360</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F24" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J24" t="s">
+        <v>63</v>
+      </c>
+      <c r="K24" t="s">
         <v>361</v>
       </c>
-      <c r="C4" t="s">
+      <c r="L24" s="22" t="s">
         <v>362</v>
       </c>
-      <c r="D4" t="s">
+      <c r="M24" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O24" s="2"/>
+      <c r="Q24" s="24"/>
+    </row>
+    <row r="25" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>363</v>
+      </c>
+      <c r="B25" t="s">
+        <v>364</v>
+      </c>
+      <c r="C25" t="s">
+        <v>363</v>
+      </c>
+      <c r="D25" t="s">
+        <v>365</v>
+      </c>
+      <c r="E25" t="s">
+        <v>52</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J25" t="s">
+        <v>45</v>
+      </c>
+      <c r="K25" t="s">
+        <v>366</v>
+      </c>
+      <c r="L25" s="22" t="s">
+        <v>362</v>
+      </c>
+      <c r="M25" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O25" s="2"/>
+      <c r="Q25" s="24"/>
+    </row>
+    <row r="26" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
+        <v>367</v>
+      </c>
+      <c r="B26" t="s">
+        <v>368</v>
+      </c>
+      <c r="C26" t="s">
+        <v>369</v>
+      </c>
+      <c r="D26" t="s">
+        <v>370</v>
+      </c>
+      <c r="E26" t="s">
+        <v>95</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J26" t="s">
+        <v>45</v>
+      </c>
+      <c r="K26" t="s">
+        <v>371</v>
+      </c>
+      <c r="L26" s="22" t="s">
+        <v>362</v>
+      </c>
+      <c r="M26" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O26" s="2"/>
+      <c r="Q26" s="24"/>
+    </row>
+    <row r="27" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>367</v>
+      </c>
+      <c r="B27" t="s">
+        <v>372</v>
+      </c>
+      <c r="C27" t="s">
+        <v>369</v>
+      </c>
+      <c r="D27" t="s">
         <v>94</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...87 lines deleted...]
-      <c r="K6" s="22">
+      <c r="E27" t="s">
+        <v>95</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J27" t="s">
+        <v>45</v>
+      </c>
+      <c r="K27" t="s">
+        <v>371</v>
+      </c>
+      <c r="L27" s="22" t="s">
+        <v>362</v>
+      </c>
+      <c r="M27" s="22" t="s">
+        <v>191</v>
+      </c>
+      <c r="O27" s="2"/>
+      <c r="Q27" s="24"/>
+    </row>
+    <row r="28" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>377</v>
+      </c>
+      <c r="B28" t="s">
+        <v>378</v>
+      </c>
+      <c r="C28" t="s">
+        <v>377</v>
+      </c>
+      <c r="D28" t="s">
+        <v>379</v>
+      </c>
+      <c r="E28" t="s">
+        <v>106</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J28" t="s">
+        <v>45</v>
+      </c>
+      <c r="K28" t="s">
+        <v>380</v>
+      </c>
+      <c r="L28" s="22" t="s">
+        <v>362</v>
+      </c>
+      <c r="M28" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="O28" s="2"/>
+      <c r="Q28" s="24"/>
+    </row>
+    <row r="29" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>385</v>
+      </c>
+      <c r="B29" t="s">
+        <v>68</v>
+      </c>
+      <c r="C29" t="s">
+        <v>385</v>
+      </c>
+      <c r="D29" t="s">
+        <v>386</v>
+      </c>
+      <c r="E29" t="s">
+        <v>241</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J29" t="s">
+        <v>45</v>
+      </c>
+      <c r="K29" t="s">
+        <v>387</v>
+      </c>
+      <c r="L29" s="22" t="s">
+        <v>362</v>
+      </c>
+      <c r="M29" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="O29" s="2"/>
+      <c r="Q29" s="24"/>
+    </row>
+    <row r="30" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>391</v>
+      </c>
+      <c r="B30" t="s">
+        <v>392</v>
+      </c>
+      <c r="C30" t="s">
+        <v>391</v>
+      </c>
+      <c r="D30" t="s">
+        <v>393</v>
+      </c>
+      <c r="E30" t="s">
+        <v>163</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J30" t="s">
+        <v>45</v>
+      </c>
+      <c r="K30" t="s">
+        <v>394</v>
+      </c>
+      <c r="L30" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M30" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...127 lines deleted...]
-      <c r="H10" t="s">
+      <c r="O30" s="2"/>
+      <c r="Q30" s="24"/>
+    </row>
+    <row r="31" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>400</v>
+      </c>
+      <c r="B31" t="s">
+        <v>400</v>
+      </c>
+      <c r="C31" t="s">
+        <v>400</v>
+      </c>
+      <c r="D31" t="s">
+        <v>401</v>
+      </c>
+      <c r="E31" t="s">
+        <v>138</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J31" t="s">
+        <v>63</v>
+      </c>
+      <c r="K31" t="s">
+        <v>402</v>
+      </c>
+      <c r="L31" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M31" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O31" s="2"/>
+      <c r="Q31" s="24"/>
+    </row>
+    <row r="32" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>408</v>
+      </c>
+      <c r="B32" t="s">
+        <v>409</v>
+      </c>
+      <c r="C32" t="s">
+        <v>409</v>
+      </c>
+      <c r="D32" t="s">
+        <v>410</v>
+      </c>
+      <c r="E32" t="s">
+        <v>241</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I10" t="s">
-[...5 lines deleted...]
-      <c r="K10" s="22">
+      <c r="H32" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J32" t="s">
+        <v>45</v>
+      </c>
+      <c r="K32" t="s">
+        <v>411</v>
+      </c>
+      <c r="L32" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M32" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...101 lines deleted...]
-      <c r="K13" s="22">
+      <c r="O32" s="2"/>
+      <c r="Q32" s="24"/>
+    </row>
+    <row r="33" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>412</v>
+      </c>
+      <c r="B33" t="s">
+        <v>413</v>
+      </c>
+      <c r="C33" t="s">
+        <v>412</v>
+      </c>
+      <c r="D33" t="s">
+        <v>414</v>
+      </c>
+      <c r="E33" t="s">
+        <v>415</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J33" t="s">
+        <v>63</v>
+      </c>
+      <c r="K33" t="s">
+        <v>416</v>
+      </c>
+      <c r="L33" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M33" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...66 lines deleted...]
-      <c r="K15" s="22">
+      <c r="O33" s="2"/>
+      <c r="Q33" s="24"/>
+    </row>
+    <row r="34" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>425</v>
+      </c>
+      <c r="B34" t="s">
+        <v>426</v>
+      </c>
+      <c r="C34" t="s">
+        <v>425</v>
+      </c>
+      <c r="D34" t="s">
+        <v>427</v>
+      </c>
+      <c r="E34" t="s">
+        <v>138</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J34" t="s">
+        <v>45</v>
+      </c>
+      <c r="K34" t="s">
+        <v>429</v>
+      </c>
+      <c r="L34" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M34" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...665 lines deleted...]
-    <row r="35" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O34" s="2"/>
+      <c r="Q34" s="24"/>
+    </row>
+    <row r="35" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A35" t="s">
-        <v>264</v>
+        <v>430</v>
       </c>
       <c r="B35" t="s">
-        <v>265</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>266</v>
+        <v>230</v>
       </c>
       <c r="D35" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>267</v>
+        <v>431</v>
+      </c>
+      <c r="E35" t="s">
+        <v>241</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H35" t="s">
+      <c r="H35" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J35" t="s">
+        <v>45</v>
+      </c>
+      <c r="K35" t="s">
+        <v>432</v>
+      </c>
+      <c r="L35" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M35" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O35" s="2"/>
+      <c r="Q35" s="24"/>
+    </row>
+    <row r="36" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>443</v>
+      </c>
+      <c r="B36" t="s">
+        <v>444</v>
+      </c>
+      <c r="C36" t="s">
+        <v>443</v>
+      </c>
+      <c r="D36" t="s">
+        <v>418</v>
+      </c>
+      <c r="E36" t="s">
+        <v>292</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J36" t="s">
+        <v>45</v>
+      </c>
+      <c r="K36" t="s">
+        <v>445</v>
+      </c>
+      <c r="L36" s="22" t="s">
+        <v>438</v>
+      </c>
+      <c r="M36" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O36" s="2"/>
+      <c r="Q36" s="24"/>
+    </row>
+    <row r="37" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>543</v>
+      </c>
+      <c r="B37" t="s">
+        <v>543</v>
+      </c>
+      <c r="C37" t="s">
+        <v>544</v>
+      </c>
+      <c r="D37" t="s">
+        <v>545</v>
+      </c>
+      <c r="E37" t="s">
+        <v>287</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I35" t="s">
-[...79 lines deleted...]
-    <row r="38" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H37" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J37" t="s">
+        <v>63</v>
+      </c>
+      <c r="K37" t="s">
+        <v>546</v>
+      </c>
+      <c r="L37" s="22" t="s">
+        <v>219</v>
+      </c>
+      <c r="M37" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="O37" s="2"/>
+      <c r="Q37" s="24"/>
+    </row>
+    <row r="38" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A38" t="s">
-        <v>433</v>
+        <v>38</v>
       </c>
       <c r="B38" t="s">
-        <v>434</v>
+        <v>39</v>
       </c>
       <c r="C38" t="s">
-        <v>435</v>
+        <v>39</v>
       </c>
       <c r="D38" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>40</v>
+      </c>
+      <c r="E38" t="s">
+        <v>41</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H38" t="s">
-[...8 lines deleted...]
-      <c r="K38" s="21" t="s">
+      <c r="H38" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J38" t="s">
+        <v>45</v>
+      </c>
+      <c r="K38" t="s">
+        <v>46</v>
+      </c>
+      <c r="L38" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="39" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M38" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O38" s="2"/>
+      <c r="Q38" s="24"/>
+    </row>
+    <row r="39" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A39" t="s">
-        <v>231</v>
+        <v>49</v>
       </c>
       <c r="B39" t="s">
-        <v>232</v>
+        <v>50</v>
       </c>
       <c r="C39" t="s">
-        <v>126</v>
+        <v>49</v>
       </c>
       <c r="D39" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>51</v>
+      </c>
+      <c r="E39" t="s">
+        <v>52</v>
       </c>
       <c r="F39" s="1" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H39" t="s">
-[...8 lines deleted...]
-      <c r="K39" s="22">
+      <c r="H39" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J39" t="s">
+        <v>54</v>
+      </c>
+      <c r="K39" t="s">
+        <v>55</v>
+      </c>
+      <c r="L39" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M39" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="40" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O39" s="2"/>
+      <c r="Q39" s="24"/>
+    </row>
+    <row r="40" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A40" t="s">
-        <v>568</v>
+        <v>57</v>
       </c>
       <c r="B40" t="s">
-        <v>569</v>
+        <v>58</v>
       </c>
       <c r="C40" t="s">
-        <v>570</v>
+        <v>57</v>
       </c>
       <c r="D40" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>59</v>
+      </c>
+      <c r="E40" t="s">
+        <v>60</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>61</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>43</v>
-[...10 lines deleted...]
-      <c r="K40" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J40" t="s">
+        <v>63</v>
+      </c>
+      <c r="K40" t="s">
+        <v>64</v>
+      </c>
+      <c r="L40" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="M40" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O40" s="2"/>
+      <c r="Q40" s="24"/>
+    </row>
+    <row r="41" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>71</v>
+      </c>
+      <c r="B41" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" t="s">
+        <v>71</v>
+      </c>
+      <c r="D41" t="s">
+        <v>73</v>
+      </c>
+      <c r="E41" t="s">
+        <v>74</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J41" t="s">
+        <v>45</v>
+      </c>
+      <c r="K41" t="s">
+        <v>75</v>
+      </c>
+      <c r="L41" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M41" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O41" s="2"/>
+      <c r="Q41" s="24"/>
+    </row>
+    <row r="42" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>78</v>
+      </c>
+      <c r="B42" t="s">
+        <v>78</v>
+      </c>
+      <c r="C42" t="s">
+        <v>78</v>
+      </c>
+      <c r="D42" t="s">
+        <v>79</v>
+      </c>
+      <c r="E42" t="s">
+        <v>80</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J42" t="s">
+        <v>45</v>
+      </c>
+      <c r="K42" t="s">
+        <v>82</v>
+      </c>
+      <c r="L42" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M42" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O42" s="2"/>
+      <c r="Q42" s="24"/>
+    </row>
+    <row r="43" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>83</v>
+      </c>
+      <c r="B43" t="s">
+        <v>84</v>
+      </c>
+      <c r="C43" t="s">
+        <v>83</v>
+      </c>
+      <c r="D43" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" t="s">
+        <v>86</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J43" t="s">
+        <v>45</v>
+      </c>
+      <c r="K43" t="s">
+        <v>87</v>
+      </c>
+      <c r="L43" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M43" s="23" t="s">
+        <v>191</v>
+      </c>
+      <c r="O43" s="2"/>
+      <c r="Q43" s="24"/>
+    </row>
+    <row r="44" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>88</v>
+      </c>
+      <c r="B44" t="s">
+        <v>88</v>
+      </c>
+      <c r="C44" t="s">
+        <v>88</v>
+      </c>
+      <c r="D44" t="s">
+        <v>89</v>
+      </c>
+      <c r="E44" t="s">
+        <v>90</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J44" t="s">
+        <v>45</v>
+      </c>
+      <c r="K44" t="s">
+        <v>91</v>
+      </c>
+      <c r="L44" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D41" t="s">
+      <c r="M44" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O44" s="2"/>
+      <c r="Q44" s="24"/>
+    </row>
+    <row r="45" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>92</v>
+      </c>
+      <c r="B45" t="s">
+        <v>93</v>
+      </c>
+      <c r="C45" t="s">
+        <v>92</v>
+      </c>
+      <c r="D45" t="s">
+        <v>94</v>
+      </c>
+      <c r="E45" t="s">
+        <v>95</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J45" t="s">
+        <v>45</v>
+      </c>
+      <c r="K45" t="s">
+        <v>97</v>
+      </c>
+      <c r="L45" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M45" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O45" s="2"/>
+      <c r="Q45" s="24"/>
+    </row>
+    <row r="46" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>98</v>
+      </c>
+      <c r="B46" t="s">
+        <v>98</v>
+      </c>
+      <c r="C46" t="s">
+        <v>98</v>
+      </c>
+      <c r="D46" t="s">
+        <v>99</v>
+      </c>
+      <c r="E46" t="s">
+        <v>52</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J46" t="s">
+        <v>45</v>
+      </c>
+      <c r="K46" t="s">
+        <v>101</v>
+      </c>
+      <c r="L46" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="M46" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O46" s="2"/>
+      <c r="Q46" s="24"/>
+    </row>
+    <row r="47" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>103</v>
+      </c>
+      <c r="B47" t="s">
+        <v>104</v>
+      </c>
+      <c r="C47" t="s">
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>105</v>
+      </c>
+      <c r="E47" t="s">
+        <v>106</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J47" t="s">
+        <v>45</v>
+      </c>
+      <c r="K47" t="s">
+        <v>108</v>
+      </c>
+      <c r="L47" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M47" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O47" s="2"/>
+      <c r="Q47" s="24"/>
+    </row>
+    <row r="48" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>109</v>
+      </c>
+      <c r="B48" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" t="s">
+        <v>109</v>
+      </c>
+      <c r="D48" t="s">
+        <v>110</v>
+      </c>
+      <c r="E48" t="s">
+        <v>111</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J48" t="s">
+        <v>45</v>
+      </c>
+      <c r="K48" t="s">
+        <v>113</v>
+      </c>
+      <c r="L48" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M48" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O48" s="2"/>
+      <c r="Q48" s="24"/>
+    </row>
+    <row r="49" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>114</v>
+      </c>
+      <c r="B49" t="s">
+        <v>115</v>
+      </c>
+      <c r="C49" t="s">
+        <v>114</v>
+      </c>
+      <c r="D49" t="s">
+        <v>116</v>
+      </c>
+      <c r="E49" t="s">
+        <v>106</v>
+      </c>
+      <c r="F49" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H49" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J49" t="s">
+        <v>45</v>
+      </c>
+      <c r="K49" t="s">
+        <v>118</v>
+      </c>
+      <c r="L49" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M49" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O49" s="2"/>
+      <c r="Q49" s="24"/>
+    </row>
+    <row r="50" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>119</v>
+      </c>
+      <c r="B50" t="s">
+        <v>119</v>
+      </c>
+      <c r="C50" t="s">
+        <v>119</v>
+      </c>
+      <c r="D50" t="s">
+        <v>120</v>
+      </c>
+      <c r="E50" t="s">
+        <v>111</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H50" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I50" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J50" t="s">
+        <v>63</v>
+      </c>
+      <c r="K50" t="s">
+        <v>122</v>
+      </c>
+      <c r="L50" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M50" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O50" s="2"/>
+      <c r="Q50" s="24"/>
+    </row>
+    <row r="51" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>125</v>
+      </c>
+      <c r="B51" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" t="s">
+        <v>125</v>
+      </c>
+      <c r="D51" t="s">
+        <v>127</v>
+      </c>
+      <c r="E51" t="s">
+        <v>128</v>
+      </c>
+      <c r="F51" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H51" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I51" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J51" t="s">
+        <v>45</v>
+      </c>
+      <c r="K51" t="s">
+        <v>129</v>
+      </c>
+      <c r="L51" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M51" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O51" s="2"/>
+      <c r="Q51" s="24"/>
+    </row>
+    <row r="52" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
+        <v>88</v>
+      </c>
+      <c r="B52" t="s">
+        <v>88</v>
+      </c>
+      <c r="C52" t="s">
+        <v>88</v>
+      </c>
+      <c r="D52" t="s">
+        <v>89</v>
+      </c>
+      <c r="E52" t="s">
+        <v>90</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J52" t="s">
+        <v>45</v>
+      </c>
+      <c r="K52" t="s">
+        <v>91</v>
+      </c>
+      <c r="L52" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M52" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O52" s="2"/>
+      <c r="Q52" s="24"/>
+    </row>
+    <row r="53" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
+        <v>131</v>
+      </c>
+      <c r="B53" t="s">
+        <v>132</v>
+      </c>
+      <c r="C53" t="s">
+        <v>131</v>
+      </c>
+      <c r="D53" t="s">
+        <v>133</v>
+      </c>
+      <c r="E53" t="s">
+        <v>134</v>
+      </c>
+      <c r="F53" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H53" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I53" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J53" t="s">
+        <v>45</v>
+      </c>
+      <c r="K53" t="s">
+        <v>135</v>
+      </c>
+      <c r="L53" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M53" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O53" s="2"/>
+      <c r="Q53" s="24"/>
+    </row>
+    <row r="54" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
+        <v>142</v>
+      </c>
+      <c r="B54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" t="s">
+        <v>142</v>
+      </c>
+      <c r="D54" t="s">
+        <v>144</v>
+      </c>
+      <c r="E54" t="s">
+        <v>145</v>
+      </c>
+      <c r="F54" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H54" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I54" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J54" t="s">
+        <v>45</v>
+      </c>
+      <c r="K54" t="s">
+        <v>146</v>
+      </c>
+      <c r="L54" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M54" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O54" s="2"/>
+      <c r="Q54" s="24"/>
+    </row>
+    <row r="55" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
+        <v>148</v>
+      </c>
+      <c r="B55" t="s">
+        <v>149</v>
+      </c>
+      <c r="C55" t="s">
+        <v>148</v>
+      </c>
+      <c r="D55" t="s">
+        <v>89</v>
+      </c>
+      <c r="E55" t="s">
+        <v>90</v>
+      </c>
+      <c r="F55" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H55" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I55" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J55" t="s">
+        <v>45</v>
+      </c>
+      <c r="K55" t="s">
+        <v>150</v>
+      </c>
+      <c r="L55" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M55" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O55" s="2"/>
+      <c r="Q55" s="24"/>
+    </row>
+    <row r="56" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
+        <v>151</v>
+      </c>
+      <c r="B56" t="s">
+        <v>152</v>
+      </c>
+      <c r="C56" t="s">
+        <v>153</v>
+      </c>
+      <c r="D56" t="s">
+        <v>154</v>
+      </c>
+      <c r="E56" t="s">
+        <v>138</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J56" t="s">
+        <v>45</v>
+      </c>
+      <c r="K56" t="s">
+        <v>155</v>
+      </c>
+      <c r="L56" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M56" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O56" s="2"/>
+      <c r="Q56" s="24"/>
+    </row>
+    <row r="57" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>156</v>
+      </c>
+      <c r="B57" t="s">
+        <v>156</v>
+      </c>
+      <c r="C57" t="s">
+        <v>156</v>
+      </c>
+      <c r="D57" t="s">
+        <v>157</v>
+      </c>
+      <c r="E57" t="s">
+        <v>128</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J57" t="s">
+        <v>45</v>
+      </c>
+      <c r="K57" t="s">
+        <v>159</v>
+      </c>
+      <c r="L57" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M57" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O57" s="2"/>
+      <c r="Q57" s="24"/>
+    </row>
+    <row r="58" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>160</v>
+      </c>
+      <c r="B58" t="s">
         <v>161</v>
       </c>
-      <c r="E41" s="1" t="s">
-[...587 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>250</v>
+        <v>160</v>
       </c>
       <c r="D58" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>162</v>
+      </c>
+      <c r="E58" t="s">
+        <v>163</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H58" t="s">
-[...8 lines deleted...]
-      <c r="K58" s="22">
+      <c r="H58" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J58" t="s">
+        <v>54</v>
+      </c>
+      <c r="K58" t="s">
+        <v>164</v>
+      </c>
+      <c r="L58" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M58" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="59" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O58" s="2"/>
+      <c r="Q58" s="24"/>
+    </row>
+    <row r="59" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A59" t="s">
-        <v>288</v>
+        <v>165</v>
       </c>
       <c r="B59" t="s">
-        <v>217</v>
+        <v>165</v>
       </c>
       <c r="C59" t="s">
-        <v>289</v>
+        <v>165</v>
       </c>
       <c r="D59" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>166</v>
+      </c>
+      <c r="E59" t="s">
+        <v>52</v>
       </c>
       <c r="F59" s="1" t="s">
-        <v>42</v>
+        <v>167</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H59" t="s">
-[...8 lines deleted...]
-      <c r="K59" s="22">
+      <c r="H59" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J59" t="s">
+        <v>45</v>
+      </c>
+      <c r="K59" t="s">
+        <v>168</v>
+      </c>
+      <c r="L59" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M59" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="60" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O59" s="2"/>
+      <c r="Q59" s="24"/>
+    </row>
+    <row r="60" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A60" t="s">
-        <v>477</v>
+        <v>170</v>
       </c>
       <c r="B60" t="s">
-        <v>478</v>
+        <v>171</v>
       </c>
       <c r="C60" t="s">
-        <v>126</v>
+        <v>170</v>
       </c>
       <c r="D60" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>172</v>
+      </c>
+      <c r="E60" t="s">
+        <v>106</v>
       </c>
       <c r="F60" s="1" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H60" t="s">
-[...8 lines deleted...]
-      <c r="K60" s="21" t="s">
+      <c r="H60" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J60" t="s">
+        <v>45</v>
+      </c>
+      <c r="K60" t="s">
+        <v>173</v>
+      </c>
+      <c r="L60" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="61" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M60" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O60" s="2"/>
+      <c r="Q60" s="24"/>
+    </row>
+    <row r="61" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A61" t="s">
-        <v>225</v>
+        <v>174</v>
       </c>
       <c r="B61" t="s">
-        <v>226</v>
+        <v>175</v>
       </c>
       <c r="C61" t="s">
-        <v>227</v>
+        <v>174</v>
       </c>
       <c r="D61" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>176</v>
+      </c>
+      <c r="E61" t="s">
+        <v>177</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H61" t="s">
-[...12 lines deleted...]
-    <row r="62" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H61" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J61" t="s">
+        <v>54</v>
+      </c>
+      <c r="K61" t="s">
+        <v>178</v>
+      </c>
+      <c r="L61" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M61" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O61" s="2"/>
+      <c r="Q61" s="24"/>
+    </row>
+    <row r="62" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A62" t="s">
-        <v>108</v>
+        <v>181</v>
       </c>
       <c r="B62" t="s">
-        <v>108</v>
+        <v>182</v>
       </c>
       <c r="C62" t="s">
-        <v>109</v>
+        <v>182</v>
       </c>
       <c r="D62" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>183</v>
+      </c>
+      <c r="E62" t="s">
+        <v>90</v>
       </c>
       <c r="F62" s="1" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H62" t="s">
-[...8 lines deleted...]
-      <c r="K62" s="22">
+      <c r="H62" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J62" t="s">
+        <v>45</v>
+      </c>
+      <c r="K62" t="s">
+        <v>185</v>
+      </c>
+      <c r="L62" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M62" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="63" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O62" s="2"/>
+      <c r="Q62" s="24"/>
+    </row>
+    <row r="63" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A63" t="s">
-        <v>238</v>
+        <v>192</v>
       </c>
       <c r="B63" t="s">
-        <v>239</v>
+        <v>192</v>
       </c>
       <c r="C63" t="s">
-        <v>240</v>
+        <v>192</v>
       </c>
       <c r="D63" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>193</v>
+      </c>
+      <c r="E63" t="s">
+        <v>138</v>
       </c>
       <c r="F63" s="1" t="s">
-        <v>61</v>
+        <v>184</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H63" t="s">
-[...8 lines deleted...]
-      <c r="K63" s="21" t="s">
+      <c r="H63" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J63" t="s">
+        <v>45</v>
+      </c>
+      <c r="K63" t="s">
+        <v>194</v>
+      </c>
+      <c r="L63" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="64" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M63" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O63" s="2"/>
+      <c r="Q63" s="24"/>
+    </row>
+    <row r="64" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A64" t="s">
-        <v>542</v>
+        <v>195</v>
       </c>
       <c r="B64" t="s">
-        <v>542</v>
+        <v>195</v>
       </c>
       <c r="C64" t="s">
-        <v>543</v>
+        <v>195</v>
       </c>
       <c r="D64" t="s">
-        <v>185</v>
-[...2 lines deleted...]
-        <v>111</v>
+        <v>196</v>
+      </c>
+      <c r="E64" t="s">
+        <v>106</v>
       </c>
       <c r="F64" s="1" t="s">
-        <v>61</v>
+        <v>141</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H64" t="s">
-[...8 lines deleted...]
-      <c r="K64" s="21" t="s">
+      <c r="H64" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J64" t="s">
+        <v>45</v>
+      </c>
+      <c r="K64" t="s">
+        <v>197</v>
+      </c>
+      <c r="L64" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="65" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M64" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O64" s="2"/>
+      <c r="Q64" s="24"/>
+    </row>
+    <row r="65" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A65" t="s">
-        <v>172</v>
+        <v>198</v>
       </c>
       <c r="B65" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="C65" t="s">
-        <v>174</v>
+        <v>198</v>
       </c>
       <c r="D65" t="s">
-        <v>175</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>199</v>
+      </c>
+      <c r="E65" t="s">
+        <v>86</v>
       </c>
       <c r="F65" s="1" t="s">
-        <v>42</v>
+        <v>67</v>
       </c>
       <c r="G65" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J65" t="s">
+        <v>45</v>
+      </c>
+      <c r="K65" t="s">
+        <v>200</v>
+      </c>
+      <c r="L65" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M65" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O65" s="2"/>
+      <c r="Q65" s="24"/>
+    </row>
+    <row r="66" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>201</v>
+      </c>
+      <c r="B66" t="s">
+        <v>202</v>
+      </c>
+      <c r="C66" t="s">
+        <v>202</v>
+      </c>
+      <c r="D66" t="s">
+        <v>203</v>
+      </c>
+      <c r="E66" t="s">
         <v>52</v>
       </c>
-      <c r="H65" t="s">
-[...8 lines deleted...]
-      <c r="K65" s="21" t="s">
+      <c r="F66" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J66" t="s">
+        <v>45</v>
+      </c>
+      <c r="K66" t="s">
+        <v>204</v>
+      </c>
+      <c r="L66" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K66" s="21" t="s">
+      <c r="M66" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O66" s="2"/>
+      <c r="Q66" s="24"/>
+    </row>
+    <row r="67" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>205</v>
+      </c>
+      <c r="B67" t="s">
+        <v>206</v>
+      </c>
+      <c r="C67" t="s">
+        <v>207</v>
+      </c>
+      <c r="D67" t="s">
+        <v>208</v>
+      </c>
+      <c r="E67" t="s">
+        <v>163</v>
+      </c>
+      <c r="F67" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H67" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I67" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J67" t="s">
+        <v>45</v>
+      </c>
+      <c r="K67" t="s">
+        <v>209</v>
+      </c>
+      <c r="L67" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...35 lines deleted...]
-    <row r="68" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M67" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O67" s="2"/>
+      <c r="Q67" s="24"/>
+    </row>
+    <row r="68" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
-        <v>150</v>
+        <v>210</v>
       </c>
       <c r="B68" t="s">
-        <v>151</v>
+        <v>211</v>
       </c>
       <c r="C68" t="s">
-        <v>152</v>
+        <v>210</v>
       </c>
       <c r="D68" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>73</v>
+      </c>
+      <c r="E68" t="s">
+        <v>74</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H68" t="s">
-[...8 lines deleted...]
-      <c r="K68" s="22">
+      <c r="H68" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I68" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J68" t="s">
+        <v>45</v>
+      </c>
+      <c r="K68" t="s">
+        <v>212</v>
+      </c>
+      <c r="L68" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M68" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="69" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O68" s="2"/>
+      <c r="Q68" s="24"/>
+    </row>
+    <row r="69" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
-        <v>463</v>
+        <v>213</v>
       </c>
       <c r="B69" t="s">
-        <v>464</v>
+        <v>213</v>
       </c>
       <c r="C69" t="s">
-        <v>465</v>
+        <v>213</v>
       </c>
       <c r="D69" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>214</v>
+      </c>
+      <c r="E69" t="s">
+        <v>106</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H69" t="s">
-[...8 lines deleted...]
-      <c r="K69" s="21" t="s">
+      <c r="H69" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I69" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J69" t="s">
+        <v>45</v>
+      </c>
+      <c r="K69" t="s">
+        <v>215</v>
+      </c>
+      <c r="L69" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="70" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M69" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O69" s="2"/>
+      <c r="Q69" s="24"/>
+    </row>
+    <row r="70" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
-        <v>252</v>
+        <v>220</v>
       </c>
       <c r="B70" t="s">
-        <v>252</v>
+        <v>221</v>
       </c>
       <c r="C70" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="D70" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>222</v>
+      </c>
+      <c r="E70" t="s">
+        <v>223</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H70" t="s">
-[...8 lines deleted...]
-      <c r="K70" s="22">
+      <c r="H70" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I70" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J70" t="s">
+        <v>45</v>
+      </c>
+      <c r="K70" t="s">
+        <v>224</v>
+      </c>
+      <c r="L70" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M70" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="71" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O70" s="2"/>
+      <c r="Q70" s="24"/>
+    </row>
+    <row r="71" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
-        <v>412</v>
+        <v>225</v>
       </c>
       <c r="B71" t="s">
-        <v>413</v>
+        <v>226</v>
       </c>
       <c r="C71" t="s">
-        <v>414</v>
+        <v>225</v>
       </c>
       <c r="D71" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>227</v>
+      </c>
+      <c r="E71" t="s">
+        <v>41</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H71" t="s">
-[...8 lines deleted...]
-      <c r="K71" s="22">
+      <c r="H71" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J71" t="s">
+        <v>54</v>
+      </c>
+      <c r="K71" t="s">
+        <v>228</v>
+      </c>
+      <c r="L71" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M71" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="72" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O71" s="2"/>
+      <c r="Q71" s="24"/>
+    </row>
+    <row r="72" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
-        <v>209</v>
+        <v>235</v>
       </c>
       <c r="B72" t="s">
-        <v>209</v>
+        <v>236</v>
       </c>
       <c r="C72" t="s">
-        <v>210</v>
+        <v>237</v>
       </c>
       <c r="D72" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>127</v>
+      </c>
+      <c r="E72" t="s">
+        <v>128</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>43</v>
-[...10 lines deleted...]
-      <c r="K72" s="22">
+        <v>62</v>
+      </c>
+      <c r="H72" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I72" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J72" t="s">
+        <v>45</v>
+      </c>
+      <c r="K72" t="s">
+        <v>238</v>
+      </c>
+      <c r="L72" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M72" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="73" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O72" s="2"/>
+      <c r="Q72" s="24"/>
+    </row>
+    <row r="73" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
-        <v>260</v>
+        <v>239</v>
       </c>
       <c r="B73" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="C73" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
       <c r="D73" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>240</v>
+      </c>
+      <c r="E73" t="s">
+        <v>241</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H73" t="s">
-[...8 lines deleted...]
-      <c r="K73" s="22">
+      <c r="H73" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I73" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J73" t="s">
+        <v>45</v>
+      </c>
+      <c r="K73" t="s">
+        <v>242</v>
+      </c>
+      <c r="L73" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M73" s="23">
         <v>46022</v>
       </c>
-    </row>
-    <row r="74" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O73" s="2"/>
+      <c r="Q73" s="24"/>
+    </row>
+    <row r="74" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
-        <v>471</v>
+        <v>243</v>
       </c>
       <c r="B74" t="s">
-        <v>472</v>
+        <v>244</v>
       </c>
       <c r="C74" t="s">
-        <v>473</v>
+        <v>244</v>
       </c>
       <c r="D74" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>245</v>
+      </c>
+      <c r="E74" t="s">
+        <v>52</v>
       </c>
       <c r="F74" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>43</v>
-[...10 lines deleted...]
-      <c r="K74" s="21" t="s">
+        <v>62</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J74" t="s">
+        <v>45</v>
+      </c>
+      <c r="K74" t="s">
+        <v>246</v>
+      </c>
+      <c r="L74" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M74" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O74" s="2"/>
+      <c r="Q74" s="24"/>
+    </row>
+    <row r="75" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>247</v>
+      </c>
+      <c r="B75" t="s">
+        <v>247</v>
+      </c>
+      <c r="C75" t="s">
+        <v>248</v>
+      </c>
+      <c r="D75" t="s">
+        <v>85</v>
+      </c>
+      <c r="E75" t="s">
+        <v>86</v>
+      </c>
+      <c r="F75" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H75" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I75" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J75" t="s">
+        <v>63</v>
+      </c>
+      <c r="K75" t="s">
+        <v>249</v>
+      </c>
+      <c r="L75" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K75" s="21" t="s">
+      <c r="M75" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O75" s="2"/>
+      <c r="Q75" s="24"/>
+    </row>
+    <row r="76" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>250</v>
+      </c>
+      <c r="B76" t="s">
+        <v>251</v>
+      </c>
+      <c r="C76" t="s">
+        <v>250</v>
+      </c>
+      <c r="D76" t="s">
+        <v>252</v>
+      </c>
+      <c r="E76" t="s">
+        <v>52</v>
+      </c>
+      <c r="F76" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J76" t="s">
+        <v>45</v>
+      </c>
+      <c r="K76" t="s">
+        <v>253</v>
+      </c>
+      <c r="L76" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K76" s="22">
+      <c r="M76" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O76" s="2"/>
+      <c r="Q76" s="24"/>
+    </row>
+    <row r="77" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>278</v>
+      </c>
+      <c r="B77" t="s">
+        <v>68</v>
+      </c>
+      <c r="C77" t="s">
+        <v>278</v>
+      </c>
+      <c r="D77" t="s">
+        <v>279</v>
+      </c>
+      <c r="E77" t="s">
+        <v>52</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J77" t="s">
+        <v>45</v>
+      </c>
+      <c r="K77" t="s">
+        <v>280</v>
+      </c>
+      <c r="L77" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M77" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O77" s="2"/>
+      <c r="Q77" s="24"/>
+    </row>
+    <row r="78" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>297</v>
+      </c>
+      <c r="B78" t="s">
+        <v>298</v>
+      </c>
+      <c r="C78" t="s">
+        <v>297</v>
+      </c>
+      <c r="D78" t="s">
+        <v>299</v>
+      </c>
+      <c r="E78" t="s">
+        <v>52</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J78" t="s">
+        <v>45</v>
+      </c>
+      <c r="K78" t="s">
+        <v>300</v>
+      </c>
+      <c r="L78" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M78" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O78" s="2"/>
+      <c r="Q78" s="24"/>
+    </row>
+    <row r="79" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>301</v>
+      </c>
+      <c r="B79" t="s">
+        <v>302</v>
+      </c>
+      <c r="C79" t="s">
+        <v>301</v>
+      </c>
+      <c r="D79" t="s">
+        <v>286</v>
+      </c>
+      <c r="E79" t="s">
+        <v>287</v>
+      </c>
+      <c r="F79" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H79" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I79" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J79" t="s">
+        <v>45</v>
+      </c>
+      <c r="K79" t="s">
+        <v>303</v>
+      </c>
+      <c r="L79" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M79" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K77" s="21" t="s">
+      <c r="O79" s="2"/>
+      <c r="Q79" s="24"/>
+    </row>
+    <row r="80" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>314</v>
+      </c>
+      <c r="B80" t="s">
+        <v>315</v>
+      </c>
+      <c r="C80" t="s">
+        <v>314</v>
+      </c>
+      <c r="D80" t="s">
+        <v>316</v>
+      </c>
+      <c r="E80" t="s">
+        <v>241</v>
+      </c>
+      <c r="F80" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H80" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J80" t="s">
+        <v>45</v>
+      </c>
+      <c r="K80" t="s">
+        <v>317</v>
+      </c>
+      <c r="L80" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H78" t="s">
+      <c r="M80" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O80" s="2"/>
+      <c r="Q80" s="24"/>
+    </row>
+    <row r="81" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>136</v>
+      </c>
+      <c r="B81" t="s">
+        <v>136</v>
+      </c>
+      <c r="C81" t="s">
+        <v>136</v>
+      </c>
+      <c r="D81" t="s">
+        <v>137</v>
+      </c>
+      <c r="E81" t="s">
+        <v>138</v>
+      </c>
+      <c r="F81" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I78" t="s">
-[...5 lines deleted...]
-      <c r="K78" s="21" t="s">
+      <c r="H81" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J81" t="s">
+        <v>63</v>
+      </c>
+      <c r="K81" t="s">
+        <v>140</v>
+      </c>
+      <c r="L81" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M81" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O81" s="2"/>
+      <c r="Q81" s="24"/>
+    </row>
+    <row r="82" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>326</v>
+      </c>
+      <c r="B82" t="s">
+        <v>327</v>
+      </c>
+      <c r="C82" t="s">
+        <v>326</v>
+      </c>
+      <c r="D82" t="s">
+        <v>328</v>
+      </c>
+      <c r="E82" t="s">
+        <v>106</v>
+      </c>
+      <c r="F82" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H82" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I82" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J82" t="s">
+        <v>45</v>
+      </c>
+      <c r="K82" t="s">
+        <v>329</v>
+      </c>
+      <c r="L82" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H79" t="s">
+      <c r="M82" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O82" s="2"/>
+      <c r="Q82" s="24"/>
+    </row>
+    <row r="83" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>335</v>
+      </c>
+      <c r="B83" t="s">
+        <v>335</v>
+      </c>
+      <c r="C83" t="s">
+        <v>336</v>
+      </c>
+      <c r="D83" t="s">
+        <v>337</v>
+      </c>
+      <c r="E83" t="s">
+        <v>76</v>
+      </c>
+      <c r="F83" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H83" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I83" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J83" t="s">
+        <v>45</v>
+      </c>
+      <c r="K83" t="s">
+        <v>338</v>
+      </c>
+      <c r="L83" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M83" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O83" s="2"/>
+      <c r="Q83" s="24"/>
+    </row>
+    <row r="84" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A84" t="s">
+        <v>343</v>
+      </c>
+      <c r="B84" t="s">
+        <v>344</v>
+      </c>
+      <c r="C84" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" t="s">
+        <v>345</v>
+      </c>
+      <c r="E84" t="s">
+        <v>52</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G84" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I79" t="s">
-[...5 lines deleted...]
-      <c r="K79" s="21" t="s">
+      <c r="H84" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I84" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J84" t="s">
+        <v>45</v>
+      </c>
+      <c r="K84" t="s">
+        <v>346</v>
+      </c>
+      <c r="L84" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K80" s="22">
+      <c r="M84" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="O84" s="2"/>
+      <c r="Q84" s="24"/>
+    </row>
+    <row r="85" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A85" t="s">
+        <v>352</v>
+      </c>
+      <c r="B85" t="s">
+        <v>353</v>
+      </c>
+      <c r="C85" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" t="s">
+        <v>354</v>
+      </c>
+      <c r="E85" t="s">
         <v>52</v>
       </c>
-      <c r="H81" t="s">
-[...8 lines deleted...]
-      <c r="K81" s="22">
+      <c r="F85" s="1" t="s">
+        <v>355</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H85" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J85" t="s">
+        <v>45</v>
+      </c>
+      <c r="K85" t="s">
+        <v>356</v>
+      </c>
+      <c r="L85" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M85" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      <c r="K82" s="22">
+      <c r="O85" s="2"/>
+      <c r="Q85" s="24"/>
+    </row>
+    <row r="86" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A86" t="s">
+        <v>373</v>
+      </c>
+      <c r="B86" t="s">
+        <v>374</v>
+      </c>
+      <c r="C86" t="s">
+        <v>373</v>
+      </c>
+      <c r="D86" t="s">
+        <v>375</v>
+      </c>
+      <c r="E86" t="s">
+        <v>292</v>
+      </c>
+      <c r="F86" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H86" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J86" t="s">
+        <v>45</v>
+      </c>
+      <c r="K86" t="s">
+        <v>376</v>
+      </c>
+      <c r="L86" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M86" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O86" s="2"/>
+      <c r="Q86" s="24"/>
+    </row>
+    <row r="87" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
+        <v>381</v>
+      </c>
+      <c r="B87" t="s">
+        <v>382</v>
+      </c>
+      <c r="C87" t="s">
+        <v>381</v>
+      </c>
+      <c r="D87" t="s">
+        <v>383</v>
+      </c>
+      <c r="E87" t="s">
+        <v>134</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J87" t="s">
+        <v>45</v>
+      </c>
+      <c r="K87" t="s">
+        <v>384</v>
+      </c>
+      <c r="L87" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M87" s="23">
         <v>46022</v>
       </c>
-    </row>
-[...22 lines deleted...]
-      <c r="H83" t="s">
+      <c r="O87" s="2"/>
+      <c r="Q87" s="24"/>
+    </row>
+    <row r="88" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>388</v>
+      </c>
+      <c r="B88" t="s">
+        <v>389</v>
+      </c>
+      <c r="C88" t="s">
+        <v>388</v>
+      </c>
+      <c r="D88" t="s">
+        <v>89</v>
+      </c>
+      <c r="E88" t="s">
+        <v>90</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J88" t="s">
+        <v>45</v>
+      </c>
+      <c r="K88" t="s">
+        <v>390</v>
+      </c>
+      <c r="L88" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M88" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O88" s="2"/>
+      <c r="Q88" s="24"/>
+    </row>
+    <row r="89" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>395</v>
+      </c>
+      <c r="B89" t="s">
+        <v>396</v>
+      </c>
+      <c r="C89" t="s">
+        <v>395</v>
+      </c>
+      <c r="D89" t="s">
+        <v>397</v>
+      </c>
+      <c r="E89" t="s">
+        <v>86</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J89" t="s">
+        <v>45</v>
+      </c>
+      <c r="K89" t="s">
+        <v>399</v>
+      </c>
+      <c r="L89" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M89" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O89" s="2"/>
+      <c r="Q89" s="24"/>
+    </row>
+    <row r="90" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>403</v>
+      </c>
+      <c r="B90" t="s">
+        <v>403</v>
+      </c>
+      <c r="C90" t="s">
+        <v>403</v>
+      </c>
+      <c r="D90" t="s">
+        <v>404</v>
+      </c>
+      <c r="E90" t="s">
+        <v>179</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J90" t="s">
+        <v>45</v>
+      </c>
+      <c r="K90" t="s">
+        <v>406</v>
+      </c>
+      <c r="L90" s="22" t="s">
+        <v>407</v>
+      </c>
+      <c r="M90" s="23" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="O90" s="2"/>
+      <c r="Q90" s="24"/>
+    </row>
+    <row r="91" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>417</v>
+      </c>
+      <c r="B91" t="s">
+        <v>417</v>
+      </c>
+      <c r="C91" t="s">
+        <v>417</v>
+      </c>
+      <c r="D91" t="s">
+        <v>418</v>
+      </c>
+      <c r="E91" t="s">
+        <v>292</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="G91" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I83" t="s">
-[...188 lines deleted...]
-      <c r="B89" t="s">
+      <c r="H91" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J91" t="s">
+        <v>45</v>
+      </c>
+      <c r="K91" t="s">
+        <v>420</v>
+      </c>
+      <c r="L91" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M91" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O91" s="2"/>
+      <c r="Q91" s="24"/>
+    </row>
+    <row r="92" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>421</v>
+      </c>
+      <c r="B92" t="s">
+        <v>422</v>
+      </c>
+      <c r="C92" t="s">
+        <v>421</v>
+      </c>
+      <c r="D92" t="s">
+        <v>423</v>
+      </c>
+      <c r="E92" t="s">
+        <v>106</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J92" t="s">
+        <v>45</v>
+      </c>
+      <c r="K92" t="s">
+        <v>424</v>
+      </c>
+      <c r="L92" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M92" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O92" s="2"/>
+      <c r="Q92" s="24"/>
+    </row>
+    <row r="93" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>433</v>
+      </c>
+      <c r="B93" t="s">
+        <v>433</v>
+      </c>
+      <c r="C93" t="s">
+        <v>433</v>
+      </c>
+      <c r="D93" t="s">
+        <v>434</v>
+      </c>
+      <c r="E93" t="s">
+        <v>163</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J93" t="s">
+        <v>45</v>
+      </c>
+      <c r="K93" t="s">
+        <v>435</v>
+      </c>
+      <c r="L93" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M93" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O93" s="2"/>
+      <c r="Q93" s="24"/>
+    </row>
+    <row r="94" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A94" t="s">
+        <v>436</v>
+      </c>
+      <c r="B94" t="s">
+        <v>436</v>
+      </c>
+      <c r="C94" t="s">
+        <v>436</v>
+      </c>
+      <c r="D94" t="s">
+        <v>418</v>
+      </c>
+      <c r="E94" t="s">
         <v>292</v>
       </c>
-      <c r="C89" t="s">
-[...182 lines deleted...]
-      </c>
       <c r="F94" s="1" t="s">
-        <v>42</v>
+        <v>184</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>52</v>
-[...14 lines deleted...]
-    <row r="95" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+        <v>43</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J94" t="s">
+        <v>45</v>
+      </c>
+      <c r="K94" t="s">
+        <v>437</v>
+      </c>
+      <c r="L94" s="22" t="s">
+        <v>438</v>
+      </c>
+      <c r="M94" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O94" s="2"/>
+      <c r="Q94" s="24"/>
+    </row>
+    <row r="95" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A95" t="s">
-        <v>195</v>
+        <v>439</v>
       </c>
       <c r="B95" t="s">
-        <v>195</v>
+        <v>440</v>
       </c>
       <c r="C95" t="s">
-        <v>196</v>
+        <v>439</v>
       </c>
       <c r="D95" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>441</v>
+      </c>
+      <c r="E95" t="s">
+        <v>232</v>
       </c>
       <c r="F95" s="1" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H95" t="s">
-[...12 lines deleted...]
-    <row r="96" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H95" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J95" t="s">
+        <v>45</v>
+      </c>
+      <c r="K95" t="s">
+        <v>442</v>
+      </c>
+      <c r="L95" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M95" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O95" s="2"/>
+      <c r="Q95" s="24"/>
+    </row>
+    <row r="96" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A96" t="s">
-        <v>135</v>
+        <v>446</v>
       </c>
       <c r="B96" t="s">
-        <v>135</v>
+        <v>447</v>
       </c>
       <c r="C96" t="s">
-        <v>136</v>
+        <v>447</v>
       </c>
       <c r="D96" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>448</v>
+      </c>
+      <c r="E96" t="s">
+        <v>106</v>
       </c>
       <c r="F96" s="1" t="s">
-        <v>61</v>
+        <v>261</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H96" t="s">
-[...12 lines deleted...]
-    <row r="97" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H96" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J96" t="s">
+        <v>45</v>
+      </c>
+      <c r="K96" t="s">
+        <v>449</v>
+      </c>
+      <c r="L96" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M96" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O96" s="2"/>
+      <c r="Q96" s="24"/>
+    </row>
+    <row r="97" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A97" t="s">
-        <v>154</v>
+        <v>450</v>
       </c>
       <c r="B97" t="s">
-        <v>154</v>
+        <v>450</v>
       </c>
       <c r="C97" t="s">
-        <v>155</v>
+        <v>450</v>
       </c>
       <c r="D97" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>451</v>
+      </c>
+      <c r="E97" t="s">
+        <v>163</v>
       </c>
       <c r="F97" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H97" t="s">
-[...12 lines deleted...]
-    <row r="98" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H97" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J97" t="s">
+        <v>54</v>
+      </c>
+      <c r="K97" t="s">
+        <v>452</v>
+      </c>
+      <c r="L97" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M97" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O97" s="2"/>
+      <c r="Q97" s="24"/>
+    </row>
+    <row r="98" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A98" t="s">
-        <v>304</v>
+        <v>453</v>
       </c>
       <c r="B98" t="s">
-        <v>305</v>
+        <v>453</v>
       </c>
       <c r="C98" t="s">
-        <v>306</v>
+        <v>453</v>
       </c>
       <c r="D98" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>454</v>
+      </c>
+      <c r="E98" t="s">
+        <v>106</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>42</v>
+        <v>112</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H98" t="s">
-[...2 lines deleted...]
-      <c r="I98" t="s">
+      <c r="H98" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I98" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J98" t="s">
+        <v>45</v>
+      </c>
+      <c r="K98" t="s">
+        <v>455</v>
+      </c>
+      <c r="L98" s="22" t="s">
+        <v>65</v>
+      </c>
+      <c r="M98" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O98" s="2"/>
+      <c r="Q98" s="24"/>
+    </row>
+    <row r="99" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A99" t="s">
+        <v>456</v>
+      </c>
+      <c r="B99" t="s">
+        <v>456</v>
+      </c>
+      <c r="C99" t="s">
+        <v>456</v>
+      </c>
+      <c r="D99" t="s">
+        <v>457</v>
+      </c>
+      <c r="E99" t="s">
+        <v>95</v>
+      </c>
+      <c r="F99" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H99" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I99" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J99" t="s">
+        <v>45</v>
+      </c>
+      <c r="K99" t="s">
+        <v>458</v>
+      </c>
+      <c r="L99" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M99" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O99" s="2"/>
+      <c r="Q99" s="24"/>
+    </row>
+    <row r="100" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A100" t="s">
+        <v>57</v>
+      </c>
+      <c r="B100" t="s">
+        <v>57</v>
+      </c>
+      <c r="C100" t="s">
+        <v>57</v>
+      </c>
+      <c r="D100" t="s">
+        <v>59</v>
+      </c>
+      <c r="E100" t="s">
+        <v>60</v>
+      </c>
+      <c r="F100" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J100" t="s">
+        <v>45</v>
+      </c>
+      <c r="K100" t="s">
+        <v>459</v>
+      </c>
+      <c r="L100" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M100" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O100" s="2"/>
+      <c r="Q100" s="24"/>
+    </row>
+    <row r="101" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A101" t="s">
+        <v>460</v>
+      </c>
+      <c r="B101" t="s">
+        <v>461</v>
+      </c>
+      <c r="C101" t="s">
+        <v>461</v>
+      </c>
+      <c r="D101" t="s">
+        <v>462</v>
+      </c>
+      <c r="E101" t="s">
+        <v>463</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J101" t="s">
+        <v>45</v>
+      </c>
+      <c r="K101" t="s">
+        <v>464</v>
+      </c>
+      <c r="L101" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M101" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O101" s="2"/>
+      <c r="Q101" s="24"/>
+    </row>
+    <row r="102" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A102" t="s">
+        <v>465</v>
+      </c>
+      <c r="B102" t="s">
+        <v>68</v>
+      </c>
+      <c r="C102" t="s">
+        <v>465</v>
+      </c>
+      <c r="D102" t="s">
+        <v>466</v>
+      </c>
+      <c r="E102" t="s">
+        <v>241</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J102" t="s">
+        <v>45</v>
+      </c>
+      <c r="K102" t="s">
+        <v>467</v>
+      </c>
+      <c r="L102" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M102" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O102" s="2"/>
+      <c r="Q102" s="24"/>
+    </row>
+    <row r="103" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A103" t="s">
+        <v>468</v>
+      </c>
+      <c r="B103" t="s">
+        <v>469</v>
+      </c>
+      <c r="C103" t="s">
+        <v>470</v>
+      </c>
+      <c r="D103" t="s">
+        <v>471</v>
+      </c>
+      <c r="E103" t="s">
         <v>307</v>
       </c>
-      <c r="J98" s="21" t="s">
-[...161 lines deleted...]
-      </c>
       <c r="F103" s="1" t="s">
-        <v>61</v>
+        <v>273</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H103" t="s">
-[...12 lines deleted...]
-    <row r="104" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H103" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I103" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J103" t="s">
+        <v>45</v>
+      </c>
+      <c r="K103" t="s">
+        <v>472</v>
+      </c>
+      <c r="L103" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="M103" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O103" s="2"/>
+      <c r="Q103" s="24"/>
+    </row>
+    <row r="104" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A104" t="s">
-        <v>329</v>
+        <v>473</v>
       </c>
       <c r="B104" t="s">
-        <v>329</v>
+        <v>474</v>
       </c>
       <c r="C104" t="s">
-        <v>330</v>
+        <v>473</v>
       </c>
       <c r="D104" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>475</v>
+      </c>
+      <c r="E104" t="s">
+        <v>95</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H104" t="s">
-[...12 lines deleted...]
-    <row r="105" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="H104" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I104" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J104" t="s">
+        <v>45</v>
+      </c>
+      <c r="K104" t="s">
+        <v>476</v>
+      </c>
+      <c r="L104" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M104" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O104" s="2"/>
+      <c r="Q104" s="24"/>
+    </row>
+    <row r="105" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A105" t="s">
+        <v>477</v>
+      </c>
+      <c r="B105" t="s">
+        <v>478</v>
+      </c>
+      <c r="C105" t="s">
+        <v>477</v>
+      </c>
+      <c r="D105" t="s">
+        <v>479</v>
+      </c>
+      <c r="E105" t="s">
+        <v>106</v>
+      </c>
+      <c r="F105" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H105" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I105" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J105" t="s">
+        <v>63</v>
+      </c>
+      <c r="K105" t="s">
+        <v>480</v>
+      </c>
+      <c r="L105" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="M105" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O105" s="2"/>
+      <c r="Q105" s="24"/>
+    </row>
+    <row r="106" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A106" t="s">
+        <v>481</v>
+      </c>
+      <c r="B106" t="s">
+        <v>482</v>
+      </c>
+      <c r="C106" t="s">
+        <v>483</v>
+      </c>
+      <c r="D106" t="s">
+        <v>484</v>
+      </c>
+      <c r="E106" t="s">
+        <v>74</v>
+      </c>
+      <c r="F106" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H106" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I106" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J106" t="s">
+        <v>45</v>
+      </c>
+      <c r="K106" t="s">
+        <v>485</v>
+      </c>
+      <c r="L106" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M106" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O106" s="2"/>
+      <c r="Q106" s="24"/>
+    </row>
+    <row r="107" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A107" t="s">
+        <v>486</v>
+      </c>
+      <c r="B107" t="s">
+        <v>487</v>
+      </c>
+      <c r="C107" t="s">
+        <v>486</v>
+      </c>
+      <c r="D107" t="s">
         <v>488</v>
       </c>
-      <c r="B105" t="s">
+      <c r="E107" t="s">
+        <v>489</v>
+      </c>
+      <c r="F107" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H107" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J107" t="s">
+        <v>45</v>
+      </c>
+      <c r="K107" t="s">
+        <v>490</v>
+      </c>
+      <c r="L107" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M107" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O107" s="2"/>
+      <c r="Q107" s="24"/>
+    </row>
+    <row r="108" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A108" t="s">
+        <v>486</v>
+      </c>
+      <c r="B108" t="s">
+        <v>491</v>
+      </c>
+      <c r="C108" t="s">
+        <v>486</v>
+      </c>
+      <c r="D108" t="s">
         <v>488</v>
       </c>
-      <c r="C105" t="s">
+      <c r="E108" t="s">
         <v>489</v>
-      </c>
-[...109 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F108" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H108" t="s">
-[...8 lines deleted...]
-      <c r="K108" s="21" t="s">
+      <c r="H108" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J108" t="s">
+        <v>45</v>
+      </c>
+      <c r="K108" t="s">
+        <v>490</v>
+      </c>
+      <c r="L108" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M108" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O108" s="2"/>
+      <c r="Q108" s="24"/>
+    </row>
+    <row r="109" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A109" t="s">
+        <v>492</v>
+      </c>
+      <c r="B109" t="s">
+        <v>493</v>
+      </c>
+      <c r="C109" t="s">
+        <v>492</v>
+      </c>
+      <c r="D109" t="s">
+        <v>127</v>
+      </c>
+      <c r="E109" t="s">
+        <v>128</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J109" t="s">
+        <v>63</v>
+      </c>
+      <c r="K109" t="s">
+        <v>495</v>
+      </c>
+      <c r="L109" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M109" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O109" s="2"/>
+      <c r="Q109" s="24"/>
+    </row>
+    <row r="110" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A110" t="s">
+        <v>496</v>
+      </c>
+      <c r="B110" t="s">
+        <v>497</v>
+      </c>
+      <c r="C110" t="s">
+        <v>498</v>
+      </c>
+      <c r="D110" t="s">
+        <v>499</v>
+      </c>
+      <c r="E110" t="s">
+        <v>500</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J110" t="s">
+        <v>63</v>
+      </c>
+      <c r="K110" t="s">
+        <v>502</v>
+      </c>
+      <c r="L110" s="22" t="s">
+        <v>503</v>
+      </c>
+      <c r="M110" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O110" s="2"/>
+      <c r="Q110" s="24"/>
+    </row>
+    <row r="111" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A111" t="s">
+        <v>504</v>
+      </c>
+      <c r="B111" t="s">
+        <v>504</v>
+      </c>
+      <c r="C111" t="s">
+        <v>505</v>
+      </c>
+      <c r="D111" t="s">
+        <v>506</v>
+      </c>
+      <c r="E111" t="s">
+        <v>292</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J111" t="s">
+        <v>45</v>
+      </c>
+      <c r="K111" t="s">
+        <v>508</v>
+      </c>
+      <c r="L111" s="22" t="s">
+        <v>102</v>
+      </c>
+      <c r="M111" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O111" s="2"/>
+      <c r="Q111" s="24"/>
+    </row>
+    <row r="112" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A112" t="s">
+        <v>509</v>
+      </c>
+      <c r="B112" t="s">
+        <v>509</v>
+      </c>
+      <c r="C112" t="s">
+        <v>509</v>
+      </c>
+      <c r="D112" t="s">
+        <v>217</v>
+      </c>
+      <c r="E112" t="s">
+        <v>86</v>
+      </c>
+      <c r="F112" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H112" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J112" t="s">
+        <v>45</v>
+      </c>
+      <c r="K112" t="s">
+        <v>510</v>
+      </c>
+      <c r="L112" s="22" t="s">
+        <v>511</v>
+      </c>
+      <c r="M112" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O112" s="2"/>
+      <c r="Q112" s="24"/>
+    </row>
+    <row r="113" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A113" t="s">
+        <v>512</v>
+      </c>
+      <c r="B113" t="s">
+        <v>513</v>
+      </c>
+      <c r="C113" t="s">
+        <v>512</v>
+      </c>
+      <c r="D113" t="s">
+        <v>514</v>
+      </c>
+      <c r="E113" t="s">
+        <v>52</v>
+      </c>
+      <c r="F113" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H113" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J113" t="s">
+        <v>45</v>
+      </c>
+      <c r="K113" t="s">
+        <v>515</v>
+      </c>
+      <c r="L113" s="22" t="s">
+        <v>503</v>
+      </c>
+      <c r="M113" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O113" s="2"/>
+      <c r="Q113" s="24"/>
+    </row>
+    <row r="114" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" t="s">
+        <v>512</v>
+      </c>
+      <c r="B114" t="s">
+        <v>516</v>
+      </c>
+      <c r="C114" t="s">
+        <v>512</v>
+      </c>
+      <c r="D114" t="s">
+        <v>517</v>
+      </c>
+      <c r="E114" t="s">
+        <v>52</v>
+      </c>
+      <c r="F114" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H114" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J114" t="s">
+        <v>45</v>
+      </c>
+      <c r="K114" t="s">
+        <v>518</v>
+      </c>
+      <c r="L114" s="22" t="s">
+        <v>503</v>
+      </c>
+      <c r="M114" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O114" s="2"/>
+      <c r="Q114" s="24"/>
+    </row>
+    <row r="115" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" t="s">
+        <v>547</v>
+      </c>
+      <c r="B115" t="s">
+        <v>68</v>
+      </c>
+      <c r="C115" t="s">
+        <v>547</v>
+      </c>
+      <c r="D115" t="s">
+        <v>548</v>
+      </c>
+      <c r="E115" t="s">
+        <v>489</v>
+      </c>
+      <c r="F115" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H115" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J115" t="s">
+        <v>45</v>
+      </c>
+      <c r="K115" t="s">
+        <v>549</v>
+      </c>
+      <c r="L115" s="22" t="s">
         <v>47</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B109" t="s">
+      <c r="M115" s="23">
+        <v>46022</v>
+      </c>
+      <c r="O115" s="2"/>
+      <c r="Q115" s="24"/>
+    </row>
+    <row r="116" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" t="s">
+        <v>551</v>
+      </c>
+      <c r="B116" t="s">
+        <v>552</v>
+      </c>
+      <c r="C116" t="s">
+        <v>551</v>
+      </c>
+      <c r="D116" t="s">
+        <v>553</v>
+      </c>
+      <c r="E116" t="s">
+        <v>292</v>
+      </c>
+      <c r="F116" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="C109" t="s">
-[...58 lines deleted...]
-      <c r="K110" s="21" t="s">
+      <c r="G116" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J116" t="s">
+        <v>45</v>
+      </c>
+      <c r="K116" t="s">
+        <v>554</v>
+      </c>
+      <c r="L116" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M116" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O116" s="2"/>
+      <c r="Q116" s="24"/>
+    </row>
+    <row r="117" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" t="s">
+        <v>557</v>
+      </c>
+      <c r="B117" t="s">
+        <v>558</v>
+      </c>
+      <c r="C117" t="s">
+        <v>557</v>
+      </c>
+      <c r="D117" t="s">
+        <v>559</v>
+      </c>
+      <c r="E117" t="s">
+        <v>41</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>117</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J117" t="s">
+        <v>593</v>
+      </c>
+      <c r="K117" t="s">
+        <v>560</v>
+      </c>
+      <c r="L117" s="22" t="s">
+        <v>169</v>
+      </c>
+      <c r="M117" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O117" s="2"/>
+      <c r="Q117" s="24"/>
+    </row>
+    <row r="118" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" t="s">
+        <v>561</v>
+      </c>
+      <c r="B118" t="s">
+        <v>561</v>
+      </c>
+      <c r="C118" t="s">
+        <v>561</v>
+      </c>
+      <c r="D118" t="s">
+        <v>562</v>
+      </c>
+      <c r="E118" t="s">
         <v>188</v>
       </c>
-    </row>
-[...162 lines deleted...]
-      <c r="H115" t="s">
+      <c r="F118" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="G118" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I115" t="s">
-[...114 lines deleted...]
-    <row r="119" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H118" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J118" t="s">
+        <v>593</v>
+      </c>
+      <c r="K118" t="s">
+        <v>563</v>
+      </c>
+      <c r="L118" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M118" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O118" s="2"/>
+      <c r="Q118" s="24"/>
+    </row>
+    <row r="119" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A119" t="s">
-        <v>234</v>
+        <v>568</v>
       </c>
       <c r="B119" t="s">
-        <v>234</v>
+        <v>569</v>
       </c>
       <c r="C119" t="s">
-        <v>235</v>
+        <v>570</v>
       </c>
       <c r="D119" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>571</v>
+      </c>
+      <c r="E119" t="s">
+        <v>145</v>
       </c>
       <c r="F119" s="1" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>43</v>
-[...14 lines deleted...]
-    <row r="120" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>62</v>
+      </c>
+      <c r="H119" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J119" t="s">
+        <v>45</v>
+      </c>
+      <c r="K119" t="s">
+        <v>572</v>
+      </c>
+      <c r="L119" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M119" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O119" s="2"/>
+      <c r="Q119" s="24"/>
+    </row>
+    <row r="120" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A120" t="s">
-        <v>392</v>
+        <v>573</v>
       </c>
       <c r="B120" t="s">
-        <v>392</v>
+        <v>574</v>
       </c>
       <c r="C120" t="s">
-        <v>393</v>
+        <v>573</v>
       </c>
       <c r="D120" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>575</v>
+      </c>
+      <c r="E120" t="s">
+        <v>145</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="H120" t="s">
+      <c r="H120" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J120" t="s">
+        <v>63</v>
+      </c>
+      <c r="K120" t="s">
+        <v>576</v>
+      </c>
+      <c r="L120" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M120" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O120" s="2"/>
+      <c r="Q120" s="24"/>
+    </row>
+    <row r="121" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" t="s">
+        <v>577</v>
+      </c>
+      <c r="B121" t="s">
+        <v>578</v>
+      </c>
+      <c r="C121" t="s">
+        <v>579</v>
+      </c>
+      <c r="D121" t="s">
+        <v>580</v>
+      </c>
+      <c r="E121" t="s">
+        <v>223</v>
+      </c>
+      <c r="F121" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="I120" t="s">
-[...25 lines deleted...]
-      <c r="F121" s="1" t="s">
+      <c r="H121" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J121" t="s">
+        <v>63</v>
+      </c>
+      <c r="K121" t="s">
+        <v>581</v>
+      </c>
+      <c r="L121" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M121" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O121" s="2"/>
+      <c r="Q121" s="24"/>
+    </row>
+    <row r="122" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" t="s">
+        <v>582</v>
+      </c>
+      <c r="B122" t="s">
+        <v>143</v>
+      </c>
+      <c r="C122" t="s">
+        <v>143</v>
+      </c>
+      <c r="D122" t="s">
+        <v>144</v>
+      </c>
+      <c r="E122" t="s">
+        <v>145</v>
+      </c>
+      <c r="F122" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H122" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J122" t="s">
+        <v>45</v>
+      </c>
+      <c r="K122" t="s">
+        <v>146</v>
+      </c>
+      <c r="L122" s="22" t="s">
+        <v>147</v>
+      </c>
+      <c r="M122" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O122" s="2"/>
+      <c r="Q122" s="24"/>
+    </row>
+    <row r="123" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" t="s">
+        <v>583</v>
+      </c>
+      <c r="B123" t="s">
+        <v>584</v>
+      </c>
+      <c r="C123" t="s">
+        <v>585</v>
+      </c>
+      <c r="D123" t="s">
+        <v>586</v>
+      </c>
+      <c r="E123" t="s">
+        <v>106</v>
+      </c>
+      <c r="F123" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H123" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J123" t="s">
+        <v>45</v>
+      </c>
+      <c r="K123" t="s">
+        <v>588</v>
+      </c>
+      <c r="L123" s="22" t="s">
+        <v>511</v>
+      </c>
+      <c r="M123" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O123" s="2"/>
+      <c r="Q123" s="24"/>
+    </row>
+    <row r="124" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" t="s">
+        <v>589</v>
+      </c>
+      <c r="B124" t="s">
+        <v>590</v>
+      </c>
+      <c r="C124" t="s">
+        <v>590</v>
+      </c>
+      <c r="D124" t="s">
+        <v>591</v>
+      </c>
+      <c r="E124" t="s">
+        <v>86</v>
+      </c>
+      <c r="F124" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G121" s="1" t="s">
-[...48 lines deleted...]
-      </c>
+      <c r="G124" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H124" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J124" t="s">
+        <v>45</v>
+      </c>
+      <c r="K124" t="s">
+        <v>592</v>
+      </c>
+      <c r="L124" s="22" t="s">
+        <v>511</v>
+      </c>
+      <c r="M124" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O124" s="2"/>
+      <c r="Q124" s="24"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:K16"/>
+  <dimension ref="A1:O15"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J24" sqref="J24"/>
+    <sheetView topLeftCell="A2" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.453125" customWidth="1"/>
-    <col min="2" max="2" width="77.54296875" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="11" width="18.1796875" customWidth="1"/>
+    <col min="2" max="3" width="64.1796875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="18" customWidth="1"/>
+    <col min="5" max="5" width="8" customWidth="1"/>
+    <col min="6" max="6" width="19.6328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="15.08984375" style="1" customWidth="1"/>
+    <col min="8" max="8" width="23" style="1" customWidth="1"/>
+    <col min="9" max="9" width="34.54296875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="60.90625" customWidth="1"/>
+    <col min="11" max="11" width="61.36328125" customWidth="1"/>
+    <col min="12" max="12" width="17.7265625" customWidth="1"/>
+    <col min="13" max="13" width="19.1796875" customWidth="1"/>
+    <col min="15" max="15" width="10.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="107.25" customHeight="1" x14ac:dyDescent="0.45">
+    <row r="1" spans="1:15" ht="107.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A1" s="5" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-      <c r="D1" s="4" t="s">
+        <v>519</v>
+      </c>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="E1" t="s">
         <v>21</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="F1" s="21"/>
+      <c r="I1" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="G1" s="6" t="s">
+      <c r="J1" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="H1" s="6" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:11" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+    </row>
+    <row r="2" spans="1:15" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A2" s="10" t="s">
-        <v>503</v>
-[...1 lines deleted...]
-      <c r="D2" s="9"/>
+        <v>520</v>
+      </c>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
-    </row>
-    <row r="3" spans="1:11" ht="29" x14ac:dyDescent="0.35">
+      <c r="G2" s="9"/>
+      <c r="H2" s="9"/>
+    </row>
+    <row r="3" spans="1:15" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A3" s="19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="C3" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="D3" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E3" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="E3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="2" t="s">
+      <c r="F3" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="G3" s="3" t="s">
         <v>31</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="H3" s="3" t="s">
         <v>32</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="I3" s="3" t="s">
         <v>33</v>
       </c>
-      <c r="I3" s="2" t="s">
+      <c r="J3" s="3" t="s">
         <v>34</v>
       </c>
-      <c r="J3" s="2" t="s">
+      <c r="K3" s="3" t="s">
         <v>35</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="L3" s="3" t="s">
         <v>36</v>
       </c>
-    </row>
-    <row r="4" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M3" s="3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="B4" t="s">
-        <v>512</v>
+        <v>529</v>
       </c>
       <c r="C4" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D4" t="s">
+        <v>306</v>
+      </c>
+      <c r="E4" t="s">
+        <v>307</v>
+      </c>
+      <c r="F4" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J4" t="s">
+        <v>62</v>
+      </c>
+      <c r="K4" t="s">
+        <v>309</v>
+      </c>
+      <c r="L4" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M4" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O4" s="2"/>
+    </row>
+    <row r="5" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
         <v>301</v>
       </c>
-      <c r="E4" s="1" t="s">
-[...8 lines deleted...]
-      <c r="H4" t="s">
+      <c r="B5" t="s">
+        <v>555</v>
+      </c>
+      <c r="C5" t="s">
+        <v>301</v>
+      </c>
+      <c r="D5" t="s">
+        <v>286</v>
+      </c>
+      <c r="E5" t="s">
+        <v>287</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K5" t="s">
+        <v>556</v>
+      </c>
+      <c r="L5" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M5" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O5" s="2"/>
+    </row>
+    <row r="6" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>525</v>
+      </c>
+      <c r="B6" t="s">
+        <v>526</v>
+      </c>
+      <c r="C6" t="s">
+        <v>525</v>
+      </c>
+      <c r="D6" t="s">
+        <v>527</v>
+      </c>
+      <c r="E6" t="s">
+        <v>163</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K6" t="s">
+        <v>528</v>
+      </c>
+      <c r="L6" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M6" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O6" s="2"/>
+    </row>
+    <row r="7" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>534</v>
+      </c>
+      <c r="B7" t="s">
+        <v>535</v>
+      </c>
+      <c r="C7" t="s">
+        <v>536</v>
+      </c>
+      <c r="D7" t="s">
+        <v>537</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" t="s">
+        <v>538</v>
+      </c>
+      <c r="L7" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M7" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O7" s="2"/>
+    </row>
+    <row r="8" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>408</v>
+      </c>
+      <c r="B8" t="s">
+        <v>409</v>
+      </c>
+      <c r="C8" t="s">
+        <v>409</v>
+      </c>
+      <c r="D8" t="s">
+        <v>410</v>
+      </c>
+      <c r="E8" t="s">
+        <v>241</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8" t="s">
+        <v>62</v>
+      </c>
+      <c r="K8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L8" s="22" t="s">
+        <v>56</v>
+      </c>
+      <c r="M8" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O8" s="2"/>
+    </row>
+    <row r="9" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>530</v>
+      </c>
+      <c r="B9" t="s">
+        <v>531</v>
+      </c>
+      <c r="C9" t="s">
+        <v>530</v>
+      </c>
+      <c r="D9" t="s">
+        <v>532</v>
+      </c>
+      <c r="E9" t="s">
+        <v>111</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+      <c r="K9" t="s">
+        <v>533</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M9" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O9" s="2"/>
+    </row>
+    <row r="10" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>114</v>
+      </c>
+      <c r="B10" t="s">
+        <v>522</v>
+      </c>
+      <c r="C10" t="s">
+        <v>114</v>
+      </c>
+      <c r="D10" t="s">
+        <v>523</v>
+      </c>
+      <c r="E10" t="s">
+        <v>106</v>
+      </c>
+      <c r="F10" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="I4" t="s">
-[...5 lines deleted...]
-      <c r="K4" s="22">
+      <c r="G10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J10" t="s">
+        <v>62</v>
+      </c>
+      <c r="K10" t="s">
+        <v>524</v>
+      </c>
+      <c r="L10" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M10" s="2">
         <v>46022</v>
       </c>
-    </row>
-[...210 lines deleted...]
-    <row r="11" spans="1:11" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="O10" s="2"/>
+    </row>
+    <row r="11" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C11" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
       <c r="D11" t="s">
         <v>105</v>
       </c>
-      <c r="E11" s="1" t="s">
+      <c r="E11" t="s">
         <v>106</v>
       </c>
       <c r="F11" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11" t="s">
+        <v>62</v>
+      </c>
+      <c r="K11" t="s">
+        <v>108</v>
+      </c>
+      <c r="L11" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M11" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O11" s="2"/>
+    </row>
+    <row r="12" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>377</v>
+      </c>
+      <c r="B12" t="s">
+        <v>550</v>
+      </c>
+      <c r="C12" t="s">
+        <v>377</v>
+      </c>
+      <c r="D12" t="s">
+        <v>379</v>
+      </c>
+      <c r="E12" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" s="1" t="s">
+        <v>96</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I12" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" t="s">
+        <v>62</v>
+      </c>
+      <c r="K12" t="s">
+        <v>380</v>
+      </c>
+      <c r="L12" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M12" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O12" s="2"/>
+    </row>
+    <row r="13" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
+        <v>258</v>
+      </c>
+      <c r="B13" t="s">
+        <v>564</v>
+      </c>
+      <c r="C13" t="s">
+        <v>258</v>
+      </c>
+      <c r="D13" t="s">
+        <v>259</v>
+      </c>
+      <c r="E13" t="s">
+        <v>260</v>
+      </c>
+      <c r="F13" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H13" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I13" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" t="s">
+        <v>262</v>
+      </c>
+      <c r="L13" s="22" t="s">
+        <v>47</v>
+      </c>
+      <c r="M13" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O13" s="2"/>
+    </row>
+    <row r="14" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
+        <v>565</v>
+      </c>
+      <c r="B14" t="s">
+        <v>566</v>
+      </c>
+      <c r="C14" t="s">
+        <v>565</v>
+      </c>
+      <c r="D14" t="s">
+        <v>69</v>
+      </c>
+      <c r="E14" t="s">
+        <v>66</v>
+      </c>
+      <c r="F14" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="H14" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="I14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="J14" t="s">
+        <v>62</v>
+      </c>
+      <c r="K14" t="s">
+        <v>567</v>
+      </c>
+      <c r="L14" s="22" t="s">
+        <v>407</v>
+      </c>
+      <c r="M14" s="2">
+        <v>46022</v>
+      </c>
+      <c r="O14" s="2"/>
+    </row>
+    <row r="15" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
+        <v>539</v>
+      </c>
+      <c r="B15" t="s">
+        <v>540</v>
+      </c>
+      <c r="C15" t="s">
+        <v>539</v>
+      </c>
+      <c r="D15" t="s">
+        <v>541</v>
+      </c>
+      <c r="E15" t="s">
+        <v>106</v>
+      </c>
+      <c r="F15" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="G11" s="1" t="s">
-[...138 lines deleted...]
-      </c>
       <c r="G15" s="1" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>524</v>
+        <v>43</v>
+      </c>
+      <c r="H15" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I15" s="1" t="s">
+        <v>53</v>
       </c>
       <c r="J15" t="s">
-        <v>425</v>
-[...5 lines deleted...]
-    <row r="16" spans="1:11" ht="14.5" x14ac:dyDescent="0.35"/>
+        <v>62</v>
+      </c>
+      <c r="K15" t="s">
+        <v>542</v>
+      </c>
+      <c r="L15" s="22" t="s">
+        <v>438</v>
+      </c>
+      <c r="M15" s="23" t="s">
+        <v>48</v>
+      </c>
+      <c r="O15" s="2"/>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E571CBE5CB1EAD42B153EB8FFC679AF8" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7d3e8dfb4d61bb1e6c6bab14331ad53a">
@@ -7492,105 +8761,129 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9CA0A940-A81D-4697-B087-24EE8EC09268}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0CEBF5A-EDCB-4EE6-B8C1-53B4DCCE7B8D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc"/>
+    <ds:schemaRef ds:uri="d4ce727a-a23c-4aa5-8839-0004957ac480"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FA5E8DD8-ADA6-4764-80B6-0A07F6FF6B9E}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BEDD3200-78CE-457A-B387-5736844A062E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DB93CAC-E27C-4E7A-A9D3-E5265EC7B699}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C737E5D-08CC-4989-BD4C-361A47107A6A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>READ FIRST Instructions for Use</vt:lpstr>
       <vt:lpstr>Shared Eq - Model Forms</vt:lpstr>
       <vt:lpstr>Shared Eq - Other Forms</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
-    <vt:lpwstr>2025-09-09T13:22:29Z</vt:lpwstr>
+    <vt:lpwstr>2025-10-02T14:00:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
     <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">
     <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ActionId">
-    <vt:lpwstr>de47c869-8267-4ce7-a297-f91f6e643372</vt:lpwstr>
+    <vt:lpwstr>a88e779f-5a43-434a-ad11-a606a4ea6ad8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x010100E571CBE5CB1EAD42B153EB8FFC679AF8</vt:lpwstr>
   </property>
 </Properties>
 </file>