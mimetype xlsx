--- v1 (2025-11-01)
+++ v2 (2026-01-08)
@@ -5,88 +5,85 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma.sharepoint.com/sites/ShareEquityProgramCertificationTool/Shared Documents/General/Certified Lists/Fanniemae.com Archive/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="11" documentId="13_ncr:1_{E8E7E292-9D00-4791-A6F7-AB9B7FE1818C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00127FB9-403B-42E1-BAF1-8A7074F92787}"/>
+  <xr:revisionPtr revIDLastSave="33" documentId="13_ncr:1_{A5C14AD7-41E1-4978-84F4-8F3FB3763FAD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{F590A124-7BB1-45AB-B39E-3C77CD0BB33D}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="READ FIRST Instructions for Use" sheetId="1" r:id="rId1"/>
     <sheet name="Shared Eq - Model Forms" sheetId="2" r:id="rId2"/>
     <sheet name="Shared Eq - Other Forms" sheetId="3" r:id="rId3"/>
   </sheets>
-  <definedNames>
-[...1 lines deleted...]
-  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1732" uniqueCount="594">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1840" uniqueCount="616">
   <si>
     <t>Description: This file contains the Certified Shared Equity Program List (“CSEP List”) of shared equity programs that have certified to Fannie Mae that their programs meet Duty to Serve shared equity program requirements and/or specific Selling Guide shared equity requirements as of the most recent date indicated. </t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t>In addition to the activities described below, lenders may use the CSEP List to identify shared equity programs for outreach related to loan origination.  This list must not be used for any other purposes.</t>
   </si>
   <si>
     <t>The CSEP List also identifies any applicable model form referenced in the Selling Guide (see “Shared Eq - Model Forms” tab) used by those shared equity programs that have adopted one of the “Model Forms”, linked below for reference: </t>
   </si>
   <si>
     <t>·       2011 CLT Network Model Ground Lease; </t>
   </si>
   <si>
     <t>·       Institute for Community Economics (ICE) Model Ground Lease; and </t>
   </si>
   <si>
     <t>·       2021 Model Declaration of Affordability Covenants with Refinance and Resale Restriction and Purchase Option (“model deed restriction form”). </t>
   </si>
   <si>
     <t>Shared equity programs that do not use one of the “Model Forms” are included in a separate tab labeled “Shared Eq – Other Forms.” </t>
   </si>
   <si>
@@ -107,51 +104,51 @@
   <si>
     <t>For each loan, the lender must review the ground lease or deed restricted legal agreement to confirm that the subject property is associated with a certified shared equity program included on the model forms tab , and the specific model form used by the program has been identified.  Additionally, if the property is subject to a private transfer fee, the lender must verify that the term of the ground lease or legal agreement will apply for at least 30 years after recordation. </t>
   </si>
   <si>
     <t>Note: The lender is responsible for reviewing all other applicable Fannie Mae requirements and obtaining the pertinent information needed to complete the review. </t>
   </si>
   <si>
     <t>Key Fields: </t>
   </si>
   <si>
     <t>Duty to Serve Requirements Met – indicates whether the program meets Duty to Serve shared equity requirements</t>
   </si>
   <si>
     <t>Private Transfer Fee – indicates whether the program has a requirement that the property is subject to a private transfer fee </t>
   </si>
   <si>
     <t>Program Type – indicates whether the program is a Community Land Trust (CLT) or an Income &amp; Resale Price Restricted program (IRPR) </t>
   </si>
   <si>
     <t>Model Forms – indicates whether the program makes use of the any of the “Model Forms” (listed above) and which form is used</t>
   </si>
   <si>
     <t>Shared Equity Programs - using Model Forms</t>
   </si>
   <si>
-    <t>10/2/2025</t>
+    <t>12/3/2025</t>
   </si>
   <si>
     <t>Legend:
 CLT = Community Land Trust
 IRPR = Income &amp; Resale Price Restricted</t>
   </si>
   <si>
     <t>Legend:
 ICE = Institute for Community Economics (ICE) Model Ground Lease
 NCLTN = National Community Land Trust Network (NCLTN) 2011 CLT Network Model Ground Lease
 MDR = GSN 2021 Model Declaration of Affordability Covenants with Refinance and Resale Restriction and Purchase Option
 No = Program does not use a model form</t>
   </si>
   <si>
     <t>Description: The below programs use model legal documents and are certified as meeting Duty to Serve and specific Selling Guide requirements. See Selling Guide section B5-5.3-02 for additional information.</t>
   </si>
   <si>
     <t>Legal Entity Name</t>
   </si>
   <si>
     <t>Program Name</t>
   </si>
   <si>
     <t>Organization Name</t>
   </si>
@@ -164,1726 +161,1789 @@
   <si>
     <t>Program Established</t>
   </si>
   <si>
     <t>Private Transfer Fee?</t>
   </si>
   <si>
     <t>Restrictions Terminate upon foreclosure?</t>
   </si>
   <si>
     <t>Program Type</t>
   </si>
   <si>
     <t>Model Forms?</t>
   </si>
   <si>
     <t>Program Website</t>
   </si>
   <si>
     <t>Certification Date</t>
   </si>
   <si>
     <t>Certification Expiration Date</t>
   </si>
   <si>
+    <t>Chipola Area Habitat for Humanity, Inc</t>
+  </si>
+  <si>
+    <t>Chipola Habitat Hownership Program- Jackson &amp; Washington Counties Florida</t>
+  </si>
+  <si>
+    <t>Marianna</t>
+  </si>
+  <si>
+    <t>FL</t>
+  </si>
+  <si>
+    <t>2022</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>IRPR</t>
+  </si>
+  <si>
+    <t>Yes - MDR</t>
+  </si>
+  <si>
+    <t>www.chipolahabitat.org</t>
+  </si>
+  <si>
+    <t>1/1/2026</t>
+  </si>
+  <si>
+    <t>Community Home Trust</t>
+  </si>
+  <si>
+    <t>Permanently Affordable Housing</t>
+  </si>
+  <si>
+    <t>Chapel Hill</t>
+  </si>
+  <si>
+    <t>NC</t>
+  </si>
+  <si>
+    <t>2001</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>CLT</t>
+  </si>
+  <si>
+    <t>Yes - ICE</t>
+  </si>
+  <si>
+    <t>https://communityhometrust.org/</t>
+  </si>
+  <si>
+    <t>6/1/2025</t>
+  </si>
+  <si>
+    <t>12/31/2026</t>
+  </si>
+  <si>
+    <t>TX</t>
+  </si>
+  <si>
+    <t>2021</t>
+  </si>
+  <si>
+    <t>Yes - NCLTN</t>
+  </si>
+  <si>
+    <t>Community Land Trust</t>
+  </si>
+  <si>
+    <t>Austin</t>
+  </si>
+  <si>
+    <t>2015</t>
+  </si>
+  <si>
+    <t>NORTHWEST CLT CORPORATION</t>
+  </si>
+  <si>
+    <t>NWCLT Shared Equity Homeownership Plan</t>
+  </si>
+  <si>
+    <t>Philadelphia</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>https://northwestclt.org/</t>
+  </si>
+  <si>
+    <t>12/1/2024</t>
+  </si>
+  <si>
+    <t>12/31/2025</t>
+  </si>
+  <si>
+    <t>WY</t>
+  </si>
+  <si>
+    <t>2007</t>
+  </si>
+  <si>
+    <t>Community First Land Trust</t>
+  </si>
+  <si>
+    <t>North Charleston</t>
+  </si>
+  <si>
+    <t>SC</t>
+  </si>
+  <si>
+    <t>2017</t>
+  </si>
+  <si>
+    <t>www.cflandtrust.org</t>
+  </si>
+  <si>
+    <t>Storehouse of Hope Community Land Trust</t>
+  </si>
+  <si>
+    <t>The Storehouse of Hope Community Land Trust</t>
+  </si>
+  <si>
+    <t>Detroit</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>thestorehouseofhope.org</t>
+  </si>
+  <si>
+    <t>North East Housing Initiative, Inc. (NEHI)</t>
+  </si>
+  <si>
+    <t>Baltimore</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>www.nehihomes.org</t>
+  </si>
+  <si>
+    <t>2/1/2025</t>
+  </si>
+  <si>
+    <t>North-Missoula Community Development Corporation</t>
+  </si>
+  <si>
+    <t>Land Stewardship Program</t>
+  </si>
+  <si>
+    <t>Missoula</t>
+  </si>
+  <si>
+    <t>MT</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>www.nmcdc.org</t>
+  </si>
+  <si>
+    <t>South Florida Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Fort Lauderdale</t>
+  </si>
+  <si>
+    <t>2006</t>
+  </si>
+  <si>
+    <t>https://southfloridaclt.org/</t>
+  </si>
+  <si>
+    <t>8/1/2025</t>
+  </si>
+  <si>
+    <t>Homestead Community Land Trust</t>
+  </si>
+  <si>
+    <t>Homestead Community Land Trust Homeownership</t>
+  </si>
+  <si>
+    <t>SEATTLE</t>
+  </si>
+  <si>
+    <t>WA</t>
+  </si>
+  <si>
+    <t>2002</t>
+  </si>
+  <si>
+    <t>www.homesteadclt.org</t>
+  </si>
+  <si>
+    <t>Inland Empire Community Land Trust</t>
+  </si>
+  <si>
+    <t>San Bernardino</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>2019</t>
+  </si>
+  <si>
+    <t>https://www.ieclt.org/homeownership</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity Seattle-King County</t>
+  </si>
+  <si>
+    <t>Kittitas County Habitat for Humanity</t>
+  </si>
+  <si>
+    <t>Ellensburg</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>buy.habitat.org</t>
+  </si>
+  <si>
+    <t>Oakland Community Land Trust</t>
+  </si>
+  <si>
+    <t>Oakland</t>
+  </si>
+  <si>
+    <t>2009</t>
+  </si>
+  <si>
+    <t>oakclt.org</t>
+  </si>
+  <si>
+    <t>1997</t>
+  </si>
+  <si>
+    <t>1996</t>
+  </si>
+  <si>
+    <t>2014</t>
+  </si>
+  <si>
+    <t>Savannah Community Land Trust Inc</t>
+  </si>
+  <si>
+    <t>Land Trust</t>
+  </si>
+  <si>
+    <t>Savannah</t>
+  </si>
+  <si>
+    <t>GA</t>
+  </si>
+  <si>
+    <t>https://ashonrc.wixsite.com/savcomlandtrst..</t>
+  </si>
+  <si>
+    <t>Thomas Jefferson Community Land Trust</t>
+  </si>
+  <si>
+    <t>Piedmont Community Land Trust</t>
+  </si>
+  <si>
+    <t>Charlottesville</t>
+  </si>
+  <si>
+    <t>VA</t>
+  </si>
+  <si>
+    <t>2008</t>
+  </si>
+  <si>
+    <t>piedmontclt.org</t>
+  </si>
+  <si>
+    <t>2018</t>
+  </si>
+  <si>
+    <t>Na Hale O Maui Community Land Trust</t>
+  </si>
+  <si>
+    <t>Na Hale O Maui</t>
+  </si>
+  <si>
+    <t>Wailuku</t>
+  </si>
+  <si>
+    <t>HI</t>
+  </si>
+  <si>
+    <t>www.nahaleomaui.org</t>
+  </si>
+  <si>
+    <t>7/1/2025</t>
+  </si>
+  <si>
+    <t>South Baltimore Community Land Trust</t>
+  </si>
+  <si>
+    <t>Rise, Reclaim, Rebuild</t>
+  </si>
+  <si>
+    <t>https://www.sbclt.org/housing-program/</t>
+  </si>
+  <si>
+    <t>Lighthouse Beloved Community LLC</t>
+  </si>
+  <si>
+    <t>Lighthouse Beloved Community CLT</t>
+  </si>
+  <si>
+    <t>The Lighthouse Community</t>
+  </si>
+  <si>
+    <t>Lynchburg</t>
+  </si>
+  <si>
+    <t>https://lighthousebelovedcommunity.org/</t>
+  </si>
+  <si>
+    <t>Pima County Community Land Trust</t>
+  </si>
+  <si>
+    <t>Tucson</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>2010</t>
+  </si>
+  <si>
+    <t>www.pcclt.org</t>
+  </si>
+  <si>
+    <t>NeighborWorks Southern Colorado</t>
+  </si>
+  <si>
+    <t>NeighborWorks Southern Colorado Shared Equity Homeownership Program</t>
+  </si>
+  <si>
+    <t>Pueblo</t>
+  </si>
+  <si>
+    <t>CO</t>
+  </si>
+  <si>
+    <t>www.nwsoco.org</t>
+  </si>
+  <si>
+    <t>Homes and Hope CLT</t>
+  </si>
+  <si>
+    <t>Homes and Hope Community Land Trust</t>
+  </si>
+  <si>
+    <t>MUKILTEO</t>
+  </si>
+  <si>
+    <t>www.homesandhopeclt.org</t>
+  </si>
+  <si>
+    <t>Klondike Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Klondike Community Land Trust</t>
+  </si>
+  <si>
+    <t>Memphis</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>www.theworkscdc.org</t>
+  </si>
+  <si>
+    <t>3/1/2025</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>2011</t>
+  </si>
+  <si>
+    <t>College Park City-University Partnership</t>
+  </si>
+  <si>
+    <t>College Park Community Preservation Trust</t>
+  </si>
+  <si>
+    <t>College Park</t>
+  </si>
+  <si>
+    <t>2023</t>
+  </si>
+  <si>
+    <t>www.communitypreservationtrust.org</t>
+  </si>
+  <si>
+    <t>Springfield Community Land Trust</t>
+  </si>
+  <si>
+    <t>Springfield</t>
+  </si>
+  <si>
+    <t>MO</t>
+  </si>
+  <si>
+    <t>springfieldclt.org</t>
+  </si>
+  <si>
+    <t>10/1/2024</t>
+  </si>
+  <si>
+    <t>New River Home Trust</t>
+  </si>
+  <si>
+    <t>Christiansburg</t>
+  </si>
+  <si>
+    <t>www.newriverhometrust.org</t>
+  </si>
+  <si>
+    <t>Thurston Housing Land Trust</t>
+  </si>
+  <si>
+    <t>Olympia</t>
+  </si>
+  <si>
+    <t>https://www.thurstonhousinglandtrust.org/</t>
+  </si>
+  <si>
+    <t>Peninsula Housing</t>
+  </si>
+  <si>
+    <t>Suttons Bay</t>
+  </si>
+  <si>
+    <t>peninsula-housing.org</t>
+  </si>
+  <si>
+    <t>12/1/2025</t>
+  </si>
+  <si>
+    <t>Collier County Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>CCCLT Ground Lease</t>
+  </si>
+  <si>
+    <t>Naples</t>
+  </si>
+  <si>
+    <t>www.collierclt.org</t>
+  </si>
+  <si>
+    <t>Rocky Mountain Community Land Trust a Colorado Non-Profit Corporation</t>
+  </si>
+  <si>
+    <t>Rocky Mountain Community Land Trust First Time Home Buyer Program</t>
+  </si>
+  <si>
+    <t>Rocky Mountain Community Land Trusts</t>
+  </si>
+  <si>
+    <t>Colorado Springs</t>
+  </si>
+  <si>
+    <t>rmclt.org</t>
+  </si>
+  <si>
+    <t>Mt. Vernon Manor, Inc.</t>
+  </si>
+  <si>
+    <t>Mt. Vernon Manor Community Land Trust</t>
+  </si>
+  <si>
+    <t>www.mvmcdc.org</t>
+  </si>
+  <si>
+    <t>Methow Housing Trust</t>
+  </si>
+  <si>
+    <t>Winthrop</t>
+  </si>
+  <si>
+    <t>https://methowhousingtrust.org/</t>
+  </si>
+  <si>
+    <t>Dwelling Place Community Land Trust</t>
+  </si>
+  <si>
+    <t>Grand Rapids</t>
+  </si>
+  <si>
+    <t>https://dwellingplacegr.org/clt/buy-a-home/</t>
+  </si>
+  <si>
+    <t>7/1/2024</t>
+  </si>
+  <si>
+    <t>Taproot Community Land Trust</t>
+  </si>
+  <si>
+    <t>Homeownership Program</t>
+  </si>
+  <si>
+    <t>Kingston</t>
+  </si>
+  <si>
+    <t>NY</t>
+  </si>
+  <si>
+    <t>taprootclt.org</t>
+  </si>
+  <si>
+    <t>Indianapolis Community Land Trust</t>
+  </si>
+  <si>
+    <t>Homebuyer Initiated Program</t>
+  </si>
+  <si>
+    <t>Indianapolis</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>2024</t>
+  </si>
+  <si>
+    <t>www.indyclt.org</t>
+  </si>
+  <si>
+    <t>Flagstaff Townsite Historic Properties Community Land Trust (Townsite CLT)</t>
+  </si>
+  <si>
+    <t>Flagstaff Townsite Historic Properties Community Land Trust &amp; Townsite CLT</t>
+  </si>
+  <si>
+    <t>Flagstaff Townsite Historic Properties Community Land Trust</t>
+  </si>
+  <si>
+    <t>Flagstaff</t>
+  </si>
+  <si>
+    <t>www.townsiteclt.org</t>
+  </si>
+  <si>
+    <t>Two Rivers Community Land Trust</t>
+  </si>
+  <si>
+    <t>Woodbury</t>
+  </si>
+  <si>
+    <t>MN</t>
+  </si>
+  <si>
+    <t>www.tworiversclt.org</t>
+  </si>
+  <si>
+    <t>Jacksonville Community Land Trust Inc</t>
+  </si>
+  <si>
+    <t>Jacksonville Community Land Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jacksonville </t>
+  </si>
+  <si>
+    <t>https://www.jaxclthomes.org</t>
+  </si>
+  <si>
+    <t>4/1/2025</t>
+  </si>
+  <si>
+    <t>North Corktown Equitable Housing Initiative</t>
+  </si>
+  <si>
+    <t>North Corktown Neighborhood Association</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity St. Lucie &amp; Okeechobee, Inc.</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity St. Lucie &amp; Okeechobee, Inc. Community Land Trust</t>
+  </si>
+  <si>
+    <t>Fort Pierce</t>
+  </si>
+  <si>
+    <t>www.stluciehabitat.org/clt</t>
+  </si>
+  <si>
+    <t>Housing Land Trust of Sonoma County</t>
+  </si>
+  <si>
+    <t>Housing Land Trust of Sonoma County First Time Homebuyer Program</t>
+  </si>
+  <si>
+    <t>Petaluma</t>
+  </si>
+  <si>
+    <t>https://www.housinglandtrust.org/</t>
+  </si>
+  <si>
+    <t>Madison Area Community Land Trust</t>
+  </si>
+  <si>
+    <t>Madison</t>
+  </si>
+  <si>
+    <t>WI</t>
+  </si>
+  <si>
+    <t>1991</t>
+  </si>
+  <si>
+    <t>www.maclt.org</t>
+  </si>
+  <si>
+    <t>Milwaukee Community Land Trust</t>
+  </si>
+  <si>
+    <t>Shared equity homeownership</t>
+  </si>
+  <si>
+    <t>Milwaukee</t>
+  </si>
+  <si>
+    <t>milwaukeeclt.org</t>
+  </si>
+  <si>
+    <t>Community of Hope</t>
+  </si>
+  <si>
+    <t>Palm Bay</t>
+  </si>
+  <si>
+    <t>https://www.landofhope.info/</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity Portland Region</t>
+  </si>
+  <si>
+    <t>Habitat Homeownership Program - Condos</t>
+  </si>
+  <si>
+    <t>Portland</t>
+  </si>
+  <si>
+    <t>OR</t>
+  </si>
+  <si>
+    <t>https://habitatportlandregion.org/programs/homeownership/homeownership-faq/</t>
+  </si>
+  <si>
+    <t>Housing Resources Bainbridge</t>
+  </si>
+  <si>
+    <t>Bainbridge Island</t>
+  </si>
+  <si>
+    <t>www.housingresourcesbi.org/programs/homeownership</t>
+  </si>
+  <si>
+    <t>11/1/2025</t>
+  </si>
+  <si>
+    <t>Northwest Florida Community Land Trust, LLC</t>
+  </si>
+  <si>
+    <t>Northwest Florida Land Trust</t>
+  </si>
+  <si>
+    <t>Pensaola</t>
+  </si>
+  <si>
+    <t>Pensacolahabitat.org</t>
+  </si>
+  <si>
+    <t>Chicago Community Land Trust dba Chicago Housing Trust</t>
+  </si>
+  <si>
+    <t>Affordable Homeownership and Housing Program</t>
+  </si>
+  <si>
+    <t>Chicago</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>https://chicagohousingtrust.org/programs/</t>
+  </si>
+  <si>
+    <t>Preserving Affordable Housing Assets Longterm, Inc.</t>
+  </si>
+  <si>
+    <t>Preserving Affordable Housing Assets Longterm, Inc (PAHALI)</t>
+  </si>
+  <si>
+    <t>East Palo Alto</t>
+  </si>
+  <si>
+    <t>pahali.org</t>
+  </si>
+  <si>
+    <t>North Star Neighbors</t>
+  </si>
+  <si>
+    <t>North Star Neighbors Community Land Trust</t>
+  </si>
+  <si>
+    <t>Bemidji</t>
+  </si>
+  <si>
+    <t>www.northstarneighbors.org</t>
+  </si>
+  <si>
+    <t>OPAL Community Land Trust</t>
+  </si>
+  <si>
+    <t>Eastsound</t>
+  </si>
+  <si>
+    <t>1994</t>
+  </si>
+  <si>
+    <t>opalclt.org</t>
+  </si>
+  <si>
+    <t>Proud Ground</t>
+  </si>
+  <si>
+    <t>Proud Ground's Homeownership Program</t>
+  </si>
+  <si>
+    <t>1999</t>
+  </si>
+  <si>
+    <t>https://proudground.org/</t>
+  </si>
+  <si>
+    <t>Common Ground Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Common Ground Home Ownership Program</t>
+  </si>
+  <si>
+    <t>Wenatchee</t>
+  </si>
+  <si>
+    <t>https://commongroundwenatchee.com/</t>
+  </si>
+  <si>
+    <t>River City Housing</t>
+  </si>
+  <si>
+    <t>RCH Shared Equity Program</t>
+  </si>
+  <si>
+    <t>Louisville</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>www.rivercityhousing.org</t>
+  </si>
+  <si>
+    <t>Sheridan County Housing Land Trust</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of the Eastern Bighorns Inc</t>
+  </si>
+  <si>
+    <t>Sheridan</t>
+  </si>
+  <si>
+    <t>sheridanhtl.org</t>
+  </si>
+  <si>
+    <t>Southeastern Connecticut Community Land Trust</t>
+  </si>
+  <si>
+    <t>New London</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>https://sectclt.org/</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity Marion County CLT</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity Marion County Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Ocala</t>
+  </si>
+  <si>
+    <t>www.habitatocala.org</t>
+  </si>
+  <si>
+    <t>Douglass Community Land Trust</t>
+  </si>
+  <si>
+    <t>Douglass CLT Pay It Forward Single Family Ownership</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>DC</t>
+  </si>
+  <si>
+    <t>www.douglassclt.org</t>
+  </si>
+  <si>
+    <t>Hannibal Square Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Hannibal Square Community Land Trust - Shared Equity Homeownership Program</t>
+  </si>
+  <si>
+    <t>Winter Park</t>
+  </si>
+  <si>
+    <t>2004</t>
+  </si>
+  <si>
+    <t>https://hannibalsquareclt.org/</t>
+  </si>
+  <si>
+    <t>Central Ohio Community Land Trust</t>
+  </si>
+  <si>
+    <t>A Shared Equity Homeownership Program</t>
+  </si>
+  <si>
+    <t>Columbus</t>
+  </si>
+  <si>
+    <t>OH</t>
+  </si>
+  <si>
+    <t>https://www.coclt.org/</t>
+  </si>
+  <si>
+    <t>11/1/2024</t>
+  </si>
+  <si>
+    <t>Delray Beach Community Land Trust Inc.</t>
+  </si>
+  <si>
+    <t>Affordable Housing</t>
+  </si>
+  <si>
+    <t>DELRAY BEACH</t>
+  </si>
+  <si>
+    <t>https://delraybeachlandtrust.org/</t>
+  </si>
+  <si>
+    <t>Affordable Land, LLC</t>
+  </si>
+  <si>
+    <t>Habitat Affiliate CLT Program</t>
+  </si>
+  <si>
+    <t>Trust Montana, Inc.</t>
+  </si>
+  <si>
+    <t>Belgrade</t>
+  </si>
+  <si>
+    <t>https://trustmontanaclt.org/</t>
+  </si>
+  <si>
+    <t>Home Buyer Choice Program</t>
+  </si>
+  <si>
+    <t>WEST TUALITY HABITAT FOR HUMANITY</t>
+  </si>
+  <si>
+    <t>West Tuality Habitat for Humanity</t>
+  </si>
+  <si>
+    <t>Forest Grove</t>
+  </si>
+  <si>
+    <t>1993</t>
+  </si>
+  <si>
+    <t>www.westtualityhabitat.org</t>
+  </si>
+  <si>
+    <t>Atlanta Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Atlanta Land Trust Permanently Affordable Homeownership Program</t>
+  </si>
+  <si>
+    <t>Atlanta</t>
+  </si>
+  <si>
+    <t>atlantalandtrust.org</t>
+  </si>
+  <si>
+    <t>One Roof Community Housing</t>
+  </si>
+  <si>
+    <t>Duluth</t>
+  </si>
+  <si>
+    <t>https://1roofhousing.org/</t>
+  </si>
+  <si>
+    <t>BALTIMORE CITY COMMUNITY REVITALIZATION CORPORATION</t>
+  </si>
+  <si>
+    <t>Affordable Home Ownership Made Easy</t>
+  </si>
+  <si>
+    <t>rebirthbmore.com</t>
+  </si>
+  <si>
+    <t>Elevation Community Land Trust</t>
+  </si>
+  <si>
+    <t>ECLT Homeownership Program</t>
+  </si>
+  <si>
+    <t>Denver</t>
+  </si>
+  <si>
+    <t>https://www.elevationclt.org/</t>
+  </si>
+  <si>
+    <t>Northern Homes Community Development Corp</t>
+  </si>
+  <si>
+    <t>Northern Homes Community Land Trust</t>
+  </si>
+  <si>
+    <t>Boyne City</t>
+  </si>
+  <si>
+    <t>2005</t>
+  </si>
+  <si>
+    <t>northernhomes.org</t>
+  </si>
+  <si>
+    <t>Waterville Community Land Trust</t>
+  </si>
+  <si>
+    <t>Waterville</t>
+  </si>
+  <si>
+    <t>2013</t>
+  </si>
+  <si>
+    <t>watervilleclt.org</t>
+  </si>
+  <si>
+    <t>1/1/2025</t>
+  </si>
+  <si>
+    <t>Tenants to Homeowners, Inc.</t>
+  </si>
+  <si>
+    <t>Lawrence Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Lawrence</t>
+  </si>
+  <si>
+    <t>KS</t>
+  </si>
+  <si>
+    <t>https://tenants-to-homeowners.org/home-purchase-program/</t>
+  </si>
+  <si>
+    <t>Bend-Redmond Habitat for Humanity</t>
+  </si>
+  <si>
+    <t>Bend</t>
+  </si>
+  <si>
+    <t>1989</t>
+  </si>
+  <si>
+    <t>www.bendredmondhabitat.org</t>
+  </si>
+  <si>
+    <t>Chelan Valley Housing Trust</t>
+  </si>
+  <si>
+    <t>CVHT Community Land Trust</t>
+  </si>
+  <si>
+    <t>Chelan</t>
+  </si>
+  <si>
+    <t>www.chelanvalleyhousing.org</t>
+  </si>
+  <si>
+    <t>Maggie Walker Community Land Trust</t>
+  </si>
+  <si>
+    <t>CLT Homeownership Program</t>
+  </si>
+  <si>
+    <t>Richmond</t>
+  </si>
+  <si>
+    <t>2016</t>
+  </si>
+  <si>
+    <t>https://maggiewalkerclt.org/</t>
+  </si>
+  <si>
+    <t>the Rondo Community Land Trust</t>
+  </si>
+  <si>
+    <t>St Paul</t>
+  </si>
+  <si>
+    <t>https://rondoclt.org/hip/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greeley Weld Habitat Community Land Trust </t>
+  </si>
+  <si>
+    <t>Greeley</t>
+  </si>
+  <si>
+    <t>https://www.greeleyhabitat.org/gwhfhlandtrust</t>
+  </si>
+  <si>
+    <t>Thistle &amp; Nest</t>
+  </si>
+  <si>
+    <t>https://thistleandnest.org/en/</t>
+  </si>
+  <si>
+    <t>5/1/2025</t>
+  </si>
+  <si>
+    <t>Summit Hill Community Development Corporation</t>
+  </si>
+  <si>
+    <t>Summit Hill Community Land Trust</t>
+  </si>
+  <si>
+    <t>Bloomington</t>
+  </si>
+  <si>
+    <t>https://bhaindiana.net/shcdc/land-trust/</t>
+  </si>
+  <si>
+    <t>Evergreen Habitat for Humanity, LLC</t>
+  </si>
+  <si>
+    <t>Evergreen Habitat for Humanity</t>
+  </si>
+  <si>
+    <t>Vancouver</t>
+  </si>
+  <si>
+    <t>www.ehfh.org</t>
+  </si>
+  <si>
+    <t>Rio Grande Community Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Del Norte </t>
+  </si>
+  <si>
+    <t>rgcommunitytrust.org</t>
+  </si>
+  <si>
+    <t>Big River Community Land Trust</t>
+  </si>
+  <si>
+    <t>White Salmon</t>
+  </si>
+  <si>
+    <t>www.bigriverclt.org</t>
+  </si>
+  <si>
+    <t>Headwaters Community Housing Trust</t>
+  </si>
+  <si>
+    <t>Bozeman</t>
+  </si>
+  <si>
+    <t>www.headwatershousing.org</t>
+  </si>
+  <si>
+    <t>www.communityhometrust.org</t>
+  </si>
+  <si>
+    <t>Diamond State, CLT</t>
+  </si>
+  <si>
+    <t>Diamond State Community Land Trust</t>
+  </si>
+  <si>
+    <t>Dover</t>
+  </si>
+  <si>
+    <t>DE</t>
+  </si>
+  <si>
+    <t>www.diamondstateclt.org</t>
+  </si>
+  <si>
+    <t>Cass Clay Community Land trust</t>
+  </si>
+  <si>
+    <t>Moorhead</t>
+  </si>
+  <si>
+    <t>hello@cassclayclt.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Windham &amp; Windsor Housing Trust, Inc. </t>
+  </si>
+  <si>
+    <t>Windham &amp; Windsor Housing Trust Homeownership Center</t>
+  </si>
+  <si>
+    <t>Windham &amp; Windsor Housing Trust</t>
+  </si>
+  <si>
+    <t>Brattleboro</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t>1987</t>
+  </si>
+  <si>
+    <t>https://www.homemattershere.org/</t>
+  </si>
+  <si>
+    <t>Northwest Montana Community Land Trust Inc.</t>
+  </si>
+  <si>
+    <t>NWMTCLT Home Ownership</t>
+  </si>
+  <si>
+    <t>Kalispell</t>
+  </si>
+  <si>
+    <t>www.nwmtclt.org</t>
+  </si>
+  <si>
+    <t>Lopez Community Land Trust (LCLT)</t>
+  </si>
+  <si>
+    <t>SFR Homeownership</t>
+  </si>
+  <si>
+    <t>Lopez Island</t>
+  </si>
+  <si>
+    <t>www.lopezclt.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Community Justice Land Trust </t>
+  </si>
+  <si>
+    <t>Community Justice Land Trust (CJLT)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Women's Community Revitalization Project </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Philadelphia </t>
+  </si>
+  <si>
+    <t>https://www.wcrpphila.org/cjlt</t>
+  </si>
+  <si>
+    <t>Moab Area Community Land Trust</t>
+  </si>
+  <si>
+    <t>Arroyo Crossing Mutual Self Help Program</t>
+  </si>
+  <si>
+    <t>Moab</t>
+  </si>
+  <si>
+    <t>UT</t>
+  </si>
+  <si>
+    <t>www.moabclt.org</t>
+  </si>
+  <si>
+    <t>Arroyo Crossing Conventional Homeownership Program</t>
+  </si>
+  <si>
+    <t>Housing Solutions of Northern Arizona, Inc.</t>
+  </si>
+  <si>
+    <t>Housing Solutions of NAZ Community Land Trust Program</t>
+  </si>
+  <si>
+    <t>2025</t>
+  </si>
+  <si>
+    <t>www.housingnaz.org</t>
+  </si>
+  <si>
+    <t>NeighborWorks Blackstone River Valley (NWBRV)</t>
+  </si>
+  <si>
+    <t>NWBRV Land Trust Program</t>
+  </si>
+  <si>
+    <t>The Woonsocket Neighborhood Development Corporation d/b/a NWBRV</t>
+  </si>
+  <si>
+    <t>Woonsocket</t>
+  </si>
+  <si>
+    <t>RI</t>
+  </si>
+  <si>
+    <t>2003</t>
+  </si>
+  <si>
+    <t>www.NeiighborWorksBRV.org</t>
+  </si>
+  <si>
+    <t>9/1/2025</t>
+  </si>
+  <si>
+    <t>Sisters Habitat for Humanity</t>
+  </si>
+  <si>
+    <t>Sisters Habitat for Humanity Inc</t>
+  </si>
+  <si>
+    <t>Sisters</t>
+  </si>
+  <si>
+    <t>1990</t>
+  </si>
+  <si>
+    <t>www.sistershabitat.org</t>
+  </si>
+  <si>
+    <t>Community Homes Land Trust</t>
+  </si>
+  <si>
+    <t>communityhomeslandtrust.org</t>
+  </si>
+  <si>
+    <t>10/1/2025</t>
+  </si>
+  <si>
+    <t>Community Land Trust of Palm Beach County and the Treasure Coast</t>
+  </si>
+  <si>
+    <t>Port St. Lucie Homeownership Assistance Program</t>
+  </si>
+  <si>
+    <t>Port St. Lucie</t>
+  </si>
+  <si>
+    <t>www/cltofpbc.org</t>
+  </si>
+  <si>
+    <t>Palm Beach County Homeownership Program</t>
+  </si>
+  <si>
+    <t>Various in Palm Beach County</t>
+  </si>
+  <si>
+    <t>cltofpbc.org</t>
+  </si>
+  <si>
+    <t>Kulshan Community Land Trust</t>
+  </si>
+  <si>
+    <t>Bellingham</t>
+  </si>
+  <si>
+    <t>https://www.kulshanclt.org/</t>
+  </si>
+  <si>
+    <t>Asheville-Buncombe Community Land Trust</t>
+  </si>
+  <si>
+    <t>Asheville-Buncombe Community Land Trust Homeownership Program</t>
+  </si>
+  <si>
+    <t>Asheville</t>
+  </si>
+  <si>
+    <t>https://abclt.org/homeownership/</t>
+  </si>
+  <si>
+    <t>LOVE FOCUS INTERNATIONAL ASSOCIATION</t>
+  </si>
+  <si>
+    <t>Love Focus Affordable Housing</t>
+  </si>
+  <si>
+    <t>Merced</t>
+  </si>
+  <si>
+    <t>Under Construction</t>
+  </si>
+  <si>
+    <t>Proud Ground Affordable Housing Covenant 2025 - Oregon</t>
+  </si>
+  <si>
+    <t>proudground.org</t>
+  </si>
+  <si>
+    <t>Lahaina Community Land Trust</t>
+  </si>
+  <si>
+    <t>Keep Lahaina Home - Lahaina Community Land Trust</t>
+  </si>
+  <si>
+    <t>Lahaina</t>
+  </si>
+  <si>
+    <t>www.lahainacommunitylandtrust.org</t>
+  </si>
+  <si>
+    <t>Smoketown Community Land Trust</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Smoketown Community Land Trust </t>
+  </si>
+  <si>
+    <t>www.smoketowclt.org</t>
+  </si>
+  <si>
+    <t>City of Lakes Community Land Trust</t>
+  </si>
+  <si>
+    <t>City of Lakes Community Land Trust (CLCLT) Perpetually Affordable Homes</t>
+  </si>
+  <si>
+    <t>Minneapolis</t>
+  </si>
+  <si>
+    <t>https://www.clclt.org/</t>
+  </si>
+  <si>
+    <t>Here to Stay Community Land Trust</t>
+  </si>
+  <si>
+    <t>heretostayclt.org</t>
+  </si>
+  <si>
+    <t>City of Flagstaff, AZ</t>
+  </si>
+  <si>
+    <t>Flagstaff Affordable Homeownership Program</t>
+  </si>
+  <si>
+    <t>https://www.flagstaff.az.gov/5056/Affordable-Homeownership-Program</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of Bucks County</t>
+  </si>
+  <si>
+    <t>Warminster</t>
+  </si>
+  <si>
+    <t>www.habitatbucks.org/homeownership</t>
+  </si>
+  <si>
+    <t>Tallahassee Lenders' Consortium</t>
+  </si>
+  <si>
+    <t>Tallahassee</t>
+  </si>
+  <si>
+    <t>www.tallahasseelenders.org</t>
+  </si>
+  <si>
     <t>NeighborWorks Boise</t>
   </si>
   <si>
     <t>Neighborhood Housing Trust of Idaho</t>
   </si>
   <si>
     <t>Boise</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
-    <t>2022</t>
-[...10 lines deleted...]
-  <si>
     <t>https://nwboise.org/housing-trust/</t>
   </si>
   <si>
-    <t>2/1/2025</t>
-[...530 lines deleted...]
-    <t>taprootclt.org</t>
+    <t>Cape Fear Community Land Trust</t>
+  </si>
+  <si>
+    <t>Wilmington</t>
+  </si>
+  <si>
+    <t>www.foreverplaces.org</t>
+  </si>
+  <si>
+    <t>Champlain Housing Trust</t>
+  </si>
+  <si>
+    <t>Shared Equity Program</t>
+  </si>
+  <si>
+    <t>Burlington</t>
+  </si>
+  <si>
+    <t>1984</t>
+  </si>
+  <si>
+    <t>www.getahome.org</t>
+  </si>
+  <si>
+    <t>Shared Equity Programs - using Other Forms</t>
+  </si>
+  <si>
+    <t>Description: The below programs use forms other than the model legal documents and are certified as meeting Duty to Serve requirements.</t>
+  </si>
+  <si>
+    <t>Year Program Established</t>
+  </si>
+  <si>
+    <t>Habitat Land Trust</t>
+  </si>
+  <si>
+    <t>Seattle</t>
+  </si>
+  <si>
+    <t>https://www.habitatskc.org/</t>
+  </si>
+  <si>
+    <t>City of Boulder, CO</t>
+  </si>
+  <si>
+    <t>City of Boulder Homeownership Program</t>
+  </si>
+  <si>
+    <t>Boulder</t>
+  </si>
+  <si>
+    <t>https://bouldercolorado.gov/homeownership</t>
+  </si>
+  <si>
+    <t>Shared Equity Program - Condominiums</t>
+  </si>
+  <si>
+    <t>City of Livermore, CA</t>
+  </si>
+  <si>
+    <t>City of Livermore's Affordable Homeownership Program</t>
+  </si>
+  <si>
+    <t>Livermore</t>
+  </si>
+  <si>
+    <t>https://www.cityoflivermore.net/government/community-development/housing-human-services/affordable-homeownership-programs</t>
+  </si>
+  <si>
+    <t>City of Emeryville</t>
+  </si>
+  <si>
+    <t>Affordable Housing Set-Aside Program</t>
+  </si>
+  <si>
+    <t>Hello Housing</t>
+  </si>
+  <si>
+    <t>Emeryville</t>
+  </si>
+  <si>
+    <t>https://www.ci.emeryville.ca.us/565/Below-Market-Rate-Ownership-Program</t>
+  </si>
+  <si>
+    <t>San Juan Community Home Trust</t>
+  </si>
+  <si>
+    <t>San Juan Community Home Trust Homeownership Program</t>
+  </si>
+  <si>
+    <t>Friday Harbor</t>
+  </si>
+  <si>
+    <t>www.hometrust.org</t>
+  </si>
+  <si>
+    <t>CPAH CLT LLC</t>
+  </si>
+  <si>
+    <t>COMMUNITY PARTNERS FOR AFFORDABLE HOUSING</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Libertyville </t>
+  </si>
+  <si>
+    <t>www.cpahousing.org</t>
+  </si>
+  <si>
+    <t>Southwest Utah Community Land Trust</t>
+  </si>
+  <si>
+    <t>Saint George</t>
+  </si>
+  <si>
+    <t>neighborworksmchs.org</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of Lincoln County</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of Lincoln County Permanently Affordable Homeownership Program</t>
+  </si>
+  <si>
+    <t>Lincoln City</t>
+  </si>
+  <si>
+    <t>habitatlincoln.org</t>
+  </si>
+  <si>
+    <t>Affordable Requirements Ordinance</t>
+  </si>
+  <si>
+    <t>https://www.chicago.gov/city/en/depts/doh/provdrs/developers/svcs/aro.html | https://chicagohousingtrust.org/programs/</t>
+  </si>
+  <si>
+    <t>Hills and Rivers Housing Trust</t>
+  </si>
+  <si>
+    <t>IHFA CLT program</t>
+  </si>
+  <si>
+    <t>Moscow</t>
+  </si>
+  <si>
+    <t>MoscowHousingTrust.org</t>
+  </si>
+  <si>
+    <t>Kansas City Community Land Trust, Inc.</t>
+  </si>
+  <si>
+    <t>Kansas City</t>
+  </si>
+  <si>
+    <t>www.kcclt.org</t>
+  </si>
+  <si>
+    <t>Madison Area Community Land Trust Affordable Homeownership Program</t>
+  </si>
+  <si>
+    <t>Mueller Foundation</t>
+  </si>
+  <si>
+    <t>Mueller Affordable Homes Program</t>
+  </si>
+  <si>
+    <t>muellerfoundation.org</t>
+  </si>
+  <si>
+    <t xml:space="preserve">County of Kauai </t>
+  </si>
+  <si>
+    <t>County of Kauai Home Buyer Program</t>
+  </si>
+  <si>
+    <t>County of Kauai</t>
+  </si>
+  <si>
+    <t>Lihue</t>
+  </si>
+  <si>
+    <t>https://www.kauai.gov/Government/Departments-Agencies/Housing-Agency/Homebuyer-Program</t>
+  </si>
+  <si>
+    <t>Neighborhood Housing Community Development Corporation dba PAL Hawaii Org</t>
+  </si>
+  <si>
+    <t>Hoomaluhia Community Land Trust</t>
+  </si>
+  <si>
+    <t>Anahola</t>
+  </si>
+  <si>
+    <t>www.palhawaii.org</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of Tompkins and Cortland Counties Inc.</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity Homeownership Program</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of Tompkins and Cortland Counties</t>
+  </si>
+  <si>
+    <t>Ithaca</t>
+  </si>
+  <si>
+    <t>https://tchabitat.com/homeownership/</t>
+  </si>
+  <si>
+    <t>HOUSING AND LAND ENTERPRISE OF MAUI, dba Na Hale O Maui</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of East Jefferson County and Salish Coast Housing, LLC</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of East Jefferson County Homeownership Program</t>
+  </si>
+  <si>
+    <t>Habitat for Humanity of East Jefferson County</t>
+  </si>
+  <si>
+    <t>Port Townsend</t>
+  </si>
+  <si>
+    <t>1998</t>
+  </si>
+  <si>
+    <t>https://www.habitatejc.org/</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Frankfort Area Community Land Trust </t>
+  </si>
+  <si>
+    <t>Frankfort Area Community Land Trust - DBA Housing Trust of Benzie</t>
+  </si>
+  <si>
+    <t>Frankfort</t>
+  </si>
+  <si>
+    <t>housingtrustofbenzie.org</t>
+  </si>
+  <si>
+    <t>Bakersfield Community Land Trust</t>
+  </si>
+  <si>
+    <t>Self-Help Enterprises</t>
+  </si>
+  <si>
+    <t>Bakersfield</t>
+  </si>
+  <si>
+    <t>www.bakersfieldclt.org</t>
+  </si>
+  <si>
+    <t>Big Sky Community Housing Trust</t>
+  </si>
+  <si>
+    <t>MeadowView CLT</t>
+  </si>
+  <si>
+    <t>Big Sky</t>
+  </si>
+  <si>
+    <t>https://bigskyhousingtrust.org/meadowview/</t>
+  </si>
+  <si>
+    <t>Kulshan CLT Homeownership Program - Condominium</t>
+  </si>
+  <si>
+    <t>Durham Community Land Trustees, Inc.</t>
+  </si>
+  <si>
+    <t>DCLT Homeownership Program</t>
+  </si>
+  <si>
+    <t>Durham</t>
+  </si>
+  <si>
+    <t>https://www.dclt.org/</t>
+  </si>
+  <si>
+    <t>Virginia Statewide Community Land Trust</t>
+  </si>
+  <si>
+    <t>Statewide</t>
+  </si>
+  <si>
+    <t>www.vsclt.org</t>
+  </si>
+  <si>
+    <t>Yes - SEPP Reviewed</t>
   </si>
   <si>
     <t>Panhandle Affordable Housing Alliance</t>
   </si>
   <si>
     <t>Deed Restricted Fee Simple Homes</t>
   </si>
   <si>
     <t>Hayden</t>
   </si>
   <si>
     <t>https://www.pahaid.org/our-solutions/homeownership</t>
-  </si>
-[...1093 lines deleted...]
-    <t>Yes - SEPP Reviewed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
-  <numFmts count="1">
-[...2 lines deleted...]
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -1931,57 +1991,50 @@
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Source Sans Pro"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -1997,258 +2050,257 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="1"/>
       </top>
       <bottom style="thin">
         <color theme="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="4">
+  <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="43" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="2" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-[...2 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="4">
-    <cellStyle name="Comma" xfId="3" builtinId="3"/>
+  <cellStyles count="3">
     <cellStyle name="Heading 1" xfId="1" builtinId="16"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="14">
+  <dxfs count="15">
     <dxf>
-      <numFmt numFmtId="19" formatCode="m/d/yyyy"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
-      <alignment horizontal="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="4" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16">
     <tableStyle name="Table Style 1" pivot="0" count="0" xr9:uid="{B28C3DA5-C3FD-4494-98BC-9E5A61A7CA48}"/>
     <tableStyle name="Table Style 2" pivot="0" count="0" xr9:uid="{D818AEC0-D98C-4B42-8199-C94B27BA53F6}"/>
     <tableStyle name="Table Style 3" pivot="0" count="0" xr9:uid="{80C20547-0C27-46B0-BDE6-8D57E3819834}"/>
     <tableStyle name="Table Style 4" pivot="0" count="0" xr9:uid="{40C84689-2698-40D1-92B9-B89747C9605C}"/>
   </tableStyles>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{6A19E4F9-4A80-41CF-8D65-CCA53732B0F5}" name="Table1" displayName="Table1" ref="A3:M124" totalsRowShown="0" headerRowDxfId="13">
-[...2 lines deleted...]
-    <sortCondition ref="M3:M124"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{76EDB38A-9199-4AD6-82AB-D27F9BDAA769}" name="Table1" displayName="Table1" ref="A3:M130" totalsRowShown="0" headerRowDxfId="14">
+  <autoFilter ref="A3:M130" xr:uid="{76EDB38A-9199-4AD6-82AB-D27F9BDAA769}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M130">
+    <sortCondition ref="A3:A130"/>
   </sortState>
   <tableColumns count="13">
-    <tableColumn id="1" xr3:uid="{F3A90C59-E721-4512-96E4-421E9124F2F0}" name="Legal Entity Name"/>
-[...11 lines deleted...]
-    <tableColumn id="13" xr3:uid="{7DEEE44F-E95C-46F0-ABE8-38D96EA7C151}" name="Certification Expiration Date" dataDxfId="7"/>
+    <tableColumn id="1" xr3:uid="{3746D520-E132-4AC2-A929-915CD5B64FEE}" name="Legal Entity Name"/>
+    <tableColumn id="2" xr3:uid="{A4128DE8-C04A-48B0-9A45-11E2E98060DA}" name="Program Name"/>
+    <tableColumn id="3" xr3:uid="{6DADF5FC-CA47-4EB0-9B9A-3DFC18357A84}" name="Organization Name"/>
+    <tableColumn id="4" xr3:uid="{5CF5056A-3855-449B-AA08-25F57E13BBC8}" name="City"/>
+    <tableColumn id="5" xr3:uid="{689F0671-84F8-4F40-92B8-008EDA88E2E8}" name="State"/>
+    <tableColumn id="6" xr3:uid="{44BE318B-883B-45AF-81A1-6353F8905D0F}" name="Program Established" dataDxfId="13"/>
+    <tableColumn id="7" xr3:uid="{C39FC0F8-4D94-4DBC-AF42-CD40E05EDE66}" name="Private Transfer Fee?" dataDxfId="12"/>
+    <tableColumn id="8" xr3:uid="{2FCB5D61-EB46-4AFC-A325-CA36E4D70483}" name="Restrictions Terminate upon foreclosure?" dataDxfId="11"/>
+    <tableColumn id="9" xr3:uid="{548C04E3-6C22-41CD-9A73-FAD97FFCDF08}" name="Program Type" dataDxfId="10"/>
+    <tableColumn id="10" xr3:uid="{A95308D7-5987-4610-B6D5-DD37C1FBAAAB}" name="Model Forms?" dataDxfId="9"/>
+    <tableColumn id="11" xr3:uid="{965CFE23-36C4-47C4-A851-E215430BA680}" name="Program Website"/>
+    <tableColumn id="12" xr3:uid="{FB4EC329-AC5C-4A1B-8A90-8C7772C9BA79}" name="Certification Date" dataDxfId="8"/>
+    <tableColumn id="13" xr3:uid="{091DACE9-D407-4044-B1F2-8184ACC04E79}" name="Certification Expiration Date" dataDxfId="7"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{21C118FF-8668-4D2A-B03E-E413323664D5}" name="Table2" displayName="Table2" ref="A3:M15" totalsRowShown="0" headerRowDxfId="6">
-  <autoFilter ref="A3:M15" xr:uid="{21C118FF-8668-4D2A-B03E-E413323664D5}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{06A60CAC-CF74-4F65-AD73-E91F52D5650F}" name="Table2" displayName="Table2" ref="A3:M15" totalsRowShown="0" headerRowDxfId="6">
+  <autoFilter ref="A3:M15" xr:uid="{06A60CAC-CF74-4F65-AD73-E91F52D5650F}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:M15">
     <sortCondition ref="A3:A15"/>
   </sortState>
   <tableColumns count="13">
-    <tableColumn id="1" xr3:uid="{913DF72B-9591-4E88-B9A0-ACC91D15DD97}" name="Legal Entity Name"/>
-[...11 lines deleted...]
-    <tableColumn id="13" xr3:uid="{19913A35-4D25-4295-8092-88623D5A89A1}" name="Certification Expiration Date" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{D0C56096-F09F-4D61-9A9E-40FE9256A61B}" name="Legal Entity Name"/>
+    <tableColumn id="2" xr3:uid="{26C91E67-308B-4BAB-B6CE-3F5DA3CB2344}" name="Program Name"/>
+    <tableColumn id="3" xr3:uid="{F9847A9B-0260-43A2-B8C0-410337237153}" name="Organization Name"/>
+    <tableColumn id="4" xr3:uid="{CC62AC1E-5768-4280-8543-B63C4F04F085}" name="City"/>
+    <tableColumn id="5" xr3:uid="{348C11F9-5A5F-49E7-9D01-E940F73BA347}" name="State"/>
+    <tableColumn id="6" xr3:uid="{ED481582-E2BC-4CD5-BD42-03A0AFFEF90C}" name="Year Program Established" dataDxfId="5"/>
+    <tableColumn id="7" xr3:uid="{CC3194FE-DAD2-45B6-9FAC-BE757AF2D8F7}" name="Private Transfer Fee?" dataDxfId="4"/>
+    <tableColumn id="8" xr3:uid="{0B5ECDEC-6CDE-4531-BF3A-48A904A8C167}" name="Restrictions Terminate upon foreclosure?" dataDxfId="3"/>
+    <tableColumn id="9" xr3:uid="{81F3B920-4945-4BC9-B53F-B3B05DC4DBFB}" name="Program Type" dataDxfId="2"/>
+    <tableColumn id="10" xr3:uid="{A77FDFCD-ECC8-451D-B81F-63820B44E85A}" name="Model Forms?"/>
+    <tableColumn id="11" xr3:uid="{EB17BEAE-3A34-4D91-9A0D-E408855B9E59}" name="Program Website"/>
+    <tableColumn id="12" xr3:uid="{7FD31D20-1D8F-45AA-85B0-3F32006FC16F}" name="Certification Date" dataDxfId="1"/>
+    <tableColumn id="13" xr3:uid="{EA99E8CB-8E09-434E-ABA8-22DAC80A62F9}" name="Certification Expiration Date" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -2525,6096 +2577,6107 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:A24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="122.36328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="45" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A2" s="11" t="s">
+      <c r="A2" s="10" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
-      <c r="A3" s="11" t="s">
+      <c r="A3" s="10" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A4" s="12"/>
+      <c r="A4" s="11"/>
     </row>
     <row r="5" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
-      <c r="A5" s="11" t="s">
+      <c r="A5" s="10" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A6" s="16" t="s">
+      <c r="A6" s="15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A7" s="16" t="s">
+      <c r="A7" s="15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A8" s="16" t="s">
+      <c r="A8" s="15" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A9" s="17" t="s">
+      <c r="A9" s="16" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A10" s="13"/>
+      <c r="A10" s="12"/>
     </row>
     <row r="11" spans="1:1" ht="39.5" x14ac:dyDescent="0.35">
-      <c r="A11" s="13" t="s">
+      <c r="A11" s="12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A12" s="16" t="s">
+      <c r="A12" s="15" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A13" s="16" t="s">
+      <c r="A13" s="15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A14" s="16" t="s">
+      <c r="A14" s="15" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A15" s="16" t="s">
+      <c r="A15" s="15" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:1" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A16" s="15"/>
+      <c r="A16" s="14"/>
     </row>
     <row r="17" spans="1:1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A17" s="11" t="s">
+      <c r="A17" s="10" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:1" ht="26.5" x14ac:dyDescent="0.35">
-      <c r="A18" s="13" t="s">
+      <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A19" s="11"/>
+      <c r="A19" s="10"/>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A20" s="18" t="s">
+      <c r="A20" s="17" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A21" s="14" t="s">
+      <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A22" s="14" t="s">
+      <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A23" s="14" t="s">
+      <c r="A23" s="13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
-      <c r="A24" s="14" t="s">
+      <c r="A24" s="13" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:Q124"/>
+  <dimension ref="A1:M130"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="61.54296875" customWidth="1"/>
     <col min="2" max="3" width="69.54296875" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="8" customWidth="1"/>
-    <col min="6" max="6" width="17.7265625" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="21.7265625" style="1" customWidth="1"/>
+    <col min="6" max="6" width="20" customWidth="1"/>
+    <col min="7" max="7" width="20.453125" customWidth="1"/>
+    <col min="8" max="8" width="37.36328125" customWidth="1"/>
     <col min="9" max="9" width="26.453125" customWidth="1"/>
     <col min="10" max="10" width="60.453125" customWidth="1"/>
     <col min="11" max="11" width="60" customWidth="1"/>
     <col min="12" max="12" width="18.36328125" customWidth="1"/>
-    <col min="13" max="13" width="18.453125" customWidth="1"/>
-    <col min="15" max="15" width="10.81640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="26.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="102.5" x14ac:dyDescent="0.45">
-      <c r="A1" s="5" t="s">
+    <row r="1" spans="1:13" ht="102.5" x14ac:dyDescent="0.45">
+      <c r="A1" s="4" t="s">
         <v>20</v>
       </c>
-      <c r="B1" s="4"/>
-      <c r="C1" s="4"/>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
       <c r="E1" t="s">
         <v>21</v>
       </c>
-      <c r="F1" s="25"/>
-      <c r="I1" s="6" t="s">
+      <c r="F1" s="20"/>
+      <c r="I1" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="J1" s="6" t="s">
+      <c r="J1" s="5" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:17" s="8" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="7" t="s">
+    <row r="2" spans="1:13" s="7" customFormat="1" ht="32.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="F2" s="9"/>
-[...4 lines deleted...]
-      <c r="A3" s="19" t="s">
+    </row>
+    <row r="3" spans="1:13" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="B3" s="3" t="s">
+      <c r="B3" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C3" s="3" t="s">
+      <c r="C3" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="3" t="s">
+      <c r="D3" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="3" t="s">
+      <c r="E3" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F3" s="3" t="s">
+      <c r="F3" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="G3" s="3" t="s">
+      <c r="G3" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="H3" s="3" t="s">
+      <c r="H3" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="I3" s="3" t="s">
+      <c r="I3" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="J3" s="3" t="s">
+      <c r="J3" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="K3" s="3" t="s">
+      <c r="K3" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="L3" s="3" t="s">
+      <c r="L3" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="M3" s="3" t="s">
+      <c r="M3" s="2" t="s">
         <v>37</v>
       </c>
     </row>
-    <row r="4" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A4" t="s">
-        <v>186</v>
+        <v>333</v>
       </c>
       <c r="B4" t="s">
-        <v>186</v>
+        <v>334</v>
       </c>
       <c r="C4" t="s">
-        <v>186</v>
+        <v>335</v>
       </c>
       <c r="D4" t="s">
-        <v>187</v>
+        <v>336</v>
       </c>
       <c r="E4" t="s">
-        <v>188</v>
+        <v>92</v>
       </c>
       <c r="F4" s="1" t="s">
-        <v>180</v>
+        <v>134</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J4" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K4" t="s">
-        <v>189</v>
+        <v>337</v>
       </c>
       <c r="L4" s="22" t="s">
-        <v>190</v>
+        <v>328</v>
       </c>
       <c r="M4" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="5" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A5" t="s">
-        <v>216</v>
+        <v>333</v>
       </c>
       <c r="B5" t="s">
-        <v>216</v>
+        <v>338</v>
       </c>
       <c r="C5" t="s">
-        <v>216</v>
+        <v>335</v>
       </c>
       <c r="D5" t="s">
-        <v>217</v>
+        <v>91</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="F5" s="1" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J5" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K5" t="s">
-        <v>218</v>
+        <v>337</v>
       </c>
       <c r="L5" s="22" t="s">
-        <v>219</v>
+        <v>328</v>
       </c>
       <c r="M5" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="6" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A6" t="s">
-        <v>229</v>
+        <v>477</v>
       </c>
       <c r="B6" t="s">
-        <v>230</v>
+        <v>478</v>
       </c>
       <c r="C6" t="s">
-        <v>229</v>
+        <v>477</v>
       </c>
       <c r="D6" t="s">
-        <v>231</v>
+        <v>479</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>51</v>
       </c>
       <c r="F6" s="1" t="s">
-        <v>233</v>
+        <v>114</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J6" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>234</v>
+        <v>480</v>
       </c>
       <c r="L6" s="22" t="s">
         <v>190</v>
       </c>
       <c r="M6" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="7" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A7" t="s">
-        <v>254</v>
+        <v>344</v>
       </c>
       <c r="B7" t="s">
-        <v>255</v>
+        <v>345</v>
       </c>
       <c r="C7" t="s">
-        <v>254</v>
+        <v>344</v>
       </c>
       <c r="D7" t="s">
-        <v>256</v>
+        <v>346</v>
       </c>
       <c r="E7" t="s">
-        <v>111</v>
+        <v>126</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>107</v>
+        <v>118</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J7" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K7" t="s">
-        <v>257</v>
+        <v>347</v>
       </c>
       <c r="L7" s="22" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="M7" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="8" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A8" t="s">
-        <v>258</v>
+        <v>595</v>
       </c>
       <c r="B8" t="s">
-        <v>258</v>
+        <v>595</v>
       </c>
       <c r="C8" t="s">
-        <v>258</v>
+        <v>596</v>
       </c>
       <c r="D8" t="s">
-        <v>259</v>
+        <v>597</v>
       </c>
       <c r="E8" t="s">
-        <v>260</v>
+        <v>108</v>
       </c>
       <c r="F8" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J8" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K8" t="s">
+        <v>598</v>
+      </c>
+      <c r="L8" s="22" t="s">
+        <v>190</v>
+      </c>
+      <c r="M8" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>351</v>
+      </c>
+      <c r="B9" t="s">
+        <v>352</v>
+      </c>
+      <c r="C9" t="s">
+        <v>351</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J9" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K9" t="s">
+        <v>353</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M9" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>373</v>
+      </c>
+      <c r="B10" t="s">
+        <v>373</v>
+      </c>
+      <c r="C10" t="s">
+        <v>373</v>
+      </c>
+      <c r="D10" t="s">
+        <v>374</v>
+      </c>
+      <c r="E10" t="s">
         <v>261</v>
       </c>
-      <c r="G8" s="1" t="s">
-[...81 lines deleted...]
-      </c>
       <c r="F10" s="1" t="s">
-        <v>184</v>
+        <v>375</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H10" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J10" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K10" t="s">
-        <v>269</v>
+        <v>376</v>
       </c>
       <c r="L10" s="22" t="s">
-        <v>47</v>
+        <v>234</v>
       </c>
       <c r="M10" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="11" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
-        <v>270</v>
+        <v>406</v>
       </c>
       <c r="B11" t="s">
-        <v>271</v>
+        <v>406</v>
       </c>
       <c r="C11" t="s">
-        <v>270</v>
+        <v>406</v>
       </c>
       <c r="D11" t="s">
-        <v>272</v>
+        <v>407</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>103</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>273</v>
+        <v>109</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J11" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K11" t="s">
-        <v>274</v>
+        <v>408</v>
       </c>
       <c r="L11" s="22" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="M11" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="12" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A12" t="s">
-        <v>275</v>
+        <v>599</v>
       </c>
       <c r="B12" t="s">
-        <v>275</v>
+        <v>600</v>
       </c>
       <c r="C12" t="s">
-        <v>275</v>
+        <v>599</v>
       </c>
       <c r="D12" t="s">
-        <v>276</v>
+        <v>601</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J12" s="21" t="s">
+        <v>611</v>
       </c>
       <c r="K12" t="s">
-        <v>277</v>
+        <v>602</v>
       </c>
       <c r="L12" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M12" s="22" t="s">
-[...5 lines deleted...]
-    <row r="13" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M12" s="23">
+        <v>46752</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>281</v>
+        <v>514</v>
       </c>
       <c r="B13" t="s">
-        <v>282</v>
+        <v>514</v>
       </c>
       <c r="C13" t="s">
-        <v>281</v>
+        <v>514</v>
       </c>
       <c r="D13" t="s">
-        <v>69</v>
+        <v>515</v>
       </c>
       <c r="E13" t="s">
-        <v>66</v>
+        <v>51</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>283</v>
+        <v>118</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J13" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K13" t="s">
-        <v>284</v>
+        <v>516</v>
       </c>
       <c r="L13" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M13" s="22" t="s">
-[...5 lines deleted...]
-    <row r="14" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M13" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>285</v>
+        <v>418</v>
       </c>
       <c r="B14" t="s">
-        <v>285</v>
+        <v>62</v>
       </c>
       <c r="C14" t="s">
-        <v>285</v>
+        <v>418</v>
       </c>
       <c r="D14" t="s">
-        <v>286</v>
+        <v>419</v>
       </c>
       <c r="E14" t="s">
-        <v>287</v>
+        <v>228</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J14" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K14" t="s">
-        <v>288</v>
+        <v>420</v>
       </c>
       <c r="L14" s="22" t="s">
-        <v>47</v>
+        <v>140</v>
       </c>
       <c r="M14" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="15" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>289</v>
+        <v>323</v>
       </c>
       <c r="B15" t="s">
-        <v>290</v>
+        <v>324</v>
       </c>
       <c r="C15" t="s">
-        <v>289</v>
+        <v>323</v>
       </c>
       <c r="D15" t="s">
-        <v>291</v>
+        <v>325</v>
       </c>
       <c r="E15" t="s">
-        <v>292</v>
+        <v>326</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J15" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K15" t="s">
+        <v>327</v>
+      </c>
+      <c r="L15" s="22" t="s">
+        <v>328</v>
+      </c>
+      <c r="M15" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
+        <v>517</v>
+      </c>
+      <c r="B16" t="s">
+        <v>518</v>
+      </c>
+      <c r="C16" t="s">
+        <v>517</v>
+      </c>
+      <c r="D16" t="s">
+        <v>519</v>
+      </c>
+      <c r="E16" t="s">
+        <v>425</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J15" t="s">
-[...35 lines deleted...]
-      </c>
       <c r="H16" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J16" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K16" t="s">
-        <v>296</v>
+        <v>521</v>
       </c>
       <c r="L16" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M16" s="22" t="s">
-[...5 lines deleted...]
-    <row r="17" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M16" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
-        <v>304</v>
+        <v>377</v>
       </c>
       <c r="B17" t="s">
-        <v>305</v>
+        <v>378</v>
       </c>
       <c r="C17" t="s">
-        <v>304</v>
+        <v>377</v>
       </c>
       <c r="D17" t="s">
-        <v>306</v>
+        <v>379</v>
       </c>
       <c r="E17" t="s">
-        <v>307</v>
+        <v>103</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>308</v>
+        <v>109</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J17" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K17" t="s">
-        <v>309</v>
+        <v>380</v>
       </c>
       <c r="L17" s="22" t="s">
-        <v>47</v>
+        <v>234</v>
       </c>
       <c r="M17" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="18" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
-        <v>310</v>
+        <v>271</v>
       </c>
       <c r="B18" t="s">
-        <v>311</v>
+        <v>272</v>
       </c>
       <c r="C18" t="s">
-        <v>311</v>
+        <v>271</v>
       </c>
       <c r="D18" t="s">
-        <v>312</v>
+        <v>273</v>
       </c>
       <c r="E18" t="s">
-        <v>111</v>
+        <v>274</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>180</v>
+        <v>109</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J18" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K18" t="s">
-        <v>313</v>
+        <v>275</v>
       </c>
       <c r="L18" s="22" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="M18" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="19" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
-        <v>318</v>
+        <v>38</v>
       </c>
       <c r="B19" t="s">
-        <v>318</v>
+        <v>39</v>
       </c>
       <c r="C19" t="s">
-        <v>318</v>
+        <v>38</v>
       </c>
       <c r="D19" t="s">
-        <v>319</v>
+        <v>40</v>
       </c>
       <c r="E19" t="s">
-        <v>106</v>
+        <v>41</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>320</v>
+        <v>42</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J19" t="s">
+      <c r="J19" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K19" t="s">
-        <v>321</v>
+        <v>46</v>
       </c>
       <c r="L19" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M19" s="22" t="s">
-[...5 lines deleted...]
-    <row r="20" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M19" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A20" t="s">
-        <v>322</v>
+        <v>500</v>
       </c>
       <c r="B20" t="s">
-        <v>323</v>
+        <v>501</v>
       </c>
       <c r="C20" t="s">
-        <v>322</v>
+        <v>500</v>
       </c>
       <c r="D20" t="s">
-        <v>291</v>
+        <v>224</v>
       </c>
       <c r="E20" t="s">
-        <v>292</v>
+        <v>151</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>324</v>
+        <v>97</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H20" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J20" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K20" t="s">
-        <v>325</v>
+        <v>502</v>
       </c>
       <c r="L20" s="22" t="s">
-        <v>47</v>
+        <v>70</v>
       </c>
       <c r="M20" s="22" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-    <row r="21" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A21" t="s">
-        <v>330</v>
+        <v>494</v>
       </c>
       <c r="B21" t="s">
-        <v>331</v>
+        <v>495</v>
       </c>
       <c r="C21" t="s">
-        <v>331</v>
+        <v>495</v>
       </c>
       <c r="D21" t="s">
-        <v>332</v>
+        <v>496</v>
       </c>
       <c r="E21" t="s">
-        <v>333</v>
+        <v>228</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>184</v>
+        <v>104</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>54</v>
+      </c>
+      <c r="J21" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K21" t="s">
-        <v>334</v>
+        <v>497</v>
       </c>
       <c r="L21" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M21" s="22" t="s">
+      <c r="M21" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>171</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>172</v>
+      </c>
+      <c r="D22" t="s">
+        <v>173</v>
+      </c>
+      <c r="E22" t="s">
+        <v>86</v>
+      </c>
+      <c r="F22" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I22" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J22" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K22" t="s">
+        <v>175</v>
+      </c>
+      <c r="L22" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M22" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
         <v>191</v>
       </c>
-      <c r="O21" s="2"/>
-[...36 lines deleted...]
-      <c r="L22" s="22" t="s">
+      <c r="B23" t="s">
+        <v>192</v>
+      </c>
+      <c r="C23" t="s">
+        <v>192</v>
+      </c>
+      <c r="D23" t="s">
+        <v>193</v>
+      </c>
+      <c r="E23" t="s">
+        <v>41</v>
+      </c>
+      <c r="F23" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H23" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J23" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K23" t="s">
+        <v>194</v>
+      </c>
+      <c r="L23" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M23" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
+        <v>292</v>
+      </c>
+      <c r="B24" t="s">
+        <v>293</v>
+      </c>
+      <c r="C24" t="s">
+        <v>292</v>
+      </c>
+      <c r="D24" t="s">
+        <v>294</v>
+      </c>
+      <c r="E24" t="s">
+        <v>103</v>
+      </c>
+      <c r="F24" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H24" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I24" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J24" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K24" t="s">
+        <v>295</v>
+      </c>
+      <c r="L24" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M24" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" t="s">
+        <v>74</v>
+      </c>
+      <c r="C25" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
+      <c r="E25" t="s">
+        <v>76</v>
+      </c>
+      <c r="F25" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H25" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I25" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J25" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K25" t="s">
+        <v>78</v>
+      </c>
+      <c r="L25" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M22" s="23" t="s">
+      <c r="M25" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
         <v>48</v>
       </c>
-      <c r="O22" s="2"/>
-[...36 lines deleted...]
-      <c r="L23" s="22" t="s">
+      <c r="B26" t="s">
+        <v>48</v>
+      </c>
+      <c r="C26" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" t="s">
+        <v>50</v>
+      </c>
+      <c r="E26" t="s">
+        <v>51</v>
+      </c>
+      <c r="F26" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H26" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I26" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J26" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K26" t="s">
+        <v>412</v>
+      </c>
+      <c r="L26" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M26" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
+        <v>48</v>
+      </c>
+      <c r="B27" t="s">
+        <v>49</v>
+      </c>
+      <c r="C27" t="s">
+        <v>48</v>
+      </c>
+      <c r="D27" t="s">
+        <v>50</v>
+      </c>
+      <c r="E27" t="s">
+        <v>51</v>
+      </c>
+      <c r="F27" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H27" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I27" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J27" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K27" t="s">
+        <v>56</v>
+      </c>
+      <c r="L27" s="22" t="s">
+        <v>57</v>
+      </c>
+      <c r="M27" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
+        <v>464</v>
+      </c>
+      <c r="B28" t="s">
+        <v>464</v>
+      </c>
+      <c r="C28" t="s">
+        <v>464</v>
+      </c>
+      <c r="D28" t="s">
+        <v>207</v>
+      </c>
+      <c r="E28" t="s">
+        <v>82</v>
+      </c>
+      <c r="F28" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H28" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I28" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J28" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K28" t="s">
+        <v>465</v>
+      </c>
+      <c r="L28" s="22" t="s">
+        <v>466</v>
+      </c>
+      <c r="M28" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
+        <v>436</v>
+      </c>
+      <c r="B29" t="s">
+        <v>437</v>
+      </c>
+      <c r="C29" t="s">
+        <v>438</v>
+      </c>
+      <c r="D29" t="s">
+        <v>439</v>
+      </c>
+      <c r="E29" t="s">
+        <v>68</v>
+      </c>
+      <c r="F29" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H29" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I29" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J29" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K29" t="s">
+        <v>440</v>
+      </c>
+      <c r="L29" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M29" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
+        <v>467</v>
+      </c>
+      <c r="B30" t="s">
+        <v>471</v>
+      </c>
+      <c r="C30" t="s">
+        <v>467</v>
+      </c>
+      <c r="D30" t="s">
+        <v>472</v>
+      </c>
+      <c r="E30" t="s">
+        <v>41</v>
+      </c>
+      <c r="F30" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H30" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I30" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J30" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K30" t="s">
+        <v>473</v>
+      </c>
+      <c r="L30" s="22" t="s">
+        <v>458</v>
+      </c>
+      <c r="M30" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
+        <v>467</v>
+      </c>
+      <c r="B31" t="s">
+        <v>468</v>
+      </c>
+      <c r="C31" t="s">
+        <v>467</v>
+      </c>
+      <c r="D31" t="s">
+        <v>469</v>
+      </c>
+      <c r="E31" t="s">
+        <v>41</v>
+      </c>
+      <c r="F31" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I31" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J31" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K31" t="s">
+        <v>470</v>
+      </c>
+      <c r="L31" s="22" t="s">
+        <v>458</v>
+      </c>
+      <c r="M31" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
+        <v>255</v>
+      </c>
+      <c r="B32" t="s">
+        <v>62</v>
+      </c>
+      <c r="C32" t="s">
+        <v>255</v>
+      </c>
+      <c r="D32" t="s">
+        <v>256</v>
+      </c>
+      <c r="E32" t="s">
+        <v>41</v>
+      </c>
+      <c r="F32" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H32" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I32" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J32" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K32" t="s">
+        <v>257</v>
+      </c>
+      <c r="L32" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M32" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
+        <v>570</v>
+      </c>
+      <c r="B33" t="s">
+        <v>571</v>
+      </c>
+      <c r="C33" t="s">
+        <v>572</v>
+      </c>
+      <c r="D33" t="s">
+        <v>573</v>
+      </c>
+      <c r="E33" t="s">
+        <v>138</v>
+      </c>
+      <c r="F33" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H33" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I33" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J33" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K33" t="s">
+        <v>574</v>
+      </c>
+      <c r="L33" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M33" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
+        <v>546</v>
+      </c>
+      <c r="B34" t="s">
+        <v>546</v>
+      </c>
+      <c r="C34" t="s">
+        <v>547</v>
+      </c>
+      <c r="D34" t="s">
+        <v>548</v>
+      </c>
+      <c r="E34" t="s">
+        <v>274</v>
+      </c>
+      <c r="F34" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H34" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I34" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J34" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K34" t="s">
+        <v>549</v>
+      </c>
+      <c r="L34" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="M34" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
+        <v>329</v>
+      </c>
+      <c r="B35" t="s">
+        <v>330</v>
+      </c>
+      <c r="C35" t="s">
+        <v>329</v>
+      </c>
+      <c r="D35" t="s">
+        <v>331</v>
+      </c>
+      <c r="E35" t="s">
+        <v>41</v>
+      </c>
+      <c r="F35" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H35" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I35" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J35" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K35" t="s">
+        <v>332</v>
+      </c>
+      <c r="L35" s="22" t="s">
+        <v>328</v>
+      </c>
+      <c r="M35" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>413</v>
+      </c>
+      <c r="B36" t="s">
+        <v>414</v>
+      </c>
+      <c r="C36" t="s">
+        <v>414</v>
+      </c>
+      <c r="D36" t="s">
+        <v>415</v>
+      </c>
+      <c r="E36" t="s">
+        <v>416</v>
+      </c>
+      <c r="F36" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H36" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I36" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J36" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K36" t="s">
+        <v>417</v>
+      </c>
+      <c r="L36" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M36" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
+        <v>313</v>
+      </c>
+      <c r="B37" t="s">
+        <v>314</v>
+      </c>
+      <c r="C37" t="s">
+        <v>313</v>
+      </c>
+      <c r="D37" t="s">
+        <v>315</v>
+      </c>
+      <c r="E37" t="s">
+        <v>316</v>
+      </c>
+      <c r="F37" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H37" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I37" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J37" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K37" t="s">
+        <v>317</v>
+      </c>
+      <c r="L37" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M37" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
+        <v>604</v>
+      </c>
+      <c r="B38" t="s">
+        <v>605</v>
+      </c>
+      <c r="C38" t="s">
+        <v>604</v>
+      </c>
+      <c r="D38" t="s">
+        <v>606</v>
+      </c>
+      <c r="E38" t="s">
+        <v>51</v>
+      </c>
+      <c r="F38" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H38" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I38" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J38" t="s">
+        <v>55</v>
+      </c>
+      <c r="K38" t="s">
+        <v>607</v>
+      </c>
+      <c r="L38" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M38" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
+        <v>206</v>
+      </c>
+      <c r="B39" t="s">
+        <v>206</v>
+      </c>
+      <c r="C39" t="s">
+        <v>206</v>
+      </c>
+      <c r="D39" t="s">
+        <v>207</v>
+      </c>
+      <c r="E39" t="s">
+        <v>82</v>
+      </c>
+      <c r="F39" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H39" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I39" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J39" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K39" t="s">
+        <v>208</v>
+      </c>
+      <c r="L39" s="22" t="s">
+        <v>209</v>
+      </c>
+      <c r="M39" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>354</v>
+      </c>
+      <c r="B40" t="s">
+        <v>355</v>
+      </c>
+      <c r="C40" t="s">
+        <v>354</v>
+      </c>
+      <c r="D40" t="s">
+        <v>356</v>
+      </c>
+      <c r="E40" t="s">
+        <v>157</v>
+      </c>
+      <c r="F40" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H40" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I40" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J40" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K40" t="s">
+        <v>357</v>
+      </c>
+      <c r="L40" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M40" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>399</v>
+      </c>
+      <c r="B41" t="s">
+        <v>400</v>
+      </c>
+      <c r="C41" t="s">
+        <v>400</v>
+      </c>
+      <c r="D41" t="s">
+        <v>401</v>
+      </c>
+      <c r="E41" t="s">
+        <v>103</v>
+      </c>
+      <c r="F41" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H41" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I41" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J41" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K41" t="s">
+        <v>402</v>
+      </c>
+      <c r="L41" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M41" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>221</v>
+      </c>
+      <c r="B42" t="s">
+        <v>222</v>
+      </c>
+      <c r="C42" t="s">
+        <v>223</v>
+      </c>
+      <c r="D42" t="s">
+        <v>224</v>
+      </c>
+      <c r="E42" t="s">
+        <v>151</v>
+      </c>
+      <c r="F42" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H42" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I42" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J42" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K42" t="s">
+        <v>225</v>
+      </c>
+      <c r="L42" s="22" t="s">
+        <v>190</v>
+      </c>
+      <c r="M42" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
+        <v>591</v>
+      </c>
+      <c r="B43" t="s">
+        <v>592</v>
+      </c>
+      <c r="C43" t="s">
+        <v>592</v>
+      </c>
+      <c r="D43" t="s">
+        <v>593</v>
+      </c>
+      <c r="E43" t="s">
+        <v>82</v>
+      </c>
+      <c r="F43" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H43" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I43" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J43" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K43" t="s">
+        <v>594</v>
+      </c>
+      <c r="L43" s="22" t="s">
+        <v>466</v>
+      </c>
+      <c r="M43" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
+        <v>389</v>
+      </c>
+      <c r="B44" t="s">
+        <v>389</v>
+      </c>
+      <c r="C44" t="s">
+        <v>389</v>
+      </c>
+      <c r="D44" t="s">
+        <v>390</v>
+      </c>
+      <c r="E44" t="s">
+        <v>157</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H44" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I44" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J44" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K44" t="s">
+        <v>391</v>
+      </c>
+      <c r="L44" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="M44" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>309</v>
+      </c>
+      <c r="B45" t="s">
+        <v>310</v>
+      </c>
+      <c r="C45" t="s">
+        <v>309</v>
+      </c>
+      <c r="D45" t="s">
+        <v>311</v>
+      </c>
+      <c r="E45" t="s">
+        <v>41</v>
+      </c>
+      <c r="F45" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H45" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I45" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J45" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K45" t="s">
+        <v>312</v>
+      </c>
+      <c r="L45" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M45" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>503</v>
+      </c>
+      <c r="B46" t="s">
+        <v>503</v>
+      </c>
+      <c r="C46" t="s">
+        <v>503</v>
+      </c>
+      <c r="D46" t="s">
+        <v>504</v>
+      </c>
+      <c r="E46" t="s">
+        <v>68</v>
+      </c>
+      <c r="F46" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H46" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I46" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J46" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K46" t="s">
+        <v>505</v>
+      </c>
+      <c r="L46" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M23" s="23" t="s">
-[...236 lines deleted...]
-      <c r="F29" s="1" t="s">
+      <c r="M46" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
+        <v>585</v>
+      </c>
+      <c r="B47" t="s">
+        <v>586</v>
+      </c>
+      <c r="C47" t="s">
+        <v>587</v>
+      </c>
+      <c r="D47" t="s">
+        <v>588</v>
+      </c>
+      <c r="E47" t="s">
+        <v>103</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H47" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I47" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J47" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K47" t="s">
+        <v>590</v>
+      </c>
+      <c r="L47" s="22" t="s">
+        <v>466</v>
+      </c>
+      <c r="M47" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
+        <v>553</v>
+      </c>
+      <c r="B48" t="s">
+        <v>554</v>
+      </c>
+      <c r="C48" t="s">
+        <v>553</v>
+      </c>
+      <c r="D48" t="s">
+        <v>555</v>
+      </c>
+      <c r="E48" t="s">
         <v>261</v>
       </c>
-      <c r="G29" s="1" t="s">
-[...199 lines deleted...]
-      <c r="B34" t="s">
+      <c r="F48" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H48" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I48" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J48" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K48" t="s">
+        <v>556</v>
+      </c>
+      <c r="L48" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M48" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
+        <v>579</v>
+      </c>
+      <c r="B49" t="s">
+        <v>580</v>
+      </c>
+      <c r="C49" t="s">
+        <v>581</v>
+      </c>
+      <c r="D49" t="s">
+        <v>582</v>
+      </c>
+      <c r="E49" t="s">
+        <v>213</v>
+      </c>
+      <c r="F49" s="1" t="s">
         <v>426</v>
       </c>
-      <c r="C34" t="s">
-[...232 lines deleted...]
-      <c r="I39" s="1" t="s">
+      <c r="G49" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J39" t="s">
-[...2 lines deleted...]
-      <c r="K39" t="s">
+      <c r="H49" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I49" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J49" s="21" t="s">
         <v>55</v>
       </c>
-      <c r="L39" s="22" t="s">
-[...12 lines deleted...]
-      <c r="B40" t="s">
+      <c r="K49" t="s">
+        <v>583</v>
+      </c>
+      <c r="L49" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M49" s="22" t="s">
         <v>58</v>
       </c>
-      <c r="C40" t="s">
-[...337 lines deleted...]
-      <c r="A48" t="s">
+    </row>
+    <row r="50" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>258</v>
+      </c>
+      <c r="B50" t="s">
+        <v>259</v>
+      </c>
+      <c r="C50" t="s">
+        <v>258</v>
+      </c>
+      <c r="D50" t="s">
+        <v>260</v>
+      </c>
+      <c r="E50" t="s">
+        <v>261</v>
+      </c>
+      <c r="F50" s="1" t="s">
         <v>109</v>
-      </c>
-[...99 lines deleted...]
-        <v>121</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J50" t="s">
-        <v>63</v>
+      <c r="J50" s="21" t="s">
+        <v>45</v>
       </c>
       <c r="K50" t="s">
-        <v>122</v>
+        <v>262</v>
       </c>
       <c r="L50" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="51" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M50" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A51" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="B51" t="s">
-        <v>126</v>
+        <v>112</v>
       </c>
       <c r="C51" t="s">
-        <v>125</v>
+        <v>111</v>
       </c>
       <c r="D51" t="s">
-        <v>127</v>
+        <v>113</v>
       </c>
       <c r="E51" t="s">
-        <v>128</v>
+        <v>103</v>
       </c>
       <c r="F51" s="1" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H51" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J51" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K51" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="L51" s="22" t="s">
         <v>47</v>
       </c>
       <c r="M51" s="23">
-        <v>46022</v>
-[...4 lines deleted...]
-    <row r="52" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A52" t="s">
+        <v>238</v>
+      </c>
+      <c r="B52" t="s">
+        <v>239</v>
+      </c>
+      <c r="C52" t="s">
+        <v>238</v>
+      </c>
+      <c r="D52" t="s">
+        <v>240</v>
+      </c>
+      <c r="E52" t="s">
+        <v>41</v>
+      </c>
+      <c r="F52" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H52" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I52" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J52" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K52" t="s">
+        <v>241</v>
+      </c>
+      <c r="L52" s="22" t="s">
         <v>88</v>
       </c>
-      <c r="B52" t="s">
-[...38 lines deleted...]
-    <row r="53" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M52" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A53" t="s">
-        <v>131</v>
+        <v>318</v>
       </c>
       <c r="B53" t="s">
-        <v>132</v>
+        <v>319</v>
       </c>
       <c r="C53" t="s">
-        <v>131</v>
+        <v>318</v>
       </c>
       <c r="D53" t="s">
-        <v>133</v>
+        <v>320</v>
       </c>
       <c r="E53" t="s">
-        <v>134</v>
+        <v>41</v>
       </c>
       <c r="F53" s="1" t="s">
-        <v>117</v>
+        <v>321</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J53" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K53" t="s">
-        <v>135</v>
+        <v>322</v>
       </c>
       <c r="L53" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="54" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M53" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A54" t="s">
-        <v>142</v>
+        <v>409</v>
       </c>
       <c r="B54" t="s">
-        <v>143</v>
+        <v>409</v>
       </c>
       <c r="C54" t="s">
-        <v>142</v>
+        <v>409</v>
       </c>
       <c r="D54" t="s">
-        <v>144</v>
+        <v>410</v>
       </c>
       <c r="E54" t="s">
-        <v>145</v>
+        <v>92</v>
       </c>
       <c r="F54" s="1" t="s">
-        <v>100</v>
+        <v>60</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J54" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K54" t="s">
-        <v>146</v>
+        <v>411</v>
       </c>
       <c r="L54" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="55" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>140</v>
+      </c>
+      <c r="M54" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A55" t="s">
-        <v>148</v>
+        <v>498</v>
       </c>
       <c r="B55" t="s">
-        <v>149</v>
+        <v>498</v>
       </c>
       <c r="C55" t="s">
-        <v>148</v>
+        <v>498</v>
       </c>
       <c r="D55" t="s">
-        <v>89</v>
+        <v>273</v>
       </c>
       <c r="E55" t="s">
-        <v>90</v>
+        <v>274</v>
       </c>
       <c r="F55" s="1" t="s">
-        <v>141</v>
+        <v>109</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H55" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J55" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K55" t="s">
-        <v>150</v>
+        <v>499</v>
       </c>
       <c r="L55" s="22" t="s">
         <v>47</v>
       </c>
       <c r="M55" s="23">
-        <v>46022</v>
-[...4 lines deleted...]
-    <row r="56" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A56" t="s">
+        <v>559</v>
+      </c>
+      <c r="B56" t="s">
+        <v>560</v>
+      </c>
+      <c r="C56" t="s">
+        <v>559</v>
+      </c>
+      <c r="D56" t="s">
+        <v>561</v>
+      </c>
+      <c r="E56" t="s">
+        <v>512</v>
+      </c>
+      <c r="F56" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="I56" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J56" s="21" t="s">
+        <v>611</v>
+      </c>
+      <c r="K56" t="s">
+        <v>562</v>
+      </c>
+      <c r="L56" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="M56" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
+        <v>159</v>
+      </c>
+      <c r="B57" t="s">
+        <v>160</v>
+      </c>
+      <c r="C57" t="s">
+        <v>159</v>
+      </c>
+      <c r="D57" t="s">
+        <v>161</v>
+      </c>
+      <c r="E57" t="s">
+        <v>103</v>
+      </c>
+      <c r="F57" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H57" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I57" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J57" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K57" t="s">
+        <v>162</v>
+      </c>
+      <c r="L57" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M57" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
+        <v>100</v>
+      </c>
+      <c r="B58" t="s">
+        <v>101</v>
+      </c>
+      <c r="C58" t="s">
+        <v>100</v>
+      </c>
+      <c r="D58" t="s">
+        <v>102</v>
+      </c>
+      <c r="E58" t="s">
+        <v>103</v>
+      </c>
+      <c r="F58" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H58" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I58" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J58" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K58" t="s">
+        <v>105</v>
+      </c>
+      <c r="L58" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M58" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
+        <v>584</v>
+      </c>
+      <c r="B59" t="s">
+        <v>136</v>
+      </c>
+      <c r="C59" t="s">
+        <v>136</v>
+      </c>
+      <c r="D59" t="s">
+        <v>137</v>
+      </c>
+      <c r="E59" t="s">
+        <v>138</v>
+      </c>
+      <c r="F59" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H59" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I59" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J59" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K59" t="s">
+        <v>139</v>
+      </c>
+      <c r="L59" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M59" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>242</v>
+      </c>
+      <c r="B60" t="s">
+        <v>243</v>
+      </c>
+      <c r="C60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>244</v>
+      </c>
+      <c r="E60" t="s">
+        <v>108</v>
+      </c>
+      <c r="F60" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H60" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I60" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J60" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K60" t="s">
+        <v>245</v>
+      </c>
+      <c r="L60" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M60" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
+        <v>263</v>
+      </c>
+      <c r="B61" t="s">
+        <v>211</v>
+      </c>
+      <c r="C61" t="s">
+        <v>263</v>
+      </c>
+      <c r="D61" t="s">
+        <v>264</v>
+      </c>
+      <c r="E61" t="s">
+        <v>103</v>
+      </c>
+      <c r="F61" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H61" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I61" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J61" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K61" t="s">
+        <v>265</v>
+      </c>
+      <c r="L61" s="22" t="s">
+        <v>266</v>
+      </c>
+      <c r="M61" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
+        <v>447</v>
+      </c>
+      <c r="B62" t="s">
+        <v>448</v>
+      </c>
+      <c r="C62" t="s">
+        <v>447</v>
+      </c>
+      <c r="D62" t="s">
+        <v>224</v>
+      </c>
+      <c r="E62" t="s">
         <v>151</v>
       </c>
-      <c r="B56" t="s">
-[...94 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F62" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H62" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I62" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J62" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K62" t="s">
+        <v>450</v>
+      </c>
+      <c r="L62" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M62" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
+        <v>215</v>
+      </c>
+      <c r="B63" t="s">
+        <v>216</v>
+      </c>
+      <c r="C63" t="s">
+        <v>215</v>
+      </c>
+      <c r="D63" t="s">
+        <v>217</v>
+      </c>
+      <c r="E63" t="s">
+        <v>218</v>
+      </c>
+      <c r="F63" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H63" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I63" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J63" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K63" t="s">
+        <v>220</v>
+      </c>
+      <c r="L63" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="M63" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
+        <v>106</v>
+      </c>
+      <c r="B64" t="s">
+        <v>106</v>
+      </c>
+      <c r="C64" t="s">
+        <v>106</v>
+      </c>
+      <c r="D64" t="s">
+        <v>107</v>
+      </c>
+      <c r="E64" t="s">
+        <v>108</v>
+      </c>
+      <c r="F64" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H64" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I64" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J64" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K64" t="s">
+        <v>110</v>
+      </c>
+      <c r="L64" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M64" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
+        <v>230</v>
+      </c>
+      <c r="B65" t="s">
+        <v>231</v>
+      </c>
+      <c r="C65" t="s">
+        <v>231</v>
+      </c>
+      <c r="D65" t="s">
+        <v>232</v>
+      </c>
+      <c r="E65" t="s">
+        <v>41</v>
+      </c>
+      <c r="F65" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I65" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J65" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K65" t="s">
+        <v>233</v>
+      </c>
+      <c r="L65" s="22" t="s">
+        <v>234</v>
+      </c>
+      <c r="M65" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>563</v>
+      </c>
+      <c r="B66" t="s">
+        <v>563</v>
+      </c>
+      <c r="C66" t="s">
+        <v>563</v>
+      </c>
+      <c r="D66" t="s">
+        <v>564</v>
+      </c>
+      <c r="E66" t="s">
+        <v>178</v>
+      </c>
+      <c r="F66" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H66" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I66" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J66" s="21" t="s">
+        <v>611</v>
+      </c>
+      <c r="K66" t="s">
+        <v>565</v>
+      </c>
+      <c r="L66" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M66" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
         <v>163</v>
       </c>
-      <c r="F58" s="1" t="s">
+      <c r="B67" t="s">
+        <v>164</v>
+      </c>
+      <c r="C67" t="s">
+        <v>163</v>
+      </c>
+      <c r="D67" t="s">
+        <v>165</v>
+      </c>
+      <c r="E67" t="s">
+        <v>166</v>
+      </c>
+      <c r="F67" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G58" s="1" t="s">
-[...385 lines deleted...]
-      </c>
       <c r="G67" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H67" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J67" t="s">
+      <c r="J67" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K67" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="L67" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="68" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>168</v>
+      </c>
+      <c r="M67" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A68" t="s">
-        <v>210</v>
+        <v>474</v>
       </c>
       <c r="B68" t="s">
-        <v>211</v>
+        <v>474</v>
       </c>
       <c r="C68" t="s">
-        <v>210</v>
+        <v>474</v>
       </c>
       <c r="D68" t="s">
-        <v>73</v>
+        <v>475</v>
       </c>
       <c r="E68" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="F68" s="1" t="s">
-        <v>184</v>
+        <v>290</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H68" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J68" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K68" t="s">
-        <v>212</v>
+        <v>476</v>
       </c>
       <c r="L68" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="69" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M68" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A69" t="s">
-        <v>213</v>
+        <v>487</v>
       </c>
       <c r="B69" t="s">
-        <v>213</v>
+        <v>488</v>
       </c>
       <c r="C69" t="s">
-        <v>213</v>
+        <v>487</v>
       </c>
       <c r="D69" t="s">
-        <v>214</v>
+        <v>489</v>
       </c>
       <c r="E69" t="s">
-        <v>106</v>
+        <v>138</v>
       </c>
       <c r="F69" s="1" t="s">
-        <v>141</v>
+        <v>449</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J69" t="s">
+      <c r="J69" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K69" t="s">
-        <v>215</v>
+        <v>490</v>
       </c>
       <c r="L69" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="70" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M69" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A70" t="s">
-        <v>220</v>
+        <v>144</v>
       </c>
       <c r="B70" t="s">
-        <v>221</v>
+        <v>145</v>
       </c>
       <c r="C70" t="s">
-        <v>220</v>
+        <v>146</v>
       </c>
       <c r="D70" t="s">
-        <v>222</v>
+        <v>147</v>
       </c>
       <c r="E70" t="s">
-        <v>223</v>
+        <v>131</v>
       </c>
       <c r="F70" s="1" t="s">
-        <v>42</v>
+        <v>114</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H70" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J70" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K70" t="s">
-        <v>224</v>
+        <v>148</v>
       </c>
       <c r="L70" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="71" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M70" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A71" t="s">
-        <v>225</v>
+        <v>432</v>
       </c>
       <c r="B71" t="s">
-        <v>226</v>
+        <v>433</v>
       </c>
       <c r="C71" t="s">
-        <v>225</v>
+        <v>432</v>
       </c>
       <c r="D71" t="s">
-        <v>227</v>
+        <v>434</v>
       </c>
       <c r="E71" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="F71" s="1" t="s">
-        <v>184</v>
+        <v>114</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H71" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>54</v>
+      </c>
+      <c r="J71" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K71" t="s">
-        <v>228</v>
+        <v>435</v>
       </c>
       <c r="L71" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="72" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>99</v>
+      </c>
+      <c r="M71" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A72" t="s">
-        <v>235</v>
+        <v>481</v>
       </c>
       <c r="B72" t="s">
-        <v>236</v>
+        <v>482</v>
       </c>
       <c r="C72" t="s">
-        <v>237</v>
+        <v>481</v>
       </c>
       <c r="D72" t="s">
-        <v>127</v>
+        <v>483</v>
       </c>
       <c r="E72" t="s">
-        <v>128</v>
+        <v>108</v>
       </c>
       <c r="F72" s="1" t="s">
-        <v>70</v>
+        <v>449</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J72" t="s">
+      <c r="J72" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K72" t="s">
-        <v>238</v>
+        <v>484</v>
       </c>
       <c r="L72" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="73" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M72" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A73" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="B73" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="C73" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="D73" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="E73" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="F73" s="1" t="s">
-        <v>96</v>
+        <v>249</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J73" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K73" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="L73" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="74" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M73" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A74" t="s">
-        <v>243</v>
+        <v>381</v>
       </c>
       <c r="B74" t="s">
-        <v>244</v>
+        <v>382</v>
       </c>
       <c r="C74" t="s">
-        <v>244</v>
+        <v>381</v>
       </c>
       <c r="D74" t="s">
-        <v>245</v>
+        <v>383</v>
       </c>
       <c r="E74" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="F74" s="1" t="s">
-        <v>42</v>
+        <v>384</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H74" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J74" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K74" t="s">
-        <v>246</v>
+        <v>385</v>
       </c>
       <c r="L74" s="22" t="s">
-        <v>169</v>
-[...7 lines deleted...]
-    <row r="75" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>168</v>
+      </c>
+      <c r="M74" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A75" t="s">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="B75" t="s">
-        <v>247</v>
+        <v>203</v>
       </c>
       <c r="C75" t="s">
-        <v>248</v>
+        <v>203</v>
       </c>
       <c r="D75" t="s">
-        <v>85</v>
+        <v>204</v>
       </c>
       <c r="E75" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="F75" s="1" t="s">
-        <v>233</v>
+        <v>134</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J75" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K75" t="s">
-        <v>249</v>
+        <v>205</v>
       </c>
       <c r="L75" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M75" s="23" t="s">
-[...5 lines deleted...]
-    <row r="76" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M75" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A76" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B76" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C76" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="D76" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="E76" t="s">
-        <v>52</v>
+        <v>248</v>
       </c>
       <c r="F76" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H76" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J76" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K76" t="s">
+        <v>254</v>
+      </c>
+      <c r="L76" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M76" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>441</v>
+      </c>
+      <c r="B77" t="s">
+        <v>446</v>
+      </c>
+      <c r="C77" t="s">
+        <v>441</v>
+      </c>
+      <c r="D77" t="s">
+        <v>443</v>
+      </c>
+      <c r="E77" t="s">
+        <v>444</v>
+      </c>
+      <c r="F77" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H77" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I77" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J77" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K77" t="s">
+        <v>445</v>
+      </c>
+      <c r="L77" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M77" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>441</v>
+      </c>
+      <c r="B78" t="s">
+        <v>442</v>
+      </c>
+      <c r="C78" t="s">
+        <v>441</v>
+      </c>
+      <c r="D78" t="s">
+        <v>443</v>
+      </c>
+      <c r="E78" t="s">
+        <v>444</v>
+      </c>
+      <c r="F78" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H78" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I78" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J78" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K78" t="s">
+        <v>445</v>
+      </c>
+      <c r="L78" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M78" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>200</v>
+      </c>
+      <c r="B79" t="s">
+        <v>201</v>
+      </c>
+      <c r="C79" t="s">
+        <v>200</v>
+      </c>
+      <c r="D79" t="s">
         <v>67</v>
       </c>
-      <c r="G76" s="1" t="s">
-[...27 lines deleted...]
-      <c r="B77" t="s">
+      <c r="E79" t="s">
         <v>68</v>
       </c>
-      <c r="C77" t="s">
-[...93 lines deleted...]
-      </c>
       <c r="F79" s="1" t="s">
-        <v>112</v>
+        <v>174</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H79" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J79" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K79" t="s">
-        <v>303</v>
+        <v>202</v>
       </c>
       <c r="L79" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="80" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M79" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A80" t="s">
-        <v>314</v>
+        <v>135</v>
       </c>
       <c r="B80" t="s">
-        <v>315</v>
+        <v>136</v>
       </c>
       <c r="C80" t="s">
-        <v>314</v>
+        <v>135</v>
       </c>
       <c r="D80" t="s">
-        <v>316</v>
+        <v>137</v>
       </c>
       <c r="E80" t="s">
-        <v>241</v>
+        <v>138</v>
       </c>
       <c r="F80" s="1" t="s">
-        <v>184</v>
+        <v>97</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I80" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J80" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K80" t="s">
-        <v>317</v>
+        <v>139</v>
       </c>
       <c r="L80" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="81" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>140</v>
+      </c>
+      <c r="M80" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A81" t="s">
-        <v>136</v>
+        <v>575</v>
       </c>
       <c r="B81" t="s">
-        <v>136</v>
+        <v>576</v>
       </c>
       <c r="C81" t="s">
-        <v>136</v>
+        <v>575</v>
       </c>
       <c r="D81" t="s">
-        <v>137</v>
+        <v>577</v>
       </c>
       <c r="E81" t="s">
         <v>138</v>
       </c>
       <c r="F81" s="1" t="s">
-        <v>139</v>
+        <v>42</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I81" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J81" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K81" t="s">
+        <v>578</v>
+      </c>
+      <c r="L81" s="22" t="s">
         <v>140</v>
       </c>
-      <c r="L81" s="22" t="s">
-[...8 lines deleted...]
-    <row r="82" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M81" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A82" t="s">
-        <v>326</v>
+        <v>451</v>
       </c>
       <c r="B82" t="s">
-        <v>327</v>
+        <v>452</v>
       </c>
       <c r="C82" t="s">
-        <v>326</v>
+        <v>453</v>
       </c>
       <c r="D82" t="s">
-        <v>328</v>
+        <v>454</v>
       </c>
       <c r="E82" t="s">
-        <v>106</v>
+        <v>455</v>
       </c>
       <c r="F82" s="1" t="s">
-        <v>67</v>
+        <v>456</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I82" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J82" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K82" t="s">
-        <v>329</v>
+        <v>457</v>
       </c>
       <c r="L82" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="83" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>458</v>
+      </c>
+      <c r="M82" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A83" t="s">
-        <v>335</v>
+        <v>509</v>
       </c>
       <c r="B83" t="s">
-        <v>335</v>
+        <v>510</v>
       </c>
       <c r="C83" t="s">
-        <v>336</v>
+        <v>510</v>
       </c>
       <c r="D83" t="s">
-        <v>337</v>
+        <v>511</v>
       </c>
       <c r="E83" t="s">
-        <v>76</v>
+        <v>512</v>
       </c>
       <c r="F83" s="1" t="s">
-        <v>233</v>
+        <v>42</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J83" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K83" t="s">
-        <v>338</v>
+        <v>513</v>
       </c>
       <c r="L83" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="84" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M83" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A84" t="s">
-        <v>343</v>
+        <v>154</v>
       </c>
       <c r="B84" t="s">
-        <v>344</v>
+        <v>155</v>
       </c>
       <c r="C84" t="s">
-        <v>343</v>
+        <v>154</v>
       </c>
       <c r="D84" t="s">
-        <v>345</v>
+        <v>156</v>
       </c>
       <c r="E84" t="s">
-        <v>52</v>
+        <v>157</v>
       </c>
       <c r="F84" s="1" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J84" t="s">
+      <c r="J84" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K84" t="s">
-        <v>346</v>
+        <v>158</v>
       </c>
       <c r="L84" s="22" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-    <row r="85" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M84" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A85" t="s">
-        <v>352</v>
+        <v>181</v>
       </c>
       <c r="B85" t="s">
-        <v>353</v>
+        <v>181</v>
       </c>
       <c r="C85" t="s">
-        <v>352</v>
+        <v>181</v>
       </c>
       <c r="D85" t="s">
-        <v>354</v>
+        <v>182</v>
       </c>
       <c r="E85" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="F85" s="1" t="s">
-        <v>355</v>
+        <v>174</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J85" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K85" t="s">
-        <v>356</v>
+        <v>183</v>
       </c>
       <c r="L85" s="22" t="s">
         <v>47</v>
       </c>
       <c r="M85" s="23">
-        <v>46022</v>
-[...4 lines deleted...]
-    <row r="86" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A86" t="s">
-        <v>373</v>
+        <v>235</v>
       </c>
       <c r="B86" t="s">
-        <v>374</v>
+        <v>235</v>
       </c>
       <c r="C86" t="s">
-        <v>373</v>
+        <v>236</v>
       </c>
       <c r="D86" t="s">
-        <v>375</v>
+        <v>81</v>
       </c>
       <c r="E86" t="s">
-        <v>292</v>
+        <v>82</v>
       </c>
       <c r="F86" s="1" t="s">
-        <v>167</v>
+        <v>219</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J86" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K86" t="s">
-        <v>376</v>
+        <v>237</v>
       </c>
       <c r="L86" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M86" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
+        <v>84</v>
+      </c>
+      <c r="B87" t="s">
+        <v>84</v>
+      </c>
+      <c r="C87" t="s">
+        <v>84</v>
+      </c>
+      <c r="D87" t="s">
+        <v>85</v>
+      </c>
+      <c r="E87" t="s">
+        <v>86</v>
+      </c>
+      <c r="F87" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H87" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J87" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K87" t="s">
+        <v>87</v>
+      </c>
+      <c r="L87" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M87" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>84</v>
+      </c>
+      <c r="B88" t="s">
+        <v>84</v>
+      </c>
+      <c r="C88" t="s">
+        <v>84</v>
+      </c>
+      <c r="D88" t="s">
+        <v>85</v>
+      </c>
+      <c r="E88" t="s">
+        <v>86</v>
+      </c>
+      <c r="F88" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H88" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I88" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J88" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K88" t="s">
+        <v>87</v>
+      </c>
+      <c r="L88" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M88" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>280</v>
+      </c>
+      <c r="B89" t="s">
+        <v>281</v>
+      </c>
+      <c r="C89" t="s">
+        <v>280</v>
+      </c>
+      <c r="D89" t="s">
+        <v>282</v>
+      </c>
+      <c r="E89" t="s">
+        <v>228</v>
+      </c>
+      <c r="F89" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H89" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I89" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J89" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K89" t="s">
+        <v>283</v>
+      </c>
+      <c r="L89" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M89" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>358</v>
+      </c>
+      <c r="B90" t="s">
+        <v>359</v>
+      </c>
+      <c r="C90" t="s">
+        <v>358</v>
+      </c>
+      <c r="D90" t="s">
+        <v>360</v>
+      </c>
+      <c r="E90" t="s">
+        <v>82</v>
+      </c>
+      <c r="F90" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H90" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J90" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K90" t="s">
+        <v>362</v>
+      </c>
+      <c r="L90" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M90" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>89</v>
+      </c>
+      <c r="B91" t="s">
+        <v>90</v>
+      </c>
+      <c r="C91" t="s">
+        <v>89</v>
+      </c>
+      <c r="D91" t="s">
+        <v>91</v>
+      </c>
+      <c r="E91" t="s">
+        <v>92</v>
+      </c>
+      <c r="F91" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H91" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J91" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K91" t="s">
+        <v>94</v>
+      </c>
+      <c r="L91" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M91" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>65</v>
+      </c>
+      <c r="B92" t="s">
+        <v>66</v>
+      </c>
+      <c r="C92" t="s">
+        <v>65</v>
+      </c>
+      <c r="D92" t="s">
+        <v>67</v>
+      </c>
+      <c r="E92" t="s">
+        <v>68</v>
+      </c>
+      <c r="F92" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H92" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I92" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J92" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K92" t="s">
+        <v>69</v>
+      </c>
+      <c r="L92" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M92" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>267</v>
+      </c>
+      <c r="B93" t="s">
+        <v>268</v>
+      </c>
+      <c r="C93" t="s">
+        <v>267</v>
+      </c>
+      <c r="D93" t="s">
+        <v>269</v>
+      </c>
+      <c r="E93" t="s">
+        <v>41</v>
+      </c>
+      <c r="F93" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H93" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I93" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J93" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K93" t="s">
+        <v>270</v>
+      </c>
+      <c r="L93" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M93" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A94" t="s">
+        <v>428</v>
+      </c>
+      <c r="B94" t="s">
+        <v>429</v>
+      </c>
+      <c r="C94" t="s">
+        <v>428</v>
+      </c>
+      <c r="D94" t="s">
+        <v>430</v>
+      </c>
+      <c r="E94" t="s">
+        <v>92</v>
+      </c>
+      <c r="F94" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H94" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I94" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J94" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K94" t="s">
+        <v>431</v>
+      </c>
+      <c r="L94" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M94" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A95" t="s">
+        <v>116</v>
+      </c>
+      <c r="B95" t="s">
+        <v>116</v>
+      </c>
+      <c r="C95" t="s">
+        <v>116</v>
+      </c>
+      <c r="D95" t="s">
+        <v>117</v>
+      </c>
+      <c r="E95" t="s">
+        <v>108</v>
+      </c>
+      <c r="F95" s="1" t="s">
+        <v>118</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H95" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I95" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J95" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K95" t="s">
+        <v>119</v>
+      </c>
+      <c r="L95" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M95" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A96" t="s">
+        <v>348</v>
+      </c>
+      <c r="B96" t="s">
+        <v>62</v>
+      </c>
+      <c r="C96" t="s">
+        <v>348</v>
+      </c>
+      <c r="D96" t="s">
+        <v>349</v>
+      </c>
+      <c r="E96" t="s">
+        <v>228</v>
+      </c>
+      <c r="F96" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H96" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J96" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K96" t="s">
+        <v>350</v>
+      </c>
+      <c r="L96" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M86" s="23" t="s">
-[...39 lines deleted...]
-      <c r="L87" s="22" t="s">
+      <c r="M96" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A97" t="s">
+        <v>284</v>
+      </c>
+      <c r="B97" t="s">
+        <v>284</v>
+      </c>
+      <c r="C97" t="s">
+        <v>284</v>
+      </c>
+      <c r="D97" t="s">
+        <v>285</v>
+      </c>
+      <c r="E97" t="s">
+        <v>103</v>
+      </c>
+      <c r="F97" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H97" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I97" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J97" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K97" t="s">
+        <v>287</v>
+      </c>
+      <c r="L97" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M87" s="23">
-[...435 lines deleted...]
-    <row r="98" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M97" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A98" t="s">
-        <v>453</v>
+        <v>612</v>
       </c>
       <c r="B98" t="s">
-        <v>453</v>
+        <v>613</v>
       </c>
       <c r="C98" t="s">
-        <v>453</v>
+        <v>612</v>
       </c>
       <c r="D98" t="s">
-        <v>454</v>
+        <v>614</v>
       </c>
       <c r="E98" t="s">
-        <v>106</v>
+        <v>512</v>
       </c>
       <c r="F98" s="1" t="s">
-        <v>112</v>
+        <v>174</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>44</v>
       </c>
       <c r="J98" t="s">
         <v>45</v>
       </c>
       <c r="K98" t="s">
-        <v>455</v>
+        <v>615</v>
       </c>
       <c r="L98" s="22" t="s">
-        <v>65</v>
-[...7 lines deleted...]
-    <row r="99" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M98" s="23">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A99" t="s">
-        <v>456</v>
+        <v>187</v>
       </c>
       <c r="B99" t="s">
-        <v>456</v>
+        <v>187</v>
       </c>
       <c r="C99" t="s">
-        <v>456</v>
+        <v>187</v>
       </c>
       <c r="D99" t="s">
-        <v>457</v>
+        <v>188</v>
       </c>
       <c r="E99" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="F99" s="1" t="s">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H99" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I99" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J99" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K99" t="s">
-        <v>458</v>
+        <v>189</v>
       </c>
       <c r="L99" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="100" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M99" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A100" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="B100" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="C100" t="s">
-        <v>57</v>
+        <v>129</v>
       </c>
       <c r="D100" t="s">
-        <v>59</v>
+        <v>130</v>
       </c>
       <c r="E100" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="F100" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H100" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I100" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J100" s="21" t="s">
+        <v>55</v>
+      </c>
+      <c r="K100" t="s">
+        <v>133</v>
+      </c>
+      <c r="L100" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M100" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A101" t="s">
+        <v>149</v>
+      </c>
+      <c r="B101" t="s">
+        <v>149</v>
+      </c>
+      <c r="C101" t="s">
+        <v>149</v>
+      </c>
+      <c r="D101" t="s">
+        <v>150</v>
+      </c>
+      <c r="E101" t="s">
+        <v>151</v>
+      </c>
+      <c r="F101" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H101" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I101" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J101" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K101" t="s">
+        <v>153</v>
+      </c>
+      <c r="L101" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M101" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A102" t="s">
+        <v>276</v>
+      </c>
+      <c r="B102" t="s">
+        <v>277</v>
+      </c>
+      <c r="C102" t="s">
+        <v>277</v>
+      </c>
+      <c r="D102" t="s">
+        <v>278</v>
+      </c>
+      <c r="E102" t="s">
+        <v>108</v>
+      </c>
+      <c r="F102" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H102" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I102" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J102" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K102" t="s">
+        <v>279</v>
+      </c>
+      <c r="L102" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M102" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="103" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A103" t="s">
+        <v>288</v>
+      </c>
+      <c r="B103" t="s">
+        <v>485</v>
+      </c>
+      <c r="C103" t="s">
+        <v>288</v>
+      </c>
+      <c r="D103" t="s">
+        <v>260</v>
+      </c>
+      <c r="E103" t="s">
         <v>261</v>
       </c>
-      <c r="G100" s="1" t="s">
-[...124 lines deleted...]
-      </c>
       <c r="F103" s="1" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H103" s="1" t="s">
-        <v>43</v>
+        <v>237</v>
       </c>
       <c r="I103" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J103" t="s">
+      <c r="J103" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K103" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="L103" s="22" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-    <row r="104" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M103" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A104" t="s">
-        <v>473</v>
+        <v>288</v>
       </c>
       <c r="B104" t="s">
-        <v>474</v>
+        <v>289</v>
       </c>
       <c r="C104" t="s">
-        <v>473</v>
+        <v>288</v>
       </c>
       <c r="D104" t="s">
-        <v>475</v>
+        <v>260</v>
       </c>
       <c r="E104" t="s">
-        <v>95</v>
+        <v>261</v>
       </c>
       <c r="F104" s="1" t="s">
-        <v>121</v>
+        <v>290</v>
       </c>
       <c r="G104" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H104" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J104" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K104" t="s">
-        <v>476</v>
+        <v>291</v>
       </c>
       <c r="L104" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="105" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>47</v>
+      </c>
+      <c r="M104" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A105" t="s">
-        <v>477</v>
+        <v>403</v>
       </c>
       <c r="B105" t="s">
-        <v>478</v>
+        <v>403</v>
       </c>
       <c r="C105" t="s">
-        <v>477</v>
+        <v>403</v>
       </c>
       <c r="D105" t="s">
-        <v>479</v>
+        <v>404</v>
       </c>
       <c r="E105" t="s">
-        <v>106</v>
+        <v>157</v>
       </c>
       <c r="F105" s="1" t="s">
-        <v>117</v>
+        <v>42</v>
       </c>
       <c r="G105" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H105" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I105" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J105" t="s">
-        <v>63</v>
+      <c r="J105" s="21" t="s">
+        <v>45</v>
       </c>
       <c r="K105" t="s">
-        <v>480</v>
+        <v>405</v>
       </c>
       <c r="L105" s="22" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-    <row r="106" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>140</v>
+      </c>
+      <c r="M105" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A106" t="s">
-        <v>481</v>
+        <v>296</v>
       </c>
       <c r="B106" t="s">
-        <v>482</v>
+        <v>297</v>
       </c>
       <c r="C106" t="s">
-        <v>483</v>
+        <v>297</v>
       </c>
       <c r="D106" t="s">
-        <v>484</v>
+        <v>298</v>
       </c>
       <c r="E106" t="s">
-        <v>74</v>
+        <v>299</v>
       </c>
       <c r="F106" s="1" t="s">
-        <v>100</v>
+        <v>174</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H106" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I106" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="J106" t="s">
+      <c r="J106" s="21" t="s">
         <v>45</v>
       </c>
       <c r="K106" t="s">
-        <v>485</v>
+        <v>300</v>
       </c>
       <c r="L106" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="107" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M106" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A107" t="s">
-        <v>486</v>
+        <v>195</v>
       </c>
       <c r="B107" t="s">
-        <v>487</v>
+        <v>196</v>
       </c>
       <c r="C107" t="s">
-        <v>486</v>
+        <v>197</v>
       </c>
       <c r="D107" t="s">
-        <v>488</v>
+        <v>198</v>
       </c>
       <c r="E107" t="s">
-        <v>489</v>
+        <v>157</v>
       </c>
       <c r="F107" s="1" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="H107" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J107" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K107" t="s">
-        <v>490</v>
+        <v>199</v>
       </c>
       <c r="L107" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="108" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M107" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A108" t="s">
-        <v>486</v>
+        <v>123</v>
       </c>
       <c r="B108" t="s">
+        <v>124</v>
+      </c>
+      <c r="C108" t="s">
+        <v>123</v>
+      </c>
+      <c r="D108" t="s">
+        <v>125</v>
+      </c>
+      <c r="E108" t="s">
+        <v>126</v>
+      </c>
+      <c r="F108" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H108" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J108" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K108" t="s">
+        <v>127</v>
+      </c>
+      <c r="L108" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M108" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A109" t="s">
+        <v>301</v>
+      </c>
+      <c r="B109" t="s">
+        <v>301</v>
+      </c>
+      <c r="C109" t="s">
+        <v>302</v>
+      </c>
+      <c r="D109" t="s">
+        <v>303</v>
+      </c>
+      <c r="E109" t="s">
+        <v>72</v>
+      </c>
+      <c r="F109" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H109" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J109" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K109" t="s">
+        <v>304</v>
+      </c>
+      <c r="L109" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M109" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A110" t="s">
+        <v>459</v>
+      </c>
+      <c r="B110" t="s">
+        <v>459</v>
+      </c>
+      <c r="C110" t="s">
+        <v>460</v>
+      </c>
+      <c r="D110" t="s">
+        <v>461</v>
+      </c>
+      <c r="E110" t="s">
+        <v>261</v>
+      </c>
+      <c r="F110" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H110" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J110" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K110" t="s">
+        <v>463</v>
+      </c>
+      <c r="L110" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="M110" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A111" t="s">
         <v>491</v>
       </c>
-      <c r="C108" t="s">
-[...36 lines deleted...]
-      <c r="A109" t="s">
+      <c r="B111" t="s">
+        <v>491</v>
+      </c>
+      <c r="C111" t="s">
         <v>492</v>
       </c>
-      <c r="B109" t="s">
+      <c r="D111" t="s">
+        <v>298</v>
+      </c>
+      <c r="E111" t="s">
+        <v>299</v>
+      </c>
+      <c r="F111" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H111" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J111" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K111" t="s">
         <v>493</v>
       </c>
-      <c r="C109" t="s">
-[...111 lines deleted...]
-      </c>
       <c r="L111" s="22" t="s">
-        <v>102</v>
-[...7 lines deleted...]
-    <row r="112" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>190</v>
+      </c>
+      <c r="M111" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A112" t="s">
-        <v>509</v>
+        <v>141</v>
       </c>
       <c r="B112" t="s">
-        <v>509</v>
+        <v>142</v>
       </c>
       <c r="C112" t="s">
-        <v>509</v>
+        <v>141</v>
       </c>
       <c r="D112" t="s">
-        <v>217</v>
+        <v>85</v>
       </c>
       <c r="E112" t="s">
         <v>86</v>
       </c>
       <c r="F112" s="1" t="s">
-        <v>112</v>
+        <v>134</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H112" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I112" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J112" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K112" t="s">
-        <v>510</v>
+        <v>143</v>
       </c>
       <c r="L112" s="22" t="s">
-        <v>511</v>
-[...7 lines deleted...]
-    <row r="113" spans="1:17" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M112" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A113" t="s">
-        <v>512</v>
+        <v>95</v>
       </c>
       <c r="B113" t="s">
-        <v>513</v>
+        <v>95</v>
       </c>
       <c r="C113" t="s">
-        <v>512</v>
+        <v>95</v>
       </c>
       <c r="D113" t="s">
-        <v>514</v>
+        <v>96</v>
       </c>
       <c r="E113" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="F113" s="1" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H113" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I113" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J113" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K113" t="s">
-        <v>515</v>
+        <v>98</v>
       </c>
       <c r="L113" s="22" t="s">
-        <v>503</v>
-[...7 lines deleted...]
-    <row r="114" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>99</v>
+      </c>
+      <c r="M113" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A114" t="s">
-        <v>512</v>
+        <v>305</v>
       </c>
       <c r="B114" t="s">
-        <v>516</v>
+        <v>305</v>
       </c>
       <c r="C114" t="s">
-        <v>512</v>
+        <v>305</v>
       </c>
       <c r="D114" t="s">
-        <v>517</v>
+        <v>306</v>
       </c>
       <c r="E114" t="s">
-        <v>52</v>
+        <v>307</v>
       </c>
       <c r="F114" s="1" t="s">
-        <v>100</v>
+        <v>134</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H114" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I114" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J114" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K114" t="s">
-        <v>518</v>
+        <v>308</v>
       </c>
       <c r="L114" s="22" t="s">
-        <v>503</v>
-[...7 lines deleted...]
-    <row r="115" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M114" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A115" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B115" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="C115" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="D115" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="E115" t="s">
-        <v>489</v>
+        <v>444</v>
       </c>
       <c r="F115" s="1" t="s">
-        <v>233</v>
+        <v>219</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H115" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I115" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J115" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K115" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="L115" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M115" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" t="s">
+        <v>176</v>
+      </c>
+      <c r="B116" t="s">
+        <v>176</v>
+      </c>
+      <c r="C116" t="s">
+        <v>176</v>
+      </c>
+      <c r="D116" t="s">
+        <v>177</v>
+      </c>
+      <c r="E116" t="s">
+        <v>178</v>
+      </c>
+      <c r="F116" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H116" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J116" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K116" t="s">
+        <v>179</v>
+      </c>
+      <c r="L116" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="M116" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" t="s">
+        <v>79</v>
+      </c>
+      <c r="B117" t="s">
+        <v>80</v>
+      </c>
+      <c r="C117" t="s">
+        <v>79</v>
+      </c>
+      <c r="D117" t="s">
+        <v>81</v>
+      </c>
+      <c r="E117" t="s">
+        <v>82</v>
+      </c>
+      <c r="F117" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H117" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J117" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K117" t="s">
+        <v>83</v>
+      </c>
+      <c r="L117" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M115" s="23">
-[...61 lines deleted...]
-      <c r="E117" t="s">
+      <c r="M117" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" t="s">
+        <v>395</v>
+      </c>
+      <c r="B118" t="s">
+        <v>396</v>
+      </c>
+      <c r="C118" t="s">
+        <v>395</v>
+      </c>
+      <c r="D118" t="s">
+        <v>397</v>
+      </c>
+      <c r="E118" t="s">
+        <v>218</v>
+      </c>
+      <c r="F118" s="1" t="s">
+        <v>109</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H118" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J118" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K118" t="s">
+        <v>398</v>
+      </c>
+      <c r="L118" s="22" t="s">
+        <v>140</v>
+      </c>
+      <c r="M118" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" t="s">
+        <v>506</v>
+      </c>
+      <c r="B119" t="s">
+        <v>506</v>
+      </c>
+      <c r="C119" t="s">
+        <v>506</v>
+      </c>
+      <c r="D119" t="s">
+        <v>507</v>
+      </c>
+      <c r="E119" t="s">
         <v>41</v>
       </c>
-      <c r="F117" s="1" t="s">
-[...84 lines deleted...]
-      </c>
       <c r="F119" s="1" t="s">
-        <v>77</v>
+        <v>342</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H119" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I119" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J119" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K119" t="s">
-        <v>572</v>
+        <v>508</v>
       </c>
       <c r="L119" s="22" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-    <row r="120" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M119" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A120" t="s">
-        <v>573</v>
+        <v>210</v>
       </c>
       <c r="B120" t="s">
-        <v>574</v>
+        <v>211</v>
       </c>
       <c r="C120" t="s">
-        <v>573</v>
+        <v>210</v>
       </c>
       <c r="D120" t="s">
-        <v>575</v>
+        <v>212</v>
       </c>
       <c r="E120" t="s">
-        <v>145</v>
+        <v>213</v>
       </c>
       <c r="F120" s="1" t="s">
         <v>42</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H120" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I120" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J120" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K120" t="s">
-        <v>576</v>
+        <v>214</v>
       </c>
       <c r="L120" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="121" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>47</v>
+      </c>
+      <c r="M120" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A121" t="s">
-        <v>577</v>
+        <v>368</v>
       </c>
       <c r="B121" t="s">
-        <v>578</v>
+        <v>369</v>
       </c>
       <c r="C121" t="s">
-        <v>579</v>
+        <v>368</v>
       </c>
       <c r="D121" t="s">
-        <v>580</v>
+        <v>370</v>
       </c>
       <c r="E121" t="s">
-        <v>223</v>
+        <v>371</v>
       </c>
       <c r="F121" s="1" t="s">
-        <v>273</v>
+        <v>361</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H121" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I121" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>54</v>
+      </c>
+      <c r="J121" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K121" t="s">
-        <v>581</v>
+        <v>372</v>
       </c>
       <c r="L121" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="122" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>168</v>
+      </c>
+      <c r="M121" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A122" t="s">
-        <v>582</v>
+        <v>386</v>
       </c>
       <c r="B122" t="s">
-        <v>143</v>
+        <v>216</v>
       </c>
       <c r="C122" t="s">
-        <v>143</v>
+        <v>216</v>
       </c>
       <c r="D122" t="s">
-        <v>144</v>
+        <v>387</v>
       </c>
       <c r="E122" t="s">
-        <v>145</v>
+        <v>228</v>
       </c>
       <c r="F122" s="1" t="s">
-        <v>100</v>
+        <v>52</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H122" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I122" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J122" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K122" t="s">
-        <v>146</v>
+        <v>388</v>
       </c>
       <c r="L122" s="22" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-    <row r="123" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>168</v>
+      </c>
+      <c r="M122" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A123" t="s">
-        <v>583</v>
+        <v>392</v>
       </c>
       <c r="B123" t="s">
-        <v>584</v>
+        <v>392</v>
       </c>
       <c r="C123" t="s">
-        <v>585</v>
+        <v>392</v>
       </c>
       <c r="D123" t="s">
-        <v>586</v>
+        <v>374</v>
       </c>
       <c r="E123" t="s">
-        <v>106</v>
+        <v>261</v>
       </c>
       <c r="F123" s="1" t="s">
-        <v>587</v>
+        <v>174</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H123" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I123" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J123" s="21" t="s">
+        <v>61</v>
       </c>
       <c r="K123" t="s">
-        <v>588</v>
+        <v>393</v>
       </c>
       <c r="L123" s="22" t="s">
-        <v>511</v>
-[...7 lines deleted...]
-    <row r="124" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+        <v>394</v>
+      </c>
+      <c r="M123" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A124" t="s">
-        <v>589</v>
+        <v>128</v>
       </c>
       <c r="B124" t="s">
-        <v>590</v>
+        <v>129</v>
       </c>
       <c r="C124" t="s">
-        <v>590</v>
+        <v>128</v>
       </c>
       <c r="D124" t="s">
-        <v>591</v>
+        <v>130</v>
       </c>
       <c r="E124" t="s">
-        <v>86</v>
+        <v>131</v>
       </c>
       <c r="F124" s="1" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="H124" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I124" s="1" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>54</v>
+      </c>
+      <c r="J124" s="21" t="s">
+        <v>55</v>
       </c>
       <c r="K124" t="s">
-        <v>592</v>
+        <v>133</v>
       </c>
       <c r="L124" s="22" t="s">
-        <v>511</v>
-[...5 lines deleted...]
-      <c r="Q124" s="24"/>
+        <v>88</v>
+      </c>
+      <c r="M124" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" t="s">
+        <v>184</v>
+      </c>
+      <c r="B125" t="s">
+        <v>184</v>
+      </c>
+      <c r="C125" t="s">
+        <v>184</v>
+      </c>
+      <c r="D125" t="s">
+        <v>185</v>
+      </c>
+      <c r="E125" t="s">
+        <v>103</v>
+      </c>
+      <c r="F125" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H125" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J125" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K125" t="s">
+        <v>186</v>
+      </c>
+      <c r="L125" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M125" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" t="s">
+        <v>226</v>
+      </c>
+      <c r="B126" t="s">
+        <v>226</v>
+      </c>
+      <c r="C126" t="s">
+        <v>226</v>
+      </c>
+      <c r="D126" t="s">
+        <v>227</v>
+      </c>
+      <c r="E126" t="s">
+        <v>228</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H126" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J126" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K126" t="s">
+        <v>229</v>
+      </c>
+      <c r="L126" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M126" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" t="s">
+        <v>608</v>
+      </c>
+      <c r="B127" t="s">
+        <v>608</v>
+      </c>
+      <c r="C127" t="s">
+        <v>608</v>
+      </c>
+      <c r="D127" t="s">
+        <v>609</v>
+      </c>
+      <c r="E127" t="s">
+        <v>131</v>
+      </c>
+      <c r="F127" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H127" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I127" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J127" t="s">
+        <v>55</v>
+      </c>
+      <c r="K127" t="s">
+        <v>610</v>
+      </c>
+      <c r="L127" s="22" t="s">
+        <v>168</v>
+      </c>
+      <c r="M127" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" t="s">
+        <v>363</v>
+      </c>
+      <c r="B128" t="s">
+        <v>363</v>
+      </c>
+      <c r="C128" t="s">
+        <v>363</v>
+      </c>
+      <c r="D128" t="s">
+        <v>364</v>
+      </c>
+      <c r="E128" t="s">
+        <v>169</v>
+      </c>
+      <c r="F128" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H128" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I128" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J128" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K128" t="s">
+        <v>366</v>
+      </c>
+      <c r="L128" s="22" t="s">
+        <v>367</v>
+      </c>
+      <c r="M128" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" t="s">
+        <v>339</v>
+      </c>
+      <c r="B129" t="s">
+        <v>340</v>
+      </c>
+      <c r="C129" t="s">
+        <v>339</v>
+      </c>
+      <c r="D129" t="s">
+        <v>341</v>
+      </c>
+      <c r="E129" t="s">
+        <v>261</v>
+      </c>
+      <c r="F129" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H129" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I129" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J129" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K129" t="s">
+        <v>343</v>
+      </c>
+      <c r="L129" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M129" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" t="s">
+        <v>421</v>
+      </c>
+      <c r="B130" t="s">
+        <v>422</v>
+      </c>
+      <c r="C130" t="s">
+        <v>423</v>
+      </c>
+      <c r="D130" t="s">
+        <v>424</v>
+      </c>
+      <c r="E130" t="s">
+        <v>425</v>
+      </c>
+      <c r="F130" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H130" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I130" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="J130" s="21" t="s">
+        <v>61</v>
+      </c>
+      <c r="K130" t="s">
+        <v>427</v>
+      </c>
+      <c r="L130" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="M130" s="22" t="s">
+        <v>58</v>
+      </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
-  <dimension ref="A1:O15"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
-    <sheetView topLeftCell="A2" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="43.453125" customWidth="1"/>
-    <col min="2" max="3" width="64.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="3" width="77.54296875" customWidth="1"/>
     <col min="4" max="4" width="18" customWidth="1"/>
     <col min="5" max="5" width="8" customWidth="1"/>
-    <col min="6" max="6" width="19.6328125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="23" style="1" customWidth="1"/>
+    <col min="6" max="6" width="24.1796875" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.453125" style="1" customWidth="1"/>
+    <col min="8" max="8" width="37.36328125" style="1" customWidth="1"/>
     <col min="9" max="9" width="34.54296875" style="1" customWidth="1"/>
     <col min="10" max="10" width="60.90625" customWidth="1"/>
     <col min="11" max="11" width="61.36328125" customWidth="1"/>
-    <col min="12" max="12" width="17.7265625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="10.81640625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="17.54296875" customWidth="1"/>
+    <col min="13" max="13" width="26.54296875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" ht="107.25" customHeight="1" x14ac:dyDescent="0.45">
-[...4 lines deleted...]
-      <c r="C1" s="4"/>
+    <row r="1" spans="1:13" ht="107.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="B1" s="3"/>
+      <c r="C1" s="3"/>
       <c r="E1" t="s">
         <v>21</v>
       </c>
-      <c r="F1" s="21"/>
-      <c r="I1" s="6" t="s">
+      <c r="F1" s="20"/>
+      <c r="I1" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="J1" s="6" t="s">
+      <c r="J1" s="5" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="2" spans="1:15" s="8" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A2" s="10" t="s">
+    <row r="2" spans="1:13" s="7" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A2" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="E2" s="8"/>
+      <c r="F2" s="8"/>
+      <c r="G2" s="8"/>
+      <c r="H2" s="8"/>
+    </row>
+    <row r="3" spans="1:13" ht="43.5" x14ac:dyDescent="0.35">
+      <c r="A3" s="18" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="I3" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="J3" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="K3" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="M3" s="2" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>517</v>
+      </c>
+      <c r="B4" t="s">
+        <v>532</v>
+      </c>
+      <c r="C4" t="s">
+        <v>517</v>
+      </c>
+      <c r="D4" t="s">
+        <v>519</v>
+      </c>
+      <c r="E4" t="s">
+        <v>425</v>
+      </c>
+      <c r="F4" s="1" t="s">
         <v>520</v>
       </c>
-      <c r="E2" s="9"/>
-[...20 lines deleted...]
-      <c r="F3" s="3" t="s">
+      <c r="G4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>53</v>
+      </c>
+      <c r="K4" t="s">
         <v>521</v>
       </c>
-      <c r="G3" s="3" t="s">
-[...25 lines deleted...]
-      <c r="B4" t="s">
+      <c r="L4" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M4" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>271</v>
+      </c>
+      <c r="B5" t="s">
+        <v>557</v>
+      </c>
+      <c r="C5" t="s">
+        <v>271</v>
+      </c>
+      <c r="D5" t="s">
+        <v>273</v>
+      </c>
+      <c r="E5" t="s">
+        <v>274</v>
+      </c>
+      <c r="F5" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" t="s">
+        <v>53</v>
+      </c>
+      <c r="K5" t="s">
+        <v>558</v>
+      </c>
+      <c r="L5" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M5" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>528</v>
+      </c>
+      <c r="B6" t="s">
         <v>529</v>
       </c>
-      <c r="C4" t="s">
-[...17 lines deleted...]
-      <c r="I4" s="1" t="s">
+      <c r="C6" t="s">
+        <v>528</v>
+      </c>
+      <c r="D6" t="s">
+        <v>530</v>
+      </c>
+      <c r="E6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F6" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J4" t="s">
-[...29 lines deleted...]
-      <c r="F5" s="1" t="s">
+      <c r="H6" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+      <c r="K6" t="s">
+        <v>531</v>
+      </c>
+      <c r="L6" s="22" t="s">
         <v>70</v>
       </c>
-      <c r="G5" s="1" t="s">
-[...5 lines deleted...]
-      <c r="I5" s="1" t="s">
+      <c r="M6" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>537</v>
+      </c>
+      <c r="B7" t="s">
+        <v>538</v>
+      </c>
+      <c r="C7" t="s">
+        <v>539</v>
+      </c>
+      <c r="D7" t="s">
+        <v>540</v>
+      </c>
+      <c r="E7" t="s">
+        <v>108</v>
+      </c>
+      <c r="F7" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="G7" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J5" t="s">
-[...14 lines deleted...]
-      <c r="A6" t="s">
+      <c r="H7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I7" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+      <c r="K7" t="s">
+        <v>541</v>
+      </c>
+      <c r="L7" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
+        <v>494</v>
+      </c>
+      <c r="B8" t="s">
+        <v>495</v>
+      </c>
+      <c r="C8" t="s">
+        <v>495</v>
+      </c>
+      <c r="D8" t="s">
+        <v>496</v>
+      </c>
+      <c r="E8" t="s">
+        <v>228</v>
+      </c>
+      <c r="F8" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>497</v>
+      </c>
+      <c r="L8" s="23">
+        <v>46023</v>
+      </c>
+      <c r="M8" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
+        <v>533</v>
+      </c>
+      <c r="B9" t="s">
+        <v>534</v>
+      </c>
+      <c r="C9" t="s">
+        <v>533</v>
+      </c>
+      <c r="D9" t="s">
+        <v>535</v>
+      </c>
+      <c r="E9" t="s">
+        <v>108</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I9" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J9" t="s">
+        <v>53</v>
+      </c>
+      <c r="K9" t="s">
+        <v>536</v>
+      </c>
+      <c r="L9" s="22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
+        <v>111</v>
+      </c>
+      <c r="B10" t="s">
         <v>525</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C10" t="s">
+        <v>111</v>
+      </c>
+      <c r="D10" t="s">
         <v>526</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E10" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I10" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" t="s">
+        <v>53</v>
+      </c>
+      <c r="K10" t="s">
         <v>527</v>
-      </c>
-[...187 lines deleted...]
-        <v>524</v>
       </c>
       <c r="L10" s="22" t="s">
         <v>47</v>
       </c>
-      <c r="M10" s="2">
-[...4 lines deleted...]
-    <row r="11" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="M10" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B11" t="s">
+        <v>101</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>102</v>
+      </c>
+      <c r="E11" t="s">
         <v>103</v>
       </c>
-      <c r="B11" t="s">
+      <c r="F11" s="1" t="s">
         <v>104</v>
       </c>
-      <c r="C11" t="s">
+      <c r="G11" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="I11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>105</v>
+      </c>
+      <c r="L11" s="22" t="s">
+        <v>70</v>
+      </c>
+      <c r="M11" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
+        <v>474</v>
+      </c>
+      <c r="B12" t="s">
+        <v>603</v>
+      </c>
+      <c r="C12" t="s">
+        <v>474</v>
+      </c>
+      <c r="D12" t="s">
+        <v>475</v>
+      </c>
+      <c r="E12" t="s">
         <v>103</v>
       </c>
-      <c r="D11" t="s">
-[...14 lines deleted...]
-      <c r="I11" s="1" t="s">
+      <c r="F12" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="J11" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="H12" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I12" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J12" t="s">
         <v>53</v>
       </c>
-      <c r="J12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>380</v>
-[...9 lines deleted...]
-    <row r="13" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+        <v>476</v>
+      </c>
+      <c r="L12" s="23">
+        <v>46023</v>
+      </c>
+      <c r="M12" s="23">
+        <v>46387</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A13" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="B13" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C13" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="D13" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="E13" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="I13" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" t="s">
         <v>53</v>
       </c>
-      <c r="J13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K13" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="L13" s="22" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-    <row r="14" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+        <v>88</v>
+      </c>
+      <c r="M13" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="B14" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="C14" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D14" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E14" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="I14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J14" t="s">
         <v>53</v>
       </c>
-      <c r="J14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="L14" s="22" t="s">
-        <v>407</v>
-[...6 lines deleted...]
-    <row r="15" spans="1:15" ht="14.5" x14ac:dyDescent="0.35">
+        <v>70</v>
+      </c>
+      <c r="M14" s="22" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="14.5" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="B15" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C15" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D15" t="s">
-        <v>541</v>
+        <v>544</v>
       </c>
       <c r="E15" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="H15" s="1" t="s">
         <v>43</v>
       </c>
       <c r="I15" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J15" t="s">
         <v>53</v>
       </c>
-      <c r="J15" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>542</v>
+        <v>545</v>
       </c>
       <c r="L15" s="22" t="s">
-        <v>438</v>
-[...5 lines deleted...]
-    </row>
+        <v>394</v>
+      </c>
+      <c r="M15" s="22" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="17" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="18" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="19" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="20" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="21" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="22" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="23" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="24" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="25" ht="14.5" x14ac:dyDescent="0.35"/>
+    <row r="26" ht="14.5" x14ac:dyDescent="0.35"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter>
-    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Aptos"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <tableParts count="1">
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E571CBE5CB1EAD42B153EB8FFC679AF8" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7d3e8dfb4d61bb1e6c6bab14331ad53a">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc" xmlns:ns3="d4ce727a-a23c-4aa5-8839-0004957ac480" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0fff6cf9a95ca1a1b8a3cc978e25a3db" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E571CBE5CB1EAD42B153EB8FFC679AF8" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cf5d7ce10555a0dfd476945f18629f79">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc" xmlns:ns3="d4ce727a-a23c-4aa5-8839-0004957ac480" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32939f9d94648504ae4fdc7fb45c2c02" ns2:_="" ns3:_="">
     <xsd:import namespace="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc"/>
     <xsd:import namespace="d4ce727a-a23c-4aa5-8839-0004957ac480"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -8745,145 +8808,130 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29010A0D-8F6F-4719-8EF1-1CF524D55D81}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33D7434A-28BA-44E3-974D-96340556B6DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C0CEBF5A-EDCB-4EE6-B8C1-53B4DCCE7B8D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6AE0D795-73E4-4D29-907F-81878B4AB885}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d83b78e8-77c0-4d87-a3b5-2599d82cc7fc"/>
     <ds:schemaRef ds:uri="d4ce727a-a23c-4aa5-8839-0004957ac480"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>READ FIRST Instructions for Use</vt:lpstr>
       <vt:lpstr>Shared Eq - Model Forms</vt:lpstr>
       <vt:lpstr>Shared Eq - Other Forms</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Apache POI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
-    <vt:lpwstr>2025-10-02T14:00:41Z</vt:lpwstr>
+    <vt:lpwstr>2025-12-04T21:15:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
     <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">
     <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ActionId">
-    <vt:lpwstr>a88e779f-5a43-434a-ad11-a606a4ea6ad8</vt:lpwstr>
+    <vt:lpwstr>dc8df88f-9197-4e88-9d2e-7db6aa1ce72f</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Tag">
     <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ContentTypeId">
     <vt:lpwstr>0x010100E571CBE5CB1EAD42B153EB8FFC679AF8</vt:lpwstr>
   </property>
 </Properties>
 </file>