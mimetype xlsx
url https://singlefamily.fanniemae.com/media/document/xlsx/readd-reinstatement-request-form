--- v0 (2025-10-08)
+++ v1 (2026-01-20)
@@ -1,65 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\b8usol\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/m1ucjs_fanniemae_com/Documents/Work Saved Files/Migration Folder/SF Marketing Production/Web Portal Files for Publication/NSO/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7639E974-6BE4-42FB-8293-928FEEE2E806}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3FC1A809-FB87-4532-A06A-D12C3E523790}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookPassword="C46F" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="19440" windowHeight="11640" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="4" r:id="rId1"/>
     <sheet name="Readd Form" sheetId="1" r:id="rId2"/>
     <sheet name="Sheet1" sheetId="5" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="ActionCode">Sheet1!$C$1:$C$7</definedName>
     <definedName name="DATERQST">'Readd Form'!$L$4:$L$55</definedName>
     <definedName name="FC_RiskCode">Sheet1!$E$1:$E$4</definedName>
     <definedName name="LOAN">'Readd Form'!$C$4</definedName>
     <definedName name="NAMER">'Readd Form'!$N$1</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$2:$C$34</definedName>
     <definedName name="readdcode">'Readd Form'!#REF!</definedName>
     <definedName name="ReaddCodes">'Readd Form'!$R$16:$R$19</definedName>
     <definedName name="RemitType">Sheet1!$A$1:$A$2</definedName>
     <definedName name="Z_C75E2536_4AD4_4A06_BC1D_AB39D8FAF8ED_.wvu.Cols" localSheetId="1" hidden="1">'Readd Form'!$N:$O</definedName>
     <definedName name="Z_C75E2536_4AD4_4A06_BC1D_AB39D8FAF8ED_.wvu.PrintArea" localSheetId="0" hidden="1">Instructions!$A$2:$C$34</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <customWorkbookViews>
     <customWorkbookView name="g9usws - Personal View" guid="{C75E2536-4AD4-4A06-BC1D-AB39D8FAF8ED}" mergeInterval="0" personalView="1" maximized="1" xWindow="1" yWindow="1" windowWidth="1600" windowHeight="682" activeSheetId="1" showComments="commIndAndComment"/>
   </customWorkbookViews>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
@@ -1197,51 +1196,51 @@
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="162">
+  <cellXfs count="161">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
@@ -1532,53 +1531,50 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
@@ -2142,2080 +2138,2080 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:C42"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="7.5703125" style="104" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="81.28515625" customWidth="1"/>
+    <col min="1" max="1" width="7.54296875" style="104" customWidth="1"/>
+    <col min="2" max="2" width="60.453125" customWidth="1"/>
+    <col min="3" max="3" width="81.36328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="122" t="s">
+    <row r="1" spans="1:3" ht="48" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="121" t="s">
         <v>69</v>
       </c>
-      <c r="B1" s="123"/>
-[...3 lines deleted...]
-      <c r="A2" s="125" t="s">
+      <c r="B1" s="122"/>
+      <c r="C1" s="123"/>
+    </row>
+    <row r="2" spans="1:3" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="124" t="s">
         <v>37</v>
       </c>
-      <c r="B2" s="126"/>
+      <c r="B2" s="125"/>
       <c r="C2" s="89"/>
     </row>
-    <row r="3" spans="1:3" s="102" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:3" s="102" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A3" s="88"/>
       <c r="B3" s="83"/>
       <c r="C3" s="90"/>
     </row>
-    <row r="4" spans="1:3" s="102" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" s="102" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A4" s="91">
         <v>1</v>
       </c>
       <c r="B4" s="84" t="s">
         <v>39</v>
       </c>
       <c r="C4" s="90"/>
     </row>
-    <row r="5" spans="1:3" s="102" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:3" s="102" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A5" s="91">
         <v>2</v>
       </c>
       <c r="B5" s="84" t="s">
         <v>38</v>
       </c>
       <c r="C5" s="90"/>
     </row>
-    <row r="6" spans="1:3" s="102" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:3" s="102" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A6" s="91">
         <v>3</v>
       </c>
       <c r="B6" s="84" t="s">
         <v>46</v>
       </c>
       <c r="C6" s="90"/>
     </row>
-    <row r="7" spans="1:3" s="102" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:3" s="102" customFormat="1" ht="15.5" x14ac:dyDescent="0.35">
       <c r="A7" s="91">
         <v>4</v>
       </c>
       <c r="B7" s="84" t="s">
         <v>47</v>
       </c>
       <c r="C7" s="90"/>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="92"/>
       <c r="B8" s="82"/>
       <c r="C8" s="89"/>
     </row>
-    <row r="9" spans="1:3" ht="15" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:3" ht="14" x14ac:dyDescent="0.3">
       <c r="A9" s="93" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="85" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="94" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="10" spans="1:3" s="103" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:3" s="103" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A10" s="95" t="s">
         <v>27</v>
       </c>
       <c r="B10" s="84" t="s">
         <v>85</v>
       </c>
       <c r="C10" s="96" t="s">
         <v>86</v>
       </c>
     </row>
-    <row r="11" spans="1:3" s="103" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:3" s="103" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A11" s="95" t="s">
         <v>30</v>
       </c>
       <c r="B11" s="84" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="96" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="12" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="95" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="84" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="96" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="13" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="95" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="84" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="96" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="14" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="95" t="s">
         <v>72</v>
       </c>
       <c r="B14" s="84" t="s">
         <v>40</v>
       </c>
       <c r="C14" s="96" t="s">
         <v>93</v>
       </c>
     </row>
-    <row r="15" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="95" t="s">
         <v>33</v>
       </c>
       <c r="B15" s="84" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="96" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="16" spans="1:3" s="109" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A16" s="110" t="s">
+    <row r="16" spans="1:3" s="108" customFormat="1" ht="25" x14ac:dyDescent="0.25">
+      <c r="A16" s="109" t="s">
         <v>77</v>
       </c>
-      <c r="B16" s="107" t="s">
+      <c r="B16" s="106" t="s">
         <v>73</v>
       </c>
-      <c r="C16" s="108" t="s">
+      <c r="C16" s="107" t="s">
         <v>75</v>
       </c>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="95" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="84" t="s">
         <v>16</v>
       </c>
       <c r="C17" s="96" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="95" t="s">
         <v>34</v>
       </c>
       <c r="B18" s="84" t="s">
         <v>17</v>
       </c>
       <c r="C18" s="96" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="95" t="s">
         <v>32</v>
       </c>
       <c r="B19" s="84" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="96" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="95" t="s">
         <v>78</v>
       </c>
       <c r="B20" s="84" t="s">
         <v>74</v>
       </c>
       <c r="C20" s="96" t="s">
         <v>76</v>
       </c>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A21" s="95" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="84" t="s">
         <v>81</v>
       </c>
       <c r="C21" s="96" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A22" s="95" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="84" t="s">
         <v>83</v>
       </c>
       <c r="C22" s="96" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A23" s="95" t="s">
         <v>35</v>
       </c>
       <c r="B23" s="84" t="s">
         <v>79</v>
       </c>
       <c r="C23" s="96" t="s">
         <v>80</v>
       </c>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A24" s="95" t="s">
         <v>31</v>
       </c>
       <c r="B24" s="84" t="s">
         <v>87</v>
       </c>
       <c r="C24" s="96" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A25" s="95"/>
       <c r="B25" s="84"/>
       <c r="C25" s="96"/>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A26" s="95"/>
       <c r="B26" s="84"/>
       <c r="C26" s="96"/>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A27" s="92"/>
       <c r="B27" s="82"/>
       <c r="C27" s="89"/>
     </row>
-    <row r="28" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A28" s="117" t="s">
+    <row r="28" spans="1:3" ht="14" x14ac:dyDescent="0.3">
+      <c r="A28" s="116" t="s">
         <v>22</v>
       </c>
-      <c r="B28" s="118"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B28" s="117"/>
+      <c r="C28" s="118"/>
+    </row>
+    <row r="29" spans="1:3" ht="28" x14ac:dyDescent="0.3">
       <c r="A29" s="97" t="s">
         <v>48</v>
       </c>
       <c r="B29" s="86" t="s">
         <v>9</v>
       </c>
       <c r="C29" s="98"/>
     </row>
-    <row r="30" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="99">
         <v>60</v>
       </c>
-      <c r="B30" s="111" t="s">
+      <c r="B30" s="110" t="s">
         <v>49</v>
       </c>
-      <c r="C30" s="116"/>
-[...1 lines deleted...]
-    <row r="31" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C30" s="115"/>
+    </row>
+    <row r="31" spans="1:3" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="99">
         <v>65</v>
       </c>
-      <c r="B31" s="127" t="s">
+      <c r="B31" s="126" t="s">
         <v>50</v>
       </c>
-      <c r="C31" s="116"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C31" s="115"/>
+    </row>
+    <row r="32" spans="1:3" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="99">
         <v>67</v>
       </c>
-      <c r="B32" s="111" t="s">
+      <c r="B32" s="110" t="s">
         <v>51</v>
       </c>
-      <c r="C32" s="112"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:3" ht="90.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C32" s="111"/>
+    </row>
+    <row r="33" spans="1:3" ht="90.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="99">
         <v>70</v>
       </c>
-      <c r="B33" s="111" t="s">
+      <c r="B33" s="110" t="s">
         <v>52</v>
       </c>
-      <c r="C33" s="116"/>
-[...1 lines deleted...]
-    <row r="34" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C33" s="115"/>
+    </row>
+    <row r="34" spans="1:3" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="99">
         <v>71</v>
       </c>
-      <c r="B34" s="111" t="s">
+      <c r="B34" s="110" t="s">
         <v>53</v>
       </c>
-      <c r="C34" s="116"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:3" ht="79.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C34" s="115"/>
+    </row>
+    <row r="35" spans="1:3" ht="79.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="99">
         <v>72</v>
       </c>
-      <c r="B35" s="111" t="s">
+      <c r="B35" s="110" t="s">
         <v>54</v>
       </c>
-      <c r="C35" s="116"/>
-[...1 lines deleted...]
-    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C35" s="115"/>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A36" s="100"/>
       <c r="B36" s="87"/>
       <c r="C36" s="101"/>
     </row>
-    <row r="37" spans="1:3" ht="15" x14ac:dyDescent="0.25">
-      <c r="A37" s="117" t="s">
+    <row r="37" spans="1:3" ht="14" x14ac:dyDescent="0.3">
+      <c r="A37" s="116" t="s">
         <v>2</v>
       </c>
-      <c r="B37" s="118"/>
-[...2 lines deleted...]
-    <row r="38" spans="1:3" ht="30" x14ac:dyDescent="0.25">
+      <c r="B37" s="117"/>
+      <c r="C37" s="118"/>
+    </row>
+    <row r="38" spans="1:3" ht="28" x14ac:dyDescent="0.3">
       <c r="A38" s="97" t="s">
         <v>55</v>
       </c>
       <c r="B38" s="86" t="s">
         <v>9</v>
       </c>
       <c r="C38" s="98"/>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A39" s="92">
         <v>1</v>
       </c>
-      <c r="B39" s="113" t="s">
+      <c r="B39" s="112" t="s">
         <v>56</v>
       </c>
-      <c r="C39" s="115"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C39" s="114"/>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A40" s="92">
         <v>2</v>
       </c>
-      <c r="B40" s="120" t="s">
+      <c r="B40" s="119" t="s">
         <v>57</v>
       </c>
-      <c r="C40" s="121"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C40" s="120"/>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A41" s="92">
         <v>3</v>
       </c>
-      <c r="B41" s="113" t="s">
+      <c r="B41" s="112" t="s">
         <v>58</v>
       </c>
-      <c r="C41" s="115"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C41" s="114"/>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A42" s="92">
         <v>4</v>
       </c>
-      <c r="B42" s="113" t="s">
+      <c r="B42" s="112" t="s">
         <v>59</v>
       </c>
-      <c r="C42" s="114"/>
+      <c r="C42" s="113"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" selectLockedCells="1" selectUnlockedCells="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A10:C24">
     <sortCondition ref="A10:A24"/>
   </sortState>
   <customSheetViews>
     <customSheetView guid="{C75E2536-4AD4-4A06-BC1D-AB39D8FAF8ED}">
       <selection activeCell="B10" sqref="B10"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup scale="74" orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;CConfidential - Internal Distribution</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="14">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A28:C28"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="B31:C31"/>
     <mergeCell ref="B32:C32"/>
     <mergeCell ref="B42:C42"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="B33:C33"/>
     <mergeCell ref="A37:C37"/>
     <mergeCell ref="B39:C39"/>
     <mergeCell ref="B40:C40"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="61" orientation="portrait" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="A10:A24" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:U169"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="C1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="V13" sqref="V13"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="C5" sqref="C5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.28515625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.36328125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="4.5703125" style="16" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="7.5703125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="4.54296875" style="16" customWidth="1"/>
+    <col min="2" max="2" width="11.54296875" style="1" customWidth="1"/>
+    <col min="3" max="3" width="11.6328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.36328125" style="17" customWidth="1"/>
+    <col min="5" max="5" width="7.453125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="7.6328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="7.54296875" style="1" customWidth="1"/>
     <col min="8" max="8" width="7" style="1" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="7.5703125" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="13" max="13" width="9.5703125" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="7.54296875" style="1" customWidth="1"/>
+    <col min="10" max="10" width="19.453125" style="1" customWidth="1"/>
+    <col min="11" max="11" width="7.36328125" style="1" customWidth="1"/>
+    <col min="12" max="12" width="39.453125" style="1" customWidth="1"/>
+    <col min="13" max="13" width="9.54296875" style="1" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="0" style="1" hidden="1" customWidth="1"/>
-    <col min="15" max="15" width="1.5703125" style="1" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="1.54296875" style="1" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="2" style="1" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="2.42578125" style="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="22" max="16384" width="9.28515625" style="1"/>
+    <col min="17" max="17" width="2.453125" style="1" customWidth="1"/>
+    <col min="18" max="18" width="9.36328125" style="1"/>
+    <col min="19" max="19" width="9.36328125" style="1" customWidth="1"/>
+    <col min="20" max="20" width="9.36328125" style="1"/>
+    <col min="21" max="21" width="23.36328125" style="1" customWidth="1"/>
+    <col min="22" max="16384" width="9.36328125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="50" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:21" s="50" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="49"/>
       <c r="D1" s="51"/>
       <c r="F1" s="52" t="s">
         <v>69</v>
       </c>
     </row>
-    <row r="2" spans="1:21" s="50" customFormat="1" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:21" s="50" customFormat="1" ht="25" x14ac:dyDescent="0.5">
       <c r="A2" s="49"/>
       <c r="B2" s="53"/>
       <c r="C2" s="53"/>
       <c r="D2" s="54"/>
       <c r="E2" s="55"/>
       <c r="F2" s="56"/>
       <c r="G2" s="56"/>
       <c r="H2" s="57"/>
       <c r="I2" s="56"/>
       <c r="J2" s="58"/>
       <c r="K2" s="59"/>
     </row>
-    <row r="3" spans="1:21" s="19" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:21" s="19" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="23"/>
       <c r="B3" s="23"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="23"/>
       <c r="J3" s="23"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23"/>
       <c r="M3" s="23"/>
     </row>
-    <row r="4" spans="1:21" s="21" customFormat="1" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:21" s="21" customFormat="1" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A4" s="20" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="74" t="s">
         <v>91</v>
       </c>
       <c r="C4" s="75" t="s">
         <v>71</v>
       </c>
       <c r="D4" s="76" t="s">
         <v>92</v>
       </c>
       <c r="E4" s="76" t="s">
         <v>1</v>
       </c>
       <c r="F4" s="76" t="s">
         <v>3</v>
       </c>
       <c r="G4" s="76" t="s">
         <v>2</v>
       </c>
       <c r="H4" s="76" t="s">
         <v>44</v>
       </c>
       <c r="I4" s="76" t="s">
         <v>45</v>
       </c>
       <c r="J4" s="76" t="s">
         <v>5</v>
       </c>
       <c r="K4" s="76" t="s">
         <v>68</v>
       </c>
       <c r="L4" s="75" t="s">
         <v>6</v>
       </c>
       <c r="M4" s="77" t="s">
         <v>4</v>
       </c>
       <c r="N4" s="70" t="s">
         <v>7</v>
       </c>
-      <c r="P4" s="158"/>
-[...1 lines deleted...]
-      <c r="R4" s="128" t="s">
+      <c r="P4" s="157"/>
+      <c r="Q4" s="157"/>
+      <c r="R4" s="127" t="s">
         <v>60</v>
       </c>
-      <c r="S4" s="129"/>
-[...3 lines deleted...]
-    <row r="5" spans="1:21" s="6" customFormat="1" ht="15.75" x14ac:dyDescent="0.2">
+      <c r="S4" s="128"/>
+      <c r="T4" s="128"/>
+      <c r="U4" s="129"/>
+    </row>
+    <row r="5" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
         <v>1</v>
       </c>
-      <c r="B5" s="106"/>
+      <c r="B5" s="105"/>
       <c r="C5" s="105"/>
       <c r="D5" s="33"/>
       <c r="E5" s="34"/>
       <c r="F5" s="34"/>
       <c r="G5" s="34"/>
       <c r="H5" s="34"/>
       <c r="I5" s="35"/>
       <c r="J5" s="36"/>
       <c r="K5" s="37"/>
       <c r="L5" s="38"/>
       <c r="M5" s="72"/>
       <c r="N5" s="71"/>
       <c r="R5" s="78" t="s">
         <v>27</v>
       </c>
       <c r="S5" s="79" t="s">
         <v>90</v>
       </c>
       <c r="T5" s="80"/>
       <c r="U5" s="81"/>
     </row>
-    <row r="6" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
         <v>2</v>
       </c>
-      <c r="B6" s="33"/>
+      <c r="B6" s="105"/>
       <c r="C6" s="39"/>
       <c r="D6" s="39"/>
       <c r="E6" s="39"/>
       <c r="F6" s="39"/>
       <c r="G6" s="39"/>
       <c r="H6" s="39"/>
       <c r="I6" s="40"/>
       <c r="J6" s="36"/>
       <c r="K6" s="41"/>
       <c r="L6" s="38"/>
       <c r="M6" s="72"/>
       <c r="N6" s="71"/>
       <c r="R6" s="60" t="s">
         <v>30</v>
       </c>
       <c r="S6" s="45" t="s">
         <v>11</v>
       </c>
       <c r="T6" s="46"/>
       <c r="U6" s="47"/>
     </row>
-    <row r="7" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
         <v>3</v>
       </c>
-      <c r="B7" s="33"/>
+      <c r="B7" s="105"/>
       <c r="C7" s="38"/>
       <c r="D7" s="34"/>
       <c r="E7" s="39"/>
       <c r="F7" s="39"/>
       <c r="G7" s="39"/>
       <c r="H7" s="39"/>
       <c r="I7" s="39"/>
       <c r="J7" s="36"/>
       <c r="K7" s="44"/>
       <c r="L7" s="38"/>
       <c r="M7" s="72"/>
       <c r="N7" s="71"/>
       <c r="R7" s="60" t="s">
         <v>26</v>
       </c>
       <c r="S7" s="45" t="s">
         <v>12</v>
       </c>
       <c r="T7" s="46"/>
       <c r="U7" s="47"/>
     </row>
-    <row r="8" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
         <v>4</v>
       </c>
-      <c r="B8" s="33"/>
+      <c r="B8" s="105"/>
       <c r="C8" s="38"/>
       <c r="D8" s="34"/>
       <c r="E8" s="39"/>
       <c r="F8" s="39"/>
       <c r="G8" s="39"/>
       <c r="H8" s="39"/>
       <c r="I8" s="39"/>
       <c r="J8" s="36"/>
       <c r="K8" s="44"/>
       <c r="L8" s="38"/>
       <c r="M8" s="72"/>
       <c r="N8" s="71"/>
       <c r="R8" s="60" t="s">
         <v>28</v>
       </c>
-      <c r="S8" s="155" t="s">
+      <c r="S8" s="154" t="s">
         <v>14</v>
       </c>
-      <c r="T8" s="156"/>
-[...2 lines deleted...]
-    <row r="9" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T8" s="155"/>
+      <c r="U8" s="156"/>
+    </row>
+    <row r="9" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
         <v>5</v>
       </c>
-      <c r="B9" s="33"/>
+      <c r="B9" s="105"/>
       <c r="C9" s="38"/>
       <c r="D9" s="34"/>
       <c r="E9" s="39"/>
       <c r="F9" s="39"/>
       <c r="G9" s="39"/>
       <c r="H9" s="39"/>
       <c r="I9" s="39"/>
       <c r="J9" s="36"/>
       <c r="K9" s="44"/>
       <c r="L9" s="38"/>
       <c r="M9" s="72"/>
       <c r="N9" s="71"/>
       <c r="Q9" s="62"/>
       <c r="R9" s="61" t="s">
         <v>72</v>
       </c>
       <c r="S9" s="45" t="s">
         <v>40</v>
       </c>
       <c r="T9" s="46"/>
       <c r="U9" s="47"/>
     </row>
-    <row r="10" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
         <v>6</v>
       </c>
-      <c r="B10" s="33"/>
+      <c r="B10" s="105"/>
       <c r="C10" s="38"/>
       <c r="D10" s="34"/>
       <c r="E10" s="39"/>
       <c r="F10" s="39"/>
       <c r="G10" s="39"/>
       <c r="H10" s="39"/>
       <c r="I10" s="39"/>
       <c r="J10" s="36"/>
       <c r="K10" s="44"/>
       <c r="L10" s="38"/>
       <c r="M10" s="72"/>
       <c r="N10" s="71"/>
       <c r="R10" s="60" t="s">
         <v>33</v>
       </c>
       <c r="S10" s="45" t="s">
         <v>15</v>
       </c>
       <c r="T10" s="46"/>
       <c r="U10" s="47"/>
     </row>
-    <row r="11" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
         <v>7</v>
       </c>
-      <c r="B11" s="33"/>
+      <c r="B11" s="105"/>
       <c r="C11" s="38"/>
       <c r="D11" s="34"/>
       <c r="E11" s="39"/>
       <c r="F11" s="39"/>
       <c r="G11" s="39"/>
       <c r="H11" s="39"/>
       <c r="I11" s="39"/>
       <c r="J11" s="36"/>
       <c r="K11" s="44"/>
       <c r="L11" s="38"/>
       <c r="M11" s="72"/>
       <c r="N11" s="71"/>
       <c r="R11" s="60" t="s">
         <v>77</v>
       </c>
-      <c r="S11" s="155" t="s">
+      <c r="S11" s="154" t="s">
         <v>73</v>
       </c>
-      <c r="T11" s="156"/>
-[...2 lines deleted...]
-    <row r="12" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T11" s="155"/>
+      <c r="U11" s="156"/>
+    </row>
+    <row r="12" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
         <v>8</v>
       </c>
-      <c r="B12" s="33"/>
+      <c r="B12" s="105"/>
       <c r="C12" s="38"/>
       <c r="D12" s="34"/>
       <c r="E12" s="39"/>
       <c r="F12" s="39"/>
       <c r="G12" s="39"/>
       <c r="H12" s="39"/>
       <c r="I12" s="39"/>
       <c r="J12" s="36"/>
       <c r="K12" s="44"/>
       <c r="L12" s="38"/>
       <c r="M12" s="72"/>
       <c r="N12" s="71"/>
       <c r="R12" s="63" t="s">
         <v>29</v>
       </c>
-      <c r="S12" s="159" t="s">
+      <c r="S12" s="158" t="s">
         <v>16</v>
       </c>
-      <c r="T12" s="160"/>
-[...2 lines deleted...]
-    <row r="13" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T12" s="159"/>
+      <c r="U12" s="160"/>
+    </row>
+    <row r="13" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
         <v>9</v>
       </c>
       <c r="B13" s="33"/>
       <c r="C13" s="38"/>
       <c r="D13" s="34"/>
       <c r="E13" s="39"/>
       <c r="F13" s="39"/>
       <c r="G13" s="39"/>
       <c r="H13" s="39"/>
       <c r="I13" s="39"/>
       <c r="J13" s="36"/>
       <c r="K13" s="44"/>
       <c r="L13" s="38"/>
       <c r="M13" s="72"/>
       <c r="N13" s="71"/>
       <c r="R13" s="60" t="s">
         <v>34</v>
       </c>
       <c r="S13" s="45" t="s">
         <v>17</v>
       </c>
       <c r="T13" s="46"/>
       <c r="U13" s="47"/>
     </row>
-    <row r="14" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
         <v>10</v>
       </c>
       <c r="B14" s="33"/>
       <c r="C14" s="38"/>
       <c r="D14" s="34"/>
       <c r="E14" s="39"/>
       <c r="F14" s="39"/>
       <c r="G14" s="39"/>
       <c r="H14" s="39"/>
       <c r="I14" s="39"/>
       <c r="J14" s="43"/>
       <c r="K14" s="44"/>
       <c r="L14" s="42"/>
       <c r="M14" s="73"/>
       <c r="N14" s="71"/>
       <c r="R14" s="60" t="s">
         <v>32</v>
       </c>
       <c r="S14" s="45" t="s">
         <v>36</v>
       </c>
       <c r="T14" s="46"/>
       <c r="U14" s="47"/>
     </row>
-    <row r="15" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
         <v>11</v>
       </c>
       <c r="B15" s="33"/>
       <c r="C15" s="38"/>
       <c r="D15" s="34"/>
       <c r="E15" s="39"/>
       <c r="F15" s="39"/>
       <c r="G15" s="39"/>
       <c r="H15" s="39"/>
       <c r="I15" s="39"/>
       <c r="J15" s="43"/>
       <c r="K15" s="44"/>
       <c r="L15" s="42"/>
       <c r="M15" s="73"/>
       <c r="N15" s="71"/>
       <c r="R15" s="60" t="s">
         <v>78</v>
       </c>
-      <c r="S15" s="153" t="s">
+      <c r="S15" s="152" t="s">
         <v>74</v>
       </c>
-      <c r="T15" s="153"/>
-[...2 lines deleted...]
-    <row r="16" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T15" s="152"/>
+      <c r="U15" s="153"/>
+    </row>
+    <row r="16" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
         <v>12</v>
       </c>
       <c r="B16" s="33"/>
       <c r="C16" s="38"/>
       <c r="D16" s="34"/>
       <c r="E16" s="39"/>
       <c r="F16" s="39"/>
       <c r="G16" s="39"/>
       <c r="H16" s="39"/>
       <c r="I16" s="39"/>
       <c r="J16" s="43"/>
       <c r="K16" s="44"/>
       <c r="L16" s="42"/>
       <c r="M16" s="73"/>
       <c r="N16" s="71"/>
       <c r="R16" s="60" t="s">
         <v>24</v>
       </c>
-      <c r="S16" s="155" t="s">
+      <c r="S16" s="154" t="s">
         <v>81</v>
       </c>
-      <c r="T16" s="156"/>
-[...2 lines deleted...]
-    <row r="17" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T16" s="155"/>
+      <c r="U16" s="156"/>
+    </row>
+    <row r="17" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
         <v>13</v>
       </c>
       <c r="B17" s="33"/>
       <c r="C17" s="38"/>
       <c r="D17" s="34"/>
       <c r="E17" s="39"/>
       <c r="F17" s="39"/>
       <c r="G17" s="39"/>
       <c r="H17" s="39"/>
       <c r="I17" s="39"/>
       <c r="J17" s="43"/>
       <c r="K17" s="44"/>
       <c r="L17" s="42"/>
       <c r="M17" s="73"/>
       <c r="N17" s="71"/>
       <c r="R17" s="60" t="s">
         <v>25</v>
       </c>
-      <c r="S17" s="155" t="s">
+      <c r="S17" s="154" t="s">
         <v>83</v>
       </c>
-      <c r="T17" s="156"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T17" s="155"/>
+      <c r="U17" s="156"/>
+    </row>
+    <row r="18" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A18" s="2">
         <v>14</v>
       </c>
       <c r="B18" s="33"/>
       <c r="C18" s="38"/>
       <c r="D18" s="34"/>
       <c r="E18" s="39"/>
       <c r="F18" s="39"/>
       <c r="G18" s="39"/>
       <c r="H18" s="39"/>
       <c r="I18" s="39"/>
       <c r="J18" s="43"/>
       <c r="K18" s="44"/>
       <c r="L18" s="42"/>
       <c r="M18" s="73"/>
       <c r="N18" s="71"/>
       <c r="R18" s="60" t="s">
         <v>35</v>
       </c>
       <c r="S18" s="64" t="s">
         <v>79</v>
       </c>
       <c r="T18" s="69"/>
       <c r="U18" s="68"/>
     </row>
-    <row r="19" spans="1:21" s="6" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:21" s="6" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="2">
         <v>15</v>
       </c>
       <c r="B19" s="33"/>
       <c r="C19" s="38"/>
       <c r="D19" s="34"/>
       <c r="E19" s="39"/>
       <c r="F19" s="39"/>
       <c r="G19" s="39"/>
       <c r="H19" s="39"/>
       <c r="I19" s="39"/>
       <c r="J19" s="43"/>
       <c r="K19" s="44"/>
       <c r="L19" s="42"/>
       <c r="M19" s="73"/>
       <c r="N19" s="71"/>
       <c r="R19" s="65" t="s">
         <v>31</v>
       </c>
       <c r="S19" s="48" t="s">
         <v>89</v>
       </c>
       <c r="T19" s="66"/>
       <c r="U19" s="67"/>
     </row>
-    <row r="20" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2">
         <v>16</v>
       </c>
       <c r="B20" s="33"/>
       <c r="C20" s="38"/>
       <c r="D20" s="34"/>
       <c r="E20" s="39"/>
       <c r="F20" s="39"/>
       <c r="G20" s="39"/>
       <c r="H20" s="39"/>
       <c r="I20" s="39"/>
       <c r="J20" s="43"/>
       <c r="K20" s="44"/>
       <c r="L20" s="42"/>
       <c r="M20" s="73"/>
       <c r="N20" s="71"/>
     </row>
-    <row r="21" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A21" s="2">
         <v>17</v>
       </c>
       <c r="B21" s="33"/>
       <c r="C21" s="38"/>
       <c r="D21" s="34"/>
       <c r="E21" s="39"/>
       <c r="F21" s="39"/>
       <c r="G21" s="39"/>
       <c r="H21" s="39"/>
       <c r="I21" s="39"/>
       <c r="J21" s="43"/>
       <c r="K21" s="44"/>
       <c r="L21" s="42"/>
       <c r="M21" s="73"/>
       <c r="N21" s="71"/>
     </row>
-    <row r="22" spans="1:21" s="6" customFormat="1" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:21" s="6" customFormat="1" ht="13" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="2">
         <v>18</v>
       </c>
       <c r="B22" s="33"/>
       <c r="C22" s="38"/>
       <c r="D22" s="34"/>
       <c r="E22" s="39"/>
       <c r="F22" s="39"/>
       <c r="G22" s="39"/>
       <c r="H22" s="39"/>
       <c r="I22" s="39"/>
       <c r="J22" s="43"/>
       <c r="K22" s="44"/>
       <c r="L22" s="42"/>
       <c r="M22" s="73"/>
       <c r="N22" s="71"/>
     </row>
-    <row r="23" spans="1:21" s="6" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:21" s="6" customFormat="1" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A23" s="2">
         <v>19</v>
       </c>
       <c r="B23" s="33"/>
       <c r="C23" s="38"/>
       <c r="D23" s="34"/>
       <c r="E23" s="39"/>
       <c r="F23" s="39"/>
       <c r="G23" s="39"/>
       <c r="H23" s="39"/>
       <c r="I23" s="39"/>
       <c r="J23" s="43"/>
       <c r="K23" s="44"/>
       <c r="L23" s="42"/>
       <c r="M23" s="73"/>
       <c r="N23" s="71"/>
-      <c r="R23" s="128" t="s">
+      <c r="R23" s="127" t="s">
         <v>61</v>
       </c>
-      <c r="S23" s="129"/>
-[...3 lines deleted...]
-    <row r="24" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="S23" s="128"/>
+      <c r="T23" s="128"/>
+      <c r="U23" s="129"/>
+    </row>
+    <row r="24" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A24" s="2">
         <v>20</v>
       </c>
       <c r="B24" s="33"/>
       <c r="C24" s="38"/>
       <c r="D24" s="34"/>
       <c r="E24" s="39"/>
       <c r="F24" s="39"/>
       <c r="G24" s="39"/>
       <c r="H24" s="39"/>
       <c r="I24" s="39"/>
       <c r="J24" s="43"/>
       <c r="K24" s="44"/>
       <c r="L24" s="42"/>
       <c r="M24" s="73"/>
       <c r="N24" s="71"/>
       <c r="R24" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="S24" s="150" t="s">
+      <c r="S24" s="149" t="s">
         <v>62</v>
       </c>
-      <c r="T24" s="151"/>
-[...2 lines deleted...]
-    <row r="25" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T24" s="150"/>
+      <c r="U24" s="151"/>
+    </row>
+    <row r="25" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A25" s="2">
         <v>21</v>
       </c>
       <c r="B25" s="33"/>
       <c r="C25" s="38"/>
       <c r="D25" s="34"/>
       <c r="E25" s="39"/>
       <c r="F25" s="39"/>
       <c r="G25" s="39"/>
       <c r="H25" s="39"/>
       <c r="I25" s="39"/>
       <c r="J25" s="43"/>
       <c r="K25" s="44"/>
       <c r="L25" s="42"/>
       <c r="M25" s="73"/>
       <c r="N25" s="71"/>
       <c r="R25" s="24">
         <v>60</v>
       </c>
-      <c r="S25" s="147" t="s">
+      <c r="S25" s="146" t="s">
         <v>63</v>
       </c>
-      <c r="T25" s="148"/>
-[...2 lines deleted...]
-    <row r="26" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T25" s="147"/>
+      <c r="U25" s="148"/>
+    </row>
+    <row r="26" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A26" s="2">
         <v>22</v>
       </c>
       <c r="B26" s="33"/>
       <c r="C26" s="38"/>
       <c r="D26" s="34"/>
       <c r="E26" s="39"/>
       <c r="F26" s="39"/>
       <c r="G26" s="39"/>
       <c r="H26" s="39"/>
       <c r="I26" s="39"/>
       <c r="J26" s="43"/>
       <c r="K26" s="44"/>
       <c r="L26" s="42"/>
       <c r="M26" s="73"/>
       <c r="N26" s="71"/>
       <c r="R26" s="24">
         <v>65</v>
       </c>
-      <c r="S26" s="147" t="s">
+      <c r="S26" s="146" t="s">
         <v>64</v>
       </c>
-      <c r="T26" s="148"/>
-[...2 lines deleted...]
-    <row r="27" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T26" s="147"/>
+      <c r="U26" s="148"/>
+    </row>
+    <row r="27" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A27" s="2">
         <v>23</v>
       </c>
       <c r="B27" s="30"/>
       <c r="C27" s="31"/>
       <c r="D27" s="3"/>
       <c r="E27" s="27"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
       <c r="J27" s="28"/>
       <c r="K27" s="29"/>
       <c r="L27" s="3"/>
       <c r="M27" s="4"/>
       <c r="N27" s="71"/>
       <c r="R27" s="25">
         <v>67</v>
       </c>
-      <c r="S27" s="147" t="s">
+      <c r="S27" s="146" t="s">
         <v>67</v>
       </c>
-      <c r="T27" s="148"/>
-[...2 lines deleted...]
-    <row r="28" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T27" s="147"/>
+      <c r="U27" s="148"/>
+    </row>
+    <row r="28" spans="1:21" s="6" customFormat="1" ht="13" x14ac:dyDescent="0.25">
       <c r="A28" s="2">
         <v>24</v>
       </c>
       <c r="B28" s="30"/>
       <c r="C28" s="31"/>
       <c r="D28" s="3"/>
       <c r="E28" s="27"/>
       <c r="F28" s="28"/>
       <c r="G28" s="28"/>
       <c r="H28" s="28"/>
       <c r="I28" s="28"/>
       <c r="J28" s="28"/>
       <c r="K28" s="29"/>
       <c r="L28" s="3"/>
       <c r="M28" s="4"/>
       <c r="N28" s="5"/>
       <c r="R28" s="24">
         <v>70</v>
       </c>
-      <c r="S28" s="147" t="s">
+      <c r="S28" s="146" t="s">
         <v>65</v>
       </c>
-      <c r="T28" s="148"/>
-[...2 lines deleted...]
-    <row r="29" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="T28" s="147"/>
+      <c r="U28" s="148"/>
+    </row>
+    <row r="29" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A29" s="2">
         <v>25</v>
       </c>
       <c r="B29" s="30"/>
       <c r="C29" s="31"/>
       <c r="D29" s="3"/>
       <c r="E29" s="27"/>
       <c r="F29" s="28"/>
       <c r="G29" s="28"/>
       <c r="H29" s="28"/>
       <c r="I29" s="28"/>
       <c r="J29" s="28"/>
       <c r="K29" s="29"/>
       <c r="L29" s="3"/>
       <c r="M29" s="4"/>
       <c r="N29" s="5"/>
-      <c r="R29" s="140">
+      <c r="R29" s="139">
         <v>71</v>
       </c>
-      <c r="S29" s="131" t="s">
+      <c r="S29" s="130" t="s">
         <v>66</v>
       </c>
-      <c r="T29" s="132"/>
-[...2 lines deleted...]
-    <row r="30" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T29" s="131"/>
+      <c r="U29" s="132"/>
+    </row>
+    <row r="30" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="2">
         <v>26</v>
       </c>
       <c r="B30" s="30"/>
       <c r="C30" s="31"/>
       <c r="D30" s="3"/>
       <c r="E30" s="27"/>
       <c r="F30" s="28"/>
       <c r="G30" s="28"/>
       <c r="H30" s="28"/>
       <c r="I30" s="28"/>
       <c r="J30" s="28"/>
       <c r="K30" s="29"/>
       <c r="L30" s="3"/>
       <c r="M30" s="4"/>
       <c r="N30" s="5"/>
-      <c r="R30" s="141"/>
-[...4 lines deleted...]
-    <row r="31" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R30" s="140"/>
+      <c r="S30" s="133"/>
+      <c r="T30" s="134"/>
+      <c r="U30" s="135"/>
+    </row>
+    <row r="31" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="2">
         <v>27</v>
       </c>
       <c r="B31" s="30"/>
       <c r="C31" s="31"/>
       <c r="D31" s="3"/>
       <c r="E31" s="27"/>
       <c r="F31" s="28"/>
       <c r="G31" s="28"/>
       <c r="H31" s="28"/>
       <c r="I31" s="28"/>
       <c r="J31" s="28"/>
       <c r="K31" s="29"/>
       <c r="L31" s="3"/>
       <c r="M31" s="4"/>
       <c r="N31" s="5"/>
-      <c r="R31" s="143"/>
-[...4 lines deleted...]
-    <row r="32" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R31" s="142"/>
+      <c r="S31" s="143"/>
+      <c r="T31" s="144"/>
+      <c r="U31" s="145"/>
+    </row>
+    <row r="32" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="2">
         <v>28</v>
       </c>
       <c r="B32" s="30"/>
       <c r="C32" s="31"/>
       <c r="D32" s="3"/>
       <c r="E32" s="27"/>
       <c r="F32" s="28"/>
       <c r="G32" s="28"/>
       <c r="H32" s="28"/>
       <c r="I32" s="28"/>
       <c r="J32" s="28"/>
       <c r="K32" s="29"/>
       <c r="L32" s="3"/>
       <c r="M32" s="4"/>
       <c r="N32" s="5"/>
-      <c r="R32" s="140">
+      <c r="R32" s="139">
         <v>72</v>
       </c>
-      <c r="S32" s="131" t="s">
+      <c r="S32" s="130" t="s">
         <v>70</v>
       </c>
-      <c r="T32" s="132"/>
-[...2 lines deleted...]
-    <row r="33" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="T32" s="131"/>
+      <c r="U32" s="132"/>
+    </row>
+    <row r="33" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="2">
         <v>29</v>
       </c>
       <c r="B33" s="30"/>
       <c r="C33" s="31"/>
       <c r="D33" s="3"/>
       <c r="E33" s="27"/>
       <c r="F33" s="28"/>
       <c r="G33" s="28"/>
       <c r="H33" s="28"/>
       <c r="I33" s="28"/>
       <c r="J33" s="28"/>
       <c r="K33" s="29"/>
       <c r="L33" s="3"/>
       <c r="M33" s="4"/>
       <c r="N33" s="5"/>
-      <c r="R33" s="141"/>
-[...4 lines deleted...]
-    <row r="34" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="R33" s="140"/>
+      <c r="S33" s="133"/>
+      <c r="T33" s="134"/>
+      <c r="U33" s="135"/>
+    </row>
+    <row r="34" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="2">
         <v>30</v>
       </c>
       <c r="B34" s="30"/>
       <c r="C34" s="31"/>
       <c r="D34" s="3"/>
       <c r="E34" s="27"/>
       <c r="F34" s="28"/>
       <c r="G34" s="28"/>
       <c r="H34" s="28"/>
       <c r="I34" s="28"/>
       <c r="J34" s="28"/>
       <c r="K34" s="29"/>
       <c r="L34" s="3"/>
       <c r="M34" s="4"/>
       <c r="N34" s="5"/>
-      <c r="R34" s="141"/>
-[...4 lines deleted...]
-    <row r="35" spans="1:21" s="6" customFormat="1" ht="13.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="R34" s="140"/>
+      <c r="S34" s="133"/>
+      <c r="T34" s="134"/>
+      <c r="U34" s="135"/>
+    </row>
+    <row r="35" spans="1:21" s="6" customFormat="1" ht="13.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="2">
         <v>31</v>
       </c>
       <c r="B35" s="30"/>
       <c r="C35" s="31"/>
       <c r="D35" s="3"/>
       <c r="E35" s="27"/>
       <c r="F35" s="28"/>
       <c r="G35" s="28"/>
       <c r="H35" s="28"/>
       <c r="I35" s="28"/>
       <c r="J35" s="28"/>
       <c r="K35" s="29"/>
       <c r="L35" s="3"/>
       <c r="M35" s="4"/>
       <c r="N35" s="5"/>
-      <c r="R35" s="142"/>
-[...4 lines deleted...]
-    <row r="36" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="R35" s="141"/>
+      <c r="S35" s="136"/>
+      <c r="T35" s="137"/>
+      <c r="U35" s="138"/>
+    </row>
+    <row r="36" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A36" s="2">
         <v>32</v>
       </c>
       <c r="B36" s="30"/>
       <c r="C36" s="31"/>
       <c r="D36" s="3"/>
       <c r="E36" s="27"/>
       <c r="F36" s="28"/>
       <c r="G36" s="28"/>
       <c r="H36" s="28"/>
       <c r="I36" s="28"/>
       <c r="J36" s="28"/>
       <c r="K36" s="29"/>
       <c r="L36" s="3"/>
       <c r="M36" s="4"/>
       <c r="N36" s="5"/>
     </row>
-    <row r="37" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="2">
         <v>33</v>
       </c>
       <c r="B37" s="30"/>
       <c r="C37" s="31"/>
       <c r="D37" s="3"/>
       <c r="E37" s="27"/>
       <c r="F37" s="28"/>
       <c r="G37" s="28"/>
       <c r="H37" s="28"/>
       <c r="I37" s="28"/>
       <c r="J37" s="28"/>
       <c r="K37" s="29"/>
       <c r="L37" s="3"/>
       <c r="M37" s="4"/>
       <c r="N37" s="5"/>
     </row>
-    <row r="38" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="2">
         <v>34</v>
       </c>
       <c r="B38" s="30"/>
       <c r="C38" s="31"/>
       <c r="D38" s="3"/>
       <c r="E38" s="27"/>
       <c r="F38" s="28"/>
       <c r="G38" s="28"/>
       <c r="H38" s="28"/>
       <c r="I38" s="28"/>
       <c r="J38" s="28"/>
       <c r="K38" s="29"/>
       <c r="L38" s="3"/>
       <c r="M38" s="4"/>
       <c r="N38" s="5"/>
     </row>
-    <row r="39" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="2">
         <v>35</v>
       </c>
       <c r="B39" s="30"/>
       <c r="C39" s="31"/>
       <c r="D39" s="3"/>
       <c r="E39" s="27"/>
       <c r="F39" s="28"/>
       <c r="G39" s="28"/>
       <c r="H39" s="28"/>
       <c r="I39" s="28"/>
       <c r="J39" s="28"/>
       <c r="K39" s="29"/>
       <c r="L39" s="3"/>
       <c r="M39" s="4"/>
       <c r="N39" s="5"/>
     </row>
-    <row r="40" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2">
         <v>36</v>
       </c>
       <c r="B40" s="30"/>
       <c r="C40" s="31"/>
       <c r="D40" s="3"/>
       <c r="E40" s="27"/>
       <c r="F40" s="28"/>
       <c r="G40" s="28"/>
       <c r="H40" s="28"/>
       <c r="I40" s="28"/>
       <c r="J40" s="28"/>
       <c r="K40" s="29"/>
       <c r="L40" s="3"/>
       <c r="M40" s="4"/>
       <c r="N40" s="5"/>
     </row>
-    <row r="41" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="41" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2">
         <v>37</v>
       </c>
       <c r="B41" s="30"/>
       <c r="C41" s="31"/>
       <c r="D41" s="3"/>
       <c r="E41" s="27"/>
       <c r="F41" s="28"/>
       <c r="G41" s="28"/>
       <c r="H41" s="28"/>
       <c r="I41" s="28"/>
       <c r="J41" s="28"/>
       <c r="K41" s="29"/>
       <c r="L41" s="3"/>
       <c r="M41" s="4"/>
       <c r="N41" s="5"/>
     </row>
-    <row r="42" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="42" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2">
         <v>38</v>
       </c>
       <c r="B42" s="30"/>
       <c r="C42" s="31"/>
       <c r="D42" s="3"/>
       <c r="E42" s="27"/>
       <c r="F42" s="28"/>
       <c r="G42" s="28"/>
       <c r="H42" s="28"/>
       <c r="I42" s="28"/>
       <c r="J42" s="28"/>
       <c r="K42" s="29"/>
       <c r="L42" s="3"/>
       <c r="M42" s="4"/>
       <c r="N42" s="5"/>
     </row>
-    <row r="43" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A43" s="2">
         <v>39</v>
       </c>
       <c r="B43" s="30"/>
       <c r="C43" s="31"/>
       <c r="D43" s="3"/>
       <c r="E43" s="27"/>
       <c r="F43" s="28"/>
       <c r="G43" s="28"/>
       <c r="H43" s="28"/>
       <c r="I43" s="28"/>
       <c r="J43" s="28"/>
       <c r="K43" s="29"/>
       <c r="L43" s="3"/>
       <c r="M43" s="4"/>
       <c r="N43" s="5"/>
     </row>
-    <row r="44" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="44" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A44" s="2">
         <v>40</v>
       </c>
       <c r="B44" s="30"/>
       <c r="C44" s="31"/>
       <c r="D44" s="3"/>
       <c r="E44" s="27"/>
       <c r="F44" s="28"/>
       <c r="G44" s="28"/>
       <c r="H44" s="28"/>
       <c r="I44" s="28"/>
       <c r="J44" s="28"/>
       <c r="K44" s="29"/>
       <c r="L44" s="3"/>
       <c r="M44" s="4"/>
       <c r="N44" s="5"/>
     </row>
-    <row r="45" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A45" s="2">
         <v>41</v>
       </c>
       <c r="B45" s="30"/>
       <c r="C45" s="31"/>
       <c r="D45" s="3"/>
       <c r="E45" s="27"/>
       <c r="F45" s="28"/>
       <c r="G45" s="28"/>
       <c r="H45" s="28"/>
       <c r="I45" s="28"/>
       <c r="J45" s="28"/>
       <c r="K45" s="29"/>
       <c r="L45" s="3"/>
       <c r="M45" s="4"/>
       <c r="N45" s="5"/>
     </row>
-    <row r="46" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="46" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A46" s="2">
         <v>42</v>
       </c>
       <c r="B46" s="30"/>
       <c r="C46" s="31"/>
       <c r="D46" s="3"/>
       <c r="E46" s="27"/>
       <c r="F46" s="28"/>
       <c r="G46" s="28"/>
       <c r="H46" s="28"/>
       <c r="I46" s="28"/>
       <c r="J46" s="28"/>
       <c r="K46" s="29"/>
       <c r="L46" s="3"/>
       <c r="M46" s="4"/>
       <c r="N46" s="7"/>
     </row>
-    <row r="47" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="47" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A47" s="2">
         <v>43</v>
       </c>
       <c r="B47" s="30"/>
       <c r="C47" s="31"/>
       <c r="D47" s="3"/>
       <c r="E47" s="27"/>
       <c r="F47" s="28"/>
       <c r="G47" s="28"/>
       <c r="H47" s="28"/>
       <c r="I47" s="28"/>
       <c r="J47" s="28"/>
       <c r="K47" s="29"/>
       <c r="L47" s="3"/>
       <c r="M47" s="4"/>
       <c r="N47" s="7"/>
     </row>
-    <row r="48" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="48" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A48" s="2">
         <v>44</v>
       </c>
       <c r="B48" s="30"/>
       <c r="C48" s="31"/>
       <c r="D48" s="3"/>
       <c r="E48" s="27"/>
       <c r="F48" s="28"/>
       <c r="G48" s="28"/>
       <c r="H48" s="28"/>
       <c r="I48" s="28"/>
       <c r="J48" s="28"/>
       <c r="K48" s="29"/>
       <c r="L48" s="3"/>
       <c r="M48" s="4"/>
       <c r="N48" s="7"/>
     </row>
-    <row r="49" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A49" s="2">
         <v>45</v>
       </c>
       <c r="B49" s="30"/>
       <c r="C49" s="31"/>
       <c r="D49" s="3"/>
       <c r="E49" s="27"/>
       <c r="F49" s="28"/>
       <c r="G49" s="28"/>
       <c r="H49" s="28"/>
       <c r="I49" s="28"/>
       <c r="J49" s="28"/>
       <c r="K49" s="29"/>
       <c r="L49" s="3"/>
       <c r="M49" s="4"/>
       <c r="N49" s="7"/>
     </row>
-    <row r="50" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="2">
         <v>46</v>
       </c>
       <c r="B50" s="30"/>
       <c r="C50" s="31"/>
       <c r="D50" s="3"/>
       <c r="E50" s="27"/>
       <c r="F50" s="28"/>
       <c r="G50" s="28"/>
       <c r="H50" s="28"/>
       <c r="I50" s="28"/>
       <c r="J50" s="28"/>
       <c r="K50" s="29"/>
       <c r="L50" s="3"/>
       <c r="M50" s="4"/>
       <c r="N50" s="7"/>
     </row>
-    <row r="51" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="2">
         <v>47</v>
       </c>
       <c r="B51" s="30"/>
       <c r="C51" s="31"/>
       <c r="D51" s="3"/>
       <c r="E51" s="27"/>
       <c r="F51" s="28"/>
       <c r="G51" s="28"/>
       <c r="H51" s="28"/>
       <c r="I51" s="28"/>
       <c r="J51" s="28"/>
       <c r="K51" s="29"/>
       <c r="L51" s="3"/>
       <c r="M51" s="4"/>
       <c r="N51" s="7"/>
     </row>
-    <row r="52" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="2">
         <v>48</v>
       </c>
       <c r="B52" s="30"/>
       <c r="C52" s="31"/>
       <c r="D52" s="3"/>
       <c r="E52" s="27"/>
       <c r="F52" s="28"/>
       <c r="G52" s="28"/>
       <c r="H52" s="28"/>
       <c r="I52" s="28"/>
       <c r="J52" s="28"/>
       <c r="K52" s="29"/>
       <c r="L52" s="3"/>
       <c r="M52" s="4"/>
       <c r="N52" s="7"/>
     </row>
-    <row r="53" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="53" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="2">
         <v>49</v>
       </c>
       <c r="B53" s="30"/>
       <c r="C53" s="31"/>
       <c r="D53" s="3"/>
       <c r="E53" s="27"/>
       <c r="F53" s="28"/>
       <c r="G53" s="28"/>
       <c r="H53" s="28"/>
       <c r="I53" s="28"/>
       <c r="J53" s="28"/>
       <c r="K53" s="29"/>
       <c r="L53" s="3"/>
       <c r="M53" s="4"/>
       <c r="N53" s="7"/>
     </row>
-    <row r="54" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="54" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A54" s="2">
         <v>50</v>
       </c>
       <c r="B54" s="30"/>
       <c r="C54" s="31"/>
       <c r="D54" s="3"/>
       <c r="E54" s="27"/>
       <c r="F54" s="28"/>
       <c r="G54" s="28"/>
       <c r="H54" s="28"/>
       <c r="I54" s="28"/>
       <c r="J54" s="28"/>
       <c r="K54" s="29"/>
       <c r="L54" s="3"/>
       <c r="M54" s="4"/>
       <c r="N54" s="7"/>
     </row>
-    <row r="55" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="55" spans="1:21" s="6" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="8"/>
       <c r="B55" s="9"/>
       <c r="C55" s="10"/>
       <c r="D55" s="11"/>
       <c r="E55" s="9"/>
       <c r="F55" s="9"/>
       <c r="G55" s="9"/>
       <c r="H55" s="12"/>
       <c r="I55" s="13"/>
       <c r="J55" s="9"/>
       <c r="K55" s="14"/>
       <c r="L55" s="15"/>
       <c r="M55" s="7"/>
     </row>
-    <row r="56" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="56" spans="1:21" x14ac:dyDescent="0.25">
       <c r="B56" s="18"/>
       <c r="L56" s="32"/>
       <c r="R56" s="6"/>
       <c r="S56" s="6"/>
       <c r="T56" s="6"/>
       <c r="U56" s="6"/>
     </row>
-    <row r="57" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="57" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L57" s="32"/>
       <c r="R57" s="6"/>
       <c r="S57" s="6"/>
       <c r="T57" s="6"/>
       <c r="U57" s="6"/>
     </row>
-    <row r="58" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="58" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L58" s="32"/>
       <c r="R58" s="6"/>
       <c r="S58" s="6"/>
       <c r="T58" s="6"/>
       <c r="U58" s="6"/>
     </row>
-    <row r="59" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L59" s="32"/>
       <c r="R59" s="6"/>
       <c r="S59" s="6"/>
       <c r="T59" s="6"/>
       <c r="U59" s="6"/>
     </row>
-    <row r="60" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="60" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L60" s="32"/>
     </row>
-    <row r="61" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L61" s="32"/>
     </row>
-    <row r="62" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L62" s="32"/>
     </row>
-    <row r="63" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="63" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L63" s="32"/>
     </row>
-    <row r="64" spans="1:21" x14ac:dyDescent="0.2">
+    <row r="64" spans="1:21" x14ac:dyDescent="0.25">
       <c r="L64" s="32"/>
     </row>
-    <row r="65" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="65" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L65" s="32"/>
     </row>
-    <row r="66" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="66" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L66" s="32"/>
     </row>
-    <row r="67" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="67" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L67" s="32"/>
     </row>
-    <row r="68" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="68" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L68" s="32"/>
     </row>
-    <row r="69" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="69" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L69" s="32"/>
     </row>
-    <row r="70" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="70" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L70" s="32"/>
     </row>
-    <row r="71" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="71" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L71" s="32"/>
     </row>
-    <row r="72" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="72" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L72" s="32"/>
     </row>
-    <row r="73" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="73" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L73" s="32"/>
     </row>
-    <row r="74" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="74" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L74" s="32"/>
     </row>
-    <row r="75" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="75" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L75" s="32"/>
     </row>
-    <row r="76" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="76" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L76" s="32"/>
     </row>
-    <row r="77" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="77" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L77" s="32"/>
     </row>
-    <row r="78" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="78" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L78" s="32"/>
     </row>
-    <row r="79" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="79" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L79" s="32"/>
     </row>
-    <row r="80" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="80" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L80" s="32"/>
     </row>
-    <row r="81" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="81" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L81" s="32"/>
     </row>
-    <row r="82" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="82" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L82" s="32"/>
     </row>
-    <row r="83" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="83" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L83" s="32"/>
     </row>
-    <row r="84" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="84" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L84" s="32"/>
     </row>
-    <row r="85" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="85" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L85" s="32"/>
     </row>
-    <row r="86" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="86" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L86" s="32"/>
     </row>
-    <row r="87" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="87" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L87" s="32"/>
     </row>
-    <row r="88" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="88" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L88" s="32"/>
     </row>
-    <row r="89" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="89" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L89" s="32"/>
     </row>
-    <row r="90" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="90" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L90" s="32"/>
     </row>
-    <row r="91" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="91" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L91" s="32"/>
     </row>
-    <row r="92" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="92" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L92" s="32"/>
     </row>
-    <row r="93" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="93" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L93" s="32"/>
     </row>
-    <row r="94" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="94" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L94" s="32"/>
     </row>
-    <row r="95" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="95" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L95" s="32"/>
     </row>
-    <row r="96" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="96" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L96" s="32"/>
     </row>
-    <row r="97" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="97" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L97" s="32"/>
     </row>
-    <row r="98" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="98" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L98" s="32"/>
     </row>
-    <row r="99" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="99" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L99" s="32"/>
     </row>
-    <row r="100" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="100" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L100" s="32"/>
     </row>
-    <row r="101" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="101" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L101" s="32"/>
     </row>
-    <row r="102" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="102" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L102" s="32"/>
     </row>
-    <row r="103" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="103" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L103" s="32"/>
     </row>
-    <row r="104" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="104" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L104" s="32"/>
     </row>
-    <row r="105" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="105" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L105" s="32"/>
     </row>
-    <row r="106" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="106" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L106" s="32"/>
     </row>
-    <row r="107" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="107" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L107" s="32"/>
     </row>
-    <row r="108" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="108" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L108" s="32"/>
     </row>
-    <row r="109" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="109" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L109" s="32"/>
     </row>
-    <row r="110" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="110" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L110" s="32"/>
     </row>
-    <row r="111" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="111" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L111" s="32"/>
     </row>
-    <row r="112" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="112" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L112" s="32"/>
     </row>
-    <row r="113" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="113" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L113" s="32"/>
     </row>
-    <row r="114" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="114" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L114" s="32"/>
     </row>
-    <row r="115" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="115" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L115" s="32"/>
     </row>
-    <row r="116" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="116" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L116" s="32"/>
     </row>
-    <row r="117" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="117" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L117" s="32"/>
     </row>
-    <row r="118" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="118" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L118" s="32"/>
     </row>
-    <row r="119" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="119" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L119" s="32"/>
     </row>
-    <row r="120" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="120" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L120" s="32"/>
     </row>
-    <row r="121" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="121" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L121" s="32"/>
     </row>
-    <row r="122" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="122" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L122" s="32"/>
     </row>
-    <row r="123" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="123" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L123" s="32"/>
     </row>
-    <row r="124" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="124" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L124" s="32"/>
     </row>
-    <row r="125" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="125" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L125" s="32"/>
     </row>
-    <row r="126" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="126" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L126" s="32"/>
     </row>
-    <row r="127" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="127" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L127" s="32"/>
     </row>
-    <row r="128" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="128" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L128" s="32"/>
     </row>
-    <row r="129" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="129" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L129" s="32"/>
     </row>
-    <row r="130" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="130" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L130" s="32"/>
     </row>
-    <row r="131" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="131" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L131" s="32"/>
     </row>
-    <row r="132" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="132" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L132" s="32"/>
     </row>
-    <row r="133" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="133" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L133" s="32"/>
     </row>
-    <row r="134" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="134" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L134" s="32"/>
     </row>
-    <row r="135" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="135" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L135" s="32"/>
     </row>
-    <row r="136" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="136" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L136" s="32"/>
     </row>
-    <row r="137" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="137" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L137" s="32"/>
     </row>
-    <row r="138" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="138" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L138" s="32"/>
     </row>
-    <row r="139" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="139" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L139" s="32"/>
     </row>
-    <row r="140" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="140" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L140" s="32"/>
     </row>
-    <row r="141" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="141" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L141" s="32"/>
     </row>
-    <row r="142" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="142" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L142" s="32"/>
     </row>
-    <row r="143" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="143" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L143" s="32"/>
     </row>
-    <row r="144" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="144" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L144" s="32"/>
     </row>
-    <row r="145" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="145" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L145" s="32"/>
     </row>
-    <row r="146" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="146" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L146" s="32"/>
     </row>
-    <row r="147" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="147" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L147" s="32"/>
     </row>
-    <row r="148" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="148" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L148" s="32"/>
     </row>
-    <row r="149" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="149" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L149" s="32"/>
     </row>
-    <row r="150" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="150" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L150" s="32"/>
     </row>
-    <row r="151" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="151" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L151" s="32"/>
     </row>
-    <row r="152" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="152" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L152" s="32"/>
     </row>
-    <row r="153" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="153" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L153" s="32"/>
     </row>
-    <row r="154" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="154" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L154" s="32"/>
     </row>
-    <row r="155" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="155" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L155" s="32"/>
     </row>
-    <row r="156" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="156" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L156" s="32"/>
     </row>
-    <row r="157" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="157" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L157" s="32"/>
     </row>
-    <row r="158" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="158" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L158" s="32"/>
     </row>
-    <row r="159" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="159" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L159" s="32"/>
     </row>
-    <row r="160" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="160" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L160" s="32"/>
     </row>
-    <row r="161" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="161" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L161" s="32"/>
     </row>
-    <row r="162" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="162" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L162" s="32"/>
     </row>
-    <row r="163" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="163" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L163" s="32"/>
     </row>
-    <row r="164" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="164" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L164" s="32"/>
     </row>
-    <row r="165" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="165" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L165" s="32"/>
     </row>
-    <row r="166" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="166" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L166" s="32"/>
     </row>
-    <row r="167" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="167" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L167" s="32"/>
     </row>
-    <row r="168" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="168" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L168" s="32"/>
     </row>
-    <row r="169" spans="12:12" x14ac:dyDescent="0.2">
+    <row r="169" spans="12:12" x14ac:dyDescent="0.25">
       <c r="L169" s="32"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7pZI71SLM31xWZ4HEafbAU6FDtqey7f/l2ZjwQu984DU5JenvwjIa2bMT5ielMnO6+BD18boJMTK3UYWzSKNhQ==" saltValue="On3c1Xsd4NkCDthbLcyQQQ==" spinCount="100000" sheet="1" objects="1" insertRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fiP3sLmOX3GeEaB3eqIUHtRXweAqNX/sm+STlbwMuXHRf5BXWRSE7uUAQm9EJhYPsZncIAdjhMMVqRMKNp2xCA==" saltValue="U3oaI6NnlW/ursjfYjNWlA==" spinCount="100000" sheet="1" objects="1" insertRows="0" selectLockedCells="1"/>
   <customSheetViews>
     <customSheetView guid="{C75E2536-4AD4-4A06-BC1D-AB39D8FAF8ED}" showGridLines="0" hiddenColumns="1">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A17" sqref="A17"/>
       <pageMargins left="0.2" right="0.2" top="1" bottom="1" header="0.5" footer="0.5"/>
       <pageSetup orientation="landscape" r:id="rId1"/>
       <headerFooter alignWithMargins="0">
         <oddFooter>&amp;CConfidential - Internal Distribution</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <mergeCells count="18">
     <mergeCell ref="S15:U15"/>
     <mergeCell ref="S16:U16"/>
     <mergeCell ref="S17:U17"/>
     <mergeCell ref="P4:Q4"/>
     <mergeCell ref="S8:U8"/>
     <mergeCell ref="S12:U12"/>
     <mergeCell ref="R4:U4"/>
     <mergeCell ref="S11:U11"/>
     <mergeCell ref="R23:U23"/>
     <mergeCell ref="S32:U35"/>
     <mergeCell ref="R32:R35"/>
     <mergeCell ref="R29:R31"/>
     <mergeCell ref="S29:U31"/>
@@ -4273,101 +4269,101 @@
             <xm:f>Instructions!$B$10:$B$24</xm:f>
           </x14:formula1>
           <xm:sqref>L5</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{CFE6A09C-41E8-4088-B9D6-15DC0DE25FE1}">
           <x14:formula1>
             <xm:f>Instructions!$B$10:$B$24</xm:f>
           </x14:formula1>
           <xm:sqref>L7 L8:L54 L6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Sheet3"/>
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>41</v>
       </c>
       <c r="C1" s="22" t="s">
         <v>43</v>
       </c>
       <c r="E1">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="C2">
         <v>60</v>
       </c>
       <c r="E2">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C3">
         <v>65</v>
       </c>
       <c r="E3">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C4">
         <v>67</v>
       </c>
       <c r="E4">
         <v>4</v>
       </c>
     </row>
-    <row r="5" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C5">
         <v>70</v>
       </c>
     </row>
-    <row r="6" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C6">
         <v>71</v>
       </c>
     </row>
-    <row r="7" spans="1:5" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C7">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <customSheetViews>
     <customSheetView guid="{C75E2536-4AD4-4A06-BC1D-AB39D8FAF8ED}" state="hidden">
       <selection activeCell="C39" sqref="C39"/>
       <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
       <pageSetup orientation="portrait" r:id="rId1"/>
       <headerFooter>
         <oddFooter>&amp;CConfidential - Internal Distribution</oddFooter>
       </headerFooter>
     </customSheetView>
   </customSheetViews>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddFooter>&amp;CConfidential - Internal Distribution</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>