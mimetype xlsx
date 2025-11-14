--- v0 (2025-10-19)
+++ v1 (2025-11-14)
@@ -1,492 +1,182 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/m1ucjs_fanniemae_com/Documents/Work Saved Files/Migration Folder/SF Marketing Production/Web Portal Files for Publication/NSO/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/gbusgb_fanniemae_com/Documents/Rules Matrix-Standard/Rules Matrix/2025/Q3/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{5F8A450A-67FA-4658-B9CA-58C6C65C0578}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF510356-9014-402A-9890-3904FE659BF5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11620" xr2:uid="{E1B8B4A6-B047-48B1-95C6-BC832B5499E2}"/>
+    <workbookView xWindow="-19380" yWindow="-16320" windowWidth="29040" windowHeight="15720" xr2:uid="{E1B8B4A6-B047-48B1-95C6-BC832B5499E2}"/>
   </bookViews>
   <sheets>
     <sheet name="Instructions" sheetId="2" r:id="rId1"/>
     <sheet name="External Rules Matrix" sheetId="11" r:id="rId2"/>
     <sheet name="Enumerations" sheetId="12" r:id="rId3"/>
     <sheet name="Acquisition Business Rules.v1" sheetId="8" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Acquisition Business Rules.v1'!$A$1:$B$1527</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Enumerations!$A$1:$B$313</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'External Rules Matrix'!$A$5:$Q$285</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Instructions!$A$1:$O$67</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'External Rules Matrix'!$A$5:$Q$287</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3332" uniqueCount="2337">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3340" uniqueCount="2343">
   <si>
     <t>Single Family:  Data Change Rules Matrix</t>
   </si>
   <si>
-    <r>
-[...20 lines deleted...]
-  <si>
     <t>1) Guidance Document:  Job Aid for HOW to submit a PPA request.</t>
   </si>
   <si>
     <t>https://www.fanniemae.com/content/job_aid/post-purchase-adjustments.pdf</t>
   </si>
   <si>
     <t>2) Request Template: Excel template to provide loan level details about the request.</t>
   </si>
   <si>
     <t>https://www.fanniemae.com/content/tool/post-purchase-adjustment-request-form.xls</t>
   </si>
   <si>
     <t xml:space="preserve">3) Data Change Rules Matrix: Outlines the documentation requirements at the attribute level. </t>
   </si>
   <si>
     <t>(Included on the 2nd tab of this spreadsheet, "External Rules Matrix")</t>
   </si>
   <si>
     <t>https://www.fanniemae.com/content/tool/post-purchase-adjustment-data-change-rules-matrix.xls</t>
   </si>
   <si>
-    <r>
-[...92 lines deleted...]
-  <si>
     <t>&gt; You do NOT need to provide all documents listed under different letters.</t>
   </si>
   <si>
-    <r>
-[...51 lines deleted...]
-  <si>
     <t>2) Fannie Mae reserves the right to request lenders to provide the documentation listed in the columns under  "Documents Potentially Sourced Internally."</t>
   </si>
   <si>
     <t xml:space="preserve">3) The colors and letters have no particular significance besides visual display of required document groupings. </t>
-  </si>
-[...22 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">Data Attributes and Special Feature Codes </t>
   </si>
   <si>
     <t>Lender Provided Documents</t>
   </si>
   <si>
     <t>Section I:  Data Attributes (DA)</t>
   </si>
   <si>
     <t>SFC #</t>
   </si>
   <si>
     <t>Data Attribute Name or 
 SFC Name</t>
   </si>
   <si>
-    <r>
-[...26 lines deleted...]
-  <si>
     <t>Title Commitment</t>
   </si>
   <si>
     <t>MI Certificate</t>
-  </si>
-[...40 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Deed of Trust</t>
   </si>
   <si>
     <t>Loan Pay History</t>
   </si>
   <si>
     <t xml:space="preserve">Property Appraisal 
 </t>
   </si>
   <si>
     <t xml:space="preserve">Final 1008
  </t>
   </si>
   <si>
     <t>Contact PPA Team for Document Requirement</t>
   </si>
   <si>
     <t>Acquisition Amortization Term</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Acquisition Loan Margin</t>
   </si>
   <si>
-    <r>
-[...42 lines deleted...]
-  <si>
     <t>B</t>
   </si>
   <si>
     <t>Actual UPB</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Aggregate Loan Curtailment Amount</t>
   </si>
   <si>
     <t>Amortization Term</t>
   </si>
   <si>
     <t>Amortization Type</t>
   </si>
   <si>
     <t>Application Received Date</t>
   </si>
   <si>
     <t>Appraisal Date</t>
   </si>
   <si>
     <t>Appraisal Identifier</t>
@@ -570,158 +260,50 @@
     <t>Capitalized Loan Indicator</t>
   </si>
   <si>
     <t>Cap Up Percent</t>
   </si>
   <si>
     <t>Category Type</t>
   </si>
   <si>
     <t>Citizenship Residency Type</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>Closing Cost Contribution Amount</t>
   </si>
   <si>
     <t>Closing Cost Funds Type</t>
   </si>
   <si>
     <t>Closing Cost Source Type</t>
   </si>
   <si>
     <t>Closing Date</t>
-  </si>
-[...106 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Condominium Project Status Type</t>
   </si>
   <si>
     <t>Construction Loan Indicator</t>
   </si>
   <si>
     <t>Construction Method Type</t>
   </si>
   <si>
     <t>Construction To Permanent Closing Feature Type</t>
   </si>
   <si>
     <t>Construction To Permanent Closing Type</t>
   </si>
   <si>
     <t>Construction To Permanent First Payment Due Date</t>
   </si>
   <si>
     <t>Conversion Interest Ceiling</t>
   </si>
   <si>
     <t>Conversion Methodology Type Code</t>
   </si>
@@ -891,65 +473,50 @@
   <si>
     <t>Interest Calculation Period Type</t>
   </si>
   <si>
     <t>Interest Rate</t>
   </si>
   <si>
     <t>Interest Rate Adjustment Frequency</t>
   </si>
   <si>
     <t>Interest Rate Adj Period</t>
   </si>
   <si>
     <t>Interest Rate Adjustment Rounding Factor</t>
   </si>
   <si>
     <t>Interest Rate Cap Down Percent</t>
   </si>
   <si>
     <t>Interest Rate Cap Up Percent</t>
   </si>
   <si>
     <t>Interest Rate Lifetime Ceiling</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Investor Ownership Percent</t>
   </si>
   <si>
     <t>Investor Remittance Day</t>
   </si>
   <si>
     <t>Investor Remittance Type</t>
   </si>
   <si>
     <t>Last Payment Received Date</t>
   </si>
   <si>
     <t>Legal Entity Type</t>
   </si>
   <si>
     <t>Lien Position</t>
   </si>
   <si>
     <t>Loan Assumability Indicator</t>
   </si>
   <si>
     <t>Loan Foreclosure Or Judgment Indicator</t>
   </si>
   <si>
     <t>Loan Interest Only End Date</t>
@@ -1045,94 +612,50 @@
     <t>Mortgage Modification Indicator</t>
   </si>
   <si>
     <t>Mortgage Type</t>
   </si>
   <si>
     <t>Next Interest Rate Adj Date - (same as Nex Rate Change Date)</t>
   </si>
   <si>
     <t>Next P&amp;I Adj Date</t>
   </si>
   <si>
     <t>No. of Borrowers</t>
   </si>
   <si>
     <t>Note Rate (Step Rate Attribute)</t>
   </si>
   <si>
     <t>Note Signed Date</t>
   </si>
   <si>
     <t>Occupancy</t>
   </si>
   <si>
     <t>Original Appraised Amount</t>
-  </si>
-[...42 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Original Note Rate</t>
   </si>
   <si>
     <t>Original Term</t>
   </si>
   <si>
     <t>Original UPB</t>
   </si>
   <si>
     <t>P&amp;I Adjustment Frequency</t>
   </si>
   <si>
     <t>P&amp;I Adjustment Period</t>
   </si>
   <si>
     <t>P&amp;I Amount</t>
   </si>
   <si>
     <t>P&amp;I Calculation Method</t>
   </si>
   <si>
     <t>Payment (Delinquency Modification)</t>
   </si>
@@ -1395,53 +918,50 @@
   <si>
     <t>DTS Distressed Properties</t>
   </si>
   <si>
     <t>SFC_777</t>
   </si>
   <si>
     <t>Approved Vendor Tool</t>
   </si>
   <si>
     <t>SFC_785</t>
   </si>
   <si>
     <t>ARM w/ Fallback Language</t>
   </si>
   <si>
     <t>SFC_791</t>
   </si>
   <si>
     <t>Single-width Mfr Housing</t>
   </si>
   <si>
     <t>FHA Higher Balance Mortgage (Cash and MBS)</t>
   </si>
   <si>
-    <t>High LTV Refi Apsl Waiver</t>
-[...1 lines deleted...]
-  <si>
     <t>High Balance Conventional Loan  (Cash and MBS)</t>
   </si>
   <si>
     <t>HomeReady "Thin File" (Cash and MBS)</t>
   </si>
   <si>
     <t>SFC_838</t>
   </si>
   <si>
     <t>Illinois Land Trust</t>
   </si>
   <si>
     <t>Student Loan Cash-Out Refinance (Cash and MBS)</t>
   </si>
   <si>
     <t>SFC_843</t>
   </si>
   <si>
     <t>Housing Goals LLPA Credit</t>
   </si>
   <si>
     <t>SFC_859</t>
   </si>
   <si>
     <t>MH Advantage (Cash and MBS)</t>
@@ -1985,64 +1505,50 @@
     <t>The number of days prior to the effective date of the Interest Rate adjustment at which date the effective value of the financial index is obtained.  This is used when an interest rate adjustment occurs without a principal and interest amount adjustment.</t>
   </si>
   <si>
     <t>The code designated by the postal service to direct the delivery of physical mail or which corresponds to a physical location.  In the USA, this can take either a 5 digit form (ZIP Code) or a 9-digit form (ZIP + 4).</t>
   </si>
   <si>
     <t>The date when the borrower locks into the interest rate, e.g., 30 days prior to closing.</t>
   </si>
   <si>
     <t>The is the number of the day of the cycle on which the financial asset cash flow is remitted.</t>
   </si>
   <si>
     <t>A code that represents the type of property development project.</t>
   </si>
   <si>
     <t>This field specifies the type of design for the multiple-unit buildings in a project.</t>
   </si>
   <si>
     <t>Total number of individual dwelling units in the project.</t>
   </si>
   <si>
     <t>The number of units in a building, project, or development that have been sold to date.</t>
   </si>
   <si>
     <t>Specifies the form of ownership that defines the quality and quantity of ownership and rights to the individual unit owner.</t>
-  </si>
-[...12 lines deleted...]
-    </r>
   </si>
   <si>
     <t xml:space="preserve">Specifies the type of physical attachment, if any, between the dwelling unit and adjacent dwelling units.
 </t>
   </si>
   <si>
     <t>Specifies the ownership interest in the property.</t>
   </si>
   <si>
     <t>The unstructured (Unparsed) street address of the subject property (e.g., 123 Main Street).</t>
   </si>
   <si>
     <t>Specifies the form or document used to provide the property valuation.</t>
   </si>
   <si>
     <t>The purchase price of the property, expressed as a dollar amount, net of any adjustments for sales or financing concessions.</t>
   </si>
   <si>
     <t>The number of days prior to the effective date of the Interest Rate adjustment at which date the effective value of the financial index is obtained.  This is used when an interest rate adjustment occurs concurrent with a principal and interest amount adjustment.</t>
   </si>
   <si>
     <t>The amount of cash the borrower will receive at the closing of the loan on a refinance transaction.</t>
   </si>
   <si>
     <t>The Required (or Net) Margin is the minimum required rate that is added to a published index rate to determine the rate passed through to the investor by the loan servicer (lender)</t>
@@ -7419,588 +6925,1042 @@
   <si>
     <t>UCD indicates this loan must meet Qualified Mortgage requirements. A calculated Points And Fees percentage of (|Calculated Points and Fees Percent|) (based on the UCD Regulation Z Total Points and Fees Amount divided by the Regulation Z Total Loan Amount) is greater than allowed for the applicable Original Loan Amount under Qualified Mortgage regulations with a Note Date in 2023. Validate the data in UCD and LD to ensure accuracy. Refer to the Loan Delivery Qualified Mortgage (QM) Edits job aid for further assistance.</t>
   </si>
   <si>
     <t>UCD indicates this loan must meet Qualified Mortgage requirements. A provided Regulation Z Total Points And Fees Amount of (|Points and Fees Amount|) that is greater than allowed for the applicable Loan Amount under Qualified Mortgage regulations with a Note Date in 2023 is not allowed for loans that must meet QM requirements. Validate the data in UCD and LD to ensure accuracy. Refer to the Loan Delivery Qualified Mortgage (QM) Edits job aid for further assistance.</t>
   </si>
   <si>
     <t>SFC_220</t>
   </si>
   <si>
     <t>RD 502 Leveraged (Blended) Loan Program (Cash and MBS)</t>
   </si>
   <si>
     <t>SFC_839</t>
   </si>
   <si>
     <t>High LTV Refinance Option-Standard (Cash and MBS)</t>
   </si>
   <si>
     <t>SFC_840</t>
   </si>
   <si>
     <t>OneClosing</t>
   </si>
   <si>
+    <t>Loan Investor Collateral Program Type</t>
+  </si>
+  <si>
+    <t>Identifies the collateral program associated with the loan as identified by a specific entity.</t>
+  </si>
+  <si>
+    <t>SFC_076</t>
+  </si>
+  <si>
+    <t>Recast Mortgage (Cash and MBS)</t>
+  </si>
+  <si>
+    <t>SFC_773</t>
+  </si>
+  <si>
+    <t>EnergyStar-certified Improvement (Cash and MBS)</t>
+  </si>
+  <si>
+    <t>SFC_861</t>
+  </si>
+  <si>
+    <t>Remote Notarization (Cash and MBS)</t>
+  </si>
+  <si>
+    <t>High LTV Refinance Option-Alternative Qualifying (Cash and MBS)</t>
+  </si>
+  <si>
+    <t>Glossary Definition (Source:  MISMO Definitions)</t>
+  </si>
+  <si>
+    <t>A/B/C</t>
+  </si>
+  <si>
+    <t>AutomatedValuationModel</t>
+  </si>
+  <si>
+    <t>BrokerPriceOpinion</t>
+  </si>
+  <si>
+    <t>DesktopAppraisal</t>
+  </si>
+  <si>
+    <t>DriveBy</t>
+  </si>
+  <si>
+    <t>FieldReview</t>
+  </si>
+  <si>
+    <t>FullAppraisal</t>
+  </si>
+  <si>
+    <t>None</t>
+  </si>
+  <si>
+    <t>PriorAppraisalUsed</t>
+  </si>
+  <si>
+    <t>TaxValuation</t>
+  </si>
+  <si>
+    <t>FHLB_AffordableHousingProgram</t>
+  </si>
+  <si>
+    <t>InspectionReportFormDoesNotRequireValue</t>
+  </si>
+  <si>
+    <t>PropertyInspectionWaiver</t>
+  </si>
+  <si>
+    <t>DU_RefiPlusPropertyFieldworkWaiver</t>
+  </si>
+  <si>
+    <t>Level1PropertyInspectionWaiver</t>
+  </si>
+  <si>
+    <t>HybridAppraisal</t>
+  </si>
+  <si>
+    <t>ValueAcceptance</t>
+  </si>
+  <si>
+    <t>SFC_881</t>
+  </si>
+  <si>
+    <t>SFC_884</t>
+  </si>
+  <si>
+    <t>HomeReady VLIP LLPA Credit</t>
+  </si>
+  <si>
+    <t>SFC_887</t>
+  </si>
+  <si>
+    <t>SFC_888</t>
+  </si>
+  <si>
+    <t>SF Green Bond WaterSense</t>
+  </si>
+  <si>
+    <t>Standby Comm/Perm Buydown</t>
+  </si>
+  <si>
+    <t>ActualActualBiweekly</t>
+  </si>
+  <si>
+    <t>ConstructionToPermanent</t>
+  </si>
+  <si>
+    <t>DailySimpleInterestCashConventional</t>
+  </si>
+  <si>
+    <t>DailySimpleInterestMBS</t>
+  </si>
+  <si>
+    <t>FederalHousingAdministrationSection203k</t>
+  </si>
+  <si>
+    <t>GovernmentTitle1</t>
+  </si>
+  <si>
+    <t>HomeEquityLineOfCredit</t>
+  </si>
+  <si>
+    <t>HomestyleRenovationMortgage</t>
+  </si>
+  <si>
+    <t>Universal</t>
+  </si>
+  <si>
+    <t>SF Green Bond DOE Zero Energy Ready</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+A</t>
+  </si>
+  <si>
+    <t>FICO4 Borrower Credit Score</t>
+  </si>
+  <si>
+    <t>Numeric credit score resulting from credit evaluation model.</t>
+  </si>
+  <si>
+    <t>FICO4 Borrower Credit Score Source Type</t>
+  </si>
+  <si>
+    <t>FICO4 Loan Rep Credit Score</t>
+  </si>
+  <si>
+    <t>The one credit score value that represents the overall credit risk on the loan. This value is determined using credit score values for each qualifying borrower.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FICO4 Borrower Credit Score Source Type </t>
+  </si>
+  <si>
+    <t>FICO4 Borrower Group Credit Score Impairment Type</t>
+  </si>
+  <si>
+    <t>FICO4 Credit Score Selection Method Type</t>
+  </si>
+  <si>
+    <t>SFC_801</t>
+  </si>
+  <si>
+    <t>Value Acceptance</t>
+  </si>
+  <si>
+    <t>A
+(Add)</t>
+  </si>
+  <si>
+    <t>B
+(Remove)</t>
+  </si>
+  <si>
+    <t>High LTV Refi Value Acceptance</t>
+  </si>
+  <si>
+    <t>SFC_918</t>
+  </si>
+  <si>
+    <t>Cryptocurrency Reserves</t>
+  </si>
+  <si>
+    <t>RESOURCES: Seller/Servicer Initiated Post Purchase Adjustment (PPA)</t>
+  </si>
+  <si>
+    <t>INSTRUCTIONS: How to read the Data Change Rules Matrix</t>
+  </si>
+  <si>
+    <t>NOTES: For consideration when reviewing the Data Change Rules Matrix</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">&gt; Required document sets are grouped by letters.  For example, to change the Borrower FICO Score for a DU loan, you can provide all documents listed in the letter group (e.g. A </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> B).</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">&gt; All documents listed under one letter group must be provided, such as all of A </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> all of B, </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">or </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>all of C.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">&gt; Where there are two letters within one document box (e.g., A/B), that document is required for all letters listed. For example, for Occupancy you can provide either the 1) AUS Findings and Appraisal </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>or</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 2) Final 1003 and Appraisal.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">1) For data attributes not listed on the "External Rules Matrix" tab, please email </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="12"/>
+        <color indexed="30"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Post_PurchaseAdjustments@fanniemae.com</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Notes</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>:  For data attributes not listed below, please email Post_PurchaseAdjustments@fanniemae.com for details on required documentation.
+1. Fannie Mae reserves the right to request additional documentation as necessary.
+2. The requested data change must be supported by the documentation.  If the documentation does not support the data change, then additional documentation and explanation may be required.
+3. The documentation needed to remove a Data Attribute or SFC may be different than the requirements listed below.  These will be reviewed on a cases-by-case basis.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Mortgage Note/Loan Mod/Amendments (Riders/Addenda)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>(all docs to be provided, if applicable)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Closing Disclosure/TILA 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>(TRID-UCD required for loans with application dates on or after 10/3/2015.  Prior to this use HUD-1. )</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Origination Credit Report 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Dated at origination-prior to acquisition)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">AUS Findings Report - (DU, LP, etc.) 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Dated prior to acquisition)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Final 1003
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>(Loan Application)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Acquisition LTV Ratio -</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Original UPB</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Acquisition LTV Ratio - </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Property Valuation (Lesser of Purchase Price or Appraised Value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Combined LTV Ratio -</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Original UPB</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Combined LTV Ratio - </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Property Valuation (Lesser of Purchase Price or Appraised Value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Combined LTV Ratio -</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 2nd Lien UPB at Origination (New Subordinate Financing)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>A</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Combined LTV Ratio -</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> 2nd Lien UPB at Origination (Resubordination on Refinance)</t>
+    </r>
+  </si>
+  <si>
     <r>
       <t>The dollar amount of interest accrued on the loan between the last paid installment date and the date reported</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
-        <rFont val="Arial"/>
+        <rFont val="Source Sans Pro"/>
         <family val="2"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
-    <t>Loan Investor Collateral Program Type</t>
-[...77 lines deleted...]
-    <t>ValueAcceptance</t>
+    <r>
+      <t>Interest Rate Lifetime Floor</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Origination LTV Ratio</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> - Original UPB</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Origination LTV Ratio</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> -  Property Valuation (Lesser of Purchase Price or Appraised Value)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">The total number of units (completed, proposed or under construction) in the property project. </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="9"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Indicates if SF (1,2,3,4) property.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Single Family: Data Change Rules Matrix
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="9"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Effective December 1, 2014 (External); </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color indexed="10"/>
+        <rFont val="Source Sans Pro"/>
+        <family val="2"/>
+      </rPr>
+      <t>Updated October 24, 2025 (External)</t>
+    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">AppraisalUpdateAndOrCompletionReport </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
-        <rFont val="Calibri"/>
+        <rFont val="Source Sans Pro"/>
         <family val="2"/>
       </rPr>
       <t>(must not be used for new acquisitions)</t>
-    </r>
-[...103 lines deleted...]
-      <t>Updated July 21, 2025 (External)</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="&quot;SFC_&quot;000"/>
     <numFmt numFmtId="165" formatCode="000"/>
     <numFmt numFmtId="166" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="48" x14ac:knownFonts="1">
+  <fonts count="49" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF006100"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <b/>
       <sz val="10"/>
-      <color indexed="9"/>
-[...68 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="17"/>
-      <name val="Arial"/>
-[...3 lines deleted...]
-      <sz val="13"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...83 lines deleted...]
-    <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
-      <sz val="9"/>
-[...9 lines deleted...]
-    <font>
       <sz val="10"/>
       <color indexed="8"/>
-      <name val="Arial"/>
-[...10 lines deleted...]
-      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Arial"/>
+      <b/>
+      <sz val="16"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Calibri"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
       <family val="2"/>
-      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color theme="10"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="12"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="9" tint="-0.249977111117893"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="12"/>
+      <color indexed="30"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color theme="0"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="9"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color indexed="10"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-      <name val="Calibri"/>
+      <name val="Source Sans Pro"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11"/>
-[...1 lines deleted...]
-      <name val="Calibri"/>
+      <u/>
+      <sz val="10"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="0"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color theme="0"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="14"/>
+      <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color theme="1"/>
-      <name val="Arial"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="9"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="0"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Source Sans Pro"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Source Sans Pro"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="18">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="1"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor indexed="64"/>
@@ -8381,603 +8341,560 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="13">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="158">
+  <cellXfs count="162">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...37 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="13" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="15" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="17" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="20" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="12" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="8" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="15" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="20" fillId="12" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="15" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="15" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="3" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...49 lines deleted...]
-      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="12" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="14" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="13" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="7" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="15" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="5" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="5" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="34" fillId="12" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top" textRotation="90" wrapText="1"/>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="3" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="1" xfId="3" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="10" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="10" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="34" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="1" xfId="3" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="12" borderId="1" xfId="3" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="13" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="16" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="38" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="11" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="27" fillId="17" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="37" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="3" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="165" fontId="39" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...171 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="11" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="11" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="13">
     <cellStyle name="20% - Accent3 2" xfId="7" xr:uid="{6856809C-DB22-4FE2-9B17-D78132251696}"/>
     <cellStyle name="Good" xfId="1" builtinId="26"/>
     <cellStyle name="Good 2" xfId="4" xr:uid="{E1E2409B-5BF8-468E-8524-C9EFDF1B4D0C}"/>
     <cellStyle name="Hyperlink" xfId="5" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{0FA3172F-73A8-4B86-B78E-1D8E27F79F7F}"/>
     <cellStyle name="Normal 2 2" xfId="12" xr:uid="{15835B60-FD66-4295-8AAD-C4B822AF6FC0}"/>
     <cellStyle name="Normal 3" xfId="9" xr:uid="{77556A6E-5AEE-40AE-98E8-689500AE1847}"/>
     <cellStyle name="Normal 3 3" xfId="11" xr:uid="{DC76F8E7-019C-4D43-81D6-AEAF5EC491F8}"/>
     <cellStyle name="Normal 4" xfId="6" xr:uid="{A995F50F-9A84-40E4-838D-F865214EA295}"/>
     <cellStyle name="Normal 5" xfId="8" xr:uid="{18957D45-D491-45B1-90C7-274E49FA0AD1}"/>
     <cellStyle name="Normal 6" xfId="2" xr:uid="{3D92DB8F-79A6-447F-B06C-3E0564438284}"/>
     <cellStyle name="Normal 7" xfId="10" xr:uid="{553AF8A2-1A3E-4A15-A73D-31FE8C6518B9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF4472C4"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
-[...47 lines deleted...]
-  </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>10</xdr:col>
       <xdr:colOff>85302</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>29449</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>12</xdr:col>
       <xdr:colOff>558832</xdr:colOff>
-      <xdr:row>6</xdr:row>
-      <xdr:rowOff>10319</xdr:rowOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>188913</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D65CA5ED-FE78-4C49-85D2-834AC99210DC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5705052" y="231855"/>
           <a:ext cx="1818936" cy="1195308"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -9262,19156 +9179,19372 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fanniemae.com/content/tool/post-purchase-adjustment-data-change-rules-matrix.xls" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fanniemae.com/content/tool/post-purchase-adjustment-request-form.xls" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fanniemae.com/content/job_aid/post-purchase-adjustments.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0330014C-15D7-4D9F-B11C-DD5D8D55D761}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="B1:M67"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="G40" sqref="G40"/>
+      <selection activeCell="B19" sqref="B19:K19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="2.1796875" style="14" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="12" max="16384" width="9.1796875" style="14"/>
+    <col min="1" max="1" width="2.1796875" style="1" customWidth="1"/>
+    <col min="2" max="10" width="9.1796875" style="1"/>
+    <col min="11" max="11" width="11.1796875" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:13" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="2" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B2" s="15"/>
-[...10 lines deleted...]
-      <c r="M2" s="17"/>
+      <c r="B2" s="2"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="3"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="4"/>
     </row>
     <row r="3" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B3" s="18"/>
-      <c r="M3" s="19"/>
+      <c r="B3" s="5"/>
+      <c r="M3" s="6"/>
     </row>
     <row r="4" spans="2:13" ht="43.5" customHeight="1" x14ac:dyDescent="0.5">
-      <c r="B4" s="108" t="s">
+      <c r="B4" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="M4" s="19"/>
+      <c r="C4" s="21"/>
+      <c r="D4" s="21"/>
+      <c r="E4" s="21"/>
+      <c r="F4" s="21"/>
+      <c r="G4" s="21"/>
+      <c r="H4" s="21"/>
+      <c r="I4" s="21"/>
+      <c r="J4" s="21"/>
+      <c r="K4" s="21"/>
+      <c r="M4" s="6"/>
     </row>
     <row r="5" spans="2:13" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="B5" s="18"/>
-[...3 lines deleted...]
-      <c r="B6" s="22" t="s">
+      <c r="B5" s="22"/>
+      <c r="C5" s="21"/>
+      <c r="D5" s="21"/>
+      <c r="E5" s="21"/>
+      <c r="F5" s="21"/>
+      <c r="G5" s="21"/>
+      <c r="H5" s="21"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="21"/>
+      <c r="K5" s="21"/>
+      <c r="M5" s="6"/>
+    </row>
+    <row r="6" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B6" s="23" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+      <c r="E6" s="24"/>
+      <c r="F6" s="24"/>
+      <c r="G6" s="24"/>
+      <c r="H6" s="24"/>
+      <c r="I6" s="24"/>
+      <c r="J6" s="24"/>
+      <c r="K6" s="24"/>
+      <c r="M6" s="6"/>
+    </row>
+    <row r="7" spans="2:13" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="25"/>
+      <c r="C7" s="24"/>
+      <c r="D7" s="24"/>
+      <c r="E7" s="24"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="24"/>
+      <c r="H7" s="24"/>
+      <c r="I7" s="24"/>
+      <c r="J7" s="24"/>
+      <c r="K7" s="24"/>
+      <c r="M7" s="6"/>
+    </row>
+    <row r="8" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B8" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="M6" s="19"/>
-[...6 lines deleted...]
-      <c r="B8" s="23" t="s">
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+      <c r="E8" s="24"/>
+      <c r="F8" s="24"/>
+      <c r="G8" s="24"/>
+      <c r="H8" s="24"/>
+      <c r="I8" s="24"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="24"/>
+      <c r="M8" s="6"/>
+    </row>
+    <row r="9" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B9" s="25"/>
+      <c r="C9" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="M8" s="19"/>
-[...3 lines deleted...]
-      <c r="C9" s="24" t="s">
+      <c r="D9" s="24"/>
+      <c r="E9" s="24"/>
+      <c r="F9" s="24"/>
+      <c r="G9" s="24"/>
+      <c r="H9" s="24"/>
+      <c r="I9" s="24"/>
+      <c r="J9" s="24"/>
+      <c r="K9" s="24"/>
+      <c r="M9" s="6"/>
+    </row>
+    <row r="10" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B10" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="M9" s="19"/>
-[...2 lines deleted...]
-      <c r="B10" s="23" t="s">
+      <c r="C10" s="24"/>
+      <c r="D10" s="24"/>
+      <c r="E10" s="24"/>
+      <c r="F10" s="24"/>
+      <c r="G10" s="24"/>
+      <c r="H10" s="24"/>
+      <c r="I10" s="24"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="24"/>
+      <c r="M10" s="6"/>
+    </row>
+    <row r="11" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B11" s="25"/>
+      <c r="C11" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="M10" s="19"/>
-[...3 lines deleted...]
-      <c r="C11" s="24" t="s">
+      <c r="D11" s="24"/>
+      <c r="E11" s="24"/>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="24"/>
+      <c r="J11" s="24"/>
+      <c r="K11" s="24"/>
+      <c r="M11" s="6"/>
+    </row>
+    <row r="12" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B12" s="26" t="s">
         <v>5</v>
       </c>
-      <c r="M11" s="19"/>
-[...2 lines deleted...]
-      <c r="B12" s="23" t="s">
+      <c r="C12" s="24"/>
+      <c r="D12" s="24"/>
+      <c r="E12" s="24"/>
+      <c r="F12" s="24"/>
+      <c r="G12" s="24"/>
+      <c r="H12" s="24"/>
+      <c r="I12" s="24"/>
+      <c r="J12" s="24"/>
+      <c r="K12" s="24"/>
+      <c r="M12" s="6"/>
+    </row>
+    <row r="13" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B13" s="25"/>
+      <c r="C13" s="28" t="s">
         <v>6</v>
       </c>
-      <c r="M12" s="19"/>
-[...3 lines deleted...]
-      <c r="C13" s="107" t="s">
+      <c r="D13" s="24"/>
+      <c r="E13" s="24"/>
+      <c r="F13" s="24"/>
+      <c r="G13" s="24"/>
+      <c r="H13" s="24"/>
+      <c r="I13" s="24"/>
+      <c r="J13" s="24"/>
+      <c r="K13" s="24"/>
+      <c r="M13" s="6"/>
+    </row>
+    <row r="14" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B14" s="25"/>
+      <c r="C14" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="M13" s="19"/>
-[...3 lines deleted...]
-      <c r="C14" s="24" t="s">
+      <c r="D14" s="24"/>
+      <c r="E14" s="24"/>
+      <c r="F14" s="24"/>
+      <c r="G14" s="24"/>
+      <c r="H14" s="24"/>
+      <c r="I14" s="24"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="24"/>
+      <c r="M14" s="6"/>
+    </row>
+    <row r="15" spans="2:13" ht="9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="25"/>
+      <c r="C15" s="24"/>
+      <c r="D15" s="24"/>
+      <c r="E15" s="24"/>
+      <c r="F15" s="24"/>
+      <c r="G15" s="24"/>
+      <c r="H15" s="24"/>
+      <c r="I15" s="24"/>
+      <c r="J15" s="24"/>
+      <c r="K15" s="24"/>
+      <c r="M15" s="6"/>
+    </row>
+    <row r="16" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B16" s="23" t="s">
+        <v>2317</v>
+      </c>
+      <c r="C16" s="24"/>
+      <c r="D16" s="24"/>
+      <c r="E16" s="24"/>
+      <c r="F16" s="24"/>
+      <c r="G16" s="24"/>
+      <c r="H16" s="24"/>
+      <c r="I16" s="24"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="24"/>
+      <c r="M16" s="6"/>
+    </row>
+    <row r="17" spans="2:13" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="25"/>
+      <c r="C17" s="24"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="24"/>
+      <c r="F17" s="24"/>
+      <c r="G17" s="24"/>
+      <c r="H17" s="24"/>
+      <c r="I17" s="24"/>
+      <c r="J17" s="24"/>
+      <c r="K17" s="24"/>
+      <c r="M17" s="6"/>
+    </row>
+    <row r="18" spans="2:13" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="29" t="s">
+        <v>2319</v>
+      </c>
+      <c r="C18" s="30"/>
+      <c r="D18" s="30"/>
+      <c r="E18" s="30"/>
+      <c r="F18" s="30"/>
+      <c r="G18" s="30"/>
+      <c r="H18" s="30"/>
+      <c r="I18" s="30"/>
+      <c r="J18" s="30"/>
+      <c r="K18" s="30"/>
+      <c r="M18" s="6"/>
+    </row>
+    <row r="19" spans="2:13" ht="21.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B19" s="29" t="s">
+        <v>2320</v>
+      </c>
+      <c r="C19" s="30"/>
+      <c r="D19" s="30"/>
+      <c r="E19" s="30"/>
+      <c r="F19" s="30"/>
+      <c r="G19" s="30"/>
+      <c r="H19" s="30"/>
+      <c r="I19" s="30"/>
+      <c r="J19" s="30"/>
+      <c r="K19" s="30"/>
+      <c r="M19" s="6"/>
+    </row>
+    <row r="20" spans="2:13" ht="19" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="29" t="s">
         <v>8</v>
       </c>
-      <c r="M14" s="19"/>
-[...6 lines deleted...]
-      <c r="B16" s="22" t="s">
+      <c r="C20" s="31"/>
+      <c r="D20" s="31"/>
+      <c r="E20" s="31"/>
+      <c r="F20" s="31"/>
+      <c r="G20" s="31"/>
+      <c r="H20" s="31"/>
+      <c r="I20" s="31"/>
+      <c r="J20" s="31"/>
+      <c r="K20" s="31"/>
+      <c r="M20" s="6"/>
+    </row>
+    <row r="21" spans="2:13" ht="37" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="29" t="s">
+        <v>2321</v>
+      </c>
+      <c r="C21" s="30"/>
+      <c r="D21" s="30"/>
+      <c r="E21" s="30"/>
+      <c r="F21" s="30"/>
+      <c r="G21" s="30"/>
+      <c r="H21" s="30"/>
+      <c r="I21" s="30"/>
+      <c r="J21" s="30"/>
+      <c r="K21" s="30"/>
+      <c r="M21" s="6"/>
+    </row>
+    <row r="22" spans="2:13" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="25"/>
+      <c r="C22" s="24"/>
+      <c r="D22" s="24"/>
+      <c r="E22" s="24"/>
+      <c r="F22" s="24"/>
+      <c r="G22" s="24"/>
+      <c r="H22" s="24"/>
+      <c r="I22" s="24"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="24"/>
+      <c r="M22" s="6"/>
+    </row>
+    <row r="23" spans="2:13" ht="16" x14ac:dyDescent="0.4">
+      <c r="B23" s="23" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C23" s="24"/>
+      <c r="D23" s="24"/>
+      <c r="E23" s="24"/>
+      <c r="F23" s="24"/>
+      <c r="G23" s="24"/>
+      <c r="H23" s="24"/>
+      <c r="I23" s="24"/>
+      <c r="J23" s="24"/>
+      <c r="K23" s="24"/>
+      <c r="M23" s="6"/>
+    </row>
+    <row r="24" spans="2:13" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="32"/>
+      <c r="C24" s="24"/>
+      <c r="D24" s="24"/>
+      <c r="E24" s="24"/>
+      <c r="F24" s="24"/>
+      <c r="G24" s="24"/>
+      <c r="H24" s="24"/>
+      <c r="I24" s="24"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="24"/>
+      <c r="M24" s="6"/>
+    </row>
+    <row r="25" spans="2:13" ht="30.65" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="29" t="s">
+        <v>2322</v>
+      </c>
+      <c r="C25" s="31"/>
+      <c r="D25" s="31"/>
+      <c r="E25" s="31"/>
+      <c r="F25" s="31"/>
+      <c r="G25" s="31"/>
+      <c r="H25" s="31"/>
+      <c r="I25" s="31"/>
+      <c r="J25" s="31"/>
+      <c r="K25" s="31"/>
+      <c r="M25" s="6"/>
+    </row>
+    <row r="26" spans="2:13" ht="30" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="M16" s="19"/>
-[...6 lines deleted...]
-      <c r="B18" s="134" t="s">
+      <c r="C26" s="31"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="31"/>
+      <c r="F26" s="31"/>
+      <c r="G26" s="31"/>
+      <c r="H26" s="31"/>
+      <c r="I26" s="31"/>
+      <c r="J26" s="31"/>
+      <c r="K26" s="31"/>
+      <c r="M26" s="6"/>
+    </row>
+    <row r="27" spans="2:13" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="33" t="s">
         <v>10</v>
       </c>
-      <c r="C18" s="135"/>
-[...113 lines deleted...]
-      <c r="M27" s="21"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="34"/>
+      <c r="E27" s="34"/>
+      <c r="F27" s="34"/>
+      <c r="G27" s="34"/>
+      <c r="H27" s="34"/>
+      <c r="I27" s="34"/>
+      <c r="J27" s="34"/>
+      <c r="K27" s="34"/>
+      <c r="L27" s="7"/>
+      <c r="M27" s="8"/>
     </row>
     <row r="28" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B28" s="27"/>
-[...8 lines deleted...]
-      <c r="K28" s="27"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="9"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="9"/>
     </row>
     <row r="29" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B29" s="27"/>
-[...8 lines deleted...]
-      <c r="K29" s="27"/>
+      <c r="B29" s="9"/>
+      <c r="C29" s="9"/>
+      <c r="D29" s="9"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="9"/>
+      <c r="G29" s="9"/>
+      <c r="H29" s="9"/>
+      <c r="I29" s="9"/>
+      <c r="J29" s="9"/>
+      <c r="K29" s="9"/>
     </row>
     <row r="30" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B30" s="27"/>
-[...8 lines deleted...]
-      <c r="K30" s="27"/>
+      <c r="B30" s="9"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="9"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="9"/>
     </row>
     <row r="31" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B31" s="27"/>
-[...8 lines deleted...]
-      <c r="K31" s="27"/>
+      <c r="B31" s="9"/>
+      <c r="C31" s="9"/>
+      <c r="D31" s="9"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="9"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="9"/>
+      <c r="K31" s="9"/>
     </row>
     <row r="32" spans="2:13" x14ac:dyDescent="0.35">
-      <c r="B32" s="27"/>
-[...8 lines deleted...]
-      <c r="K32" s="27"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="9"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
     </row>
     <row r="33" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B33" s="27"/>
-[...8 lines deleted...]
-      <c r="K33" s="27"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="9"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="9"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="9"/>
     </row>
     <row r="34" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B34" s="27"/>
-[...8 lines deleted...]
-      <c r="K34" s="27"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="9"/>
+      <c r="D34" s="9"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="9"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="9"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="9"/>
+      <c r="K34" s="9"/>
     </row>
     <row r="35" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B35" s="27"/>
-[...8 lines deleted...]
-      <c r="K35" s="27"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="9"/>
+      <c r="D35" s="9"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="9"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="9"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="9"/>
+      <c r="K35" s="9"/>
     </row>
     <row r="36" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B36" s="27"/>
-[...8 lines deleted...]
-      <c r="K36" s="27"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="9"/>
+      <c r="D36" s="9"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="9"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="9"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="9"/>
+      <c r="K36" s="9"/>
     </row>
     <row r="37" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B37" s="27"/>
-[...8 lines deleted...]
-      <c r="K37" s="27"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="9"/>
+      <c r="D37" s="9"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="9"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="9"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="9"/>
     </row>
     <row r="38" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B38" s="27"/>
-[...8 lines deleted...]
-      <c r="K38" s="27"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="9"/>
+      <c r="D38" s="9"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="9"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="9"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="9"/>
     </row>
     <row r="39" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B39" s="27"/>
-[...8 lines deleted...]
-      <c r="K39" s="27"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="9"/>
     </row>
     <row r="40" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B40" s="27"/>
-[...8 lines deleted...]
-      <c r="K40" s="27"/>
+      <c r="B40" s="9"/>
+      <c r="C40" s="9"/>
+      <c r="D40" s="9"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="9"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="9"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="9"/>
+      <c r="K40" s="9"/>
     </row>
     <row r="41" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B41" s="27"/>
-[...8 lines deleted...]
-      <c r="K41" s="27"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="9"/>
+      <c r="D41" s="9"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="9"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="9"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="9"/>
+      <c r="K41" s="9"/>
     </row>
     <row r="42" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B42" s="27"/>
-[...8 lines deleted...]
-      <c r="K42" s="27"/>
+      <c r="B42" s="9"/>
+      <c r="C42" s="9"/>
+      <c r="D42" s="9"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="9"/>
+      <c r="G42" s="9"/>
+      <c r="H42" s="9"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="9"/>
+      <c r="K42" s="9"/>
     </row>
     <row r="43" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B43" s="27"/>
-[...8 lines deleted...]
-      <c r="K43" s="27"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="9"/>
+      <c r="D43" s="9"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="9"/>
+      <c r="G43" s="9"/>
+      <c r="H43" s="9"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="9"/>
+      <c r="K43" s="9"/>
     </row>
     <row r="44" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B44" s="27"/>
-[...8 lines deleted...]
-      <c r="K44" s="27"/>
+      <c r="B44" s="9"/>
+      <c r="C44" s="9"/>
+      <c r="D44" s="9"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="9"/>
+      <c r="G44" s="9"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="9"/>
+      <c r="K44" s="9"/>
     </row>
     <row r="45" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B45" s="27"/>
-[...8 lines deleted...]
-      <c r="K45" s="27"/>
+      <c r="B45" s="9"/>
+      <c r="C45" s="9"/>
+      <c r="D45" s="9"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="9"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="9"/>
     </row>
     <row r="46" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B46" s="27"/>
-[...8 lines deleted...]
-      <c r="K46" s="27"/>
+      <c r="B46" s="9"/>
+      <c r="C46" s="9"/>
+      <c r="D46" s="9"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="9"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="9"/>
     </row>
     <row r="47" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B47" s="27"/>
-[...8 lines deleted...]
-      <c r="K47" s="27"/>
+      <c r="B47" s="9"/>
+      <c r="C47" s="9"/>
+      <c r="D47" s="9"/>
+      <c r="E47" s="9"/>
+      <c r="F47" s="9"/>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="9"/>
+      <c r="J47" s="9"/>
+      <c r="K47" s="9"/>
     </row>
     <row r="48" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B48" s="27"/>
-[...8 lines deleted...]
-      <c r="K48" s="27"/>
+      <c r="B48" s="9"/>
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="9"/>
+      <c r="J48" s="9"/>
+      <c r="K48" s="9"/>
     </row>
     <row r="49" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B49" s="27"/>
-[...8 lines deleted...]
-      <c r="K49" s="27"/>
+      <c r="B49" s="9"/>
+      <c r="C49" s="9"/>
+      <c r="D49" s="9"/>
+      <c r="E49" s="9"/>
+      <c r="F49" s="9"/>
+      <c r="G49" s="9"/>
+      <c r="H49" s="9"/>
+      <c r="I49" s="9"/>
+      <c r="J49" s="9"/>
+      <c r="K49" s="9"/>
     </row>
     <row r="50" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B50" s="27"/>
-[...8 lines deleted...]
-      <c r="K50" s="27"/>
+      <c r="B50" s="9"/>
+      <c r="C50" s="9"/>
+      <c r="D50" s="9"/>
+      <c r="E50" s="9"/>
+      <c r="F50" s="9"/>
+      <c r="G50" s="9"/>
+      <c r="H50" s="9"/>
+      <c r="I50" s="9"/>
+      <c r="J50" s="9"/>
+      <c r="K50" s="9"/>
     </row>
     <row r="51" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B51" s="27"/>
-[...8 lines deleted...]
-      <c r="K51" s="27"/>
+      <c r="B51" s="9"/>
+      <c r="C51" s="9"/>
+      <c r="D51" s="9"/>
+      <c r="E51" s="9"/>
+      <c r="F51" s="9"/>
+      <c r="G51" s="9"/>
+      <c r="H51" s="9"/>
+      <c r="I51" s="9"/>
+      <c r="J51" s="9"/>
+      <c r="K51" s="9"/>
     </row>
     <row r="52" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B52" s="27"/>
-[...8 lines deleted...]
-      <c r="K52" s="27"/>
+      <c r="B52" s="9"/>
+      <c r="C52" s="9"/>
+      <c r="D52" s="9"/>
+      <c r="E52" s="9"/>
+      <c r="F52" s="9"/>
+      <c r="G52" s="9"/>
+      <c r="H52" s="9"/>
+      <c r="I52" s="9"/>
+      <c r="J52" s="9"/>
+      <c r="K52" s="9"/>
     </row>
     <row r="53" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B53" s="27"/>
-[...8 lines deleted...]
-      <c r="K53" s="27"/>
+      <c r="B53" s="9"/>
+      <c r="C53" s="9"/>
+      <c r="D53" s="9"/>
+      <c r="E53" s="9"/>
+      <c r="F53" s="9"/>
+      <c r="G53" s="9"/>
+      <c r="H53" s="9"/>
+      <c r="I53" s="9"/>
+      <c r="J53" s="9"/>
+      <c r="K53" s="9"/>
     </row>
     <row r="54" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B54" s="27"/>
-[...8 lines deleted...]
-      <c r="K54" s="27"/>
+      <c r="B54" s="9"/>
+      <c r="C54" s="9"/>
+      <c r="D54" s="9"/>
+      <c r="E54" s="9"/>
+      <c r="F54" s="9"/>
+      <c r="G54" s="9"/>
+      <c r="H54" s="9"/>
+      <c r="I54" s="9"/>
+      <c r="J54" s="9"/>
+      <c r="K54" s="9"/>
     </row>
     <row r="55" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B55" s="27"/>
-[...8 lines deleted...]
-      <c r="K55" s="27"/>
+      <c r="B55" s="9"/>
+      <c r="C55" s="9"/>
+      <c r="D55" s="9"/>
+      <c r="E55" s="9"/>
+      <c r="F55" s="9"/>
+      <c r="G55" s="9"/>
+      <c r="H55" s="9"/>
+      <c r="I55" s="9"/>
+      <c r="J55" s="9"/>
+      <c r="K55" s="9"/>
     </row>
     <row r="56" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B56" s="27"/>
-[...8 lines deleted...]
-      <c r="K56" s="27"/>
+      <c r="B56" s="9"/>
+      <c r="C56" s="9"/>
+      <c r="D56" s="9"/>
+      <c r="E56" s="9"/>
+      <c r="F56" s="9"/>
+      <c r="G56" s="9"/>
+      <c r="H56" s="9"/>
+      <c r="I56" s="9"/>
+      <c r="J56" s="9"/>
+      <c r="K56" s="9"/>
     </row>
     <row r="57" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B57" s="27"/>
-[...8 lines deleted...]
-      <c r="K57" s="27"/>
+      <c r="B57" s="9"/>
+      <c r="C57" s="9"/>
+      <c r="D57" s="9"/>
+      <c r="E57" s="9"/>
+      <c r="F57" s="9"/>
+      <c r="G57" s="9"/>
+      <c r="H57" s="9"/>
+      <c r="I57" s="9"/>
+      <c r="J57" s="9"/>
+      <c r="K57" s="9"/>
     </row>
     <row r="58" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B58" s="27"/>
-[...8 lines deleted...]
-      <c r="K58" s="27"/>
+      <c r="B58" s="9"/>
+      <c r="C58" s="9"/>
+      <c r="D58" s="9"/>
+      <c r="E58" s="9"/>
+      <c r="F58" s="9"/>
+      <c r="G58" s="9"/>
+      <c r="H58" s="9"/>
+      <c r="I58" s="9"/>
+      <c r="J58" s="9"/>
+      <c r="K58" s="9"/>
     </row>
     <row r="59" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B59" s="27"/>
-[...8 lines deleted...]
-      <c r="K59" s="27"/>
+      <c r="B59" s="9"/>
+      <c r="C59" s="9"/>
+      <c r="D59" s="9"/>
+      <c r="E59" s="9"/>
+      <c r="F59" s="9"/>
+      <c r="G59" s="9"/>
+      <c r="H59" s="9"/>
+      <c r="I59" s="9"/>
+      <c r="J59" s="9"/>
+      <c r="K59" s="9"/>
     </row>
     <row r="60" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B60" s="27"/>
-[...8 lines deleted...]
-      <c r="K60" s="27"/>
+      <c r="B60" s="9"/>
+      <c r="C60" s="9"/>
+      <c r="D60" s="9"/>
+      <c r="E60" s="9"/>
+      <c r="F60" s="9"/>
+      <c r="G60" s="9"/>
+      <c r="H60" s="9"/>
+      <c r="I60" s="9"/>
+      <c r="J60" s="9"/>
+      <c r="K60" s="9"/>
     </row>
     <row r="61" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B61" s="27"/>
-[...8 lines deleted...]
-      <c r="K61" s="27"/>
+      <c r="B61" s="9"/>
+      <c r="C61" s="9"/>
+      <c r="D61" s="9"/>
+      <c r="E61" s="9"/>
+      <c r="F61" s="9"/>
+      <c r="G61" s="9"/>
+      <c r="H61" s="9"/>
+      <c r="I61" s="9"/>
+      <c r="J61" s="9"/>
+      <c r="K61" s="9"/>
     </row>
     <row r="62" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B62" s="27"/>
-[...8 lines deleted...]
-      <c r="K62" s="27"/>
+      <c r="B62" s="9"/>
+      <c r="C62" s="9"/>
+      <c r="D62" s="9"/>
+      <c r="E62" s="9"/>
+      <c r="F62" s="9"/>
+      <c r="G62" s="9"/>
+      <c r="H62" s="9"/>
+      <c r="I62" s="9"/>
+      <c r="J62" s="9"/>
+      <c r="K62" s="9"/>
     </row>
     <row r="63" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B63" s="27"/>
-[...8 lines deleted...]
-      <c r="K63" s="27"/>
+      <c r="B63" s="9"/>
+      <c r="C63" s="9"/>
+      <c r="D63" s="9"/>
+      <c r="E63" s="9"/>
+      <c r="F63" s="9"/>
+      <c r="G63" s="9"/>
+      <c r="H63" s="9"/>
+      <c r="I63" s="9"/>
+      <c r="J63" s="9"/>
+      <c r="K63" s="9"/>
     </row>
     <row r="64" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B64" s="27"/>
-[...8 lines deleted...]
-      <c r="K64" s="27"/>
+      <c r="B64" s="9"/>
+      <c r="C64" s="9"/>
+      <c r="D64" s="9"/>
+      <c r="E64" s="9"/>
+      <c r="F64" s="9"/>
+      <c r="G64" s="9"/>
+      <c r="H64" s="9"/>
+      <c r="I64" s="9"/>
+      <c r="J64" s="9"/>
+      <c r="K64" s="9"/>
     </row>
     <row r="65" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B65" s="27"/>
-[...8 lines deleted...]
-      <c r="K65" s="27"/>
+      <c r="B65" s="9"/>
+      <c r="C65" s="9"/>
+      <c r="D65" s="9"/>
+      <c r="E65" s="9"/>
+      <c r="F65" s="9"/>
+      <c r="G65" s="9"/>
+      <c r="H65" s="9"/>
+      <c r="I65" s="9"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="9"/>
     </row>
     <row r="66" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B66" s="27"/>
-[...8 lines deleted...]
-      <c r="K66" s="27"/>
+      <c r="B66" s="9"/>
+      <c r="C66" s="9"/>
+      <c r="D66" s="9"/>
+      <c r="E66" s="9"/>
+      <c r="F66" s="9"/>
+      <c r="G66" s="9"/>
+      <c r="H66" s="9"/>
+      <c r="I66" s="9"/>
+      <c r="J66" s="9"/>
+      <c r="K66" s="9"/>
     </row>
     <row r="67" spans="2:11" x14ac:dyDescent="0.35">
-      <c r="B67" s="27"/>
-[...8 lines deleted...]
-      <c r="K67" s="27"/>
+      <c r="B67" s="9"/>
+      <c r="C67" s="9"/>
+      <c r="D67" s="9"/>
+      <c r="E67" s="9"/>
+      <c r="F67" s="9"/>
+      <c r="G67" s="9"/>
+      <c r="H67" s="9"/>
+      <c r="I67" s="9"/>
+      <c r="J67" s="9"/>
+      <c r="K67" s="9"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="B27:K27"/>
     <mergeCell ref="B18:K18"/>
     <mergeCell ref="B19:K19"/>
     <mergeCell ref="B20:K20"/>
     <mergeCell ref="B21:K21"/>
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="B26:K26"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C9" r:id="rId1" xr:uid="{9FB88CEF-3729-4C29-8B62-EA9756FA1423}"/>
     <hyperlink ref="C11" r:id="rId2" xr:uid="{DAF14023-1CC8-45B6-8E52-81BCAEFC3EB3}"/>
     <hyperlink ref="C14" r:id="rId3" xr:uid="{47673936-36D2-4D60-9D21-4B862C80076A}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="65" orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId4"/>
+  <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId4"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{27898422-A78B-4852-B231-E0067F45A4C2}">
-  <dimension ref="A1:Q285"/>
+  <dimension ref="A1:Q287"/>
   <sheetViews>
     <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A240" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="F7" sqref="F7"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2:Q2"/>
+      <selection pane="bottomLeft" activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="85" customHeight="1" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="12.81640625" style="13" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="18" max="16384" width="9.1796875" style="1"/>
+    <col min="1" max="1" width="12.81640625" style="146" customWidth="1"/>
+    <col min="2" max="2" width="60.81640625" style="147" customWidth="1"/>
+    <col min="3" max="3" width="55" style="147" customWidth="1"/>
+    <col min="4" max="4" width="3" style="38" customWidth="1"/>
+    <col min="5" max="5" width="20.81640625" style="38" customWidth="1"/>
+    <col min="6" max="6" width="17.54296875" style="38" customWidth="1"/>
+    <col min="7" max="7" width="15.54296875" style="38" customWidth="1"/>
+    <col min="8" max="8" width="13.81640625" style="38" customWidth="1"/>
+    <col min="9" max="9" width="16.453125" style="38" customWidth="1"/>
+    <col min="10" max="10" width="15.453125" style="38" customWidth="1"/>
+    <col min="11" max="11" width="15.1796875" style="38" customWidth="1"/>
+    <col min="12" max="12" width="13.81640625" style="38" customWidth="1"/>
+    <col min="13" max="13" width="12.81640625" style="38" customWidth="1"/>
+    <col min="14" max="14" width="14.1796875" style="38" customWidth="1"/>
+    <col min="15" max="16" width="15.1796875" style="38" customWidth="1"/>
+    <col min="17" max="17" width="3.1796875" style="38" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="38"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="38.15" customHeight="1" x14ac:dyDescent="0.4">
-      <c r="A1" s="142" t="s">
+    <row r="1" spans="1:17" ht="38" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="A1" s="35" t="s">
+        <v>2341</v>
+      </c>
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
+      <c r="E1" s="35"/>
+      <c r="F1" s="35"/>
+      <c r="G1" s="35"/>
+      <c r="H1" s="35"/>
+      <c r="I1" s="35"/>
+      <c r="J1" s="35"/>
+      <c r="K1" s="35"/>
+      <c r="L1" s="35"/>
+      <c r="M1" s="35"/>
+      <c r="N1" s="35"/>
+      <c r="O1" s="36"/>
+      <c r="P1" s="35"/>
+      <c r="Q1" s="37"/>
+    </row>
+    <row r="2" spans="1:17" ht="61.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="39" t="s">
+        <v>2323</v>
+      </c>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="40"/>
+      <c r="E2" s="40"/>
+      <c r="F2" s="40"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="40"/>
+      <c r="L2" s="40"/>
+      <c r="M2" s="40"/>
+      <c r="N2" s="40"/>
+      <c r="O2" s="40"/>
+      <c r="P2" s="40"/>
+      <c r="Q2" s="41"/>
+    </row>
+    <row r="3" spans="1:17" s="46" customFormat="1" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A3" s="42" t="s">
+        <v>11</v>
+      </c>
+      <c r="B3" s="42"/>
+      <c r="C3" s="42"/>
+      <c r="D3" s="42"/>
+      <c r="E3" s="43" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" s="44"/>
+      <c r="G3" s="44"/>
+      <c r="H3" s="44"/>
+      <c r="I3" s="44"/>
+      <c r="J3" s="44"/>
+      <c r="K3" s="44"/>
+      <c r="L3" s="44"/>
+      <c r="M3" s="44"/>
+      <c r="N3" s="44"/>
+      <c r="O3" s="45"/>
+      <c r="P3" s="43"/>
+      <c r="Q3" s="45"/>
+    </row>
+    <row r="4" spans="1:17" s="52" customFormat="1" ht="25" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A4" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="48"/>
+      <c r="C4" s="48"/>
+      <c r="D4" s="49"/>
+      <c r="E4" s="49"/>
+      <c r="F4" s="49"/>
+      <c r="G4" s="49"/>
+      <c r="H4" s="49"/>
+      <c r="I4" s="49"/>
+      <c r="J4" s="49"/>
+      <c r="K4" s="49"/>
+      <c r="L4" s="49"/>
+      <c r="M4" s="49"/>
+      <c r="N4" s="49"/>
+      <c r="O4" s="49"/>
+      <c r="P4" s="50"/>
+      <c r="Q4" s="51"/>
+    </row>
+    <row r="5" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="53" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="54" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D5" s="55"/>
+      <c r="E5" s="56" t="s">
+        <v>2324</v>
+      </c>
+      <c r="F5" s="56" t="s">
+        <v>2325</v>
+      </c>
+      <c r="G5" s="56" t="s">
+        <v>16</v>
+      </c>
+      <c r="H5" s="56" t="s">
+        <v>17</v>
+      </c>
+      <c r="I5" s="56" t="s">
+        <v>2326</v>
+      </c>
+      <c r="J5" s="56" t="s">
+        <v>2327</v>
+      </c>
+      <c r="K5" s="56" t="s">
+        <v>2328</v>
+      </c>
+      <c r="L5" s="56" t="s">
+        <v>18</v>
+      </c>
+      <c r="M5" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="N5" s="56" t="s">
+        <v>20</v>
+      </c>
+      <c r="O5" s="56" t="s">
+        <v>21</v>
+      </c>
+      <c r="P5" s="56" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q5" s="55"/>
+    </row>
+    <row r="6" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A6" s="57"/>
+      <c r="B6" s="58" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="59" t="s">
+        <v>306</v>
+      </c>
+      <c r="D6" s="60"/>
+      <c r="E6" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F6" s="62"/>
+      <c r="G6" s="62"/>
+      <c r="H6" s="62"/>
+      <c r="I6" s="62"/>
+      <c r="J6" s="62"/>
+      <c r="K6" s="62"/>
+      <c r="L6" s="62"/>
+      <c r="M6" s="62"/>
+      <c r="N6" s="62"/>
+      <c r="O6" s="62"/>
+      <c r="P6" s="62"/>
+      <c r="Q6" s="63"/>
+    </row>
+    <row r="7" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="64"/>
+      <c r="B7" s="58" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="59" t="s">
+        <v>307</v>
+      </c>
+      <c r="D7" s="60"/>
+      <c r="E7" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="62"/>
+      <c r="G7" s="62"/>
+      <c r="H7" s="62"/>
+      <c r="I7" s="62"/>
+      <c r="J7" s="62"/>
+      <c r="K7" s="62"/>
+      <c r="L7" s="62"/>
+      <c r="M7" s="62"/>
+      <c r="N7" s="62"/>
+      <c r="O7" s="62"/>
+      <c r="P7" s="62"/>
+      <c r="Q7" s="63"/>
+    </row>
+    <row r="8" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="64"/>
+      <c r="B8" s="65" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C8" s="66" t="s">
+        <v>308</v>
+      </c>
+      <c r="D8" s="60"/>
+      <c r="E8" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F8" s="67"/>
+      <c r="G8" s="68"/>
+      <c r="H8" s="69"/>
+      <c r="I8" s="69"/>
+      <c r="J8" s="69"/>
+      <c r="K8" s="69"/>
+      <c r="L8" s="69"/>
+      <c r="M8" s="69"/>
+      <c r="N8" s="69"/>
+      <c r="O8" s="69"/>
+      <c r="P8" s="69"/>
+      <c r="Q8" s="63"/>
+    </row>
+    <row r="9" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="64"/>
+      <c r="B9" s="65" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C9" s="66"/>
+      <c r="D9" s="60"/>
+      <c r="E9" s="68"/>
+      <c r="F9" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G9" s="68"/>
+      <c r="H9" s="69"/>
+      <c r="I9" s="69"/>
+      <c r="J9" s="69"/>
+      <c r="K9" s="69"/>
+      <c r="L9" s="69"/>
+      <c r="M9" s="69"/>
+      <c r="N9" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O9" s="69"/>
+      <c r="P9" s="69"/>
+      <c r="Q9" s="63"/>
+    </row>
+    <row r="10" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="64"/>
+      <c r="B10" s="71" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="72" t="s">
+        <v>309</v>
+      </c>
+      <c r="D10" s="60"/>
+      <c r="E10" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="G10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="I10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="K10" s="68" t="s">
+        <v>28</v>
+      </c>
+      <c r="L10" s="62"/>
+      <c r="M10" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N10" s="62"/>
+      <c r="O10" s="62"/>
+      <c r="P10" s="62"/>
+      <c r="Q10" s="63"/>
+    </row>
+    <row r="11" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="64"/>
+      <c r="B11" s="71" t="s">
+        <v>29</v>
+      </c>
+      <c r="C11" s="73" t="s">
+        <v>310</v>
+      </c>
+      <c r="D11" s="60"/>
+      <c r="E11" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="68"/>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68"/>
+      <c r="I11" s="68"/>
+      <c r="J11" s="68"/>
+      <c r="K11" s="68"/>
+      <c r="L11" s="62"/>
+      <c r="M11" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N11" s="62"/>
+      <c r="O11" s="62"/>
+      <c r="P11" s="62"/>
+      <c r="Q11" s="63"/>
+    </row>
+    <row r="12" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="64"/>
+      <c r="B12" s="71" t="s">
+        <v>30</v>
+      </c>
+      <c r="C12" s="59" t="s">
+        <v>311</v>
+      </c>
+      <c r="D12" s="60"/>
+      <c r="E12" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="62"/>
+      <c r="G12" s="62"/>
+      <c r="H12" s="62"/>
+      <c r="I12" s="62"/>
+      <c r="J12" s="62"/>
+      <c r="K12" s="62"/>
+      <c r="L12" s="62"/>
+      <c r="M12" s="62"/>
+      <c r="N12" s="62"/>
+      <c r="O12" s="74"/>
+      <c r="P12" s="62"/>
+      <c r="Q12" s="63"/>
+    </row>
+    <row r="13" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="64"/>
+      <c r="B13" s="71" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" s="73" t="s">
+        <v>312</v>
+      </c>
+      <c r="D13" s="60"/>
+      <c r="E13" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F13" s="62"/>
+      <c r="G13" s="62"/>
+      <c r="H13" s="62"/>
+      <c r="I13" s="62"/>
+      <c r="J13" s="62"/>
+      <c r="K13" s="62"/>
+      <c r="L13" s="62"/>
+      <c r="M13" s="62"/>
+      <c r="N13" s="62"/>
+      <c r="O13" s="74"/>
+      <c r="P13" s="62"/>
+      <c r="Q13" s="63"/>
+    </row>
+    <row r="14" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="64"/>
+      <c r="B14" s="71" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" s="73" t="s">
+        <v>313</v>
+      </c>
+      <c r="D14" s="60"/>
+      <c r="E14" s="68"/>
+      <c r="F14" s="62"/>
+      <c r="G14" s="62"/>
+      <c r="H14" s="62"/>
+      <c r="I14" s="62"/>
+      <c r="J14" s="62"/>
+      <c r="K14" s="62"/>
+      <c r="L14" s="62"/>
+      <c r="M14" s="62"/>
+      <c r="N14" s="62"/>
+      <c r="O14" s="74"/>
+      <c r="P14" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q14" s="63"/>
+    </row>
+    <row r="15" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="64"/>
+      <c r="B15" s="75" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="73" t="s">
+        <v>314</v>
+      </c>
+      <c r="D15" s="60"/>
+      <c r="E15" s="68"/>
+      <c r="F15" s="62"/>
+      <c r="G15" s="62"/>
+      <c r="H15" s="62"/>
+      <c r="I15" s="62"/>
+      <c r="J15" s="62"/>
+      <c r="K15" s="62"/>
+      <c r="L15" s="62"/>
+      <c r="M15" s="62"/>
+      <c r="N15" s="76"/>
+      <c r="P15" s="76"/>
+      <c r="Q15" s="63"/>
+    </row>
+    <row r="16" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="64"/>
+      <c r="B16" s="75" t="s">
+        <v>34</v>
+      </c>
+      <c r="C16" s="73" t="s">
+        <v>315</v>
+      </c>
+      <c r="D16" s="60"/>
+      <c r="E16" s="68"/>
+      <c r="F16" s="62"/>
+      <c r="G16" s="62"/>
+      <c r="H16" s="62"/>
+      <c r="I16" s="62"/>
+      <c r="J16" s="62"/>
+      <c r="K16" s="62"/>
+      <c r="L16" s="62"/>
+      <c r="M16" s="62"/>
+      <c r="N16" s="68"/>
+      <c r="O16" s="77"/>
+      <c r="P16" s="77"/>
+      <c r="Q16" s="63"/>
+    </row>
+    <row r="17" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="64"/>
+      <c r="B17" s="78" t="s">
+        <v>35</v>
+      </c>
+      <c r="C17" s="73" t="s">
+        <v>316</v>
+      </c>
+      <c r="D17" s="60"/>
+      <c r="E17" s="68"/>
+      <c r="F17" s="62"/>
+      <c r="G17" s="62"/>
+      <c r="H17" s="62"/>
+      <c r="I17" s="62"/>
+      <c r="J17" s="62"/>
+      <c r="K17" s="62"/>
+      <c r="L17" s="62"/>
+      <c r="M17" s="62"/>
+      <c r="N17" s="76"/>
+      <c r="P17" s="76"/>
+      <c r="Q17" s="63"/>
+    </row>
+    <row r="18" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="64"/>
+      <c r="B18" s="78" t="s">
+        <v>36</v>
+      </c>
+      <c r="C18" s="73" t="s">
+        <v>317</v>
+      </c>
+      <c r="D18" s="60"/>
+      <c r="E18" s="68"/>
+      <c r="F18" s="62"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="62"/>
+      <c r="I18" s="62"/>
+      <c r="J18" s="62"/>
+      <c r="K18" s="62"/>
+      <c r="L18" s="62"/>
+      <c r="M18" s="62"/>
+      <c r="N18" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O18" s="68"/>
+      <c r="P18" s="68"/>
+      <c r="Q18" s="63"/>
+    </row>
+    <row r="19" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="64"/>
+      <c r="B19" s="78" t="s">
+        <v>37</v>
+      </c>
+      <c r="C19" s="73" t="s">
+        <v>318</v>
+      </c>
+      <c r="D19" s="60"/>
+      <c r="E19" s="68"/>
+      <c r="F19" s="62"/>
+      <c r="G19" s="62"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="62"/>
+      <c r="J19" s="62"/>
+      <c r="K19" s="62"/>
+      <c r="L19" s="62"/>
+      <c r="M19" s="62"/>
+      <c r="N19" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O19" s="68"/>
+      <c r="P19" s="68"/>
+      <c r="Q19" s="63"/>
+    </row>
+    <row r="20" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="64"/>
+      <c r="B20" s="58" t="s">
+        <v>38</v>
+      </c>
+      <c r="C20" s="59" t="s">
+        <v>319</v>
+      </c>
+      <c r="D20" s="60"/>
+      <c r="E20" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F20" s="62"/>
+      <c r="G20" s="62"/>
+      <c r="H20" s="62"/>
+      <c r="I20" s="62"/>
+      <c r="J20" s="62"/>
+      <c r="K20" s="62"/>
+      <c r="L20" s="62"/>
+      <c r="M20" s="62"/>
+      <c r="N20" s="62"/>
+      <c r="O20" s="68"/>
+      <c r="P20" s="68"/>
+      <c r="Q20" s="63"/>
+    </row>
+    <row r="21" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="64"/>
+      <c r="B21" s="58" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21" s="59" t="s">
+        <v>321</v>
+      </c>
+      <c r="D21" s="60"/>
+      <c r="E21" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F21" s="62"/>
+      <c r="G21" s="62"/>
+      <c r="H21" s="62"/>
+      <c r="I21" s="62"/>
+      <c r="J21" s="62"/>
+      <c r="K21" s="62"/>
+      <c r="L21" s="62"/>
+      <c r="M21" s="62"/>
+      <c r="N21" s="62"/>
+      <c r="O21" s="68"/>
+      <c r="P21" s="68"/>
+      <c r="Q21" s="63"/>
+    </row>
+    <row r="22" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="64"/>
+      <c r="B22" s="58" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="59" t="s">
+        <v>322</v>
+      </c>
+      <c r="D22" s="60"/>
+      <c r="E22" s="68"/>
+      <c r="F22" s="62"/>
+      <c r="G22" s="62"/>
+      <c r="H22" s="62"/>
+      <c r="I22" s="62"/>
+      <c r="J22" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K22" s="62"/>
+      <c r="L22" s="62"/>
+      <c r="M22" s="62"/>
+      <c r="N22" s="62"/>
+      <c r="O22" s="68"/>
+      <c r="P22" s="68"/>
+      <c r="Q22" s="63"/>
+    </row>
+    <row r="23" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="64"/>
+      <c r="B23" s="58" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="59" t="s">
+        <v>323</v>
+      </c>
+      <c r="D23" s="60"/>
+      <c r="E23" s="68"/>
+      <c r="F23" s="62"/>
+      <c r="G23" s="62"/>
+      <c r="H23" s="62"/>
+      <c r="I23" s="62"/>
+      <c r="J23" s="62"/>
+      <c r="K23" s="62"/>
+      <c r="L23" s="62"/>
+      <c r="M23" s="62"/>
+      <c r="N23" s="62"/>
+      <c r="O23" s="68"/>
+      <c r="Q23" s="63"/>
+    </row>
+    <row r="24" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="64"/>
+      <c r="B24" s="58" t="s">
+        <v>42</v>
+      </c>
+      <c r="C24" s="59" t="s">
+        <v>324</v>
+      </c>
+      <c r="D24" s="60"/>
+      <c r="E24" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F24" s="68"/>
+      <c r="G24" s="68"/>
+      <c r="H24" s="69"/>
+      <c r="I24" s="68"/>
+      <c r="J24" s="69"/>
+      <c r="K24" s="69"/>
+      <c r="L24" s="69"/>
+      <c r="M24" s="69"/>
+      <c r="N24" s="68"/>
+      <c r="O24" s="68"/>
+      <c r="P24" s="68"/>
+      <c r="Q24" s="63"/>
+    </row>
+    <row r="25" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="64"/>
+      <c r="B25" s="58" t="s">
+        <v>43</v>
+      </c>
+      <c r="C25" s="59" t="s">
+        <v>325</v>
+      </c>
+      <c r="D25" s="60"/>
+      <c r="E25" s="68"/>
+      <c r="F25" s="68"/>
+      <c r="G25" s="68"/>
+      <c r="H25" s="69"/>
+      <c r="I25" s="69"/>
+      <c r="J25" s="69"/>
+      <c r="K25" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" s="69"/>
+      <c r="M25" s="69"/>
+      <c r="N25" s="68"/>
+      <c r="O25" s="68"/>
+      <c r="P25" s="68"/>
+      <c r="Q25" s="63"/>
+    </row>
+    <row r="26" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="64"/>
+      <c r="B26" s="58" t="s">
+        <v>44</v>
+      </c>
+      <c r="C26" s="59" t="s">
+        <v>326</v>
+      </c>
+      <c r="D26" s="60"/>
+      <c r="E26" s="68"/>
+      <c r="F26" s="68"/>
+      <c r="G26" s="68"/>
+      <c r="H26" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I26" s="68"/>
+      <c r="J26" s="69"/>
+      <c r="L26" s="69"/>
+      <c r="M26" s="69"/>
+      <c r="N26" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O26" s="68"/>
+      <c r="P26" s="68"/>
+      <c r="Q26" s="63"/>
+    </row>
+    <row r="27" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="64"/>
+      <c r="B27" s="58" t="s">
+        <v>45</v>
+      </c>
+      <c r="C27" s="59" t="s">
+        <v>327</v>
+      </c>
+      <c r="D27" s="60"/>
+      <c r="E27" s="68"/>
+      <c r="F27" s="68"/>
+      <c r="G27" s="68"/>
+      <c r="H27" s="69"/>
+      <c r="I27" s="68"/>
+      <c r="J27" s="69"/>
+      <c r="K27" s="69"/>
+      <c r="L27" s="69"/>
+      <c r="M27" s="69"/>
+      <c r="N27" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O27" s="68"/>
+      <c r="P27" s="68"/>
+      <c r="Q27" s="63"/>
+    </row>
+    <row r="28" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="64"/>
+      <c r="B28" s="75" t="s">
+        <v>46</v>
+      </c>
+      <c r="C28" s="59" t="s">
+        <v>328</v>
+      </c>
+      <c r="D28" s="60"/>
+      <c r="E28" s="68"/>
+      <c r="F28" s="69"/>
+      <c r="G28" s="69"/>
+      <c r="H28" s="69"/>
+      <c r="I28" s="68"/>
+      <c r="J28" s="68"/>
+      <c r="K28" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" s="69"/>
+      <c r="M28" s="69"/>
+      <c r="N28" s="69"/>
+      <c r="O28" s="69"/>
+      <c r="P28" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q28" s="63"/>
+    </row>
+    <row r="29" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="64"/>
+      <c r="B29" s="75" t="s">
+        <v>47</v>
+      </c>
+      <c r="C29" s="59" t="s">
+        <v>329</v>
+      </c>
+      <c r="D29" s="60"/>
+      <c r="E29" s="68"/>
+      <c r="F29" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G29" s="69"/>
+      <c r="H29" s="69"/>
+      <c r="I29" s="68"/>
+      <c r="J29" s="68"/>
+      <c r="K29" s="69"/>
+      <c r="L29" s="69"/>
+      <c r="M29" s="69"/>
+      <c r="N29" s="69"/>
+      <c r="O29" s="69"/>
+      <c r="P29" s="69"/>
+      <c r="Q29" s="63"/>
+    </row>
+    <row r="30" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="64"/>
+      <c r="B30" s="75" t="s">
+        <v>48</v>
+      </c>
+      <c r="C30" s="59" t="s">
+        <v>330</v>
+      </c>
+      <c r="D30" s="60"/>
+      <c r="E30" s="68"/>
+      <c r="F30" s="69"/>
+      <c r="G30" s="69"/>
+      <c r="H30" s="69"/>
+      <c r="I30" s="68"/>
+      <c r="J30" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K30" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L30" s="69"/>
+      <c r="M30" s="69"/>
+      <c r="N30" s="69"/>
+      <c r="O30" s="69"/>
+      <c r="P30" s="69"/>
+      <c r="Q30" s="63"/>
+    </row>
+    <row r="31" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="64"/>
+      <c r="B31" s="75" t="s">
+        <v>49</v>
+      </c>
+      <c r="C31" s="59" t="s">
+        <v>331</v>
+      </c>
+      <c r="D31" s="60"/>
+      <c r="E31" s="68"/>
+      <c r="F31" s="69"/>
+      <c r="G31" s="69"/>
+      <c r="H31" s="69"/>
+      <c r="I31" s="68"/>
+      <c r="J31" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K31" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L31" s="69"/>
+      <c r="M31" s="69"/>
+      <c r="N31" s="69"/>
+      <c r="O31" s="69"/>
+      <c r="P31" s="69"/>
+      <c r="Q31" s="63"/>
+    </row>
+    <row r="32" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="64"/>
+      <c r="B32" s="75" t="s">
+        <v>50</v>
+      </c>
+      <c r="C32" s="59" t="s">
+        <v>332</v>
+      </c>
+      <c r="D32" s="60"/>
+      <c r="E32" s="68"/>
+      <c r="F32" s="69"/>
+      <c r="G32" s="69"/>
+      <c r="H32" s="69"/>
+      <c r="I32" s="68"/>
+      <c r="J32" s="68"/>
+      <c r="K32" s="69"/>
+      <c r="L32" s="69"/>
+      <c r="M32" s="69"/>
+      <c r="N32" s="69"/>
+      <c r="O32" s="69"/>
+      <c r="P32" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q32" s="63"/>
+    </row>
+    <row r="33" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="64"/>
+      <c r="B33" s="75" t="s">
+        <v>51</v>
+      </c>
+      <c r="C33" s="59" t="s">
+        <v>333</v>
+      </c>
+      <c r="D33" s="60"/>
+      <c r="E33" s="68"/>
+      <c r="F33" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G33" s="69"/>
+      <c r="H33" s="69"/>
+      <c r="I33" s="68"/>
+      <c r="J33" s="68"/>
+      <c r="K33" s="69"/>
+      <c r="L33" s="69"/>
+      <c r="M33" s="69"/>
+      <c r="N33" s="69"/>
+      <c r="O33" s="69"/>
+      <c r="P33" s="69"/>
+      <c r="Q33" s="63"/>
+    </row>
+    <row r="34" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="64"/>
+      <c r="B34" s="75" t="s">
+        <v>52</v>
+      </c>
+      <c r="C34" s="59" t="s">
+        <v>334</v>
+      </c>
+      <c r="D34" s="60"/>
+      <c r="E34" s="68"/>
+      <c r="F34" s="69"/>
+      <c r="G34" s="69"/>
+      <c r="H34" s="69"/>
+      <c r="I34" s="68"/>
+      <c r="J34" s="68"/>
+      <c r="K34" s="69"/>
+      <c r="L34" s="69"/>
+      <c r="M34" s="69"/>
+      <c r="N34" s="69"/>
+      <c r="O34" s="69"/>
+      <c r="P34" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q34" s="63"/>
+    </row>
+    <row r="35" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="64"/>
+      <c r="B35" s="75" t="s">
+        <v>53</v>
+      </c>
+      <c r="C35" s="59" t="s">
+        <v>335</v>
+      </c>
+      <c r="D35" s="60"/>
+      <c r="E35" s="68"/>
+      <c r="F35" s="69"/>
+      <c r="G35" s="69"/>
+      <c r="H35" s="69"/>
+      <c r="I35" s="68"/>
+      <c r="J35" s="68"/>
+      <c r="K35" s="69"/>
+      <c r="L35" s="69"/>
+      <c r="M35" s="69"/>
+      <c r="N35" s="69"/>
+      <c r="O35" s="69"/>
+      <c r="P35" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q35" s="63"/>
+    </row>
+    <row r="36" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="64"/>
+      <c r="B36" s="75" t="s">
+        <v>54</v>
+      </c>
+      <c r="C36" s="59" t="s">
+        <v>336</v>
+      </c>
+      <c r="D36" s="60"/>
+      <c r="E36" s="68"/>
+      <c r="F36" s="69"/>
+      <c r="G36" s="69"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="68"/>
+      <c r="J36" s="68"/>
+      <c r="K36" s="69"/>
+      <c r="L36" s="69"/>
+      <c r="M36" s="69"/>
+      <c r="N36" s="69"/>
+      <c r="O36" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="P36" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q36" s="63"/>
+    </row>
+    <row r="37" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="64"/>
+      <c r="B37" s="75" t="s">
+        <v>55</v>
+      </c>
+      <c r="C37" s="59" t="s">
+        <v>337</v>
+      </c>
+      <c r="D37" s="60"/>
+      <c r="E37" s="68"/>
+      <c r="F37" s="69"/>
+      <c r="G37" s="69"/>
+      <c r="H37" s="69"/>
+      <c r="I37" s="68"/>
+      <c r="J37" s="68"/>
+      <c r="K37" s="69"/>
+      <c r="L37" s="69"/>
+      <c r="M37" s="69"/>
+      <c r="N37" s="69"/>
+      <c r="O37" s="69"/>
+      <c r="P37" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q37" s="63"/>
+    </row>
+    <row r="38" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="64"/>
+      <c r="B38" s="58" t="s">
+        <v>56</v>
+      </c>
+      <c r="C38" s="73" t="s">
+        <v>338</v>
+      </c>
+      <c r="D38" s="60"/>
+      <c r="E38" s="68"/>
+      <c r="F38" s="69"/>
+      <c r="G38" s="69"/>
+      <c r="H38" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I38" s="68"/>
+      <c r="J38" s="68"/>
+      <c r="K38" s="69"/>
+      <c r="L38" s="69"/>
+      <c r="M38" s="69"/>
+      <c r="N38" s="69"/>
+      <c r="O38" s="68"/>
+      <c r="P38" s="68"/>
+      <c r="Q38" s="63"/>
+    </row>
+    <row r="39" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="64"/>
+      <c r="B39" s="58" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="73" t="s">
+        <v>339</v>
+      </c>
+      <c r="D39" s="60"/>
+      <c r="E39" s="68"/>
+      <c r="F39" s="69"/>
+      <c r="G39" s="69"/>
+      <c r="H39" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I39" s="68"/>
+      <c r="J39" s="68"/>
+      <c r="K39" s="69"/>
+      <c r="L39" s="69"/>
+      <c r="M39" s="69"/>
+      <c r="N39" s="69"/>
+      <c r="O39" s="68"/>
+      <c r="P39" s="68"/>
+      <c r="Q39" s="63"/>
+    </row>
+    <row r="40" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="64"/>
+      <c r="B40" s="58" t="s">
+        <v>58</v>
+      </c>
+      <c r="C40" s="73" t="s">
+        <v>340</v>
+      </c>
+      <c r="D40" s="60"/>
+      <c r="E40" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F40" s="69"/>
+      <c r="G40" s="69"/>
+      <c r="H40" s="69"/>
+      <c r="I40" s="68"/>
+      <c r="J40" s="68"/>
+      <c r="K40" s="69"/>
+      <c r="L40" s="69"/>
+      <c r="M40" s="69"/>
+      <c r="N40" s="69"/>
+      <c r="O40" s="69"/>
+      <c r="P40" s="69"/>
+      <c r="Q40" s="63"/>
+    </row>
+    <row r="41" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="64"/>
+      <c r="B41" s="58" t="s">
+        <v>59</v>
+      </c>
+      <c r="C41" s="73" t="s">
+        <v>341</v>
+      </c>
+      <c r="D41" s="60"/>
+      <c r="E41" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F41" s="69"/>
+      <c r="G41" s="69"/>
+      <c r="H41" s="69"/>
+      <c r="I41" s="68"/>
+      <c r="J41" s="68"/>
+      <c r="K41" s="69"/>
+      <c r="L41" s="69"/>
+      <c r="M41" s="69"/>
+      <c r="N41" s="69"/>
+      <c r="O41" s="69"/>
+      <c r="P41" s="69"/>
+      <c r="Q41" s="63"/>
+    </row>
+    <row r="42" spans="1:17" ht="112" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="64"/>
+      <c r="B42" s="58" t="s">
+        <v>60</v>
+      </c>
+      <c r="C42" s="73" t="s">
+        <v>342</v>
+      </c>
+      <c r="D42" s="60"/>
+      <c r="E42" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F42" s="69"/>
+      <c r="G42" s="69"/>
+      <c r="H42" s="69"/>
+      <c r="I42" s="68"/>
+      <c r="J42" s="68"/>
+      <c r="K42" s="69"/>
+      <c r="L42" s="69"/>
+      <c r="M42" s="69"/>
+      <c r="N42" s="69"/>
+      <c r="O42" s="69"/>
+      <c r="P42" s="69"/>
+      <c r="Q42" s="63"/>
+    </row>
+    <row r="43" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="64"/>
+      <c r="B43" s="58" t="s">
+        <v>61</v>
+      </c>
+      <c r="C43" s="73" t="s">
+        <v>343</v>
+      </c>
+      <c r="D43" s="60"/>
+      <c r="E43" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F43" s="69"/>
+      <c r="G43" s="69"/>
+      <c r="H43" s="69"/>
+      <c r="I43" s="68"/>
+      <c r="J43" s="68"/>
+      <c r="K43" s="69"/>
+      <c r="L43" s="69"/>
+      <c r="M43" s="69"/>
+      <c r="N43" s="69"/>
+      <c r="O43" s="69"/>
+      <c r="P43" s="69"/>
+      <c r="Q43" s="63"/>
+    </row>
+    <row r="44" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="64"/>
+      <c r="B44" s="58" t="s">
+        <v>62</v>
+      </c>
+      <c r="C44" s="73" t="s">
+        <v>344</v>
+      </c>
+      <c r="D44" s="60"/>
+      <c r="E44" s="68"/>
+      <c r="F44" s="69"/>
+      <c r="G44" s="69"/>
+      <c r="H44" s="69"/>
+      <c r="I44" s="68"/>
+      <c r="J44" s="68"/>
+      <c r="K44" s="69"/>
+      <c r="L44" s="69"/>
+      <c r="M44" s="69"/>
+      <c r="N44" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O44" s="69"/>
+      <c r="P44" s="69"/>
+      <c r="Q44" s="63"/>
+    </row>
+    <row r="45" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="64"/>
+      <c r="B45" s="58" t="s">
+        <v>63</v>
+      </c>
+      <c r="C45" s="73" t="s">
+        <v>345</v>
+      </c>
+      <c r="D45" s="60"/>
+      <c r="E45" s="68"/>
+      <c r="F45" s="69"/>
+      <c r="G45" s="69"/>
+      <c r="H45" s="69"/>
+      <c r="I45" s="68"/>
+      <c r="J45" s="68"/>
+      <c r="K45" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L45" s="69"/>
+      <c r="M45" s="69"/>
+      <c r="N45" s="68"/>
+      <c r="O45" s="69"/>
+      <c r="P45" s="69"/>
+      <c r="Q45" s="63"/>
+    </row>
+    <row r="46" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="64"/>
+      <c r="B46" s="58" t="s">
+        <v>64</v>
+      </c>
+      <c r="C46" s="59" t="s">
+        <v>346</v>
+      </c>
+      <c r="D46" s="60"/>
+      <c r="E46" s="68"/>
+      <c r="F46" s="69"/>
+      <c r="G46" s="68"/>
+      <c r="H46" s="69"/>
+      <c r="I46" s="69"/>
+      <c r="J46" s="69"/>
+      <c r="K46" s="69"/>
+      <c r="L46" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M46" s="69"/>
+      <c r="N46" s="68"/>
+      <c r="O46" s="68"/>
+      <c r="P46" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q46" s="63"/>
+    </row>
+    <row r="47" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="64"/>
+      <c r="B47" s="58" t="s">
+        <v>65</v>
+      </c>
+      <c r="C47" s="59" t="s">
+        <v>347</v>
+      </c>
+      <c r="D47" s="60"/>
+      <c r="E47" s="68"/>
+      <c r="F47" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G47" s="68"/>
+      <c r="H47" s="69"/>
+      <c r="I47" s="69"/>
+      <c r="J47" s="69"/>
+      <c r="K47" s="69"/>
+      <c r="L47" s="69"/>
+      <c r="M47" s="69"/>
+      <c r="N47" s="68"/>
+      <c r="O47" s="68"/>
+      <c r="P47" s="68"/>
+      <c r="Q47" s="63"/>
+    </row>
+    <row r="48" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="64"/>
+      <c r="B48" s="58" t="s">
+        <v>66</v>
+      </c>
+      <c r="C48" s="59" t="s">
+        <v>348</v>
+      </c>
+      <c r="D48" s="60"/>
+      <c r="E48" s="68"/>
+      <c r="F48" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G48" s="68"/>
+      <c r="H48" s="69"/>
+      <c r="I48" s="69"/>
+      <c r="J48" s="69"/>
+      <c r="K48" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L48" s="69"/>
+      <c r="M48" s="69"/>
+      <c r="N48" s="68"/>
+      <c r="O48" s="68"/>
+      <c r="P48" s="68"/>
+      <c r="Q48" s="63"/>
+    </row>
+    <row r="49" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="64"/>
+      <c r="B49" s="58" t="s">
+        <v>67</v>
+      </c>
+      <c r="C49" s="59" t="s">
+        <v>349</v>
+      </c>
+      <c r="D49" s="60"/>
+      <c r="E49" s="68"/>
+      <c r="F49" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G49" s="68"/>
+      <c r="H49" s="69"/>
+      <c r="I49" s="69"/>
+      <c r="J49" s="69"/>
+      <c r="K49" s="69"/>
+      <c r="L49" s="69"/>
+      <c r="M49" s="69"/>
+      <c r="N49" s="68"/>
+      <c r="O49" s="68"/>
+      <c r="P49" s="68"/>
+      <c r="Q49" s="63"/>
+    </row>
+    <row r="50" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="64"/>
+      <c r="B50" s="79" t="s">
+        <v>68</v>
+      </c>
+      <c r="C50" s="73" t="s">
+        <v>350</v>
+      </c>
+      <c r="D50" s="60"/>
+      <c r="E50" s="68"/>
+      <c r="F50" s="68"/>
+      <c r="G50" s="68"/>
+      <c r="H50" s="69"/>
+      <c r="I50" s="69"/>
+      <c r="J50" s="69"/>
+      <c r="K50" s="69"/>
+      <c r="L50" s="69"/>
+      <c r="M50" s="69"/>
+      <c r="N50" s="68"/>
+      <c r="Q50" s="63"/>
+    </row>
+    <row r="51" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="64"/>
+      <c r="B51" s="65" t="s">
+        <v>2331</v>
+      </c>
+      <c r="C51" s="66" t="s">
+        <v>351</v>
+      </c>
+      <c r="D51" s="60"/>
+      <c r="E51" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F51" s="68"/>
+      <c r="G51" s="68"/>
+      <c r="H51" s="69"/>
+      <c r="I51" s="69"/>
+      <c r="J51" s="69"/>
+      <c r="K51" s="69"/>
+      <c r="L51" s="69"/>
+      <c r="M51" s="69"/>
+      <c r="N51" s="69"/>
+      <c r="O51" s="69"/>
+      <c r="P51" s="69"/>
+      <c r="Q51" s="63"/>
+    </row>
+    <row r="52" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="64"/>
+      <c r="B52" s="65" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C52" s="66"/>
+      <c r="D52" s="60"/>
+      <c r="E52" s="68"/>
+      <c r="F52" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G52" s="68"/>
+      <c r="H52" s="69"/>
+      <c r="I52" s="69"/>
+      <c r="J52" s="69"/>
+      <c r="K52" s="69"/>
+      <c r="L52" s="69"/>
+      <c r="M52" s="69"/>
+      <c r="N52" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O52" s="69"/>
+      <c r="P52" s="69"/>
+      <c r="Q52" s="63"/>
+    </row>
+    <row r="53" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="64"/>
+      <c r="B53" s="65" t="s">
+        <v>2333</v>
+      </c>
+      <c r="C53" s="66"/>
+      <c r="D53" s="60"/>
+      <c r="E53" s="80" t="s">
+        <v>2334</v>
+      </c>
+      <c r="F53" s="68"/>
+      <c r="G53" s="62"/>
+      <c r="H53" s="68"/>
+      <c r="I53" s="68"/>
+      <c r="J53" s="68"/>
+      <c r="K53" s="68"/>
+      <c r="L53" s="68"/>
+      <c r="M53" s="81"/>
+      <c r="N53" s="68"/>
+      <c r="O53" s="69"/>
+      <c r="P53" s="69"/>
+      <c r="Q53" s="63"/>
+    </row>
+    <row r="54" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="64"/>
+      <c r="B54" s="65" t="s">
+        <v>2335</v>
+      </c>
+      <c r="C54" s="66"/>
+      <c r="D54" s="60"/>
+      <c r="E54" s="68"/>
+      <c r="F54" s="68"/>
+      <c r="G54" s="62"/>
+      <c r="H54" s="68"/>
+      <c r="I54" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="J54" s="68"/>
+      <c r="K54" s="68"/>
+      <c r="L54" s="68"/>
+      <c r="M54" s="81"/>
+      <c r="N54" s="68"/>
+      <c r="O54" s="69"/>
+      <c r="P54" s="69"/>
+      <c r="Q54" s="63"/>
+    </row>
+    <row r="55" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="64"/>
+      <c r="B55" s="58" t="s">
+        <v>69</v>
+      </c>
+      <c r="C55" s="82" t="s">
+        <v>352</v>
+      </c>
+      <c r="D55" s="60"/>
+      <c r="E55" s="68"/>
+      <c r="F55" s="68"/>
+      <c r="G55" s="68"/>
+      <c r="H55" s="68"/>
+      <c r="I55" s="68"/>
+      <c r="J55" s="68"/>
+      <c r="K55" s="68"/>
+      <c r="L55" s="68"/>
+      <c r="M55" s="68"/>
+      <c r="N55" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O55" s="68"/>
+      <c r="P55" s="68"/>
+      <c r="Q55" s="63"/>
+    </row>
+    <row r="56" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A56" s="64"/>
+      <c r="B56" s="58" t="s">
+        <v>70</v>
+      </c>
+      <c r="C56" s="82" t="s">
+        <v>353</v>
+      </c>
+      <c r="D56" s="60"/>
+      <c r="E56" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F56" s="68"/>
+      <c r="G56" s="68"/>
+      <c r="H56" s="68"/>
+      <c r="I56" s="68"/>
+      <c r="J56" s="68"/>
+      <c r="K56" s="68"/>
+      <c r="L56" s="68"/>
+      <c r="M56" s="68"/>
+      <c r="N56" s="69"/>
+      <c r="O56" s="68"/>
+      <c r="P56" s="68"/>
+      <c r="Q56" s="63"/>
+    </row>
+    <row r="57" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A57" s="64"/>
+      <c r="B57" s="58" t="s">
+        <v>71</v>
+      </c>
+      <c r="C57" s="82" t="s">
+        <v>354</v>
+      </c>
+      <c r="D57" s="60"/>
+      <c r="E57" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F57" s="68"/>
+      <c r="G57" s="68"/>
+      <c r="H57" s="68"/>
+      <c r="I57" s="68"/>
+      <c r="J57" s="68"/>
+      <c r="K57" s="68"/>
+      <c r="L57" s="68"/>
+      <c r="M57" s="68"/>
+      <c r="N57" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O57" s="68"/>
+      <c r="P57" s="68"/>
+      <c r="Q57" s="63"/>
+    </row>
+    <row r="58" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A58" s="64"/>
+      <c r="B58" s="58" t="s">
+        <v>72</v>
+      </c>
+      <c r="C58" s="82" t="s">
+        <v>355</v>
+      </c>
+      <c r="D58" s="60"/>
+      <c r="E58" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F58" s="68"/>
+      <c r="G58" s="68"/>
+      <c r="H58" s="68"/>
+      <c r="I58" s="68"/>
+      <c r="J58" s="68"/>
+      <c r="K58" s="68"/>
+      <c r="L58" s="68"/>
+      <c r="M58" s="68"/>
+      <c r="N58" s="69"/>
+      <c r="O58" s="68"/>
+      <c r="P58" s="68"/>
+      <c r="Q58" s="63"/>
+    </row>
+    <row r="59" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A59" s="64"/>
+      <c r="B59" s="58" t="s">
+        <v>73</v>
+      </c>
+      <c r="C59" s="82" t="s">
+        <v>356</v>
+      </c>
+      <c r="D59" s="60"/>
+      <c r="E59" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F59" s="68"/>
+      <c r="G59" s="68"/>
+      <c r="H59" s="68"/>
+      <c r="I59" s="68"/>
+      <c r="J59" s="68"/>
+      <c r="K59" s="68"/>
+      <c r="L59" s="68"/>
+      <c r="M59" s="68"/>
+      <c r="N59" s="69"/>
+      <c r="O59" s="68"/>
+      <c r="P59" s="68"/>
+      <c r="Q59" s="63"/>
+    </row>
+    <row r="60" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A60" s="64"/>
+      <c r="B60" s="58" t="s">
+        <v>74</v>
+      </c>
+      <c r="C60" s="82" t="s">
+        <v>357</v>
+      </c>
+      <c r="D60" s="60"/>
+      <c r="E60" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F60" s="68"/>
+      <c r="G60" s="68"/>
+      <c r="H60" s="68"/>
+      <c r="I60" s="68"/>
+      <c r="J60" s="68"/>
+      <c r="K60" s="68"/>
+      <c r="L60" s="68"/>
+      <c r="M60" s="68"/>
+      <c r="N60" s="69"/>
+      <c r="O60" s="68"/>
+      <c r="P60" s="68"/>
+      <c r="Q60" s="63"/>
+    </row>
+    <row r="61" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="64"/>
+      <c r="B61" s="58" t="s">
+        <v>75</v>
+      </c>
+      <c r="C61" s="59" t="s">
+        <v>358</v>
+      </c>
+      <c r="D61" s="60"/>
+      <c r="E61" s="68"/>
+      <c r="F61" s="68"/>
+      <c r="G61" s="68"/>
+      <c r="H61" s="69"/>
+      <c r="I61" s="69"/>
+      <c r="J61" s="69"/>
+      <c r="K61" s="69"/>
+      <c r="L61" s="69"/>
+      <c r="M61" s="69"/>
+      <c r="N61" s="83"/>
+      <c r="O61" s="76"/>
+      <c r="Q61" s="63"/>
+    </row>
+    <row r="62" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A62" s="64"/>
+      <c r="B62" s="58" t="s">
+        <v>76</v>
+      </c>
+      <c r="C62" s="59" t="s">
+        <v>359</v>
+      </c>
+      <c r="D62" s="60"/>
+      <c r="E62" s="68"/>
+      <c r="F62" s="68"/>
+      <c r="G62" s="68"/>
+      <c r="H62" s="69"/>
+      <c r="I62" s="69"/>
+      <c r="J62" s="69"/>
+      <c r="K62" s="69"/>
+      <c r="L62" s="69"/>
+      <c r="M62" s="69"/>
+      <c r="N62" s="83"/>
+      <c r="O62" s="76"/>
+      <c r="Q62" s="63"/>
+    </row>
+    <row r="63" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A63" s="64"/>
+      <c r="B63" s="58" t="s">
+        <v>77</v>
+      </c>
+      <c r="C63" s="59" t="s">
+        <v>360</v>
+      </c>
+      <c r="D63" s="60"/>
+      <c r="E63" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F63" s="68"/>
+      <c r="G63" s="68"/>
+      <c r="H63" s="69"/>
+      <c r="I63" s="69"/>
+      <c r="J63" s="69"/>
+      <c r="K63" s="69"/>
+      <c r="L63" s="69"/>
+      <c r="M63" s="69"/>
+      <c r="N63" s="69"/>
+      <c r="O63" s="84"/>
+      <c r="P63" s="84"/>
+      <c r="Q63" s="63"/>
+    </row>
+    <row r="64" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A64" s="64"/>
+      <c r="B64" s="58" t="s">
+        <v>78</v>
+      </c>
+      <c r="C64" s="59" t="s">
+        <v>361</v>
+      </c>
+      <c r="D64" s="60"/>
+      <c r="E64" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F64" s="68"/>
+      <c r="G64" s="68"/>
+      <c r="H64" s="69"/>
+      <c r="I64" s="69"/>
+      <c r="J64" s="69"/>
+      <c r="K64" s="69"/>
+      <c r="L64" s="69"/>
+      <c r="M64" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N64" s="69"/>
+      <c r="O64" s="68"/>
+      <c r="P64" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q64" s="63"/>
+    </row>
+    <row r="65" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="64"/>
+      <c r="B65" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="C65" s="59" t="s">
+        <v>362</v>
+      </c>
+      <c r="D65" s="60"/>
+      <c r="E65" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F65" s="68"/>
+      <c r="G65" s="68"/>
+      <c r="H65" s="69"/>
+      <c r="I65" s="69"/>
+      <c r="J65" s="69"/>
+      <c r="K65" s="69"/>
+      <c r="L65" s="69"/>
+      <c r="M65" s="69"/>
+      <c r="O65" s="68"/>
+      <c r="P65" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q65" s="63"/>
+    </row>
+    <row r="66" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A66" s="64"/>
+      <c r="B66" s="58" t="s">
+        <v>80</v>
+      </c>
+      <c r="C66" s="59" t="s">
+        <v>363</v>
+      </c>
+      <c r="D66" s="60"/>
+      <c r="E66" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F66" s="68"/>
+      <c r="G66" s="68"/>
+      <c r="H66" s="69"/>
+      <c r="I66" s="69"/>
+      <c r="J66" s="69"/>
+      <c r="K66" s="69"/>
+      <c r="L66" s="69"/>
+      <c r="M66" s="69"/>
+      <c r="N66" s="69"/>
+      <c r="O66" s="68"/>
+      <c r="P66" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q66" s="63"/>
+    </row>
+    <row r="67" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A67" s="64"/>
+      <c r="B67" s="58" t="s">
+        <v>81</v>
+      </c>
+      <c r="C67" s="59" t="s">
+        <v>364</v>
+      </c>
+      <c r="D67" s="60"/>
+      <c r="E67" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F67" s="68"/>
+      <c r="G67" s="68"/>
+      <c r="H67" s="69"/>
+      <c r="I67" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="J67" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="K67" s="69"/>
+      <c r="L67" s="69"/>
+      <c r="M67" s="69"/>
+      <c r="N67" s="69"/>
+      <c r="O67" s="84"/>
+      <c r="P67" s="84"/>
+      <c r="Q67" s="63"/>
+    </row>
+    <row r="68" spans="1:17" ht="122.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A68" s="64"/>
+      <c r="B68" s="58" t="s">
+        <v>83</v>
+      </c>
+      <c r="C68" s="59" t="s">
+        <v>365</v>
+      </c>
+      <c r="D68" s="60"/>
+      <c r="E68" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F68" s="68"/>
+      <c r="G68" s="68"/>
+      <c r="H68" s="69"/>
+      <c r="I68" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="J68" s="69"/>
+      <c r="K68" s="69"/>
+      <c r="L68" s="69"/>
+      <c r="M68" s="69"/>
+      <c r="N68" s="69"/>
+      <c r="O68" s="84"/>
+      <c r="P68" s="84"/>
+      <c r="Q68" s="63"/>
+    </row>
+    <row r="69" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="64"/>
+      <c r="B69" s="58" t="s">
+        <v>86</v>
+      </c>
+      <c r="C69" s="59" t="s">
         <v>2336</v>
       </c>
-      <c r="B1" s="142"/>
-[...38 lines deleted...]
-      <c r="A3" s="147" t="s">
+      <c r="D69" s="60"/>
+      <c r="E69" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F69" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="G69" s="68"/>
+      <c r="H69" s="69"/>
+      <c r="I69" s="69"/>
+      <c r="J69" s="69"/>
+      <c r="K69" s="69"/>
+      <c r="L69" s="69"/>
+      <c r="M69" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N69" s="69"/>
+      <c r="O69" s="68"/>
+      <c r="P69" s="84"/>
+      <c r="Q69" s="63"/>
+    </row>
+    <row r="70" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="64"/>
+      <c r="B70" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="C70" s="59" t="s">
+        <v>367</v>
+      </c>
+      <c r="D70" s="60"/>
+      <c r="E70" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F70" s="83"/>
+      <c r="G70" s="83"/>
+      <c r="H70" s="68"/>
+      <c r="I70" s="68"/>
+      <c r="J70" s="68"/>
+      <c r="K70" s="68"/>
+      <c r="L70" s="68"/>
+      <c r="M70" s="68"/>
+      <c r="N70" s="68"/>
+      <c r="O70" s="86"/>
+      <c r="P70" s="86"/>
+      <c r="Q70" s="63"/>
+    </row>
+    <row r="71" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="64"/>
+      <c r="B71" s="58" t="s">
+        <v>88</v>
+      </c>
+      <c r="C71" s="59" t="s">
+        <v>368</v>
+      </c>
+      <c r="D71" s="60"/>
+      <c r="E71" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F71" s="69"/>
+      <c r="G71" s="69"/>
+      <c r="H71" s="68"/>
+      <c r="I71" s="68"/>
+      <c r="J71" s="68"/>
+      <c r="K71" s="68"/>
+      <c r="L71" s="68"/>
+      <c r="M71" s="68"/>
+      <c r="N71" s="68"/>
+      <c r="O71" s="87"/>
+      <c r="P71" s="87"/>
+      <c r="Q71" s="63"/>
+    </row>
+    <row r="72" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A72" s="64"/>
+      <c r="B72" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="C72" s="59" t="s">
+        <v>369</v>
+      </c>
+      <c r="D72" s="60"/>
+      <c r="E72" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F72" s="69"/>
+      <c r="G72" s="69"/>
+      <c r="H72" s="68"/>
+      <c r="I72" s="68"/>
+      <c r="J72" s="68"/>
+      <c r="K72" s="68"/>
+      <c r="L72" s="68"/>
+      <c r="M72" s="68"/>
+      <c r="N72" s="68"/>
+      <c r="O72" s="87"/>
+      <c r="P72" s="87"/>
+      <c r="Q72" s="63"/>
+    </row>
+    <row r="73" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A73" s="64"/>
+      <c r="B73" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="C73" s="59" t="s">
+        <v>370</v>
+      </c>
+      <c r="D73" s="60"/>
+      <c r="E73" s="68"/>
+      <c r="F73" s="69"/>
+      <c r="G73" s="69"/>
+      <c r="H73" s="68"/>
+      <c r="I73" s="68"/>
+      <c r="J73" s="68"/>
+      <c r="K73" s="68"/>
+      <c r="L73" s="68"/>
+      <c r="M73" s="68"/>
+      <c r="N73" s="68"/>
+      <c r="Q73" s="63"/>
+    </row>
+    <row r="74" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="64"/>
+      <c r="B74" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="C74" s="59" t="s">
+        <v>371</v>
+      </c>
+      <c r="D74" s="60"/>
+      <c r="E74" s="68"/>
+      <c r="F74" s="69"/>
+      <c r="G74" s="69"/>
+      <c r="H74" s="68"/>
+      <c r="I74" s="68"/>
+      <c r="J74" s="68"/>
+      <c r="K74" s="68"/>
+      <c r="L74" s="68"/>
+      <c r="M74" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N74" s="68"/>
+      <c r="O74" s="84"/>
+      <c r="P74" s="84"/>
+      <c r="Q74" s="63"/>
+    </row>
+    <row r="75" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="64"/>
+      <c r="B75" s="58" t="s">
+        <v>95</v>
+      </c>
+      <c r="C75" s="59" t="s">
+        <v>372</v>
+      </c>
+      <c r="D75" s="60"/>
+      <c r="E75" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F75" s="69"/>
+      <c r="G75" s="69"/>
+      <c r="H75" s="68"/>
+      <c r="I75" s="68"/>
+      <c r="J75" s="68"/>
+      <c r="K75" s="68"/>
+      <c r="L75" s="68"/>
+      <c r="M75" s="68"/>
+      <c r="N75" s="68"/>
+      <c r="O75" s="84"/>
+      <c r="P75" s="84"/>
+      <c r="Q75" s="63"/>
+    </row>
+    <row r="76" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="64"/>
+      <c r="B76" s="58" t="s">
+        <v>92</v>
+      </c>
+      <c r="C76" s="59" t="s">
+        <v>373</v>
+      </c>
+      <c r="D76" s="60"/>
+      <c r="E76" s="68"/>
+      <c r="F76" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G76" s="69"/>
+      <c r="H76" s="68"/>
+      <c r="I76" s="68"/>
+      <c r="J76" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K76" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L76" s="68"/>
+      <c r="M76" s="68"/>
+      <c r="N76" s="68"/>
+      <c r="O76" s="84"/>
+      <c r="P76" s="84"/>
+      <c r="Q76" s="63"/>
+    </row>
+    <row r="77" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="64"/>
+      <c r="B77" s="58" t="s">
+        <v>94</v>
+      </c>
+      <c r="C77" s="59" t="s">
+        <v>374</v>
+      </c>
+      <c r="D77" s="60"/>
+      <c r="E77" s="68"/>
+      <c r="F77" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G77" s="69"/>
+      <c r="H77" s="68"/>
+      <c r="I77" s="68"/>
+      <c r="J77" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K77" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L77" s="68"/>
+      <c r="M77" s="68"/>
+      <c r="N77" s="68"/>
+      <c r="O77" s="84"/>
+      <c r="P77" s="84"/>
+      <c r="Q77" s="63"/>
+    </row>
+    <row r="78" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="64"/>
+      <c r="B78" s="58" t="s">
+        <v>93</v>
+      </c>
+      <c r="C78" s="88" t="s">
+        <v>375</v>
+      </c>
+      <c r="D78" s="60"/>
+      <c r="E78" s="68"/>
+      <c r="F78" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G78" s="69"/>
+      <c r="H78" s="68"/>
+      <c r="I78" s="68"/>
+      <c r="J78" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K78" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L78" s="68"/>
+      <c r="M78" s="68"/>
+      <c r="N78" s="68"/>
+      <c r="O78" s="84"/>
+      <c r="P78" s="84"/>
+      <c r="Q78" s="63"/>
+    </row>
+    <row r="79" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="64"/>
+      <c r="B79" s="75" t="s">
+        <v>96</v>
+      </c>
+      <c r="C79" s="59" t="s">
+        <v>376</v>
+      </c>
+      <c r="D79" s="60"/>
+      <c r="E79" s="68"/>
+      <c r="F79" s="69"/>
+      <c r="G79" s="69"/>
+      <c r="H79" s="68"/>
+      <c r="I79" s="68"/>
+      <c r="J79" s="68"/>
+      <c r="K79" s="68"/>
+      <c r="L79" s="76"/>
+      <c r="M79" s="68"/>
+      <c r="N79" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O79" s="68"/>
+      <c r="P79" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q79" s="63"/>
+    </row>
+    <row r="80" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="64"/>
+      <c r="B80" s="75" t="s">
+        <v>97</v>
+      </c>
+      <c r="C80" s="59" t="s">
+        <v>377</v>
+      </c>
+      <c r="D80" s="60"/>
+      <c r="E80" s="68"/>
+      <c r="F80" s="69"/>
+      <c r="G80" s="69"/>
+      <c r="H80" s="68"/>
+      <c r="I80" s="68"/>
+      <c r="J80" s="68"/>
+      <c r="K80" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L80" s="68"/>
+      <c r="M80" s="68"/>
+      <c r="N80" s="68"/>
+      <c r="O80" s="87"/>
+      <c r="P80" s="87"/>
+      <c r="Q80" s="63"/>
+    </row>
+    <row r="81" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="64"/>
+      <c r="B81" s="75" t="s">
+        <v>98</v>
+      </c>
+      <c r="C81" s="59" t="s">
+        <v>378</v>
+      </c>
+      <c r="D81" s="60"/>
+      <c r="E81" s="68"/>
+      <c r="F81" s="69"/>
+      <c r="G81" s="69"/>
+      <c r="H81" s="68"/>
+      <c r="I81" s="68"/>
+      <c r="J81" s="68"/>
+      <c r="K81" s="68"/>
+      <c r="L81" s="68"/>
+      <c r="M81" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N81" s="68"/>
+      <c r="O81" s="87"/>
+      <c r="P81" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q81" s="63"/>
+    </row>
+    <row r="82" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="64"/>
+      <c r="B82" s="75" t="s">
+        <v>99</v>
+      </c>
+      <c r="C82" s="59" t="s">
+        <v>379</v>
+      </c>
+      <c r="D82" s="60"/>
+      <c r="E82" s="68"/>
+      <c r="F82" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G82" s="69"/>
+      <c r="H82" s="68"/>
+      <c r="I82" s="68"/>
+      <c r="J82" s="68"/>
+      <c r="K82" s="68"/>
+      <c r="L82" s="68"/>
+      <c r="M82" s="68"/>
+      <c r="N82" s="68"/>
+      <c r="O82" s="87"/>
+      <c r="P82" s="87"/>
+      <c r="Q82" s="63"/>
+    </row>
+    <row r="83" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A83" s="64"/>
+      <c r="B83" s="75" t="s">
+        <v>100</v>
+      </c>
+      <c r="C83" s="59" t="s">
+        <v>380</v>
+      </c>
+      <c r="D83" s="60"/>
+      <c r="E83" s="68"/>
+      <c r="F83" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G83" s="69"/>
+      <c r="H83" s="68"/>
+      <c r="I83" s="68"/>
+      <c r="J83" s="68"/>
+      <c r="K83" s="68"/>
+      <c r="L83" s="68"/>
+      <c r="M83" s="68"/>
+      <c r="N83" s="68"/>
+      <c r="O83" s="87"/>
+      <c r="P83" s="87"/>
+      <c r="Q83" s="63"/>
+    </row>
+    <row r="84" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="64"/>
+      <c r="B84" s="75" t="s">
+        <v>101</v>
+      </c>
+      <c r="C84" s="59" t="s">
+        <v>381</v>
+      </c>
+      <c r="D84" s="60"/>
+      <c r="E84" s="68"/>
+      <c r="F84" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G84" s="69"/>
+      <c r="H84" s="68"/>
+      <c r="I84" s="68"/>
+      <c r="J84" s="68"/>
+      <c r="K84" s="68"/>
+      <c r="L84" s="68"/>
+      <c r="M84" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N84" s="68"/>
+      <c r="O84" s="87"/>
+      <c r="P84" s="87"/>
+      <c r="Q84" s="63"/>
+    </row>
+    <row r="85" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A85" s="64"/>
+      <c r="B85" s="75" t="s">
+        <v>102</v>
+      </c>
+      <c r="C85" s="59" t="s">
+        <v>382</v>
+      </c>
+      <c r="D85" s="60"/>
+      <c r="E85" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F85" s="69"/>
+      <c r="G85" s="69"/>
+      <c r="H85" s="68"/>
+      <c r="I85" s="68"/>
+      <c r="J85" s="68"/>
+      <c r="K85" s="68"/>
+      <c r="L85" s="68"/>
+      <c r="M85" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N85" s="68"/>
+      <c r="O85" s="89"/>
+      <c r="P85" s="87"/>
+      <c r="Q85" s="63"/>
+    </row>
+    <row r="86" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="64"/>
+      <c r="B86" s="58" t="s">
+        <v>103</v>
+      </c>
+      <c r="C86" s="59" t="s">
+        <v>383</v>
+      </c>
+      <c r="D86" s="60"/>
+      <c r="E86" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F86" s="62"/>
+      <c r="G86" s="62"/>
+      <c r="H86" s="62"/>
+      <c r="I86" s="62"/>
+      <c r="J86" s="62"/>
+      <c r="K86" s="62"/>
+      <c r="L86" s="62"/>
+      <c r="M86" s="62"/>
+      <c r="N86" s="62"/>
+      <c r="O86" s="90"/>
+      <c r="P86" s="91"/>
+      <c r="Q86" s="63"/>
+    </row>
+    <row r="87" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A87" s="64"/>
+      <c r="B87" s="58" t="s">
+        <v>104</v>
+      </c>
+      <c r="C87" s="59" t="s">
+        <v>384</v>
+      </c>
+      <c r="D87" s="60"/>
+      <c r="E87" s="68"/>
+      <c r="F87" s="62"/>
+      <c r="G87" s="62"/>
+      <c r="H87" s="62"/>
+      <c r="I87" s="62"/>
+      <c r="J87" s="62"/>
+      <c r="K87" s="62"/>
+      <c r="L87" s="62"/>
+      <c r="M87" s="62"/>
+      <c r="N87" s="62"/>
+      <c r="O87" s="92"/>
+      <c r="P87" s="76"/>
+      <c r="Q87" s="63"/>
+    </row>
+    <row r="88" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A88" s="64"/>
+      <c r="B88" s="58" t="s">
+        <v>105</v>
+      </c>
+      <c r="C88" s="59" t="s">
+        <v>385</v>
+      </c>
+      <c r="D88" s="60"/>
+      <c r="E88" s="68"/>
+      <c r="F88" s="62"/>
+      <c r="G88" s="62"/>
+      <c r="H88" s="62"/>
+      <c r="I88" s="62"/>
+      <c r="J88" s="62"/>
+      <c r="K88" s="62"/>
+      <c r="L88" s="62"/>
+      <c r="M88" s="62"/>
+      <c r="N88" s="62"/>
+      <c r="O88" s="92"/>
+      <c r="P88" s="76"/>
+      <c r="Q88" s="63"/>
+    </row>
+    <row r="89" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A89" s="64"/>
+      <c r="B89" s="93" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C89" s="59" t="s">
+        <v>2302</v>
+      </c>
+      <c r="D89" s="60"/>
+      <c r="E89" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F89" s="62"/>
+      <c r="G89" s="62"/>
+      <c r="H89" s="62"/>
+      <c r="I89" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="J89" s="95" t="s">
+        <v>26</v>
+      </c>
+      <c r="K89" s="62"/>
+      <c r="L89" s="62"/>
+      <c r="M89" s="62"/>
+      <c r="N89" s="62"/>
+      <c r="O89" s="96"/>
+      <c r="P89" s="62"/>
+      <c r="Q89" s="63"/>
+    </row>
+    <row r="90" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A90" s="64"/>
+      <c r="B90" s="93" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C90" s="59" t="s">
+        <v>366</v>
+      </c>
+      <c r="D90" s="60"/>
+      <c r="E90" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F90" s="62"/>
+      <c r="G90" s="62"/>
+      <c r="H90" s="62"/>
+      <c r="I90" s="97" t="s">
+        <v>82</v>
+      </c>
+      <c r="J90" s="95" t="s">
+        <v>26</v>
+      </c>
+      <c r="K90" s="62"/>
+      <c r="L90" s="62"/>
+      <c r="M90" s="62"/>
+      <c r="N90" s="62"/>
+      <c r="O90" s="96"/>
+      <c r="P90" s="62"/>
+      <c r="Q90" s="63"/>
+    </row>
+    <row r="91" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A91" s="64"/>
+      <c r="B91" s="93" t="s">
+        <v>2304</v>
+      </c>
+      <c r="C91" s="59" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D91" s="60"/>
+      <c r="E91" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="F91" s="62"/>
+      <c r="G91" s="62"/>
+      <c r="H91" s="62"/>
+      <c r="I91" s="94" t="s">
+        <v>24</v>
+      </c>
+      <c r="J91" s="95" t="s">
+        <v>26</v>
+      </c>
+      <c r="K91" s="62"/>
+      <c r="L91" s="62"/>
+      <c r="M91" s="62"/>
+      <c r="N91" s="62"/>
+      <c r="O91" s="98"/>
+      <c r="P91" s="62"/>
+      <c r="Q91" s="63"/>
+    </row>
+    <row r="92" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A92" s="64"/>
+      <c r="B92" s="79" t="s">
+        <v>106</v>
+      </c>
+      <c r="C92" s="73" t="s">
+        <v>386</v>
+      </c>
+      <c r="D92" s="60"/>
+      <c r="E92" s="68"/>
+      <c r="F92" s="62"/>
+      <c r="G92" s="62"/>
+      <c r="H92" s="62"/>
+      <c r="I92" s="62"/>
+      <c r="J92" s="62"/>
+      <c r="K92" s="62"/>
+      <c r="L92" s="62"/>
+      <c r="M92" s="62"/>
+      <c r="N92" s="62"/>
+      <c r="O92" s="92"/>
+      <c r="P92" s="76"/>
+      <c r="Q92" s="63"/>
+    </row>
+    <row r="93" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A93" s="64"/>
+      <c r="B93" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="C93" s="72" t="s">
+        <v>388</v>
+      </c>
+      <c r="D93" s="60"/>
+      <c r="E93" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F93" s="62"/>
+      <c r="G93" s="62"/>
+      <c r="H93" s="62"/>
+      <c r="I93" s="62"/>
+      <c r="J93" s="62"/>
+      <c r="K93" s="62"/>
+      <c r="L93" s="62"/>
+      <c r="M93" s="68"/>
+      <c r="N93" s="62"/>
+      <c r="O93" s="89"/>
+      <c r="P93" s="87"/>
+      <c r="Q93" s="63"/>
+    </row>
+    <row r="94" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A94" s="64"/>
+      <c r="B94" s="58" t="s">
+        <v>108</v>
+      </c>
+      <c r="C94" s="59" t="s">
+        <v>389</v>
+      </c>
+      <c r="D94" s="60"/>
+      <c r="E94" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F94" s="62"/>
+      <c r="G94" s="62"/>
+      <c r="H94" s="62"/>
+      <c r="I94" s="62"/>
+      <c r="J94" s="62"/>
+      <c r="K94" s="62"/>
+      <c r="L94" s="62"/>
+      <c r="M94" s="68"/>
+      <c r="N94" s="62"/>
+      <c r="O94" s="89"/>
+      <c r="P94" s="87"/>
+      <c r="Q94" s="63"/>
+    </row>
+    <row r="95" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A95" s="64"/>
+      <c r="B95" s="79" t="s">
+        <v>109</v>
+      </c>
+      <c r="C95" s="73" t="s">
+        <v>390</v>
+      </c>
+      <c r="D95" s="60"/>
+      <c r="E95" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F95" s="62"/>
+      <c r="G95" s="62"/>
+      <c r="H95" s="62"/>
+      <c r="I95" s="62"/>
+      <c r="J95" s="62"/>
+      <c r="K95" s="62"/>
+      <c r="L95" s="62"/>
+      <c r="M95" s="68"/>
+      <c r="N95" s="62"/>
+      <c r="O95" s="89"/>
+      <c r="P95" s="87"/>
+      <c r="Q95" s="63"/>
+    </row>
+    <row r="96" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A96" s="64"/>
+      <c r="B96" s="79" t="s">
+        <v>110</v>
+      </c>
+      <c r="C96" s="73" t="s">
+        <v>391</v>
+      </c>
+      <c r="D96" s="60"/>
+      <c r="E96" s="68"/>
+      <c r="F96" s="62"/>
+      <c r="G96" s="62"/>
+      <c r="H96" s="62"/>
+      <c r="I96" s="62"/>
+      <c r="J96" s="99" t="s">
+        <v>24</v>
+      </c>
+      <c r="K96" s="100" t="s">
+        <v>82</v>
+      </c>
+      <c r="L96" s="62"/>
+      <c r="M96" s="68"/>
+      <c r="N96" s="62"/>
+      <c r="O96" s="89"/>
+      <c r="P96" s="87"/>
+      <c r="Q96" s="63"/>
+    </row>
+    <row r="97" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A97" s="64"/>
+      <c r="B97" s="79" t="s">
+        <v>111</v>
+      </c>
+      <c r="C97" s="73" t="s">
+        <v>392</v>
+      </c>
+      <c r="D97" s="60"/>
+      <c r="E97" s="68"/>
+      <c r="F97" s="62"/>
+      <c r="G97" s="62"/>
+      <c r="H97" s="62"/>
+      <c r="I97" s="62"/>
+      <c r="J97" s="62"/>
+      <c r="K97" s="62"/>
+      <c r="L97" s="62"/>
+      <c r="M97" s="68"/>
+      <c r="N97" s="62"/>
+      <c r="O97" s="77"/>
+      <c r="P97" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q97" s="63"/>
+    </row>
+    <row r="98" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A98" s="64"/>
+      <c r="B98" s="79" t="s">
+        <v>112</v>
+      </c>
+      <c r="C98" s="73" t="s">
+        <v>393</v>
+      </c>
+      <c r="D98" s="60"/>
+      <c r="E98" s="68"/>
+      <c r="F98" s="62"/>
+      <c r="G98" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H98" s="62"/>
+      <c r="I98" s="62"/>
+      <c r="J98" s="62"/>
+      <c r="K98" s="62"/>
+      <c r="L98" s="62"/>
+      <c r="M98" s="68"/>
+      <c r="N98" s="62"/>
+      <c r="O98" s="77"/>
+      <c r="P98" s="68"/>
+      <c r="Q98" s="63"/>
+    </row>
+    <row r="99" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A99" s="64"/>
+      <c r="B99" s="79" t="s">
+        <v>113</v>
+      </c>
+      <c r="C99" s="73" t="s">
+        <v>394</v>
+      </c>
+      <c r="D99" s="60"/>
+      <c r="E99" s="68"/>
+      <c r="F99" s="62"/>
+      <c r="G99" s="62"/>
+      <c r="H99" s="62"/>
+      <c r="I99" s="62"/>
+      <c r="J99" s="62"/>
+      <c r="K99" s="62"/>
+      <c r="L99" s="62"/>
+      <c r="M99" s="68"/>
+      <c r="N99" s="62"/>
+      <c r="P99" s="76"/>
+      <c r="Q99" s="63"/>
+    </row>
+    <row r="100" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A100" s="64"/>
+      <c r="B100" s="79" t="s">
+        <v>114</v>
+      </c>
+      <c r="C100" s="73" t="s">
+        <v>395</v>
+      </c>
+      <c r="D100" s="60"/>
+      <c r="E100" s="68"/>
+      <c r="F100" s="69"/>
+      <c r="G100" s="69"/>
+      <c r="H100" s="69"/>
+      <c r="I100" s="69"/>
+      <c r="J100" s="69"/>
+      <c r="K100" s="69"/>
+      <c r="L100" s="69"/>
+      <c r="M100" s="68"/>
+      <c r="N100" s="69"/>
+      <c r="O100" s="92"/>
+      <c r="P100" s="76"/>
+      <c r="Q100" s="63"/>
+    </row>
+    <row r="101" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A101" s="64"/>
+      <c r="B101" s="79" t="s">
+        <v>115</v>
+      </c>
+      <c r="C101" s="73" t="s">
+        <v>396</v>
+      </c>
+      <c r="D101" s="60"/>
+      <c r="E101" s="68"/>
+      <c r="F101" s="69"/>
+      <c r="G101" s="69"/>
+      <c r="H101" s="69"/>
+      <c r="I101" s="69"/>
+      <c r="J101" s="69"/>
+      <c r="K101" s="69"/>
+      <c r="L101" s="69"/>
+      <c r="M101" s="68"/>
+      <c r="N101" s="69"/>
+      <c r="O101" s="92"/>
+      <c r="P101" s="76"/>
+      <c r="Q101" s="63"/>
+    </row>
+    <row r="102" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A102" s="64"/>
+      <c r="B102" s="58" t="s">
+        <v>116</v>
+      </c>
+      <c r="C102" s="59" t="s">
+        <v>397</v>
+      </c>
+      <c r="D102" s="60"/>
+      <c r="E102" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F102" s="83"/>
+      <c r="G102" s="83"/>
+      <c r="H102" s="83"/>
+      <c r="I102" s="83"/>
+      <c r="J102" s="83"/>
+      <c r="K102" s="83"/>
+      <c r="L102" s="83"/>
+      <c r="M102" s="83"/>
+      <c r="N102" s="83"/>
+      <c r="O102" s="68"/>
+      <c r="P102" s="68"/>
+      <c r="Q102" s="63"/>
+    </row>
+    <row r="103" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A103" s="64"/>
+      <c r="B103" s="58" t="s">
+        <v>117</v>
+      </c>
+      <c r="C103" s="59" t="s">
+        <v>397</v>
+      </c>
+      <c r="D103" s="60"/>
+      <c r="E103" s="68"/>
+      <c r="F103" s="69"/>
+      <c r="G103" s="69"/>
+      <c r="H103" s="69"/>
+      <c r="I103" s="69"/>
+      <c r="J103" s="69"/>
+      <c r="K103" s="69"/>
+      <c r="L103" s="69"/>
+      <c r="M103" s="69"/>
+      <c r="N103" s="69"/>
+      <c r="O103" s="69"/>
+      <c r="P103" s="69"/>
+      <c r="Q103" s="63"/>
+    </row>
+    <row r="104" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A104" s="64"/>
+      <c r="B104" s="58" t="s">
+        <v>118</v>
+      </c>
+      <c r="C104" s="59" t="s">
+        <v>398</v>
+      </c>
+      <c r="D104" s="60"/>
+      <c r="E104" s="68"/>
+      <c r="F104" s="68"/>
+      <c r="G104" s="68"/>
+      <c r="H104" s="69"/>
+      <c r="I104" s="68"/>
+      <c r="J104" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K104" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L104" s="69"/>
+      <c r="M104" s="69"/>
+      <c r="N104" s="68"/>
+      <c r="O104" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="P104" s="69"/>
+      <c r="Q104" s="63"/>
+    </row>
+    <row r="105" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A105" s="64"/>
+      <c r="B105" s="58" t="s">
+        <v>119</v>
+      </c>
+      <c r="C105" s="59" t="s">
+        <v>399</v>
+      </c>
+      <c r="D105" s="60"/>
+      <c r="E105" s="68"/>
+      <c r="F105" s="68"/>
+      <c r="G105" s="68"/>
+      <c r="H105" s="69"/>
+      <c r="I105" s="68"/>
+      <c r="J105" s="69"/>
+      <c r="K105" s="69"/>
+      <c r="L105" s="69"/>
+      <c r="M105" s="69"/>
+      <c r="N105" s="68"/>
+      <c r="O105" s="69"/>
+      <c r="P105" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q105" s="63"/>
+    </row>
+    <row r="106" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A106" s="64"/>
+      <c r="B106" s="79" t="s">
+        <v>120</v>
+      </c>
+      <c r="C106" s="73" t="s">
+        <v>400</v>
+      </c>
+      <c r="D106" s="60"/>
+      <c r="E106" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F106" s="69"/>
+      <c r="G106" s="69"/>
+      <c r="H106" s="69"/>
+      <c r="I106" s="69"/>
+      <c r="J106" s="69"/>
+      <c r="K106" s="69"/>
+      <c r="L106" s="69"/>
+      <c r="M106" s="69"/>
+      <c r="N106" s="69"/>
+      <c r="O106" s="69"/>
+      <c r="P106" s="69"/>
+      <c r="Q106" s="63"/>
+    </row>
+    <row r="107" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A107" s="64"/>
+      <c r="B107" s="58" t="s">
+        <v>121</v>
+      </c>
+      <c r="C107" s="59" t="s">
+        <v>401</v>
+      </c>
+      <c r="D107" s="60"/>
+      <c r="E107" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F107" s="69"/>
+      <c r="G107" s="69"/>
+      <c r="H107" s="69"/>
+      <c r="I107" s="69"/>
+      <c r="J107" s="69"/>
+      <c r="K107" s="69"/>
+      <c r="L107" s="69"/>
+      <c r="M107" s="69"/>
+      <c r="N107" s="69"/>
+      <c r="O107" s="69"/>
+      <c r="P107" s="69"/>
+      <c r="Q107" s="63"/>
+    </row>
+    <row r="108" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A108" s="64"/>
+      <c r="B108" s="79" t="s">
+        <v>122</v>
+      </c>
+      <c r="C108" s="73" t="s">
+        <v>402</v>
+      </c>
+      <c r="D108" s="60"/>
+      <c r="E108" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F108" s="69"/>
+      <c r="G108" s="69"/>
+      <c r="H108" s="69"/>
+      <c r="I108" s="69"/>
+      <c r="J108" s="69"/>
+      <c r="K108" s="69"/>
+      <c r="L108" s="69"/>
+      <c r="M108" s="69"/>
+      <c r="N108" s="69"/>
+      <c r="O108" s="69"/>
+      <c r="P108" s="69"/>
+      <c r="Q108" s="63"/>
+    </row>
+    <row r="109" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A109" s="64"/>
+      <c r="B109" s="58" t="s">
+        <v>123</v>
+      </c>
+      <c r="C109" s="59" t="s">
+        <v>403</v>
+      </c>
+      <c r="D109" s="60"/>
+      <c r="E109" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F109" s="69"/>
+      <c r="G109" s="69"/>
+      <c r="H109" s="69"/>
+      <c r="I109" s="69"/>
+      <c r="J109" s="69"/>
+      <c r="K109" s="69"/>
+      <c r="L109" s="69"/>
+      <c r="M109" s="69"/>
+      <c r="N109" s="69"/>
+      <c r="O109" s="69"/>
+      <c r="P109" s="69"/>
+      <c r="Q109" s="63"/>
+    </row>
+    <row r="110" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A110" s="64"/>
+      <c r="B110" s="58" t="s">
+        <v>124</v>
+      </c>
+      <c r="C110" s="59" t="s">
+        <v>404</v>
+      </c>
+      <c r="D110" s="60"/>
+      <c r="E110" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F110" s="83"/>
+      <c r="G110" s="83"/>
+      <c r="H110" s="68"/>
+      <c r="I110" s="68"/>
+      <c r="J110" s="68"/>
+      <c r="K110" s="68"/>
+      <c r="L110" s="68"/>
+      <c r="M110" s="68"/>
+      <c r="N110" s="68"/>
+      <c r="O110" s="83"/>
+      <c r="P110" s="83"/>
+      <c r="Q110" s="63"/>
+    </row>
+    <row r="111" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A111" s="64"/>
+      <c r="B111" s="75" t="s">
+        <v>125</v>
+      </c>
+      <c r="C111" s="59" t="s">
+        <v>405</v>
+      </c>
+      <c r="D111" s="60"/>
+      <c r="E111" s="68"/>
+      <c r="F111" s="68"/>
+      <c r="G111" s="68"/>
+      <c r="H111" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I111" s="68"/>
+      <c r="J111" s="68"/>
+      <c r="K111" s="68"/>
+      <c r="L111" s="68"/>
+      <c r="M111" s="68"/>
+      <c r="N111" s="68"/>
+      <c r="O111" s="69"/>
+      <c r="Q111" s="63"/>
+    </row>
+    <row r="112" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A112" s="64"/>
+      <c r="B112" s="75" t="s">
+        <v>126</v>
+      </c>
+      <c r="C112" s="73" t="s">
+        <v>406</v>
+      </c>
+      <c r="D112" s="60"/>
+      <c r="E112" s="68"/>
+      <c r="F112" s="68"/>
+      <c r="G112" s="68"/>
+      <c r="H112" s="61" t="s">
+        <v>127</v>
+      </c>
+      <c r="I112" s="68"/>
+      <c r="J112" s="68"/>
+      <c r="K112" s="68"/>
+      <c r="L112" s="68"/>
+      <c r="M112" s="68"/>
+      <c r="N112" s="68"/>
+      <c r="O112" s="69"/>
+      <c r="P112" s="69"/>
+      <c r="Q112" s="63"/>
+    </row>
+    <row r="113" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A113" s="64"/>
+      <c r="B113" s="75" t="s">
+        <v>128</v>
+      </c>
+      <c r="C113" s="73" t="s">
+        <v>407</v>
+      </c>
+      <c r="D113" s="60"/>
+      <c r="E113" s="68"/>
+      <c r="F113" s="68"/>
+      <c r="G113" s="68"/>
+      <c r="H113" s="68"/>
+      <c r="I113" s="68"/>
+      <c r="J113" s="68"/>
+      <c r="K113" s="68"/>
+      <c r="L113" s="68"/>
+      <c r="M113" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N113" s="68"/>
+      <c r="O113" s="69"/>
+      <c r="P113" s="69"/>
+      <c r="Q113" s="63"/>
+    </row>
+    <row r="114" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A114" s="64"/>
+      <c r="B114" s="75" t="s">
+        <v>129</v>
+      </c>
+      <c r="C114" s="73" t="s">
+        <v>408</v>
+      </c>
+      <c r="D114" s="60"/>
+      <c r="E114" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F114" s="68"/>
+      <c r="G114" s="68"/>
+      <c r="H114" s="68"/>
+      <c r="I114" s="68"/>
+      <c r="J114" s="68"/>
+      <c r="K114" s="68"/>
+      <c r="L114" s="68"/>
+      <c r="M114" s="68"/>
+      <c r="N114" s="68"/>
+      <c r="O114" s="69"/>
+      <c r="P114" s="69"/>
+      <c r="Q114" s="63"/>
+    </row>
+    <row r="115" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A115" s="64"/>
+      <c r="B115" s="75" t="s">
+        <v>130</v>
+      </c>
+      <c r="C115" s="73" t="s">
+        <v>409</v>
+      </c>
+      <c r="D115" s="60"/>
+      <c r="E115" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F115" s="81"/>
+      <c r="G115" s="81"/>
+      <c r="H115" s="68"/>
+      <c r="I115" s="68"/>
+      <c r="J115" s="68"/>
+      <c r="K115" s="68"/>
+      <c r="L115" s="68"/>
+      <c r="M115" s="68"/>
+      <c r="N115" s="68"/>
+      <c r="O115" s="83"/>
+      <c r="P115" s="83"/>
+      <c r="Q115" s="63"/>
+    </row>
+    <row r="116" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A116" s="64"/>
+      <c r="B116" s="75" t="s">
+        <v>131</v>
+      </c>
+      <c r="C116" s="59" t="s">
+        <v>410</v>
+      </c>
+      <c r="D116" s="60"/>
+      <c r="E116" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F116" s="68"/>
+      <c r="G116" s="68"/>
+      <c r="H116" s="68"/>
+      <c r="I116" s="68"/>
+      <c r="J116" s="68"/>
+      <c r="K116" s="68"/>
+      <c r="L116" s="68"/>
+      <c r="M116" s="68"/>
+      <c r="N116" s="68"/>
+      <c r="O116" s="69"/>
+      <c r="P116" s="69"/>
+      <c r="Q116" s="63"/>
+    </row>
+    <row r="117" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A117" s="64"/>
+      <c r="B117" s="75" t="s">
+        <v>132</v>
+      </c>
+      <c r="C117" s="59" t="s">
+        <v>411</v>
+      </c>
+      <c r="D117" s="60"/>
+      <c r="E117" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F117" s="68"/>
+      <c r="G117" s="68"/>
+      <c r="H117" s="68"/>
+      <c r="I117" s="68"/>
+      <c r="J117" s="68"/>
+      <c r="K117" s="68"/>
+      <c r="L117" s="68"/>
+      <c r="M117" s="68"/>
+      <c r="N117" s="68"/>
+      <c r="O117" s="83"/>
+      <c r="P117" s="83"/>
+      <c r="Q117" s="63"/>
+    </row>
+    <row r="118" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A118" s="64"/>
+      <c r="B118" s="75" t="s">
+        <v>133</v>
+      </c>
+      <c r="C118" s="59" t="s">
+        <v>412</v>
+      </c>
+      <c r="D118" s="60"/>
+      <c r="E118" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F118" s="68"/>
+      <c r="G118" s="68"/>
+      <c r="H118" s="68"/>
+      <c r="I118" s="68"/>
+      <c r="J118" s="68"/>
+      <c r="K118" s="68"/>
+      <c r="L118" s="68"/>
+      <c r="M118" s="68"/>
+      <c r="N118" s="68"/>
+      <c r="O118" s="83"/>
+      <c r="P118" s="83"/>
+      <c r="Q118" s="63"/>
+    </row>
+    <row r="119" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A119" s="64"/>
+      <c r="B119" s="79" t="s">
+        <v>134</v>
+      </c>
+      <c r="C119" s="73" t="s">
+        <v>413</v>
+      </c>
+      <c r="D119" s="60"/>
+      <c r="E119" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F119" s="68"/>
+      <c r="G119" s="68"/>
+      <c r="H119" s="68"/>
+      <c r="I119" s="68"/>
+      <c r="J119" s="68"/>
+      <c r="K119" s="68"/>
+      <c r="L119" s="68"/>
+      <c r="M119" s="68"/>
+      <c r="N119" s="68"/>
+      <c r="O119" s="83"/>
+      <c r="P119" s="83"/>
+      <c r="Q119" s="63"/>
+    </row>
+    <row r="120" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A120" s="64"/>
+      <c r="B120" s="75" t="s">
+        <v>135</v>
+      </c>
+      <c r="C120" s="59" t="s">
+        <v>414</v>
+      </c>
+      <c r="D120" s="60"/>
+      <c r="E120" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F120" s="68"/>
+      <c r="G120" s="68"/>
+      <c r="H120" s="68"/>
+      <c r="I120" s="68"/>
+      <c r="J120" s="68"/>
+      <c r="K120" s="68"/>
+      <c r="L120" s="68"/>
+      <c r="M120" s="68"/>
+      <c r="N120" s="68"/>
+      <c r="O120" s="83"/>
+      <c r="P120" s="83"/>
+      <c r="Q120" s="63"/>
+    </row>
+    <row r="121" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A121" s="64"/>
+      <c r="B121" s="79" t="s">
+        <v>136</v>
+      </c>
+      <c r="C121" s="73" t="s">
+        <v>415</v>
+      </c>
+      <c r="D121" s="60"/>
+      <c r="E121" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F121" s="68"/>
+      <c r="G121" s="68"/>
+      <c r="H121" s="68"/>
+      <c r="I121" s="68"/>
+      <c r="J121" s="68"/>
+      <c r="K121" s="68"/>
+      <c r="L121" s="68"/>
+      <c r="M121" s="68"/>
+      <c r="N121" s="68"/>
+      <c r="O121" s="83"/>
+      <c r="P121" s="83"/>
+      <c r="Q121" s="63"/>
+    </row>
+    <row r="122" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A122" s="64"/>
+      <c r="B122" s="79" t="s">
+        <v>137</v>
+      </c>
+      <c r="C122" s="73" t="s">
+        <v>416</v>
+      </c>
+      <c r="D122" s="60"/>
+      <c r="E122" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F122" s="68"/>
+      <c r="G122" s="68"/>
+      <c r="H122" s="68"/>
+      <c r="I122" s="68"/>
+      <c r="J122" s="68"/>
+      <c r="K122" s="68"/>
+      <c r="L122" s="68"/>
+      <c r="M122" s="68"/>
+      <c r="N122" s="68"/>
+      <c r="O122" s="83"/>
+      <c r="P122" s="83"/>
+      <c r="Q122" s="63"/>
+    </row>
+    <row r="123" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A123" s="64"/>
+      <c r="B123" s="75" t="s">
+        <v>138</v>
+      </c>
+      <c r="C123" s="72" t="s">
+        <v>417</v>
+      </c>
+      <c r="D123" s="60"/>
+      <c r="E123" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F123" s="68"/>
+      <c r="G123" s="68"/>
+      <c r="H123" s="68"/>
+      <c r="I123" s="68"/>
+      <c r="J123" s="68"/>
+      <c r="K123" s="68"/>
+      <c r="L123" s="68"/>
+      <c r="M123" s="68"/>
+      <c r="N123" s="68"/>
+      <c r="O123" s="83"/>
+      <c r="P123" s="83"/>
+      <c r="Q123" s="63"/>
+    </row>
+    <row r="124" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A124" s="64"/>
+      <c r="B124" s="75" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C124" s="72" t="s">
+        <v>418</v>
+      </c>
+      <c r="D124" s="60"/>
+      <c r="E124" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F124" s="68"/>
+      <c r="G124" s="68"/>
+      <c r="H124" s="68"/>
+      <c r="I124" s="68"/>
+      <c r="J124" s="68"/>
+      <c r="K124" s="68"/>
+      <c r="L124" s="68"/>
+      <c r="M124" s="68"/>
+      <c r="N124" s="68"/>
+      <c r="O124" s="83"/>
+      <c r="P124" s="83"/>
+      <c r="Q124" s="63"/>
+    </row>
+    <row r="125" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A125" s="64"/>
+      <c r="B125" s="75" t="s">
+        <v>139</v>
+      </c>
+      <c r="C125" s="59" t="s">
+        <v>419</v>
+      </c>
+      <c r="D125" s="60"/>
+      <c r="E125" s="68"/>
+      <c r="F125" s="68"/>
+      <c r="G125" s="68"/>
+      <c r="H125" s="68"/>
+      <c r="I125" s="68"/>
+      <c r="J125" s="68"/>
+      <c r="K125" s="68"/>
+      <c r="L125" s="68"/>
+      <c r="M125" s="68"/>
+      <c r="N125" s="68"/>
+      <c r="O125" s="69"/>
+      <c r="P125" s="69"/>
+      <c r="Q125" s="63"/>
+    </row>
+    <row r="126" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A126" s="64"/>
+      <c r="B126" s="75" t="s">
+        <v>140</v>
+      </c>
+      <c r="C126" s="59" t="s">
+        <v>420</v>
+      </c>
+      <c r="D126" s="60"/>
+      <c r="E126" s="68"/>
+      <c r="F126" s="68"/>
+      <c r="G126" s="68"/>
+      <c r="H126" s="68"/>
+      <c r="I126" s="68"/>
+      <c r="J126" s="68"/>
+      <c r="K126" s="68"/>
+      <c r="L126" s="68"/>
+      <c r="M126" s="68"/>
+      <c r="N126" s="68"/>
+      <c r="O126" s="68"/>
+      <c r="P126" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q126" s="63"/>
+    </row>
+    <row r="127" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A127" s="64"/>
+      <c r="B127" s="75" t="s">
+        <v>141</v>
+      </c>
+      <c r="C127" s="59" t="s">
+        <v>421</v>
+      </c>
+      <c r="D127" s="60"/>
+      <c r="E127" s="68"/>
+      <c r="F127" s="68"/>
+      <c r="G127" s="68"/>
+      <c r="H127" s="68"/>
+      <c r="I127" s="68"/>
+      <c r="J127" s="68"/>
+      <c r="K127" s="68"/>
+      <c r="L127" s="68"/>
+      <c r="M127" s="68"/>
+      <c r="N127" s="68"/>
+      <c r="O127" s="69"/>
+      <c r="P127" s="69"/>
+      <c r="Q127" s="63"/>
+    </row>
+    <row r="128" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A128" s="64"/>
+      <c r="B128" s="75" t="s">
+        <v>142</v>
+      </c>
+      <c r="C128" s="59" t="s">
+        <v>422</v>
+      </c>
+      <c r="D128" s="60"/>
+      <c r="E128" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F128" s="68"/>
+      <c r="G128" s="68"/>
+      <c r="H128" s="68"/>
+      <c r="I128" s="68"/>
+      <c r="J128" s="68"/>
+      <c r="K128" s="68"/>
+      <c r="L128" s="68"/>
+      <c r="M128" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N128" s="68"/>
+      <c r="O128" s="69"/>
+      <c r="P128" s="69"/>
+      <c r="Q128" s="63"/>
+    </row>
+    <row r="129" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A129" s="64"/>
+      <c r="B129" s="75" t="s">
+        <v>143</v>
+      </c>
+      <c r="C129" s="59" t="s">
+        <v>423</v>
+      </c>
+      <c r="D129" s="60"/>
+      <c r="E129" s="68"/>
+      <c r="F129" s="68"/>
+      <c r="G129" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H129" s="68"/>
+      <c r="I129" s="68"/>
+      <c r="J129" s="68"/>
+      <c r="K129" s="68"/>
+      <c r="L129" s="68"/>
+      <c r="M129" s="68"/>
+      <c r="N129" s="68"/>
+      <c r="O129" s="69"/>
+      <c r="P129" s="69"/>
+      <c r="Q129" s="63"/>
+    </row>
+    <row r="130" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A130" s="64"/>
+      <c r="B130" s="79" t="s">
+        <v>144</v>
+      </c>
+      <c r="C130" s="73" t="s">
+        <v>424</v>
+      </c>
+      <c r="D130" s="60"/>
+      <c r="E130" s="68"/>
+      <c r="F130" s="68"/>
+      <c r="G130" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H130" s="68"/>
+      <c r="I130" s="68"/>
+      <c r="J130" s="68"/>
+      <c r="K130" s="68"/>
+      <c r="L130" s="68"/>
+      <c r="M130" s="68"/>
+      <c r="N130" s="68"/>
+      <c r="O130" s="83"/>
+      <c r="P130" s="83"/>
+      <c r="Q130" s="63"/>
+    </row>
+    <row r="131" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A131" s="64"/>
+      <c r="B131" s="79" t="s">
+        <v>145</v>
+      </c>
+      <c r="C131" s="73" t="s">
+        <v>425</v>
+      </c>
+      <c r="D131" s="60"/>
+      <c r="E131" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F131" s="68"/>
+      <c r="G131" s="68"/>
+      <c r="H131" s="68"/>
+      <c r="I131" s="68"/>
+      <c r="J131" s="68"/>
+      <c r="K131" s="68"/>
+      <c r="L131" s="68"/>
+      <c r="M131" s="68"/>
+      <c r="N131" s="68"/>
+      <c r="O131" s="69"/>
+      <c r="P131" s="69"/>
+      <c r="Q131" s="63"/>
+    </row>
+    <row r="132" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A132" s="64"/>
+      <c r="B132" s="79" t="s">
+        <v>146</v>
+      </c>
+      <c r="C132" s="73" t="s">
+        <v>426</v>
+      </c>
+      <c r="D132" s="60"/>
+      <c r="E132" s="68"/>
+      <c r="F132" s="68"/>
+      <c r="G132" s="68"/>
+      <c r="H132" s="68"/>
+      <c r="I132" s="68"/>
+      <c r="J132" s="68"/>
+      <c r="K132" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L132" s="68"/>
+      <c r="M132" s="68"/>
+      <c r="N132" s="68"/>
+      <c r="O132" s="69"/>
+      <c r="P132" s="69"/>
+      <c r="Q132" s="63"/>
+    </row>
+    <row r="133" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A133" s="64"/>
+      <c r="B133" s="58" t="s">
+        <v>147</v>
+      </c>
+      <c r="C133" s="59" t="s">
+        <v>428</v>
+      </c>
+      <c r="D133" s="60"/>
+      <c r="E133" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F133" s="83"/>
+      <c r="G133" s="83"/>
+      <c r="H133" s="83"/>
+      <c r="I133" s="83"/>
+      <c r="J133" s="81"/>
+      <c r="K133" s="81"/>
+      <c r="L133" s="81"/>
+      <c r="M133" s="81"/>
+      <c r="N133" s="81"/>
+      <c r="O133" s="83"/>
+      <c r="P133" s="83"/>
+      <c r="Q133" s="63"/>
+    </row>
+    <row r="134" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A134" s="64"/>
+      <c r="B134" s="58" t="s">
+        <v>148</v>
+      </c>
+      <c r="C134" s="59" t="s">
+        <v>429</v>
+      </c>
+      <c r="D134" s="60"/>
+      <c r="E134" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F134" s="69"/>
+      <c r="G134" s="69"/>
+      <c r="H134" s="68"/>
+      <c r="I134" s="68"/>
+      <c r="J134" s="68"/>
+      <c r="K134" s="68"/>
+      <c r="L134" s="68"/>
+      <c r="M134" s="68"/>
+      <c r="N134" s="81"/>
+      <c r="O134" s="69"/>
+      <c r="P134" s="69"/>
+      <c r="Q134" s="63"/>
+    </row>
+    <row r="135" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A135" s="64"/>
+      <c r="B135" s="58" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C135" s="59" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D135" s="60"/>
+      <c r="E135" s="68"/>
+      <c r="F135" s="69"/>
+      <c r="G135" s="69"/>
+      <c r="H135" s="68"/>
+      <c r="I135" s="68"/>
+      <c r="J135" s="68"/>
+      <c r="K135" s="68"/>
+      <c r="L135" s="68"/>
+      <c r="M135" s="68"/>
+      <c r="N135" s="81"/>
+      <c r="O135" s="69"/>
+      <c r="P135" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q135" s="63"/>
+    </row>
+    <row r="136" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A136" s="64"/>
+      <c r="B136" s="79" t="s">
+        <v>150</v>
+      </c>
+      <c r="C136" s="59" t="s">
+        <v>430</v>
+      </c>
+      <c r="D136" s="60"/>
+      <c r="E136" s="68"/>
+      <c r="F136" s="69"/>
+      <c r="G136" s="69"/>
+      <c r="H136" s="68"/>
+      <c r="I136" s="68"/>
+      <c r="J136" s="68"/>
+      <c r="K136" s="68"/>
+      <c r="L136" s="68"/>
+      <c r="M136" s="68"/>
+      <c r="N136" s="68"/>
+      <c r="O136" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="P136" s="68"/>
+      <c r="Q136" s="63"/>
+    </row>
+    <row r="137" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A137" s="64"/>
+      <c r="B137" s="79" t="s">
+        <v>151</v>
+      </c>
+      <c r="C137" s="59" t="s">
+        <v>431</v>
+      </c>
+      <c r="D137" s="60"/>
+      <c r="E137" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F137" s="69"/>
+      <c r="G137" s="69"/>
+      <c r="H137" s="68"/>
+      <c r="I137" s="68"/>
+      <c r="J137" s="68"/>
+      <c r="K137" s="68"/>
+      <c r="L137" s="68"/>
+      <c r="M137" s="68"/>
+      <c r="N137" s="68"/>
+      <c r="O137" s="68"/>
+      <c r="P137" s="68"/>
+      <c r="Q137" s="63"/>
+    </row>
+    <row r="138" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A138" s="64"/>
+      <c r="B138" s="79" t="s">
+        <v>152</v>
+      </c>
+      <c r="C138" s="73" t="s">
+        <v>432</v>
+      </c>
+      <c r="D138" s="60"/>
+      <c r="E138" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F138" s="69"/>
+      <c r="G138" s="69"/>
+      <c r="H138" s="68"/>
+      <c r="I138" s="68"/>
+      <c r="J138" s="68"/>
+      <c r="K138" s="68"/>
+      <c r="L138" s="68"/>
+      <c r="M138" s="68"/>
+      <c r="N138" s="81"/>
+      <c r="O138" s="69"/>
+      <c r="P138" s="69"/>
+      <c r="Q138" s="63"/>
+    </row>
+    <row r="139" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A139" s="64"/>
+      <c r="B139" s="79" t="s">
+        <v>153</v>
+      </c>
+      <c r="C139" s="73" t="s">
+        <v>433</v>
+      </c>
+      <c r="D139" s="60"/>
+      <c r="E139" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F139" s="69"/>
+      <c r="G139" s="69"/>
+      <c r="H139" s="68"/>
+      <c r="I139" s="68"/>
+      <c r="J139" s="68"/>
+      <c r="K139" s="68"/>
+      <c r="L139" s="68"/>
+      <c r="M139" s="68"/>
+      <c r="N139" s="81"/>
+      <c r="O139" s="69"/>
+      <c r="P139" s="69"/>
+      <c r="Q139" s="63"/>
+    </row>
+    <row r="140" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A140" s="64"/>
+      <c r="B140" s="58" t="s">
+        <v>154</v>
+      </c>
+      <c r="C140" s="72" t="s">
+        <v>434</v>
+      </c>
+      <c r="D140" s="60"/>
+      <c r="E140" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F140" s="69"/>
+      <c r="G140" s="62"/>
+      <c r="H140" s="62"/>
+      <c r="I140" s="62"/>
+      <c r="J140" s="62"/>
+      <c r="K140" s="62"/>
+      <c r="L140" s="62"/>
+      <c r="M140" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N140" s="62"/>
+      <c r="O140" s="69"/>
+      <c r="P140" s="69"/>
+      <c r="Q140" s="63"/>
+    </row>
+    <row r="141" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A141" s="64"/>
+      <c r="B141" s="75" t="s">
+        <v>155</v>
+      </c>
+      <c r="C141" s="72" t="s">
+        <v>435</v>
+      </c>
+      <c r="D141" s="60"/>
+      <c r="E141" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F141" s="69"/>
+      <c r="G141" s="69"/>
+      <c r="H141" s="69"/>
+      <c r="I141" s="69"/>
+      <c r="J141" s="69"/>
+      <c r="K141" s="69"/>
+      <c r="L141" s="69"/>
+      <c r="M141" s="69"/>
+      <c r="N141" s="69"/>
+      <c r="O141" s="69"/>
+      <c r="P141" s="69"/>
+      <c r="Q141" s="63"/>
+    </row>
+    <row r="142" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A142" s="64"/>
+      <c r="B142" s="79" t="s">
+        <v>156</v>
+      </c>
+      <c r="C142" s="73" t="s">
+        <v>436</v>
+      </c>
+      <c r="D142" s="60"/>
+      <c r="E142" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F142" s="68"/>
+      <c r="G142" s="68"/>
+      <c r="H142" s="68"/>
+      <c r="I142" s="68"/>
+      <c r="J142" s="68"/>
+      <c r="K142" s="68"/>
+      <c r="L142" s="68"/>
+      <c r="M142" s="68"/>
+      <c r="N142" s="68"/>
+      <c r="O142" s="69"/>
+      <c r="P142" s="69"/>
+      <c r="Q142" s="63"/>
+    </row>
+    <row r="143" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A143" s="64"/>
+      <c r="B143" s="79" t="s">
+        <v>157</v>
+      </c>
+      <c r="C143" s="73" t="s">
+        <v>437</v>
+      </c>
+      <c r="D143" s="60"/>
+      <c r="E143" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F143" s="68"/>
+      <c r="G143" s="68"/>
+      <c r="H143" s="68"/>
+      <c r="I143" s="68"/>
+      <c r="J143" s="68"/>
+      <c r="K143" s="68"/>
+      <c r="L143" s="68"/>
+      <c r="M143" s="68"/>
+      <c r="N143" s="68"/>
+      <c r="O143" s="69"/>
+      <c r="P143" s="69"/>
+      <c r="Q143" s="63"/>
+    </row>
+    <row r="144" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A144" s="64"/>
+      <c r="B144" s="79" t="s">
+        <v>158</v>
+      </c>
+      <c r="C144" s="82" t="s">
+        <v>438</v>
+      </c>
+      <c r="D144" s="60"/>
+      <c r="E144" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F144" s="68"/>
+      <c r="G144" s="68"/>
+      <c r="H144" s="68"/>
+      <c r="I144" s="68"/>
+      <c r="J144" s="68"/>
+      <c r="K144" s="68"/>
+      <c r="L144" s="68"/>
+      <c r="M144" s="68"/>
+      <c r="N144" s="68"/>
+      <c r="O144" s="69"/>
+      <c r="P144" s="69"/>
+      <c r="Q144" s="63"/>
+    </row>
+    <row r="145" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A145" s="64"/>
+      <c r="B145" s="79" t="s">
+        <v>159</v>
+      </c>
+      <c r="C145" s="82" t="s">
+        <v>439</v>
+      </c>
+      <c r="D145" s="60"/>
+      <c r="E145" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F145" s="68"/>
+      <c r="G145" s="68"/>
+      <c r="H145" s="68"/>
+      <c r="I145" s="68"/>
+      <c r="J145" s="68"/>
+      <c r="K145" s="68"/>
+      <c r="L145" s="68"/>
+      <c r="M145" s="68"/>
+      <c r="N145" s="68"/>
+      <c r="O145" s="69"/>
+      <c r="P145" s="69"/>
+      <c r="Q145" s="63"/>
+    </row>
+    <row r="146" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A146" s="64"/>
+      <c r="B146" s="58" t="s">
+        <v>160</v>
+      </c>
+      <c r="C146" s="82" t="s">
+        <v>397</v>
+      </c>
+      <c r="D146" s="60"/>
+      <c r="E146" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F146" s="68"/>
+      <c r="G146" s="68"/>
+      <c r="H146" s="68"/>
+      <c r="I146" s="68"/>
+      <c r="J146" s="68"/>
+      <c r="K146" s="68"/>
+      <c r="L146" s="68"/>
+      <c r="M146" s="68"/>
+      <c r="N146" s="68"/>
+      <c r="O146" s="69"/>
+      <c r="P146" s="69"/>
+      <c r="Q146" s="63"/>
+    </row>
+    <row r="147" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A147" s="64"/>
+      <c r="B147" s="58" t="s">
+        <v>161</v>
+      </c>
+      <c r="C147" s="72" t="s">
+        <v>440</v>
+      </c>
+      <c r="D147" s="60"/>
+      <c r="E147" s="69"/>
+      <c r="F147" s="69"/>
+      <c r="G147" s="69"/>
+      <c r="H147" s="69"/>
+      <c r="I147" s="69"/>
+      <c r="J147" s="69"/>
+      <c r="K147" s="69"/>
+      <c r="L147" s="69"/>
+      <c r="M147" s="69"/>
+      <c r="N147" s="69"/>
+      <c r="O147" s="76"/>
+      <c r="Q147" s="63"/>
+    </row>
+    <row r="148" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A148" s="64"/>
+      <c r="B148" s="93" t="s">
+        <v>162</v>
+      </c>
+      <c r="C148" s="59" t="s">
+        <v>441</v>
+      </c>
+      <c r="D148" s="60"/>
+      <c r="E148" s="83"/>
+      <c r="F148" s="83"/>
+      <c r="G148" s="83"/>
+      <c r="H148" s="83"/>
+      <c r="I148" s="68"/>
+      <c r="J148" s="83"/>
+      <c r="K148" s="76"/>
+      <c r="L148" s="83"/>
+      <c r="M148" s="83"/>
+      <c r="N148" s="83"/>
+      <c r="O148" s="83"/>
+      <c r="P148" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q148" s="63"/>
+    </row>
+    <row r="149" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A149" s="64"/>
+      <c r="B149" s="101" t="s">
+        <v>163</v>
+      </c>
+      <c r="C149" s="59" t="s">
+        <v>442</v>
+      </c>
+      <c r="D149" s="60"/>
+      <c r="E149" s="83"/>
+      <c r="F149" s="83"/>
+      <c r="G149" s="83"/>
+      <c r="H149" s="83"/>
+      <c r="I149" s="68"/>
+      <c r="J149" s="83"/>
+      <c r="K149" s="76"/>
+      <c r="L149" s="83"/>
+      <c r="M149" s="83"/>
+      <c r="N149" s="83"/>
+      <c r="O149" s="83"/>
+      <c r="P149" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q149" s="63"/>
+    </row>
+    <row r="150" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A150" s="64"/>
+      <c r="B150" s="101" t="s">
+        <v>164</v>
+      </c>
+      <c r="C150" s="59" t="s">
+        <v>443</v>
+      </c>
+      <c r="D150" s="60"/>
+      <c r="E150" s="83"/>
+      <c r="F150" s="83"/>
+      <c r="G150" s="83"/>
+      <c r="H150" s="83"/>
+      <c r="I150" s="68"/>
+      <c r="J150" s="83"/>
+      <c r="K150" s="76"/>
+      <c r="L150" s="83"/>
+      <c r="M150" s="83"/>
+      <c r="N150" s="83"/>
+      <c r="O150" s="83"/>
+      <c r="P150" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q150" s="63"/>
+    </row>
+    <row r="151" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A151" s="64"/>
+      <c r="B151" s="101" t="s">
+        <v>165</v>
+      </c>
+      <c r="C151" s="59" t="s">
+        <v>444</v>
+      </c>
+      <c r="D151" s="60"/>
+      <c r="E151" s="83"/>
+      <c r="F151" s="83"/>
+      <c r="G151" s="83"/>
+      <c r="H151" s="83"/>
+      <c r="I151" s="68"/>
+      <c r="J151" s="83"/>
+      <c r="K151" s="76"/>
+      <c r="L151" s="83"/>
+      <c r="M151" s="83"/>
+      <c r="N151" s="83"/>
+      <c r="O151" s="83"/>
+      <c r="P151" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q151" s="63"/>
+    </row>
+    <row r="152" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A152" s="64"/>
+      <c r="B152" s="101" t="s">
+        <v>166</v>
+      </c>
+      <c r="C152" s="59" t="s">
+        <v>445</v>
+      </c>
+      <c r="D152" s="60"/>
+      <c r="E152" s="83"/>
+      <c r="F152" s="83"/>
+      <c r="G152" s="83"/>
+      <c r="H152" s="83"/>
+      <c r="I152" s="68"/>
+      <c r="J152" s="83"/>
+      <c r="K152" s="76"/>
+      <c r="L152" s="83"/>
+      <c r="M152" s="83"/>
+      <c r="N152" s="83"/>
+      <c r="O152" s="83"/>
+      <c r="P152" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q152" s="63"/>
+    </row>
+    <row r="153" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A153" s="64"/>
+      <c r="B153" s="71" t="s">
+        <v>167</v>
+      </c>
+      <c r="C153" s="59" t="s">
+        <v>446</v>
+      </c>
+      <c r="D153" s="60"/>
+      <c r="E153" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F153" s="68"/>
+      <c r="G153" s="68"/>
+      <c r="H153" s="69"/>
+      <c r="I153" s="69"/>
+      <c r="J153" s="69"/>
+      <c r="K153" s="69"/>
+      <c r="L153" s="69"/>
+      <c r="M153" s="69"/>
+      <c r="N153" s="68"/>
+      <c r="O153" s="69"/>
+      <c r="P153" s="69"/>
+      <c r="Q153" s="63"/>
+    </row>
+    <row r="154" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A154" s="64"/>
+      <c r="B154" s="58" t="s">
+        <v>168</v>
+      </c>
+      <c r="C154" s="59" t="s">
+        <v>447</v>
+      </c>
+      <c r="D154" s="60"/>
+      <c r="E154" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F154" s="83"/>
+      <c r="G154" s="83"/>
+      <c r="H154" s="83"/>
+      <c r="I154" s="68"/>
+      <c r="J154" s="83"/>
+      <c r="K154" s="83"/>
+      <c r="L154" s="83"/>
+      <c r="M154" s="83"/>
+      <c r="N154" s="83"/>
+      <c r="O154" s="83"/>
+      <c r="P154" s="83"/>
+      <c r="Q154" s="63"/>
+    </row>
+    <row r="155" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A155" s="64"/>
+      <c r="B155" s="58" t="s">
+        <v>169</v>
+      </c>
+      <c r="C155" s="59" t="s">
+        <v>448</v>
+      </c>
+      <c r="D155" s="60"/>
+      <c r="E155" s="69"/>
+      <c r="F155" s="69"/>
+      <c r="G155" s="69"/>
+      <c r="H155" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I155" s="69"/>
+      <c r="J155" s="69"/>
+      <c r="K155" s="69"/>
+      <c r="L155" s="69"/>
+      <c r="M155" s="69"/>
+      <c r="N155" s="69"/>
+      <c r="O155" s="81"/>
+      <c r="P155" s="81"/>
+      <c r="Q155" s="63"/>
+    </row>
+    <row r="156" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A156" s="64"/>
+      <c r="B156" s="58" t="s">
+        <v>170</v>
+      </c>
+      <c r="C156" s="59" t="s">
+        <v>449</v>
+      </c>
+      <c r="D156" s="60"/>
+      <c r="E156" s="69"/>
+      <c r="F156" s="69"/>
+      <c r="G156" s="69"/>
+      <c r="H156" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I156" s="69"/>
+      <c r="J156" s="69"/>
+      <c r="K156" s="69"/>
+      <c r="L156" s="69"/>
+      <c r="M156" s="69"/>
+      <c r="N156" s="69"/>
+      <c r="O156" s="81"/>
+      <c r="P156" s="81"/>
+      <c r="Q156" s="63"/>
+    </row>
+    <row r="157" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A157" s="64"/>
+      <c r="B157" s="58" t="s">
+        <v>171</v>
+      </c>
+      <c r="C157" s="59" t="s">
+        <v>450</v>
+      </c>
+      <c r="D157" s="60"/>
+      <c r="E157" s="69"/>
+      <c r="F157" s="69"/>
+      <c r="G157" s="69"/>
+      <c r="H157" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I157" s="69"/>
+      <c r="J157" s="69"/>
+      <c r="K157" s="69"/>
+      <c r="L157" s="69"/>
+      <c r="M157" s="69"/>
+      <c r="N157" s="69"/>
+      <c r="O157" s="81"/>
+      <c r="P157" s="81"/>
+      <c r="Q157" s="63"/>
+    </row>
+    <row r="158" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A158" s="64"/>
+      <c r="B158" s="58" t="s">
+        <v>172</v>
+      </c>
+      <c r="C158" s="59" t="s">
+        <v>451</v>
+      </c>
+      <c r="D158" s="60"/>
+      <c r="E158" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F158" s="69"/>
+      <c r="G158" s="69"/>
+      <c r="H158" s="68"/>
+      <c r="I158" s="69"/>
+      <c r="J158" s="69"/>
+      <c r="K158" s="69"/>
+      <c r="L158" s="69"/>
+      <c r="M158" s="69"/>
+      <c r="N158" s="69"/>
+      <c r="O158" s="68"/>
+      <c r="P158" s="68"/>
+      <c r="Q158" s="63"/>
+    </row>
+    <row r="159" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A159" s="64"/>
+      <c r="B159" s="58" t="s">
+        <v>173</v>
+      </c>
+      <c r="C159" s="59" t="s">
+        <v>452</v>
+      </c>
+      <c r="D159" s="60"/>
+      <c r="E159" s="68"/>
+      <c r="F159" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="G159" s="69"/>
+      <c r="H159" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I159" s="69"/>
+      <c r="J159" s="69"/>
+      <c r="K159" s="69"/>
+      <c r="L159" s="69"/>
+      <c r="M159" s="69"/>
+      <c r="N159" s="69"/>
+      <c r="O159" s="68"/>
+      <c r="P159" s="68"/>
+      <c r="Q159" s="63"/>
+    </row>
+    <row r="160" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A160" s="64"/>
+      <c r="B160" s="102" t="s">
+        <v>174</v>
+      </c>
+      <c r="C160" s="59" t="s">
+        <v>453</v>
+      </c>
+      <c r="D160" s="60"/>
+      <c r="E160" s="68"/>
+      <c r="F160" s="69"/>
+      <c r="G160" s="69"/>
+      <c r="H160" s="68"/>
+      <c r="I160" s="69"/>
+      <c r="J160" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" s="69"/>
+      <c r="L160" s="69"/>
+      <c r="M160" s="69"/>
+      <c r="N160" s="69"/>
+      <c r="O160" s="68"/>
+      <c r="P160" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q160" s="63"/>
+    </row>
+    <row r="161" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A161" s="64"/>
+      <c r="B161" s="102" t="s">
+        <v>175</v>
+      </c>
+      <c r="C161" s="59" t="s">
+        <v>454</v>
+      </c>
+      <c r="D161" s="60"/>
+      <c r="E161" s="68"/>
+      <c r="F161" s="68"/>
+      <c r="G161" s="69"/>
+      <c r="H161" s="68"/>
+      <c r="I161" s="69"/>
+      <c r="J161" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" s="69"/>
+      <c r="L161" s="69"/>
+      <c r="M161" s="69"/>
+      <c r="N161" s="69"/>
+      <c r="O161" s="68"/>
+      <c r="P161" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q161" s="63"/>
+    </row>
+    <row r="162" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A162" s="64"/>
+      <c r="B162" s="102" t="s">
+        <v>176</v>
+      </c>
+      <c r="C162" s="59" t="s">
+        <v>455</v>
+      </c>
+      <c r="D162" s="60"/>
+      <c r="E162" s="68"/>
+      <c r="F162" s="68"/>
+      <c r="G162" s="69"/>
+      <c r="H162" s="68"/>
+      <c r="I162" s="69"/>
+      <c r="J162" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" s="69"/>
+      <c r="L162" s="69"/>
+      <c r="M162" s="69"/>
+      <c r="N162" s="69"/>
+      <c r="O162" s="68"/>
+      <c r="P162" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q162" s="63"/>
+    </row>
+    <row r="163" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A163" s="64"/>
+      <c r="B163" s="102" t="s">
+        <v>177</v>
+      </c>
+      <c r="C163" s="59" t="s">
+        <v>456</v>
+      </c>
+      <c r="D163" s="60"/>
+      <c r="E163" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F163" s="68"/>
+      <c r="G163" s="69"/>
+      <c r="H163" s="68"/>
+      <c r="I163" s="69"/>
+      <c r="J163" s="69"/>
+      <c r="K163" s="69"/>
+      <c r="L163" s="69"/>
+      <c r="M163" s="69"/>
+      <c r="N163" s="69"/>
+      <c r="O163" s="68"/>
+      <c r="P163" s="68"/>
+      <c r="Q163" s="63"/>
+    </row>
+    <row r="164" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A164" s="64"/>
+      <c r="B164" s="103" t="s">
+        <v>178</v>
+      </c>
+      <c r="C164" s="73" t="s">
+        <v>457</v>
+      </c>
+      <c r="D164" s="60"/>
+      <c r="E164" s="68"/>
+      <c r="F164" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G164" s="69"/>
+      <c r="H164" s="68"/>
+      <c r="I164" s="69"/>
+      <c r="J164" s="69"/>
+      <c r="K164" s="68"/>
+      <c r="L164" s="69"/>
+      <c r="M164" s="69"/>
+      <c r="N164" s="69"/>
+      <c r="O164" s="81"/>
+      <c r="P164" s="81"/>
+      <c r="Q164" s="63"/>
+    </row>
+    <row r="165" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A165" s="64"/>
+      <c r="B165" s="104" t="s">
+        <v>179</v>
+      </c>
+      <c r="C165" s="73" t="s">
+        <v>458</v>
+      </c>
+      <c r="D165" s="60"/>
+      <c r="E165" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F165" s="68"/>
+      <c r="G165" s="69"/>
+      <c r="H165" s="68"/>
+      <c r="I165" s="69"/>
+      <c r="J165" s="69"/>
+      <c r="K165" s="68"/>
+      <c r="L165" s="69"/>
+      <c r="M165" s="69"/>
+      <c r="N165" s="69"/>
+      <c r="O165" s="81"/>
+      <c r="P165" s="81"/>
+      <c r="Q165" s="63"/>
+    </row>
+    <row r="166" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A166" s="64"/>
+      <c r="B166" s="104" t="s">
+        <v>180</v>
+      </c>
+      <c r="C166" s="73" t="s">
+        <v>459</v>
+      </c>
+      <c r="D166" s="60"/>
+      <c r="E166" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F166" s="68"/>
+      <c r="G166" s="69"/>
+      <c r="H166" s="68"/>
+      <c r="I166" s="69"/>
+      <c r="J166" s="69"/>
+      <c r="K166" s="68"/>
+      <c r="L166" s="69"/>
+      <c r="M166" s="69"/>
+      <c r="N166" s="69"/>
+      <c r="O166" s="68"/>
+      <c r="P166" s="68"/>
+      <c r="Q166" s="63"/>
+    </row>
+    <row r="167" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A167" s="64"/>
+      <c r="B167" s="102" t="s">
+        <v>181</v>
+      </c>
+      <c r="C167" s="59" t="s">
+        <v>460</v>
+      </c>
+      <c r="D167" s="60"/>
+      <c r="E167" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F167" s="69"/>
+      <c r="G167" s="69"/>
+      <c r="H167" s="68"/>
+      <c r="I167" s="69"/>
+      <c r="J167" s="69"/>
+      <c r="K167" s="69"/>
+      <c r="L167" s="69"/>
+      <c r="M167" s="69"/>
+      <c r="N167" s="69"/>
+      <c r="O167" s="81"/>
+      <c r="P167" s="81"/>
+      <c r="Q167" s="63"/>
+    </row>
+    <row r="168" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A168" s="64"/>
+      <c r="B168" s="105" t="s">
+        <v>182</v>
+      </c>
+      <c r="C168" s="73" t="s">
+        <v>461</v>
+      </c>
+      <c r="D168" s="60"/>
+      <c r="E168" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F168" s="69"/>
+      <c r="G168" s="69"/>
+      <c r="H168" s="68"/>
+      <c r="I168" s="69"/>
+      <c r="J168" s="69"/>
+      <c r="K168" s="68"/>
+      <c r="L168" s="69"/>
+      <c r="M168" s="69"/>
+      <c r="N168" s="69"/>
+      <c r="O168" s="81"/>
+      <c r="P168" s="81"/>
+      <c r="Q168" s="63"/>
+    </row>
+    <row r="169" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A169" s="64"/>
+      <c r="B169" s="104" t="s">
+        <v>183</v>
+      </c>
+      <c r="C169" s="73" t="s">
+        <v>462</v>
+      </c>
+      <c r="D169" s="60"/>
+      <c r="E169" s="68"/>
+      <c r="F169" s="69"/>
+      <c r="G169" s="69"/>
+      <c r="H169" s="68"/>
+      <c r="I169" s="69"/>
+      <c r="J169" s="69"/>
+      <c r="K169" s="68"/>
+      <c r="L169" s="69"/>
+      <c r="M169" s="69"/>
+      <c r="N169" s="69"/>
+      <c r="Q169" s="63"/>
+    </row>
+    <row r="170" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A170" s="64"/>
+      <c r="B170" s="105" t="s">
+        <v>184</v>
+      </c>
+      <c r="C170" s="59" t="s">
+        <v>463</v>
+      </c>
+      <c r="D170" s="60"/>
+      <c r="E170" s="68"/>
+      <c r="F170" s="68"/>
+      <c r="G170" s="68"/>
+      <c r="H170" s="69"/>
+      <c r="I170" s="69"/>
+      <c r="J170" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K170" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L170" s="83"/>
+      <c r="M170" s="83"/>
+      <c r="N170" s="68"/>
+      <c r="O170" s="68"/>
+      <c r="P170" s="68"/>
+      <c r="Q170" s="63"/>
+    </row>
+    <row r="171" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A171" s="64"/>
+      <c r="B171" s="102" t="s">
+        <v>185</v>
+      </c>
+      <c r="C171" s="59" t="s">
+        <v>464</v>
+      </c>
+      <c r="D171" s="60"/>
+      <c r="E171" s="69"/>
+      <c r="F171" s="69"/>
+      <c r="G171" s="69"/>
+      <c r="H171" s="69"/>
+      <c r="I171" s="69"/>
+      <c r="J171" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="K171" s="69"/>
+      <c r="L171" s="69"/>
+      <c r="M171" s="69"/>
+      <c r="N171" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O171" s="81"/>
+      <c r="P171" s="81"/>
+      <c r="Q171" s="63"/>
+    </row>
+    <row r="172" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A172" s="64"/>
+      <c r="B172" s="65" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C172" s="66" t="s">
+        <v>308</v>
+      </c>
+      <c r="D172" s="60"/>
+      <c r="E172" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F172" s="67"/>
+      <c r="G172" s="68"/>
+      <c r="H172" s="69"/>
+      <c r="I172" s="69"/>
+      <c r="J172" s="69"/>
+      <c r="K172" s="69"/>
+      <c r="L172" s="69"/>
+      <c r="M172" s="69"/>
+      <c r="N172" s="69"/>
+      <c r="O172" s="69"/>
+      <c r="P172" s="69"/>
+      <c r="Q172" s="63"/>
+    </row>
+    <row r="173" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A173" s="64"/>
+      <c r="B173" s="65" t="s">
+        <v>2339</v>
+      </c>
+      <c r="C173" s="66"/>
+      <c r="D173" s="60"/>
+      <c r="E173" s="68"/>
+      <c r="F173" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G173" s="68"/>
+      <c r="H173" s="69"/>
+      <c r="I173" s="69"/>
+      <c r="J173" s="69"/>
+      <c r="K173" s="69"/>
+      <c r="L173" s="69"/>
+      <c r="M173" s="69"/>
+      <c r="N173" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="O173" s="69"/>
+      <c r="P173" s="69"/>
+      <c r="Q173" s="63"/>
+    </row>
+    <row r="174" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A174" s="64"/>
+      <c r="B174" s="58" t="s">
+        <v>186</v>
+      </c>
+      <c r="C174" s="59" t="s">
+        <v>465</v>
+      </c>
+      <c r="D174" s="60"/>
+      <c r="E174" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F174" s="69"/>
+      <c r="G174" s="69"/>
+      <c r="H174" s="69"/>
+      <c r="I174" s="69"/>
+      <c r="J174" s="69"/>
+      <c r="K174" s="69"/>
+      <c r="L174" s="69"/>
+      <c r="M174" s="69"/>
+      <c r="N174" s="69"/>
+      <c r="O174" s="81"/>
+      <c r="P174" s="81"/>
+      <c r="Q174" s="63"/>
+    </row>
+    <row r="175" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A175" s="64"/>
+      <c r="B175" s="58" t="s">
+        <v>187</v>
+      </c>
+      <c r="C175" s="59" t="s">
+        <v>466</v>
+      </c>
+      <c r="D175" s="60"/>
+      <c r="E175" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F175" s="69"/>
+      <c r="G175" s="69"/>
+      <c r="H175" s="69"/>
+      <c r="I175" s="69"/>
+      <c r="J175" s="69"/>
+      <c r="K175" s="69"/>
+      <c r="L175" s="69"/>
+      <c r="M175" s="69"/>
+      <c r="N175" s="69"/>
+      <c r="O175" s="81"/>
+      <c r="P175" s="81"/>
+      <c r="Q175" s="63"/>
+    </row>
+    <row r="176" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A176" s="64"/>
+      <c r="B176" s="58" t="s">
+        <v>188</v>
+      </c>
+      <c r="C176" s="59" t="s">
+        <v>467</v>
+      </c>
+      <c r="D176" s="60"/>
+      <c r="E176" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F176" s="69"/>
+      <c r="G176" s="69"/>
+      <c r="H176" s="69"/>
+      <c r="I176" s="69"/>
+      <c r="J176" s="69"/>
+      <c r="K176" s="69"/>
+      <c r="L176" s="69"/>
+      <c r="M176" s="69"/>
+      <c r="N176" s="69"/>
+      <c r="O176" s="81"/>
+      <c r="P176" s="81"/>
+      <c r="Q176" s="63"/>
+    </row>
+    <row r="177" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A177" s="64"/>
+      <c r="B177" s="58" t="s">
+        <v>189</v>
+      </c>
+      <c r="C177" s="59" t="s">
+        <v>468</v>
+      </c>
+      <c r="D177" s="60"/>
+      <c r="E177" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F177" s="69"/>
+      <c r="G177" s="69"/>
+      <c r="H177" s="69"/>
+      <c r="I177" s="69"/>
+      <c r="J177" s="69"/>
+      <c r="K177" s="69"/>
+      <c r="L177" s="69"/>
+      <c r="M177" s="69"/>
+      <c r="N177" s="69"/>
+      <c r="O177" s="81"/>
+      <c r="P177" s="81"/>
+      <c r="Q177" s="63"/>
+    </row>
+    <row r="178" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A178" s="64"/>
+      <c r="B178" s="58" t="s">
+        <v>190</v>
+      </c>
+      <c r="C178" s="73" t="s">
+        <v>469</v>
+      </c>
+      <c r="D178" s="60"/>
+      <c r="E178" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F178" s="69"/>
+      <c r="G178" s="69"/>
+      <c r="H178" s="69"/>
+      <c r="I178" s="69"/>
+      <c r="J178" s="69"/>
+      <c r="K178" s="69"/>
+      <c r="L178" s="69"/>
+      <c r="M178" s="69"/>
+      <c r="N178" s="69"/>
+      <c r="O178" s="81"/>
+      <c r="P178" s="81"/>
+      <c r="Q178" s="63"/>
+    </row>
+    <row r="179" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A179" s="64"/>
+      <c r="B179" s="58" t="s">
+        <v>191</v>
+      </c>
+      <c r="C179" s="59" t="s">
+        <v>470</v>
+      </c>
+      <c r="D179" s="60"/>
+      <c r="E179" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F179" s="69"/>
+      <c r="G179" s="69"/>
+      <c r="H179" s="69"/>
+      <c r="I179" s="69"/>
+      <c r="J179" s="69"/>
+      <c r="K179" s="69"/>
+      <c r="L179" s="69"/>
+      <c r="M179" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N179" s="69"/>
+      <c r="O179" s="81"/>
+      <c r="P179" s="81"/>
+      <c r="Q179" s="63"/>
+    </row>
+    <row r="180" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A180" s="64"/>
+      <c r="B180" s="58" t="s">
+        <v>192</v>
+      </c>
+      <c r="C180" s="59" t="s">
+        <v>471</v>
+      </c>
+      <c r="D180" s="60"/>
+      <c r="E180" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F180" s="69"/>
+      <c r="G180" s="69"/>
+      <c r="H180" s="69"/>
+      <c r="I180" s="69"/>
+      <c r="J180" s="69"/>
+      <c r="K180" s="69"/>
+      <c r="L180" s="69"/>
+      <c r="M180" s="69"/>
+      <c r="N180" s="69"/>
+      <c r="O180" s="81"/>
+      <c r="P180" s="81"/>
+      <c r="Q180" s="63"/>
+    </row>
+    <row r="181" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A181" s="64"/>
+      <c r="B181" s="58" t="s">
+        <v>193</v>
+      </c>
+      <c r="C181" s="59" t="s">
+        <v>472</v>
+      </c>
+      <c r="D181" s="60"/>
+      <c r="E181" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F181" s="69"/>
+      <c r="G181" s="69"/>
+      <c r="H181" s="69"/>
+      <c r="I181" s="69"/>
+      <c r="J181" s="69"/>
+      <c r="K181" s="69"/>
+      <c r="L181" s="69"/>
+      <c r="M181" s="69"/>
+      <c r="N181" s="69"/>
+      <c r="O181" s="81"/>
+      <c r="P181" s="81"/>
+      <c r="Q181" s="63"/>
+    </row>
+    <row r="182" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A182" s="64"/>
+      <c r="B182" s="58" t="s">
+        <v>194</v>
+      </c>
+      <c r="C182" s="59" t="s">
+        <v>473</v>
+      </c>
+      <c r="D182" s="60"/>
+      <c r="E182" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F182" s="69"/>
+      <c r="G182" s="69"/>
+      <c r="H182" s="69"/>
+      <c r="I182" s="69"/>
+      <c r="J182" s="69"/>
+      <c r="K182" s="69"/>
+      <c r="L182" s="69"/>
+      <c r="M182" s="69"/>
+      <c r="N182" s="69"/>
+      <c r="O182" s="81"/>
+      <c r="P182" s="81"/>
+      <c r="Q182" s="63"/>
+    </row>
+    <row r="183" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A183" s="64"/>
+      <c r="B183" s="58" t="s">
+        <v>195</v>
+      </c>
+      <c r="C183" s="59" t="s">
+        <v>474</v>
+      </c>
+      <c r="D183" s="60"/>
+      <c r="E183" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F183" s="69"/>
+      <c r="G183" s="69"/>
+      <c r="H183" s="69"/>
+      <c r="I183" s="69"/>
+      <c r="J183" s="69"/>
+      <c r="K183" s="69"/>
+      <c r="L183" s="69"/>
+      <c r="M183" s="69"/>
+      <c r="N183" s="69"/>
+      <c r="O183" s="81"/>
+      <c r="P183" s="81"/>
+      <c r="Q183" s="63"/>
+    </row>
+    <row r="184" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A184" s="64"/>
+      <c r="B184" s="58" t="s">
+        <v>196</v>
+      </c>
+      <c r="C184" s="59" t="s">
+        <v>475</v>
+      </c>
+      <c r="D184" s="60"/>
+      <c r="E184" s="68"/>
+      <c r="F184" s="69"/>
+      <c r="G184" s="68"/>
+      <c r="H184" s="69"/>
+      <c r="I184" s="69"/>
+      <c r="J184" s="69"/>
+      <c r="K184" s="69"/>
+      <c r="L184" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M184" s="69"/>
+      <c r="N184" s="68"/>
+      <c r="O184" s="68"/>
+      <c r="P184" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q184" s="63"/>
+    </row>
+    <row r="185" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A185" s="64"/>
+      <c r="B185" s="58" t="s">
+        <v>197</v>
+      </c>
+      <c r="C185" s="59" t="s">
+        <v>476</v>
+      </c>
+      <c r="D185" s="60"/>
+      <c r="E185" s="68"/>
+      <c r="F185" s="69"/>
+      <c r="G185" s="68"/>
+      <c r="H185" s="69"/>
+      <c r="I185" s="69"/>
+      <c r="J185" s="69"/>
+      <c r="K185" s="69"/>
+      <c r="L185" s="69"/>
+      <c r="M185" s="69"/>
+      <c r="N185" s="68"/>
+      <c r="O185" s="84"/>
+      <c r="P185" s="106" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q185" s="63"/>
+    </row>
+    <row r="186" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A186" s="64"/>
+      <c r="B186" s="75" t="s">
+        <v>198</v>
+      </c>
+      <c r="C186" s="72" t="s">
+        <v>477</v>
+      </c>
+      <c r="D186" s="60"/>
+      <c r="E186" s="69"/>
+      <c r="F186" s="68"/>
+      <c r="G186" s="68"/>
+      <c r="H186" s="69"/>
+      <c r="I186" s="69"/>
+      <c r="J186" s="69"/>
+      <c r="K186" s="69"/>
+      <c r="L186" s="68"/>
+      <c r="M186" s="68"/>
+      <c r="N186" s="81"/>
+      <c r="O186" s="76"/>
+      <c r="Q186" s="63"/>
+    </row>
+    <row r="187" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A187" s="64"/>
+      <c r="B187" s="58" t="s">
+        <v>199</v>
+      </c>
+      <c r="C187" s="59" t="s">
+        <v>478</v>
+      </c>
+      <c r="D187" s="60"/>
+      <c r="E187" s="69"/>
+      <c r="F187" s="69"/>
+      <c r="G187" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H187" s="69"/>
+      <c r="I187" s="69"/>
+      <c r="J187" s="69"/>
+      <c r="K187" s="69"/>
+      <c r="L187" s="69"/>
+      <c r="M187" s="69"/>
+      <c r="N187" s="68"/>
+      <c r="O187" s="68"/>
+      <c r="P187" s="68"/>
+      <c r="Q187" s="63"/>
+    </row>
+    <row r="188" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A188" s="64"/>
+      <c r="B188" s="58" t="s">
+        <v>200</v>
+      </c>
+      <c r="C188" s="59" t="s">
+        <v>479</v>
+      </c>
+      <c r="D188" s="60"/>
+      <c r="E188" s="69"/>
+      <c r="F188" s="69"/>
+      <c r="G188" s="68"/>
+      <c r="H188" s="69"/>
+      <c r="I188" s="69"/>
+      <c r="J188" s="69"/>
+      <c r="K188" s="69"/>
+      <c r="L188" s="69"/>
+      <c r="M188" s="69"/>
+      <c r="N188" s="106" t="s">
+        <v>24</v>
+      </c>
+      <c r="O188" s="68"/>
+      <c r="P188" s="68"/>
+      <c r="Q188" s="63"/>
+    </row>
+    <row r="189" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A189" s="64"/>
+      <c r="B189" s="58" t="s">
+        <v>201</v>
+      </c>
+      <c r="C189" s="59" t="s">
+        <v>480</v>
+      </c>
+      <c r="D189" s="60"/>
+      <c r="E189" s="69"/>
+      <c r="F189" s="69"/>
+      <c r="G189" s="68"/>
+      <c r="H189" s="69"/>
+      <c r="I189" s="69"/>
+      <c r="J189" s="69"/>
+      <c r="K189" s="69"/>
+      <c r="L189" s="69"/>
+      <c r="M189" s="69"/>
+      <c r="N189" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O189" s="68"/>
+      <c r="P189" s="68"/>
+      <c r="Q189" s="63"/>
+    </row>
+    <row r="190" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A190" s="64"/>
+      <c r="B190" s="58" t="s">
+        <v>202</v>
+      </c>
+      <c r="C190" s="59" t="s">
+        <v>481</v>
+      </c>
+      <c r="D190" s="60"/>
+      <c r="E190" s="69"/>
+      <c r="F190" s="69"/>
+      <c r="G190" s="68"/>
+      <c r="H190" s="69"/>
+      <c r="I190" s="69"/>
+      <c r="J190" s="69"/>
+      <c r="K190" s="69"/>
+      <c r="L190" s="69"/>
+      <c r="M190" s="69"/>
+      <c r="N190" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O190" s="68"/>
+      <c r="P190" s="68"/>
+      <c r="Q190" s="63"/>
+    </row>
+    <row r="191" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A191" s="64"/>
+      <c r="B191" s="58" t="s">
+        <v>203</v>
+      </c>
+      <c r="C191" s="59" t="s">
+        <v>482</v>
+      </c>
+      <c r="D191" s="60"/>
+      <c r="E191" s="69"/>
+      <c r="F191" s="69"/>
+      <c r="G191" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="H191" s="69"/>
+      <c r="I191" s="69"/>
+      <c r="J191" s="69"/>
+      <c r="K191" s="69"/>
+      <c r="L191" s="69"/>
+      <c r="M191" s="69"/>
+      <c r="N191" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O191" s="68"/>
+      <c r="P191" s="68"/>
+      <c r="Q191" s="63"/>
+    </row>
+    <row r="192" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A192" s="64"/>
+      <c r="B192" s="58" t="s">
+        <v>204</v>
+      </c>
+      <c r="C192" s="59" t="s">
+        <v>2340</v>
+      </c>
+      <c r="D192" s="60"/>
+      <c r="E192" s="69"/>
+      <c r="F192" s="69"/>
+      <c r="G192" s="69"/>
+      <c r="H192" s="69"/>
+      <c r="I192" s="69"/>
+      <c r="J192" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="K192" s="69"/>
+      <c r="L192" s="69"/>
+      <c r="M192" s="69"/>
+      <c r="N192" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O192" s="107"/>
+      <c r="P192" s="107"/>
+      <c r="Q192" s="63"/>
+    </row>
+    <row r="193" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A193" s="64"/>
+      <c r="B193" s="58" t="s">
+        <v>205</v>
+      </c>
+      <c r="C193" s="59" t="s">
+        <v>483</v>
+      </c>
+      <c r="D193" s="60"/>
+      <c r="E193" s="69"/>
+      <c r="F193" s="69"/>
+      <c r="G193" s="69"/>
+      <c r="H193" s="69"/>
+      <c r="I193" s="69"/>
+      <c r="J193" s="69"/>
+      <c r="K193" s="69"/>
+      <c r="L193" s="69"/>
+      <c r="M193" s="69"/>
+      <c r="N193" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O193" s="107"/>
+      <c r="P193" s="107"/>
+      <c r="Q193" s="63"/>
+    </row>
+    <row r="194" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A194" s="64"/>
+      <c r="B194" s="58" t="s">
+        <v>206</v>
+      </c>
+      <c r="C194" s="59" t="s">
+        <v>484</v>
+      </c>
+      <c r="D194" s="60"/>
+      <c r="E194" s="68"/>
+      <c r="F194" s="68"/>
+      <c r="G194" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H194" s="69"/>
+      <c r="I194" s="69"/>
+      <c r="J194" s="68"/>
+      <c r="K194" s="69"/>
+      <c r="L194" s="69"/>
+      <c r="M194" s="69"/>
+      <c r="N194" s="68"/>
+      <c r="O194" s="67"/>
+      <c r="P194" s="67"/>
+      <c r="Q194" s="63"/>
+    </row>
+    <row r="195" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A195" s="64"/>
+      <c r="B195" s="58" t="s">
+        <v>207</v>
+      </c>
+      <c r="C195" s="59" t="s">
+        <v>485</v>
+      </c>
+      <c r="D195" s="60"/>
+      <c r="E195" s="68"/>
+      <c r="F195" s="69"/>
+      <c r="G195" s="68"/>
+      <c r="H195" s="69"/>
+      <c r="I195" s="69"/>
+      <c r="J195" s="69"/>
+      <c r="K195" s="69"/>
+      <c r="L195" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M195" s="69"/>
+      <c r="N195" s="68"/>
+      <c r="O195" s="68"/>
+      <c r="P195" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q195" s="63"/>
+    </row>
+    <row r="196" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A196" s="64"/>
+      <c r="B196" s="58" t="s">
+        <v>208</v>
+      </c>
+      <c r="C196" s="59" t="s">
+        <v>486</v>
+      </c>
+      <c r="D196" s="60"/>
+      <c r="E196" s="68"/>
+      <c r="F196" s="69"/>
+      <c r="G196" s="68"/>
+      <c r="H196" s="69"/>
+      <c r="I196" s="69"/>
+      <c r="J196" s="69"/>
+      <c r="K196" s="69"/>
+      <c r="L196" s="69"/>
+      <c r="M196" s="69"/>
+      <c r="N196" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O196" s="68"/>
+      <c r="P196" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q196" s="63"/>
+    </row>
+    <row r="197" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A197" s="64"/>
+      <c r="B197" s="75" t="s">
+        <v>209</v>
+      </c>
+      <c r="C197" s="59" t="s">
+        <v>487</v>
+      </c>
+      <c r="D197" s="60"/>
+      <c r="E197" s="69"/>
+      <c r="F197" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G197" s="69"/>
+      <c r="H197" s="69"/>
+      <c r="I197" s="69"/>
+      <c r="J197" s="69"/>
+      <c r="K197" s="69"/>
+      <c r="L197" s="69"/>
+      <c r="M197" s="69"/>
+      <c r="N197" s="69"/>
+      <c r="O197" s="107"/>
+      <c r="P197" s="107"/>
+      <c r="Q197" s="63"/>
+    </row>
+    <row r="198" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A198" s="64"/>
+      <c r="B198" s="75" t="s">
+        <v>210</v>
+      </c>
+      <c r="C198" s="59" t="s">
+        <v>488</v>
+      </c>
+      <c r="D198" s="60"/>
+      <c r="E198" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F198" s="68"/>
+      <c r="G198" s="69"/>
+      <c r="H198" s="69"/>
+      <c r="I198" s="69"/>
+      <c r="J198" s="69"/>
+      <c r="K198" s="69"/>
+      <c r="L198" s="69"/>
+      <c r="M198" s="69"/>
+      <c r="N198" s="69"/>
+      <c r="O198" s="107"/>
+      <c r="P198" s="107"/>
+      <c r="Q198" s="63"/>
+    </row>
+    <row r="199" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A199" s="64"/>
+      <c r="B199" s="75" t="s">
+        <v>211</v>
+      </c>
+      <c r="C199" s="59" t="s">
+        <v>489</v>
+      </c>
+      <c r="D199" s="60"/>
+      <c r="E199" s="68"/>
+      <c r="F199" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G199" s="69"/>
+      <c r="H199" s="69"/>
+      <c r="I199" s="69"/>
+      <c r="J199" s="68"/>
+      <c r="K199" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L199" s="69"/>
+      <c r="M199" s="69"/>
+      <c r="N199" s="69"/>
+      <c r="O199" s="67"/>
+      <c r="P199" s="67"/>
+      <c r="Q199" s="63"/>
+    </row>
+    <row r="200" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A200" s="64"/>
+      <c r="B200" s="75" t="s">
+        <v>212</v>
+      </c>
+      <c r="C200" s="82" t="s">
+        <v>490</v>
+      </c>
+      <c r="D200" s="60"/>
+      <c r="E200" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F200" s="68"/>
+      <c r="G200" s="69"/>
+      <c r="H200" s="69"/>
+      <c r="I200" s="69"/>
+      <c r="J200" s="69"/>
+      <c r="K200" s="69"/>
+      <c r="L200" s="69"/>
+      <c r="M200" s="69"/>
+      <c r="N200" s="69"/>
+      <c r="O200" s="107"/>
+      <c r="P200" s="107"/>
+      <c r="Q200" s="63"/>
+    </row>
+    <row r="201" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A201" s="64"/>
+      <c r="B201" s="79" t="s">
+        <v>213</v>
+      </c>
+      <c r="C201" s="73" t="s">
+        <v>491</v>
+      </c>
+      <c r="D201" s="60"/>
+      <c r="E201" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F201" s="68"/>
+      <c r="G201" s="69"/>
+      <c r="H201" s="69"/>
+      <c r="I201" s="69"/>
+      <c r="J201" s="69"/>
+      <c r="K201" s="69"/>
+      <c r="L201" s="69"/>
+      <c r="M201" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="N201" s="69"/>
+      <c r="O201" s="107"/>
+      <c r="P201" s="107"/>
+      <c r="Q201" s="63"/>
+    </row>
+    <row r="202" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A202" s="64"/>
+      <c r="B202" s="79" t="s">
+        <v>214</v>
+      </c>
+      <c r="C202" s="73" t="s">
+        <v>492</v>
+      </c>
+      <c r="D202" s="60"/>
+      <c r="E202" s="68"/>
+      <c r="F202" s="68"/>
+      <c r="G202" s="69"/>
+      <c r="H202" s="69"/>
+      <c r="I202" s="69"/>
+      <c r="J202" s="69"/>
+      <c r="K202" s="69"/>
+      <c r="L202" s="69"/>
+      <c r="M202" s="69"/>
+      <c r="N202" s="69"/>
+      <c r="Q202" s="63"/>
+    </row>
+    <row r="203" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A203" s="64"/>
+      <c r="B203" s="79" t="s">
+        <v>215</v>
+      </c>
+      <c r="C203" s="73" t="s">
+        <v>493</v>
+      </c>
+      <c r="D203" s="60"/>
+      <c r="E203" s="68"/>
+      <c r="F203" s="68"/>
+      <c r="G203" s="69"/>
+      <c r="H203" s="69"/>
+      <c r="I203" s="69"/>
+      <c r="J203" s="69"/>
+      <c r="K203" s="69"/>
+      <c r="L203" s="69"/>
+      <c r="M203" s="69"/>
+      <c r="N203" s="69"/>
+      <c r="O203" s="68"/>
+      <c r="P203" s="68"/>
+      <c r="Q203" s="63"/>
+    </row>
+    <row r="204" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A204" s="64"/>
+      <c r="B204" s="79" t="s">
+        <v>216</v>
+      </c>
+      <c r="C204" s="73" t="s">
+        <v>494</v>
+      </c>
+      <c r="D204" s="108"/>
+      <c r="E204" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F204" s="110"/>
+      <c r="G204" s="111"/>
+      <c r="H204" s="111"/>
+      <c r="I204" s="111"/>
+      <c r="J204" s="111"/>
+      <c r="K204" s="111"/>
+      <c r="L204" s="111"/>
+      <c r="M204" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="N204" s="111"/>
+      <c r="O204" s="112"/>
+      <c r="P204" s="112"/>
+      <c r="Q204" s="55"/>
+    </row>
+    <row r="205" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A205" s="64"/>
+      <c r="B205" s="113" t="s">
+        <v>217</v>
+      </c>
+      <c r="C205" s="59" t="s">
+        <v>495</v>
+      </c>
+      <c r="D205" s="60"/>
+      <c r="E205" s="68"/>
+      <c r="F205" s="69"/>
+      <c r="G205" s="68"/>
+      <c r="H205" s="69"/>
+      <c r="I205" s="69"/>
+      <c r="J205" s="69"/>
+      <c r="K205" s="69"/>
+      <c r="L205" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M205" s="69"/>
+      <c r="N205" s="68"/>
+      <c r="O205" s="68"/>
+      <c r="P205" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q205" s="63"/>
+    </row>
+    <row r="206" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A206" s="64"/>
+      <c r="B206" s="79" t="s">
+        <v>218</v>
+      </c>
+      <c r="C206" s="59" t="s">
+        <v>496</v>
+      </c>
+      <c r="D206" s="60"/>
+      <c r="E206" s="68"/>
+      <c r="F206" s="69"/>
+      <c r="G206" s="68"/>
+      <c r="H206" s="69"/>
+      <c r="I206" s="68"/>
+      <c r="J206" s="68"/>
+      <c r="K206" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L206" s="69"/>
+      <c r="M206" s="69"/>
+      <c r="N206" s="68"/>
+      <c r="O206" s="67"/>
+      <c r="P206" s="67"/>
+      <c r="Q206" s="63"/>
+    </row>
+    <row r="207" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A207" s="64"/>
+      <c r="B207" s="58" t="s">
+        <v>219</v>
+      </c>
+      <c r="C207" s="59" t="s">
+        <v>497</v>
+      </c>
+      <c r="D207" s="60"/>
+      <c r="E207" s="69"/>
+      <c r="F207" s="69"/>
+      <c r="G207" s="69"/>
+      <c r="H207" s="69"/>
+      <c r="I207" s="69"/>
+      <c r="J207" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K207" s="69"/>
+      <c r="L207" s="69"/>
+      <c r="M207" s="69"/>
+      <c r="N207" s="69"/>
+      <c r="O207" s="107"/>
+      <c r="P207" s="107"/>
+      <c r="Q207" s="63"/>
+    </row>
+    <row r="208" spans="1:17" ht="85" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A208" s="114"/>
+      <c r="B208" s="58" t="s">
+        <v>220</v>
+      </c>
+      <c r="C208" s="59" t="s">
+        <v>477</v>
+      </c>
+      <c r="D208" s="60"/>
+      <c r="E208" s="69"/>
+      <c r="F208" s="69"/>
+      <c r="G208" s="69"/>
+      <c r="H208" s="69"/>
+      <c r="I208" s="69"/>
+      <c r="J208" s="68"/>
+      <c r="K208" s="69"/>
+      <c r="L208" s="69"/>
+      <c r="M208" s="69"/>
+      <c r="N208" s="69"/>
+      <c r="O208" s="76"/>
+      <c r="Q208" s="63"/>
+    </row>
+    <row r="209" spans="1:17" s="122" customFormat="1" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A209" s="115" t="s">
+        <v>221</v>
+      </c>
+      <c r="B209" s="116"/>
+      <c r="C209" s="117"/>
+      <c r="D209" s="118"/>
+      <c r="E209" s="119"/>
+      <c r="F209" s="120"/>
+      <c r="G209" s="120"/>
+      <c r="H209" s="120"/>
+      <c r="I209" s="120"/>
+      <c r="J209" s="120"/>
+      <c r="K209" s="120"/>
+      <c r="L209" s="120"/>
+      <c r="M209" s="120"/>
+      <c r="N209" s="120"/>
+      <c r="O209" s="120"/>
+      <c r="P209" s="121"/>
+      <c r="Q209" s="118"/>
+    </row>
+    <row r="210" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A210" s="123">
+        <v>1</v>
+      </c>
+      <c r="B210" s="124" t="s">
+        <v>222</v>
+      </c>
+      <c r="C210" s="104"/>
+      <c r="D210" s="125"/>
+      <c r="E210" s="69"/>
+      <c r="F210" s="69"/>
+      <c r="G210" s="69"/>
+      <c r="H210" s="69"/>
+      <c r="I210" s="69"/>
+      <c r="J210" s="69"/>
+      <c r="K210" s="69"/>
+      <c r="L210" s="69"/>
+      <c r="M210" s="69"/>
+      <c r="N210" s="69"/>
+      <c r="O210" s="76"/>
+      <c r="P210" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q210" s="63"/>
+    </row>
+    <row r="211" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A211" s="123">
+        <v>3</v>
+      </c>
+      <c r="B211" s="126" t="s">
+        <v>223</v>
+      </c>
+      <c r="C211" s="104"/>
+      <c r="D211" s="127"/>
+      <c r="E211" s="111"/>
+      <c r="F211" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="G211" s="111"/>
+      <c r="H211" s="111"/>
+      <c r="I211" s="111"/>
+      <c r="J211" s="111"/>
+      <c r="K211" s="111"/>
+      <c r="L211" s="111"/>
+      <c r="M211" s="111"/>
+      <c r="N211" s="111"/>
+      <c r="O211" s="68"/>
+      <c r="P211" s="110"/>
+      <c r="Q211" s="55"/>
+    </row>
+    <row r="212" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A212" s="123">
+        <v>7</v>
+      </c>
+      <c r="B212" s="124" t="s">
+        <v>224</v>
+      </c>
+      <c r="C212" s="104"/>
+      <c r="D212" s="125"/>
+      <c r="E212" s="69"/>
+      <c r="F212" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G212" s="69"/>
+      <c r="H212" s="69"/>
+      <c r="I212" s="69"/>
+      <c r="J212" s="69"/>
+      <c r="K212" s="69"/>
+      <c r="L212" s="69"/>
+      <c r="M212" s="69"/>
+      <c r="N212" s="69"/>
+      <c r="O212" s="68"/>
+      <c r="P212" s="68"/>
+      <c r="Q212" s="63"/>
+    </row>
+    <row r="213" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A213" s="123">
+        <v>9</v>
+      </c>
+      <c r="B213" s="128" t="s">
+        <v>225</v>
+      </c>
+      <c r="C213" s="128"/>
+      <c r="D213" s="125"/>
+      <c r="E213" s="68"/>
+      <c r="F213" s="68"/>
+      <c r="G213" s="68"/>
+      <c r="H213" s="69"/>
+      <c r="I213" s="69"/>
+      <c r="J213" s="69"/>
+      <c r="K213" s="69"/>
+      <c r="L213" s="69"/>
+      <c r="M213" s="69"/>
+      <c r="N213" s="69"/>
+      <c r="P213" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q213" s="63"/>
+    </row>
+    <row r="214" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A214" s="123">
+        <v>13</v>
+      </c>
+      <c r="B214" s="104" t="s">
+        <v>226</v>
+      </c>
+      <c r="C214" s="129"/>
+      <c r="D214" s="125"/>
+      <c r="E214" s="68"/>
+      <c r="F214" s="68"/>
+      <c r="G214" s="68"/>
+      <c r="H214" s="69"/>
+      <c r="I214" s="69"/>
+      <c r="J214" s="69"/>
+      <c r="K214" s="69"/>
+      <c r="L214" s="69"/>
+      <c r="M214" s="69"/>
+      <c r="N214" s="69"/>
+      <c r="O214" s="68"/>
+      <c r="P214" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q214" s="63"/>
+    </row>
+    <row r="215" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A215" s="123">
+        <v>14</v>
+      </c>
+      <c r="B215" s="104" t="s">
+        <v>227</v>
+      </c>
+      <c r="C215" s="104"/>
+      <c r="D215" s="125"/>
+      <c r="E215" s="68"/>
+      <c r="F215" s="68"/>
+      <c r="G215" s="68"/>
+      <c r="H215" s="69"/>
+      <c r="I215" s="69"/>
+      <c r="J215" s="69"/>
+      <c r="K215" s="69"/>
+      <c r="L215" s="69"/>
+      <c r="M215" s="69"/>
+      <c r="N215" s="69"/>
+      <c r="P215" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q215" s="63"/>
+    </row>
+    <row r="216" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A216" s="123">
         <v>19</v>
       </c>
-      <c r="B3" s="147"/>
-[...50 lines deleted...]
-      <c r="E5" s="4" t="s">
+      <c r="B216" s="104" t="s">
+        <v>228</v>
+      </c>
+      <c r="C216" s="104"/>
+      <c r="D216" s="125"/>
+      <c r="E216" s="68"/>
+      <c r="F216" s="68"/>
+      <c r="G216" s="68"/>
+      <c r="H216" s="61" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="4" t="s">
-[...2 lines deleted...]
-      <c r="G5" s="4" t="s">
+      <c r="I216" s="69"/>
+      <c r="J216" s="69"/>
+      <c r="K216" s="69"/>
+      <c r="L216" s="69"/>
+      <c r="M216" s="69"/>
+      <c r="N216" s="69"/>
+      <c r="O216" s="68"/>
+      <c r="P216" s="68"/>
+      <c r="Q216" s="63"/>
+    </row>
+    <row r="217" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A217" s="123">
+        <v>33</v>
+      </c>
+      <c r="B217" s="128" t="s">
+        <v>229</v>
+      </c>
+      <c r="C217" s="104"/>
+      <c r="D217" s="125"/>
+      <c r="E217" s="68"/>
+      <c r="F217" s="68"/>
+      <c r="G217" s="68"/>
+      <c r="H217" s="68"/>
+      <c r="I217" s="69"/>
+      <c r="J217" s="69"/>
+      <c r="K217" s="69"/>
+      <c r="L217" s="69"/>
+      <c r="M217" s="69"/>
+      <c r="N217" s="69"/>
+      <c r="O217" s="76"/>
+      <c r="P217" s="76"/>
+      <c r="Q217" s="63"/>
+    </row>
+    <row r="218" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A218" s="123">
+        <v>37</v>
+      </c>
+      <c r="B218" s="129" t="s">
+        <v>230</v>
+      </c>
+      <c r="C218" s="128"/>
+      <c r="D218" s="127"/>
+      <c r="E218" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F218" s="111"/>
+      <c r="G218" s="111"/>
+      <c r="H218" s="111"/>
+      <c r="I218" s="111"/>
+      <c r="J218" s="110"/>
+      <c r="K218" s="111"/>
+      <c r="L218" s="111"/>
+      <c r="M218" s="111"/>
+      <c r="N218" s="111"/>
+      <c r="O218" s="112"/>
+      <c r="P218" s="130"/>
+      <c r="Q218" s="55"/>
+    </row>
+    <row r="219" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A219" s="123">
+        <v>38</v>
+      </c>
+      <c r="B219" s="104" t="s">
+        <v>231</v>
+      </c>
+      <c r="C219" s="131"/>
+      <c r="D219" s="125"/>
+      <c r="E219" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F219" s="69"/>
+      <c r="G219" s="69"/>
+      <c r="H219" s="69"/>
+      <c r="I219" s="69"/>
+      <c r="J219" s="68"/>
+      <c r="K219" s="69"/>
+      <c r="L219" s="69"/>
+      <c r="M219" s="69"/>
+      <c r="N219" s="69"/>
+      <c r="O219" s="107"/>
+      <c r="P219" s="67"/>
+      <c r="Q219" s="63"/>
+    </row>
+    <row r="220" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A220" s="123">
+        <v>54</v>
+      </c>
+      <c r="B220" s="104" t="s">
+        <v>232</v>
+      </c>
+      <c r="C220" s="58"/>
+      <c r="D220" s="125"/>
+      <c r="E220" s="68"/>
+      <c r="F220" s="69"/>
+      <c r="G220" s="68"/>
+      <c r="H220" s="69"/>
+      <c r="I220" s="69"/>
+      <c r="J220" s="68"/>
+      <c r="K220" s="69"/>
+      <c r="L220" s="69"/>
+      <c r="M220" s="69"/>
+      <c r="N220" s="69"/>
+      <c r="O220" s="68"/>
+      <c r="P220" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q220" s="63"/>
+    </row>
+    <row r="221" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A221" s="123" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B221" s="104" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C221" s="103"/>
+      <c r="D221" s="125"/>
+      <c r="E221" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F221" s="69"/>
+      <c r="G221" s="68"/>
+      <c r="H221" s="69"/>
+      <c r="I221" s="69"/>
+      <c r="J221" s="68"/>
+      <c r="K221" s="69"/>
+      <c r="L221" s="69"/>
+      <c r="M221" s="69"/>
+      <c r="N221" s="69"/>
+      <c r="O221" s="68"/>
+      <c r="P221" s="68"/>
+      <c r="Q221" s="63"/>
+    </row>
+    <row r="222" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A222" s="123">
+        <v>87</v>
+      </c>
+      <c r="B222" s="128" t="s">
+        <v>233</v>
+      </c>
+      <c r="C222" s="103"/>
+      <c r="D222" s="125"/>
+      <c r="E222" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F222" s="69"/>
+      <c r="G222" s="69"/>
+      <c r="H222" s="69"/>
+      <c r="I222" s="69"/>
+      <c r="J222" s="68"/>
+      <c r="K222" s="69"/>
+      <c r="L222" s="69"/>
+      <c r="M222" s="69"/>
+      <c r="N222" s="69"/>
+      <c r="O222" s="107"/>
+      <c r="P222" s="107"/>
+      <c r="Q222" s="63"/>
+    </row>
+    <row r="223" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A223" s="123">
+        <v>118</v>
+      </c>
+      <c r="B223" s="131" t="s">
+        <v>234</v>
+      </c>
+      <c r="C223" s="103"/>
+      <c r="D223" s="125"/>
+      <c r="E223" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F223" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G223" s="70" t="s">
         <v>26</v>
       </c>
-      <c r="H5" s="4" t="s">
-[...391 lines deleted...]
-      <c r="C20" s="125" t="s">
+      <c r="H223" s="69"/>
+      <c r="I223" s="69"/>
+      <c r="J223" s="68"/>
+      <c r="K223" s="69"/>
+      <c r="L223" s="69"/>
+      <c r="M223" s="69"/>
+      <c r="N223" s="68"/>
+      <c r="O223" s="68"/>
+      <c r="P223" s="97" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q223" s="63"/>
+    </row>
+    <row r="224" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A224" s="123">
+        <v>127</v>
+      </c>
+      <c r="B224" s="58" t="s">
+        <v>235</v>
+      </c>
+      <c r="C224" s="128"/>
+      <c r="D224" s="125"/>
+      <c r="E224" s="69"/>
+      <c r="F224" s="69"/>
+      <c r="G224" s="69"/>
+      <c r="H224" s="69"/>
+      <c r="I224" s="69"/>
+      <c r="J224" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K224" s="69"/>
+      <c r="L224" s="69"/>
+      <c r="M224" s="69"/>
+      <c r="N224" s="69"/>
+      <c r="O224" s="107"/>
+      <c r="P224" s="132"/>
+      <c r="Q224" s="63"/>
+    </row>
+    <row r="225" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A225" s="123">
+        <v>150</v>
+      </c>
+      <c r="B225" s="103" t="s">
+        <v>236</v>
+      </c>
+      <c r="C225" s="133"/>
+      <c r="D225" s="125"/>
+      <c r="E225" s="69"/>
+      <c r="F225" s="69"/>
+      <c r="G225" s="69"/>
+      <c r="H225" s="69"/>
+      <c r="I225" s="69"/>
+      <c r="J225" s="68"/>
+      <c r="K225" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L225" s="69"/>
+      <c r="M225" s="69"/>
+      <c r="N225" s="69"/>
+      <c r="O225" s="107"/>
+      <c r="P225" s="132"/>
+      <c r="Q225" s="63"/>
+    </row>
+    <row r="226" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A226" s="123">
+        <v>151</v>
+      </c>
+      <c r="B226" s="103" t="s">
+        <v>237</v>
+      </c>
+      <c r="C226" s="79"/>
+      <c r="D226" s="125"/>
+      <c r="E226" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F226" s="69"/>
+      <c r="G226" s="69"/>
+      <c r="H226" s="69"/>
+      <c r="I226" s="69"/>
+      <c r="J226" s="68"/>
+      <c r="K226" s="69"/>
+      <c r="L226" s="69"/>
+      <c r="M226" s="69"/>
+      <c r="N226" s="69"/>
+      <c r="O226" s="134"/>
+      <c r="P226" s="69"/>
+      <c r="Q226" s="63"/>
+    </row>
+    <row r="227" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A227" s="123" t="s">
+        <v>238</v>
+      </c>
+      <c r="B227" s="103" t="s">
+        <v>239</v>
+      </c>
+      <c r="C227" s="79"/>
+      <c r="D227" s="125"/>
+      <c r="E227" s="68"/>
+      <c r="F227" s="69"/>
+      <c r="G227" s="69"/>
+      <c r="H227" s="69"/>
+      <c r="I227" s="69"/>
+      <c r="J227" s="68"/>
+      <c r="K227" s="69"/>
+      <c r="L227" s="69"/>
+      <c r="M227" s="69"/>
+      <c r="N227" s="69"/>
+      <c r="O227" s="76"/>
+      <c r="P227" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q227" s="63"/>
+    </row>
+    <row r="228" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A228" s="123">
+        <v>162</v>
+      </c>
+      <c r="B228" s="128" t="s">
+        <v>240</v>
+      </c>
+      <c r="C228" s="135"/>
+      <c r="D228" s="125"/>
+      <c r="E228" s="69"/>
+      <c r="F228" s="69"/>
+      <c r="G228" s="69"/>
+      <c r="H228" s="69"/>
+      <c r="I228" s="69"/>
+      <c r="J228" s="68"/>
+      <c r="K228" s="68"/>
+      <c r="L228" s="69"/>
+      <c r="M228" s="69"/>
+      <c r="N228" s="69"/>
+      <c r="O228" s="136"/>
+      <c r="P228" s="76"/>
+      <c r="Q228" s="63"/>
+    </row>
+    <row r="229" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A229" s="123">
+        <v>168</v>
+      </c>
+      <c r="B229" s="133" t="s">
+        <v>241</v>
+      </c>
+      <c r="C229" s="137"/>
+      <c r="D229" s="127"/>
+      <c r="E229" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="F229" s="111"/>
+      <c r="G229" s="111"/>
+      <c r="H229" s="111"/>
+      <c r="I229" s="111"/>
+      <c r="J229" s="111"/>
+      <c r="K229" s="111"/>
+      <c r="L229" s="111"/>
+      <c r="M229" s="111"/>
+      <c r="N229" s="111"/>
+      <c r="O229" s="138"/>
+      <c r="P229" s="112"/>
+      <c r="Q229" s="55"/>
+    </row>
+    <row r="230" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A230" s="123">
+        <v>170</v>
+      </c>
+      <c r="B230" s="79" t="s">
+        <v>242</v>
+      </c>
+      <c r="C230" s="78"/>
+      <c r="D230" s="125"/>
+      <c r="E230" s="68"/>
+      <c r="F230" s="69"/>
+      <c r="G230" s="69"/>
+      <c r="H230" s="69"/>
+      <c r="I230" s="69"/>
+      <c r="J230" s="69"/>
+      <c r="K230" s="69"/>
+      <c r="L230" s="69"/>
+      <c r="M230" s="69"/>
+      <c r="N230" s="69"/>
+      <c r="O230" s="76"/>
+      <c r="P230" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q230" s="63"/>
+    </row>
+    <row r="231" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A231" s="123">
+        <v>172</v>
+      </c>
+      <c r="B231" s="79" t="s">
+        <v>243</v>
+      </c>
+      <c r="C231" s="78"/>
+      <c r="D231" s="125"/>
+      <c r="E231" s="68"/>
+      <c r="F231" s="69"/>
+      <c r="G231" s="69"/>
+      <c r="H231" s="69"/>
+      <c r="I231" s="69"/>
+      <c r="J231" s="69"/>
+      <c r="K231" s="69"/>
+      <c r="L231" s="69"/>
+      <c r="M231" s="69"/>
+      <c r="N231" s="69"/>
+      <c r="O231" s="76"/>
+      <c r="P231" s="76"/>
+      <c r="Q231" s="63"/>
+    </row>
+    <row r="232" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A232" s="123">
+        <v>173</v>
+      </c>
+      <c r="B232" s="135" t="s">
+        <v>244</v>
+      </c>
+      <c r="C232" s="78"/>
+      <c r="D232" s="127"/>
+      <c r="E232" s="110"/>
+      <c r="F232" s="110"/>
+      <c r="G232" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="H232" s="111"/>
+      <c r="I232" s="111"/>
+      <c r="J232" s="111"/>
+      <c r="K232" s="111"/>
+      <c r="L232" s="111"/>
+      <c r="M232" s="111"/>
+      <c r="N232" s="111"/>
+      <c r="O232" s="76"/>
+      <c r="P232" s="112"/>
+      <c r="Q232" s="55"/>
+    </row>
+    <row r="233" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A233" s="139" t="s">
+        <v>245</v>
+      </c>
+      <c r="B233" s="137" t="s">
+        <v>246</v>
+      </c>
+      <c r="C233" s="79"/>
+      <c r="D233" s="127"/>
+      <c r="E233" s="110"/>
+      <c r="F233" s="110"/>
+      <c r="G233" s="110"/>
+      <c r="H233" s="111"/>
+      <c r="I233" s="111"/>
+      <c r="J233" s="111"/>
+      <c r="K233" s="111"/>
+      <c r="L233" s="111"/>
+      <c r="M233" s="111"/>
+      <c r="N233" s="111"/>
+      <c r="O233" s="76"/>
+      <c r="P233" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q233" s="55"/>
+    </row>
+    <row r="234" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A234" s="123">
+        <v>175</v>
+      </c>
+      <c r="B234" s="78" t="s">
+        <v>247</v>
+      </c>
+      <c r="C234" s="79"/>
+      <c r="D234" s="125"/>
+      <c r="E234" s="68"/>
+      <c r="F234" s="69"/>
+      <c r="G234" s="69"/>
+      <c r="H234" s="69"/>
+      <c r="I234" s="69"/>
+      <c r="J234" s="69"/>
+      <c r="K234" s="69"/>
+      <c r="L234" s="69"/>
+      <c r="M234" s="69"/>
+      <c r="N234" s="69"/>
+      <c r="O234" s="76"/>
+      <c r="P234" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q234" s="63"/>
+    </row>
+    <row r="235" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A235" s="139" t="s">
+        <v>248</v>
+      </c>
+      <c r="B235" s="78" t="s">
+        <v>249</v>
+      </c>
+      <c r="C235" s="79"/>
+      <c r="D235" s="125"/>
+      <c r="E235" s="68"/>
+      <c r="F235" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G235" s="69"/>
+      <c r="H235" s="69"/>
+      <c r="I235" s="69"/>
+      <c r="J235" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K235" s="69"/>
+      <c r="L235" s="69"/>
+      <c r="M235" s="69"/>
+      <c r="N235" s="69"/>
+      <c r="O235" s="76"/>
+      <c r="P235" s="76"/>
+      <c r="Q235" s="63"/>
+    </row>
+    <row r="236" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A236" s="139" t="s">
+        <v>250</v>
+      </c>
+      <c r="B236" s="78" t="s">
+        <v>251</v>
+      </c>
+      <c r="C236" s="128"/>
+      <c r="D236" s="125"/>
+      <c r="E236" s="68"/>
+      <c r="F236" s="69"/>
+      <c r="G236" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H236" s="69"/>
+      <c r="I236" s="69"/>
+      <c r="J236" s="69"/>
+      <c r="K236" s="69"/>
+      <c r="L236" s="69"/>
+      <c r="M236" s="69"/>
+      <c r="N236" s="69"/>
+      <c r="O236" s="76"/>
+      <c r="P236" s="76"/>
+      <c r="Q236" s="63"/>
+    </row>
+    <row r="237" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A237" s="123">
+        <v>180</v>
+      </c>
+      <c r="B237" s="79" t="s">
+        <v>252</v>
+      </c>
+      <c r="C237" s="124"/>
+      <c r="D237" s="125"/>
+      <c r="E237" s="68"/>
+      <c r="F237" s="69"/>
+      <c r="G237" s="69"/>
+      <c r="H237" s="69"/>
+      <c r="I237" s="69"/>
+      <c r="J237" s="69"/>
+      <c r="K237" s="69"/>
+      <c r="L237" s="69"/>
+      <c r="M237" s="69"/>
+      <c r="N237" s="69"/>
+      <c r="O237" s="76"/>
+      <c r="P237" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q237" s="63"/>
+    </row>
+    <row r="238" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A238" s="139" t="s">
+        <v>253</v>
+      </c>
+      <c r="B238" s="79" t="s">
+        <v>254</v>
+      </c>
+      <c r="C238" s="124"/>
+      <c r="D238" s="125"/>
+      <c r="E238" s="68"/>
+      <c r="F238" s="69"/>
+      <c r="G238" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="H238" s="69"/>
+      <c r="I238" s="69"/>
+      <c r="J238" s="69"/>
+      <c r="K238" s="69"/>
+      <c r="L238" s="69"/>
+      <c r="M238" s="69"/>
+      <c r="N238" s="69"/>
+      <c r="O238" s="76"/>
+      <c r="P238" s="76"/>
+      <c r="Q238" s="63"/>
+    </row>
+    <row r="239" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A239" s="139">
+        <v>184</v>
+      </c>
+      <c r="B239" s="79" t="s">
+        <v>255</v>
+      </c>
+      <c r="C239" s="104"/>
+      <c r="D239" s="125"/>
+      <c r="E239" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="G239" s="69"/>
+      <c r="H239" s="69"/>
+      <c r="I239" s="69"/>
+      <c r="J239" s="69"/>
+      <c r="K239" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="L239" s="69"/>
+      <c r="M239" s="69"/>
+      <c r="N239" s="69"/>
+      <c r="O239" s="76"/>
+      <c r="P239" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q239" s="63"/>
+    </row>
+    <row r="240" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A240" s="123">
+        <v>202</v>
+      </c>
+      <c r="B240" s="128" t="s">
+        <v>256</v>
+      </c>
+      <c r="C240" s="104"/>
+      <c r="D240" s="125"/>
+      <c r="E240" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F240" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G240" s="69"/>
+      <c r="H240" s="69"/>
+      <c r="I240" s="69"/>
+      <c r="J240" s="69"/>
+      <c r="K240" s="69"/>
+      <c r="L240" s="69"/>
+      <c r="M240" s="69"/>
+      <c r="N240" s="69"/>
+      <c r="O240" s="107"/>
+      <c r="P240" s="67"/>
+      <c r="Q240" s="63"/>
+    </row>
+    <row r="241" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A241" s="123">
+        <v>211</v>
+      </c>
+      <c r="B241" s="124" t="s">
+        <v>257</v>
+      </c>
+      <c r="C241" s="128"/>
+      <c r="D241" s="125"/>
+      <c r="E241" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F241" s="69"/>
+      <c r="G241" s="69"/>
+      <c r="H241" s="69"/>
+      <c r="I241" s="69"/>
+      <c r="J241" s="69"/>
+      <c r="K241" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L241" s="69"/>
+      <c r="M241" s="69"/>
+      <c r="N241" s="69"/>
+      <c r="P241" s="107"/>
+      <c r="Q241" s="63"/>
+    </row>
+    <row r="242" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A242" s="123">
+        <v>212</v>
+      </c>
+      <c r="B242" s="124" t="s">
+        <v>258</v>
+      </c>
+      <c r="C242" s="135"/>
+      <c r="D242" s="125"/>
+      <c r="E242" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F242" s="69"/>
+      <c r="G242" s="69"/>
+      <c r="H242" s="69"/>
+      <c r="I242" s="69"/>
+      <c r="J242" s="69"/>
+      <c r="K242" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="L242" s="69"/>
+      <c r="M242" s="69"/>
+      <c r="N242" s="69"/>
+      <c r="O242" s="107"/>
+      <c r="P242" s="107"/>
+      <c r="Q242" s="63"/>
+    </row>
+    <row r="243" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A243" s="123">
+        <v>215</v>
+      </c>
+      <c r="B243" s="104" t="s">
+        <v>259</v>
+      </c>
+      <c r="C243" s="135"/>
+      <c r="D243" s="125"/>
+      <c r="E243" s="69"/>
+      <c r="F243" s="69"/>
+      <c r="G243" s="76"/>
+      <c r="H243" s="69"/>
+      <c r="I243" s="69"/>
+      <c r="J243" s="69"/>
+      <c r="K243" s="69"/>
+      <c r="L243" s="69"/>
+      <c r="M243" s="69"/>
+      <c r="N243" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O243" s="68"/>
+      <c r="P243" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q243" s="63"/>
+    </row>
+    <row r="244" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A244" s="123" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B244" s="104" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C244" s="128"/>
+      <c r="D244" s="125"/>
+      <c r="E244" s="69"/>
+      <c r="F244" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H244" s="69"/>
+      <c r="I244" s="69"/>
+      <c r="J244" s="69"/>
+      <c r="K244" s="69"/>
+      <c r="L244" s="69"/>
+      <c r="M244" s="69"/>
+      <c r="N244" s="68"/>
+      <c r="O244" s="68"/>
+      <c r="P244" s="68"/>
+      <c r="Q244" s="63"/>
+    </row>
+    <row r="245" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A245" s="123">
+        <v>221</v>
+      </c>
+      <c r="B245" s="128" t="s">
+        <v>260</v>
+      </c>
+      <c r="C245" s="140"/>
+      <c r="D245" s="125"/>
+      <c r="E245" s="68"/>
+      <c r="F245" s="69"/>
+      <c r="G245" s="69"/>
+      <c r="H245" s="69"/>
+      <c r="I245" s="69"/>
+      <c r="J245" s="69"/>
+      <c r="K245" s="69"/>
+      <c r="L245" s="69"/>
+      <c r="M245" s="69"/>
+      <c r="N245" s="69"/>
+      <c r="O245" s="76"/>
+      <c r="P245" s="76"/>
+      <c r="Q245" s="63"/>
+    </row>
+    <row r="246" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A246" s="123">
+        <v>235</v>
+      </c>
+      <c r="B246" s="135" t="s">
+        <v>261</v>
+      </c>
+      <c r="C246" s="104"/>
+      <c r="D246" s="127"/>
+      <c r="E246" s="110"/>
+      <c r="F246" s="111"/>
+      <c r="G246" s="111"/>
+      <c r="H246" s="111"/>
+      <c r="I246" s="111"/>
+      <c r="J246" s="110"/>
+      <c r="K246" s="111"/>
+      <c r="L246" s="111"/>
+      <c r="M246" s="111"/>
+      <c r="N246" s="109" t="s">
+        <v>24</v>
+      </c>
+      <c r="O246" s="112"/>
+      <c r="P246" s="112"/>
+      <c r="Q246" s="55"/>
+    </row>
+    <row r="247" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A247" s="123">
+        <v>279</v>
+      </c>
+      <c r="B247" s="135" t="s">
+        <v>262</v>
+      </c>
+      <c r="C247" s="128"/>
+      <c r="D247" s="127"/>
+      <c r="E247" s="110"/>
+      <c r="F247" s="111"/>
+      <c r="G247" s="111"/>
+      <c r="H247" s="111"/>
+      <c r="I247" s="111"/>
+      <c r="J247" s="110"/>
+      <c r="K247" s="111"/>
+      <c r="L247" s="111"/>
+      <c r="M247" s="111"/>
+      <c r="N247" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O247" s="130"/>
+      <c r="P247" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q247" s="55"/>
+    </row>
+    <row r="248" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A248" s="123">
+        <v>281</v>
+      </c>
+      <c r="B248" s="128" t="s">
+        <v>263</v>
+      </c>
+      <c r="C248" s="128"/>
+      <c r="D248" s="125"/>
+      <c r="E248" s="68"/>
+      <c r="F248" s="69"/>
+      <c r="G248" s="69"/>
+      <c r="H248" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="I248" s="69"/>
+      <c r="J248" s="69"/>
+      <c r="K248" s="68"/>
+      <c r="L248" s="69"/>
+      <c r="M248" s="69"/>
+      <c r="N248" s="69"/>
+      <c r="O248" s="107"/>
+      <c r="P248" s="107"/>
+      <c r="Q248" s="63"/>
+    </row>
+    <row r="249" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A249" s="123">
+        <v>304</v>
+      </c>
+      <c r="B249" s="140" t="s">
+        <v>264</v>
+      </c>
+      <c r="C249" s="128"/>
+      <c r="D249" s="125"/>
+      <c r="E249" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F249" s="69"/>
+      <c r="G249" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="H249" s="69"/>
+      <c r="I249" s="69"/>
+      <c r="J249" s="68"/>
+      <c r="K249" s="69"/>
+      <c r="L249" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="M249" s="69"/>
+      <c r="N249" s="69"/>
+      <c r="O249" s="76"/>
+      <c r="P249" s="68"/>
+      <c r="Q249" s="63"/>
+    </row>
+    <row r="250" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A250" s="123">
         <v>343</v>
       </c>
-      <c r="D20" s="81"/>
-[...728 lines deleted...]
-      <c r="B49" s="30" t="s">
+      <c r="B250" s="104" t="s">
+        <v>265</v>
+      </c>
+      <c r="C250" s="141"/>
+      <c r="D250" s="125"/>
+      <c r="E250" s="68"/>
+      <c r="F250" s="69"/>
+      <c r="G250" s="69"/>
+      <c r="H250" s="69"/>
+      <c r="I250" s="69"/>
+      <c r="J250" s="69"/>
+      <c r="K250" s="69"/>
+      <c r="L250" s="69"/>
+      <c r="M250" s="69"/>
+      <c r="N250" s="69"/>
+      <c r="O250" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="P250" s="68"/>
+      <c r="Q250" s="63"/>
+    </row>
+    <row r="251" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A251" s="123">
+        <v>375</v>
+      </c>
+      <c r="B251" s="128" t="s">
+        <v>266</v>
+      </c>
+      <c r="C251" s="131"/>
+      <c r="D251" s="125"/>
+      <c r="E251" s="68"/>
+      <c r="F251" s="69"/>
+      <c r="G251" s="69"/>
+      <c r="H251" s="69"/>
+      <c r="I251" s="69"/>
+      <c r="J251" s="69"/>
+      <c r="K251" s="69"/>
+      <c r="L251" s="69"/>
+      <c r="M251" s="69"/>
+      <c r="N251" s="142" t="s">
+        <v>24</v>
+      </c>
+      <c r="O251" s="69"/>
+      <c r="P251" s="69"/>
+      <c r="Q251" s="63"/>
+    </row>
+    <row r="252" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A252" s="123">
+        <v>485</v>
+      </c>
+      <c r="B252" s="128" t="s">
+        <v>267</v>
+      </c>
+      <c r="C252" s="128"/>
+      <c r="D252" s="125"/>
+      <c r="E252" s="68"/>
+      <c r="F252" s="69"/>
+      <c r="G252" s="69"/>
+      <c r="H252" s="69"/>
+      <c r="I252" s="69"/>
+      <c r="J252" s="69"/>
+      <c r="K252" s="69"/>
+      <c r="L252" s="69"/>
+      <c r="M252" s="69"/>
+      <c r="N252" s="69"/>
+      <c r="O252" s="76"/>
+      <c r="P252" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q252" s="63"/>
+    </row>
+    <row r="253" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A253" s="123" t="s">
+        <v>268</v>
+      </c>
+      <c r="B253" s="128" t="s">
+        <v>269</v>
+      </c>
+      <c r="C253" s="128"/>
+      <c r="D253" s="125"/>
+      <c r="E253" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F253" s="69"/>
+      <c r="G253" s="69"/>
+      <c r="H253" s="69"/>
+      <c r="I253" s="69"/>
+      <c r="J253" s="69"/>
+      <c r="K253" s="69"/>
+      <c r="L253" s="69"/>
+      <c r="M253" s="69"/>
+      <c r="N253" s="69"/>
+      <c r="O253" s="76"/>
+      <c r="P253" s="76"/>
+      <c r="Q253" s="63"/>
+    </row>
+    <row r="254" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A254" s="123">
+        <v>588</v>
+      </c>
+      <c r="B254" s="141" t="s">
+        <v>270</v>
+      </c>
+      <c r="C254" s="128"/>
+      <c r="D254" s="125"/>
+      <c r="E254" s="68"/>
+      <c r="F254" s="69"/>
+      <c r="G254" s="69"/>
+      <c r="H254" s="69"/>
+      <c r="I254" s="69"/>
+      <c r="J254" s="68"/>
+      <c r="K254" s="69"/>
+      <c r="L254" s="69"/>
+      <c r="M254" s="69"/>
+      <c r="N254" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O254" s="76"/>
+      <c r="P254" s="68"/>
+      <c r="Q254" s="63"/>
+    </row>
+    <row r="255" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A255" s="123">
+        <v>630</v>
+      </c>
+      <c r="B255" s="128" t="s">
+        <v>271</v>
+      </c>
+      <c r="C255" s="128"/>
+      <c r="D255" s="125"/>
+      <c r="E255" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F255" s="69"/>
+      <c r="G255" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="H255" s="69"/>
+      <c r="I255" s="69"/>
+      <c r="J255" s="69"/>
+      <c r="K255" s="69"/>
+      <c r="L255" s="69"/>
+      <c r="M255" s="69"/>
+      <c r="N255" s="143" t="s">
+        <v>272</v>
+      </c>
+      <c r="O255" s="76"/>
+      <c r="P255" s="144" t="s">
+        <v>2266</v>
+      </c>
+      <c r="Q255" s="63"/>
+    </row>
+    <row r="256" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A256" s="123">
+        <v>631</v>
+      </c>
+      <c r="B256" s="128" t="s">
+        <v>273</v>
+      </c>
+      <c r="C256" s="128"/>
+      <c r="D256" s="125"/>
+      <c r="E256" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F256" s="69"/>
+      <c r="G256" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="H256" s="69"/>
+      <c r="I256" s="69"/>
+      <c r="J256" s="69"/>
+      <c r="K256" s="69"/>
+      <c r="L256" s="69"/>
+      <c r="M256" s="69"/>
+      <c r="N256" s="143" t="s">
+        <v>272</v>
+      </c>
+      <c r="O256" s="76"/>
+      <c r="P256" s="144" t="s">
+        <v>2266</v>
+      </c>
+      <c r="Q256" s="63"/>
+    </row>
+    <row r="257" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A257" s="139" t="s">
+        <v>274</v>
+      </c>
+      <c r="B257" s="128" t="s">
+        <v>275</v>
+      </c>
+      <c r="C257" s="128"/>
+      <c r="D257" s="125"/>
+      <c r="E257" s="68"/>
+      <c r="F257" s="69"/>
+      <c r="G257" s="68"/>
+      <c r="H257" s="69"/>
+      <c r="I257" s="69"/>
+      <c r="J257" s="69"/>
+      <c r="K257" s="69"/>
+      <c r="L257" s="69"/>
+      <c r="M257" s="69"/>
+      <c r="N257" s="68"/>
+      <c r="O257" s="76"/>
+      <c r="P257" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q257" s="63"/>
+    </row>
+    <row r="258" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A258" s="139" t="s">
+        <v>276</v>
+      </c>
+      <c r="B258" s="128" t="s">
+        <v>277</v>
+      </c>
+      <c r="C258" s="128"/>
+      <c r="D258" s="125"/>
+      <c r="E258" s="68"/>
+      <c r="F258" s="69"/>
+      <c r="G258" s="68"/>
+      <c r="H258" s="69"/>
+      <c r="I258" s="69"/>
+      <c r="J258" s="69"/>
+      <c r="K258" s="69"/>
+      <c r="L258" s="69"/>
+      <c r="M258" s="69"/>
+      <c r="N258" s="68"/>
+      <c r="O258" s="76"/>
+      <c r="P258" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q258" s="63"/>
+    </row>
+    <row r="259" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A259" s="139" t="s">
+        <v>278</v>
+      </c>
+      <c r="B259" s="128" t="s">
+        <v>279</v>
+      </c>
+      <c r="C259" s="128"/>
+      <c r="D259" s="125"/>
+      <c r="E259" s="68"/>
+      <c r="F259" s="69"/>
+      <c r="G259" s="68"/>
+      <c r="H259" s="69"/>
+      <c r="I259" s="69"/>
+      <c r="J259" s="69"/>
+      <c r="K259" s="69"/>
+      <c r="L259" s="69"/>
+      <c r="M259" s="69"/>
+      <c r="N259" s="68"/>
+      <c r="O259" s="76"/>
+      <c r="P259" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q259" s="63"/>
+    </row>
+    <row r="260" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A260" s="139" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B260" s="128" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C260" s="131"/>
+      <c r="D260" s="125"/>
+      <c r="E260" s="68"/>
+      <c r="F260" s="69"/>
+      <c r="G260" s="68"/>
+      <c r="H260" s="69"/>
+      <c r="I260" s="69"/>
+      <c r="J260" s="69"/>
+      <c r="K260" s="69"/>
+      <c r="L260" s="69"/>
+      <c r="M260" s="69"/>
+      <c r="N260" s="68"/>
+      <c r="O260" s="76"/>
+      <c r="P260" s="68"/>
+      <c r="Q260" s="63"/>
+    </row>
+    <row r="261" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A261" s="123" t="s">
+        <v>280</v>
+      </c>
+      <c r="B261" s="128" t="s">
+        <v>281</v>
+      </c>
+      <c r="C261" s="140"/>
+      <c r="D261" s="125"/>
+      <c r="E261" s="68"/>
+      <c r="F261" s="69"/>
+      <c r="G261" s="68"/>
+      <c r="H261" s="69"/>
+      <c r="I261" s="69"/>
+      <c r="J261" s="69"/>
+      <c r="K261" s="69"/>
+      <c r="L261" s="69"/>
+      <c r="M261" s="69"/>
+      <c r="N261" s="68"/>
+      <c r="O261" s="76"/>
+      <c r="P261" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q261" s="63"/>
+    </row>
+    <row r="262" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A262" s="123" t="s">
+        <v>282</v>
+      </c>
+      <c r="B262" s="128" t="s">
+        <v>283</v>
+      </c>
+      <c r="C262" s="128"/>
+      <c r="D262" s="125"/>
+      <c r="E262" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F262" s="69"/>
+      <c r="G262" s="68"/>
+      <c r="H262" s="69"/>
+      <c r="I262" s="69"/>
+      <c r="J262" s="69"/>
+      <c r="K262" s="69"/>
+      <c r="L262" s="69"/>
+      <c r="M262" s="69"/>
+      <c r="N262" s="68"/>
+      <c r="O262" s="68"/>
+      <c r="P262" s="68"/>
+      <c r="Q262" s="63"/>
+    </row>
+    <row r="263" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A263" s="123" t="s">
+        <v>284</v>
+      </c>
+      <c r="B263" s="128" t="s">
+        <v>285</v>
+      </c>
+      <c r="C263" s="128"/>
+      <c r="D263" s="125"/>
+      <c r="E263" s="68"/>
+      <c r="F263" s="69"/>
+      <c r="G263" s="68"/>
+      <c r="H263" s="69"/>
+      <c r="I263" s="69"/>
+      <c r="J263" s="69"/>
+      <c r="K263" s="69"/>
+      <c r="L263" s="69"/>
+      <c r="M263" s="69"/>
+      <c r="N263" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O263" s="68"/>
+      <c r="P263" s="68"/>
+      <c r="Q263" s="63"/>
+    </row>
+    <row r="264" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A264" s="123">
+        <v>798</v>
+      </c>
+      <c r="B264" s="131" t="s">
+        <v>286</v>
+      </c>
+      <c r="C264" s="128"/>
+      <c r="D264" s="125"/>
+      <c r="E264" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F264" s="69"/>
+      <c r="G264" s="69"/>
+      <c r="H264" s="69"/>
+      <c r="I264" s="69"/>
+      <c r="J264" s="69"/>
+      <c r="K264" s="69"/>
+      <c r="L264" s="69"/>
+      <c r="M264" s="69"/>
+      <c r="N264" s="69"/>
+      <c r="O264" s="107"/>
+      <c r="P264" s="107"/>
+      <c r="Q264" s="63"/>
+    </row>
+    <row r="265" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="123" t="s">
+        <v>2309</v>
+      </c>
+      <c r="B265" s="131" t="s">
+        <v>2310</v>
+      </c>
+      <c r="C265" s="128"/>
+      <c r="D265" s="125"/>
+      <c r="E265" s="68"/>
+      <c r="F265" s="69"/>
+      <c r="G265" s="69"/>
+      <c r="H265" s="69"/>
+      <c r="I265" s="69"/>
+      <c r="J265" s="61" t="s">
+        <v>2311</v>
+      </c>
+      <c r="K265" s="69"/>
+      <c r="L265" s="69"/>
+      <c r="M265" s="69"/>
+      <c r="N265" s="70" t="s">
+        <v>2312</v>
+      </c>
+      <c r="O265" s="107"/>
+      <c r="P265" s="107"/>
+      <c r="Q265" s="63"/>
+    </row>
+    <row r="266" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A266" s="123">
+        <v>807</v>
+      </c>
+      <c r="B266" s="140" t="s">
+        <v>2313</v>
+      </c>
+      <c r="C266" s="128"/>
+      <c r="D266" s="125"/>
+      <c r="E266" s="68"/>
+      <c r="F266" s="69"/>
+      <c r="G266" s="69"/>
+      <c r="H266" s="69"/>
+      <c r="I266" s="69"/>
+      <c r="J266" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K266" s="69"/>
+      <c r="L266" s="69"/>
+      <c r="M266" s="69"/>
+      <c r="N266" s="69"/>
+      <c r="O266" s="107"/>
+      <c r="P266" s="107"/>
+      <c r="Q266" s="63"/>
+    </row>
+    <row r="267" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="123">
+        <v>808</v>
+      </c>
+      <c r="B267" s="128" t="s">
+        <v>287</v>
+      </c>
+      <c r="C267" s="128"/>
+      <c r="D267" s="125"/>
+      <c r="E267" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F267" s="69"/>
+      <c r="G267" s="69"/>
+      <c r="H267" s="69"/>
+      <c r="I267" s="69"/>
+      <c r="J267" s="69"/>
+      <c r="K267" s="69"/>
+      <c r="L267" s="69"/>
+      <c r="M267" s="69"/>
+      <c r="N267" s="69"/>
+      <c r="O267" s="145"/>
+      <c r="P267" s="107"/>
+      <c r="Q267" s="63"/>
+    </row>
+    <row r="268" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="123">
+        <v>818</v>
+      </c>
+      <c r="B268" s="128" t="s">
+        <v>288</v>
+      </c>
+      <c r="C268" s="128"/>
+      <c r="D268" s="125"/>
+      <c r="E268" s="68"/>
+      <c r="F268" s="69"/>
+      <c r="G268" s="69"/>
+      <c r="H268" s="69"/>
+      <c r="I268" s="69"/>
+      <c r="J268" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="K268" s="69"/>
+      <c r="L268" s="69"/>
+      <c r="M268" s="69"/>
+      <c r="N268" s="69"/>
+      <c r="O268" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="P268" s="67"/>
+      <c r="Q268" s="63"/>
+    </row>
+    <row r="269" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A269" s="139" t="s">
+        <v>289</v>
+      </c>
+      <c r="B269" s="128" t="s">
+        <v>290</v>
+      </c>
+      <c r="C269" s="128"/>
+      <c r="D269" s="125"/>
+      <c r="E269" s="68"/>
+      <c r="F269" s="69"/>
+      <c r="G269" s="69"/>
+      <c r="H269" s="69"/>
+      <c r="I269" s="69"/>
+      <c r="J269" s="69"/>
+      <c r="K269" s="69"/>
+      <c r="L269" s="69"/>
+      <c r="M269" s="69"/>
+      <c r="N269" s="69"/>
+      <c r="O269" s="76"/>
+      <c r="P269" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q269" s="63"/>
+    </row>
+    <row r="270" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="139" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B270" s="128" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C270" s="128"/>
+      <c r="D270" s="125"/>
+      <c r="E270" s="68"/>
+      <c r="F270" s="69"/>
+      <c r="G270" s="69"/>
+      <c r="H270" s="69"/>
+      <c r="I270" s="69"/>
+      <c r="J270" s="69"/>
+      <c r="K270" s="69"/>
+      <c r="L270" s="69"/>
+      <c r="M270" s="69"/>
+      <c r="N270" s="69"/>
+      <c r="O270" s="76"/>
+      <c r="P270" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q270" s="63"/>
+    </row>
+    <row r="271" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="139" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B271" s="128" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C271" s="128"/>
+      <c r="D271" s="125"/>
+      <c r="E271" s="68"/>
+      <c r="F271" s="69"/>
+      <c r="G271" s="69"/>
+      <c r="H271" s="69"/>
+      <c r="I271" s="69"/>
+      <c r="J271" s="69"/>
+      <c r="K271" s="69"/>
+      <c r="L271" s="69"/>
+      <c r="M271" s="69"/>
+      <c r="N271" s="69"/>
+      <c r="O271" s="76"/>
+      <c r="P271" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q271" s="63"/>
+    </row>
+    <row r="272" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A272" s="123">
+        <v>841</v>
+      </c>
+      <c r="B272" s="128" t="s">
+        <v>291</v>
+      </c>
+      <c r="C272" s="128"/>
+      <c r="D272" s="125"/>
+      <c r="E272" s="68"/>
+      <c r="F272" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G272" s="69"/>
+      <c r="H272" s="69"/>
+      <c r="I272" s="68"/>
+      <c r="J272" s="69"/>
+      <c r="K272" s="69"/>
+      <c r="L272" s="69"/>
+      <c r="M272" s="69"/>
+      <c r="N272" s="69"/>
+      <c r="P272" s="69"/>
+      <c r="Q272" s="63"/>
+    </row>
+    <row r="273" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A273" s="139" t="s">
+        <v>292</v>
+      </c>
+      <c r="B273" s="128" t="s">
+        <v>293</v>
+      </c>
+      <c r="C273" s="128"/>
+      <c r="D273" s="125"/>
+      <c r="E273" s="68"/>
+      <c r="F273" s="68"/>
+      <c r="G273" s="69"/>
+      <c r="H273" s="69"/>
+      <c r="I273" s="68"/>
+      <c r="J273" s="68"/>
+      <c r="K273" s="69"/>
+      <c r="L273" s="69"/>
+      <c r="M273" s="69"/>
+      <c r="N273" s="69"/>
+      <c r="O273" s="76"/>
+      <c r="P273" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q273" s="63"/>
+    </row>
+    <row r="274" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A274" s="123" t="s">
+        <v>294</v>
+      </c>
+      <c r="B274" s="128" t="s">
+        <v>295</v>
+      </c>
+      <c r="C274" s="128"/>
+      <c r="D274" s="125"/>
+      <c r="E274" s="68"/>
+      <c r="F274" s="68"/>
+      <c r="G274" s="69"/>
+      <c r="H274" s="69"/>
+      <c r="I274" s="68"/>
+      <c r="J274" s="69"/>
+      <c r="K274" s="69"/>
+      <c r="L274" s="69"/>
+      <c r="M274" s="69"/>
+      <c r="N274" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O274" s="112"/>
+      <c r="P274" s="67"/>
+      <c r="Q274" s="63"/>
+    </row>
+    <row r="275" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A275" s="123" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B275" s="128" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C275" s="71"/>
+      <c r="D275" s="125"/>
+      <c r="E275" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="F275" s="68"/>
+      <c r="G275" s="69"/>
+      <c r="H275" s="69"/>
+      <c r="I275" s="68"/>
+      <c r="J275" s="69"/>
+      <c r="K275" s="69"/>
+      <c r="L275" s="69"/>
+      <c r="M275" s="69"/>
+      <c r="N275" s="68"/>
+      <c r="O275" s="112"/>
+      <c r="P275" s="67"/>
+      <c r="Q275" s="63"/>
+    </row>
+    <row r="276" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A276" s="123" t="s">
+        <v>296</v>
+      </c>
+      <c r="B276" s="128" t="s">
+        <v>297</v>
+      </c>
+      <c r="C276" s="71"/>
+      <c r="D276" s="125"/>
+      <c r="E276" s="68"/>
+      <c r="G276" s="69"/>
+      <c r="H276" s="69"/>
+      <c r="I276" s="68"/>
+      <c r="J276" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K276" s="69"/>
+      <c r="L276" s="69"/>
+      <c r="M276" s="69"/>
+      <c r="N276" s="68"/>
+      <c r="O276" s="68"/>
+      <c r="P276" s="68"/>
+      <c r="Q276" s="63"/>
+    </row>
+    <row r="277" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A277" s="123" t="s">
+        <v>298</v>
+      </c>
+      <c r="B277" s="128" t="s">
+        <v>299</v>
+      </c>
+      <c r="C277" s="71"/>
+      <c r="D277" s="125"/>
+      <c r="E277" s="68"/>
+      <c r="F277" s="68"/>
+      <c r="G277" s="69"/>
+      <c r="H277" s="69"/>
+      <c r="I277" s="68"/>
+      <c r="J277" s="68"/>
+      <c r="K277" s="69"/>
+      <c r="L277" s="69"/>
+      <c r="M277" s="69"/>
+      <c r="N277" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O277" s="76"/>
+      <c r="P277" s="68"/>
+      <c r="Q277" s="63"/>
+    </row>
+    <row r="278" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A278" s="123" t="s">
+        <v>300</v>
+      </c>
+      <c r="B278" s="128" t="s">
+        <v>301</v>
+      </c>
+      <c r="C278" s="131"/>
+      <c r="D278" s="125"/>
+      <c r="E278" s="68"/>
+      <c r="F278" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="G278" s="69"/>
+      <c r="H278" s="69"/>
+      <c r="I278" s="68"/>
+      <c r="J278" s="68"/>
+      <c r="K278" s="69"/>
+      <c r="L278" s="69"/>
+      <c r="M278" s="69"/>
+      <c r="N278" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="O278" s="68"/>
+      <c r="P278" s="68"/>
+      <c r="Q278" s="63"/>
+    </row>
+    <row r="279" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A279" s="139">
+        <v>874</v>
+      </c>
+      <c r="B279" s="71" t="s">
+        <v>302</v>
+      </c>
+      <c r="C279" s="131"/>
+      <c r="D279" s="125"/>
+      <c r="E279" s="68"/>
+      <c r="F279" s="69"/>
+      <c r="G279" s="69"/>
+      <c r="H279" s="69"/>
+      <c r="I279" s="69"/>
+      <c r="J279" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K279" s="85" t="s">
         <v>82</v>
       </c>
-      <c r="C49" s="125" t="s">
-[...2168 lines deleted...]
-      <c r="C135" s="125" t="s">
+      <c r="L279" s="69"/>
+      <c r="M279" s="69"/>
+      <c r="N279" s="69"/>
+      <c r="O279" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="P279" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q279" s="63"/>
+    </row>
+    <row r="280" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A280" s="139">
+        <v>877</v>
+      </c>
+      <c r="B280" s="71" t="s">
+        <v>303</v>
+      </c>
+      <c r="C280" s="71"/>
+      <c r="D280" s="125"/>
+      <c r="E280" s="68"/>
+      <c r="F280" s="69"/>
+      <c r="G280" s="69"/>
+      <c r="H280" s="69"/>
+      <c r="I280" s="69"/>
+      <c r="J280" s="69"/>
+      <c r="K280" s="69"/>
+      <c r="L280" s="69"/>
+      <c r="M280" s="69"/>
+      <c r="N280" s="69"/>
+      <c r="O280" s="69"/>
+      <c r="P280" s="69"/>
+      <c r="Q280" s="63"/>
+    </row>
+    <row r="281" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A281" s="139" t="s">
         <v>2283</v>
       </c>
-      <c r="D135" s="81"/>
-[...2149 lines deleted...]
-      <c r="A221" s="78" t="s">
+      <c r="B281" s="71" t="s">
+        <v>2299</v>
+      </c>
+      <c r="C281" s="71"/>
+      <c r="D281" s="125"/>
+      <c r="E281" s="68"/>
+      <c r="F281" s="69"/>
+      <c r="G281" s="69"/>
+      <c r="H281" s="69"/>
+      <c r="I281" s="69"/>
+      <c r="J281" s="69"/>
+      <c r="K281" s="69"/>
+      <c r="L281" s="69"/>
+      <c r="M281" s="69"/>
+      <c r="N281" s="69"/>
+      <c r="O281" s="69"/>
+      <c r="P281" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q281" s="63"/>
+    </row>
+    <row r="282" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A282" s="139" t="s">
         <v>2284</v>
       </c>
-      <c r="B221" s="35" t="s">
+      <c r="B282" s="71" t="s">
         <v>2285</v>
       </c>
-      <c r="C221" s="10"/>
-[...706 lines deleted...]
-      <c r="A249" s="78">
+      <c r="C282" s="71"/>
+      <c r="D282" s="125"/>
+      <c r="E282" s="68"/>
+      <c r="F282" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="G282" s="69"/>
+      <c r="H282" s="69"/>
+      <c r="I282" s="69"/>
+      <c r="J282" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K282" s="69"/>
+      <c r="L282" s="69"/>
+      <c r="M282" s="69"/>
+      <c r="N282" s="69"/>
+      <c r="O282" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="P282" s="85" t="s">
+        <v>82</v>
+      </c>
+      <c r="Q282" s="63"/>
+    </row>
+    <row r="283" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A283" s="139" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B283" s="71" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C283" s="71"/>
+      <c r="D283" s="125"/>
+      <c r="E283" s="68"/>
+      <c r="F283" s="68"/>
+      <c r="G283" s="69"/>
+      <c r="H283" s="69"/>
+      <c r="I283" s="69"/>
+      <c r="J283" s="68"/>
+      <c r="K283" s="69"/>
+      <c r="L283" s="69"/>
+      <c r="M283" s="69"/>
+      <c r="N283" s="69"/>
+      <c r="O283" s="68"/>
+      <c r="P283" s="68"/>
+      <c r="Q283" s="63"/>
+    </row>
+    <row r="284" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A284" s="139" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B284" s="93" t="s">
+        <v>2288</v>
+      </c>
+      <c r="C284" s="71"/>
+      <c r="D284" s="125"/>
+      <c r="E284" s="68"/>
+      <c r="F284" s="68"/>
+      <c r="G284" s="69"/>
+      <c r="H284" s="69"/>
+      <c r="I284" s="69"/>
+      <c r="J284" s="68"/>
+      <c r="K284" s="69"/>
+      <c r="L284" s="69"/>
+      <c r="M284" s="69"/>
+      <c r="N284" s="69"/>
+      <c r="O284" s="68"/>
+      <c r="P284" s="61" t="s">
+        <v>2300</v>
+      </c>
+      <c r="Q284" s="63"/>
+    </row>
+    <row r="285" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A285" s="123">
+        <v>900</v>
+      </c>
+      <c r="B285" s="131" t="s">
         <v>304</v>
       </c>
-      <c r="B249" s="37" t="s">
-[...335 lines deleted...]
-      <c r="A262" s="78" t="s">
+      <c r="C285" s="71"/>
+      <c r="D285" s="125"/>
+      <c r="E285" s="68"/>
+      <c r="F285" s="69"/>
+      <c r="G285" s="69"/>
+      <c r="H285" s="69"/>
+      <c r="I285" s="69"/>
+      <c r="J285" s="61" t="s">
+        <v>24</v>
+      </c>
+      <c r="K285" s="69"/>
+      <c r="L285" s="69"/>
+      <c r="M285" s="69"/>
+      <c r="N285" s="69"/>
+      <c r="O285" s="70" t="s">
+        <v>26</v>
+      </c>
+      <c r="P285" s="69"/>
+      <c r="Q285" s="63"/>
+    </row>
+    <row r="286" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A286" s="123" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B286" s="131" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C286" s="71"/>
+      <c r="D286" s="125"/>
+      <c r="E286" s="68"/>
+      <c r="F286" s="69"/>
+      <c r="G286" s="69"/>
+      <c r="H286" s="69"/>
+      <c r="I286" s="69"/>
+      <c r="J286" s="68"/>
+      <c r="K286" s="69"/>
+      <c r="L286" s="69"/>
+      <c r="M286" s="69"/>
+      <c r="N286" s="69"/>
+      <c r="O286" s="68"/>
+      <c r="P286" s="61" t="s">
+        <v>2300</v>
+      </c>
+      <c r="Q286" s="63"/>
+    </row>
+    <row r="287" spans="1:17" ht="50" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A287" s="123">
+        <v>920</v>
+      </c>
+      <c r="B287" s="131" t="s">
         <v>305</v>
       </c>
-      <c r="B262" s="34" t="s">
-[...603 lines deleted...]
-      <c r="Q285" s="6"/>
+      <c r="C287" s="71"/>
+      <c r="D287" s="125"/>
+      <c r="E287" s="68"/>
+      <c r="F287" s="69"/>
+      <c r="G287" s="69"/>
+      <c r="H287" s="69"/>
+      <c r="I287" s="69"/>
+      <c r="J287" s="68"/>
+      <c r="K287" s="69"/>
+      <c r="L287" s="69"/>
+      <c r="M287" s="69"/>
+      <c r="N287" s="69"/>
+      <c r="O287" s="76"/>
+      <c r="P287" s="76"/>
+      <c r="Q287" s="63"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="cSzydGIVVk5wbhrKYs57Z2K5m4oRbFWM2RZMc87LQ44NAwDrBHKVVIv2l/ccxFjiYDJ0nUTp4nC/5KZ7+2AxTA==" saltValue="m5sdyZLBvdTbO/o8ct3xhw==" spinCount="100000" sheet="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
-  <autoFilter ref="A5:Q285" xr:uid="{E73C0D13-1CA4-4BAA-8FEE-8614C9A9A0E6}"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="n65kq+gBEPYwCO0ODt/e8u1SGUhXCOuQDKE4mUGhwvzMEt7wC68mQTiq3SlXlQam7ubZo1UhD2LPT1ceW93sHg==" saltValue="edza7aPtG5cyXTLKdnFMyw==" spinCount="100000" sheet="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
+  <autoFilter ref="A5:Q287" xr:uid="{E73C0D13-1CA4-4BAA-8FEE-8614C9A9A0E6}"/>
   <mergeCells count="11">
-    <mergeCell ref="C8:C9"/>
-[...3 lines deleted...]
-    <mergeCell ref="E209:P209"/>
     <mergeCell ref="A4:Q4"/>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:Q2"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="E3:O3"/>
     <mergeCell ref="P3:Q3"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="C51:C54"/>
+    <mergeCell ref="C172:C173"/>
+    <mergeCell ref="A209:C209"/>
+    <mergeCell ref="E209:P209"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="28" orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
+  <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6766952D-F6EB-4CAC-BAE4-ACB491E35A2C}">
   <dimension ref="A1:B313"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A10" sqref="A10"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="47.453125" customWidth="1"/>
-    <col min="2" max="2" width="84.81640625" customWidth="1"/>
+    <col min="1" max="1" width="47.453125" style="150" customWidth="1"/>
+    <col min="2" max="2" width="84.81640625" style="150" customWidth="1"/>
+    <col min="3" max="16384" width="8.7265625" style="150"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="84" t="s">
+      <c r="A1" s="148" t="s">
+        <v>499</v>
+      </c>
+      <c r="B1" s="149" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A2" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" s="152" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A3" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" s="152" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A4" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" s="152" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A5" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" s="152" t="s">
+        <v>2270</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A6" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="152" t="s">
+        <v>2271</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A7" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" s="152" t="s">
+        <v>2272</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A8" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" s="151" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A9" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="152" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A10" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" s="152" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A11" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="152" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A12" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" s="152" t="s">
+        <v>2275</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A13" s="151" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" s="152" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A14" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" s="154" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A15" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" s="154" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A16" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="154" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A17" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="154" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A18" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="154" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A19" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" s="154" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A20" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" s="154" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A21" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" s="154" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A22" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" s="154" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A23" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" s="154" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A24" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B24" s="154" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A25" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B25" s="154" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A26" s="153" t="s">
+        <v>40</v>
+      </c>
+      <c r="B26" s="154" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A27" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B27" s="155" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A28" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B28" s="155" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A29" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B29" s="155" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A30" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B30" s="155" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A31" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B31" s="155" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A32" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="155" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A33" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B33" s="155" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A34" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" s="155" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A35" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B35" s="156" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A36" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B36" s="155" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A37" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B37" s="155" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A38" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B38" s="155" t="s">
         <v>524</v>
       </c>
-      <c r="B1" s="85" t="s">
+    </row>
+    <row r="39" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A39" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B39" s="155" t="s">
         <v>525</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B2" s="115" t="s">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A40" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B40" s="155" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A41" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B41" s="155" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A42" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B42" s="155" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A43" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B43" s="155" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A44" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B44" s="155" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A45" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B45" s="155" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A46" s="153" t="s">
+        <v>41</v>
+      </c>
+      <c r="B46" s="155" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A47" s="153" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" s="157" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A48" s="153" t="s">
+        <v>51</v>
+      </c>
+      <c r="B48" s="157" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A49" s="153" t="s">
+        <v>51</v>
+      </c>
+      <c r="B49" s="157" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A50" s="153" t="s">
+        <v>63</v>
+      </c>
+      <c r="B50" s="157" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A51" s="153" t="s">
+        <v>63</v>
+      </c>
+      <c r="B51" s="157" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A52" s="153" t="s">
+        <v>63</v>
+      </c>
+      <c r="B52" s="157" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A53" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B53" s="157" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A54" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B54" s="157" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A55" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B55" s="157" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A56" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B56" s="157" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A57" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B57" s="157" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A58" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B58" s="157" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A59" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B59" s="157" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A60" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B60" s="157" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A61" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B61" s="157" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A62" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B62" s="157" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A63" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B63" s="157" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A64" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" s="157" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A65" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" s="157" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A66" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B66" s="157" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A67" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B67" s="157" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A68" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" s="157" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A69" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B69" s="157" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A70" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B70" s="157" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A71" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B71" s="157" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A72" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B72" s="157" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A73" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B73" s="157" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A74" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B74" s="157" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A75" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B75" s="157" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A76" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B76" s="157" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A77" s="153" t="s">
+        <v>66</v>
+      </c>
+      <c r="B77" s="157" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A78" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B78" s="157" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A79" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B79" s="157" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A80" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B80" s="157" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="81" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A81" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B81" s="157" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A82" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B82" s="157" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A83" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B83" s="157" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="84" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A84" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B84" s="157" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A85" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B85" s="157" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="86" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A86" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B86" s="157" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A87" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B87" s="157" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A88" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B88" s="157" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="89" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A89" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B89" s="157" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A90" s="153" t="s">
+        <v>67</v>
+      </c>
+      <c r="B90" s="157" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A91" s="153" t="s">
+        <v>69</v>
+      </c>
+      <c r="B91" s="157" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="92" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A92" s="153" t="s">
+        <v>69</v>
+      </c>
+      <c r="B92" s="157" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="93" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A93" s="153" t="s">
+        <v>71</v>
+      </c>
+      <c r="B93" s="154" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A94" s="158" t="s">
+        <v>71</v>
+      </c>
+      <c r="B94" s="154" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A95" s="153" t="s">
+        <v>72</v>
+      </c>
+      <c r="B95" s="157" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="96" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A96" s="153" t="s">
+        <v>72</v>
+      </c>
+      <c r="B96" s="157" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A97" s="153" t="s">
+        <v>72</v>
+      </c>
+      <c r="B97" s="157" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="98" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A98" s="153" t="s">
+        <v>73</v>
+      </c>
+      <c r="B98" s="157" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="99" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A99" s="153" t="s">
+        <v>73</v>
+      </c>
+      <c r="B99" s="157" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A100" s="153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B100" s="157" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A101" s="153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B101" s="157" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A102" s="153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B102" s="157" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A103" s="153" t="s">
+        <v>78</v>
+      </c>
+      <c r="B103" s="157" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A104" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B104" s="157" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A105" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B105" s="157" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A106" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B106" s="157" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A107" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B107" s="157" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A108" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B108" s="157" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A109" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B109" s="157" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A110" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B110" s="157" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A111" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B111" s="157" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A112" s="153" t="s">
+        <v>79</v>
+      </c>
+      <c r="B112" s="157" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A113" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B113" s="157" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A114" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B114" s="157" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A115" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B115" s="157" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A116" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B116" s="157" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A117" s="153" t="s">
+        <v>80</v>
+      </c>
+      <c r="B117" s="157" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A118" s="153" t="s">
+        <v>84</v>
+      </c>
+      <c r="B118" s="157" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A119" s="153" t="s">
+        <v>84</v>
+      </c>
+      <c r="B119" s="157" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A120" s="153" t="s">
+        <v>84</v>
+      </c>
+      <c r="B120" s="157" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A121" s="153" t="s">
+        <v>84</v>
+      </c>
+      <c r="B121" s="157" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A122" s="153" t="s">
+        <v>85</v>
+      </c>
+      <c r="B122" s="157" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A123" s="153" t="s">
+        <v>85</v>
+      </c>
+      <c r="B123" s="157" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A124" s="153" t="s">
+        <v>85</v>
+      </c>
+      <c r="B124" s="157" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A125" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B125" s="157" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A126" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B126" s="157" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A127" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B127" s="157" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A128" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B128" s="157" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A129" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B129" s="157" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A130" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B130" s="157" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A131" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B131" s="157" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A132" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B132" s="157" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A133" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B133" s="157" t="s">
+        <v>2276</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A134" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B134" s="157" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A135" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B135" s="157" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A136" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B136" s="157" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A137" s="153" t="s">
+        <v>94</v>
+      </c>
+      <c r="B137" s="157" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A138" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B138" s="157" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A139" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B139" s="157" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A140" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B140" s="157" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A141" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B141" s="157" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A142" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B142" s="157" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A143" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B143" s="157" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A144" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B144" s="157" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="145" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A145" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B145" s="157" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="146" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A146" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B146" s="157" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="147" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A147" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B147" s="157" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="148" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A148" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B148" s="157" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="149" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A149" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B149" s="157" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="150" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A150" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B150" s="157" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="151" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A151" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B151" s="157" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="152" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A152" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B152" s="157" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="153" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A153" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B153" s="157" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="154" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A154" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B154" s="157" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="155" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A155" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B155" s="157" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="156" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A156" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B156" s="157" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="157" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A157" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B157" s="157" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="158" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A158" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B158" s="157" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="159" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A159" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B159" s="157" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="160" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A160" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B160" s="157" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A161" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B161" s="157" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A162" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B162" s="157" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A163" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B163" s="157" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A164" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B164" s="157" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A165" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B165" s="157" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A166" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B166" s="157" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A167" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B167" s="157" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A168" s="153" t="s">
+        <v>93</v>
+      </c>
+      <c r="B168" s="157" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A169" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B169" s="157" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A170" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B170" s="157" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A171" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B171" s="157" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A172" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B172" s="157" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A173" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B173" s="157" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A174" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B174" s="157" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A175" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B175" s="157" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A176" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B176" s="157" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A177" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B177" s="157" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A178" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B178" s="157" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A179" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B179" s="157" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A180" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B180" s="157" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A181" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B181" s="157" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A182" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B182" s="157" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A183" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B183" s="157" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A184" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B184" s="157" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A185" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B185" s="157" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A186" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B186" s="157" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A187" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B187" s="157" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A188" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B188" s="157" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A189" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B189" s="157" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A190" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B190" s="157" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A191" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B191" s="157" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A192" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B192" s="157" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A193" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B193" s="157" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A194" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B194" s="157" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A195" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B195" s="157" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A196" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B196" s="157" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A197" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B197" s="157" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A198" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B198" s="157" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A199" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B199" s="157" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A200" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B200" s="157" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A201" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B201" s="157" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A202" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B202" s="157" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A203" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B203" s="157" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A204" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B204" s="157" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A205" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B205" s="157" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A206" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B206" s="157" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A207" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B207" s="157" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A208" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B208" s="157" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A209" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B209" s="157" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A210" s="153" t="s">
+        <v>100</v>
+      </c>
+      <c r="B210" s="157" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A211" s="153" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B211" s="153" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A212" s="153" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B212" s="153" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A213" s="153" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B213" s="153" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A214" s="153" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B214" s="153" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A215" s="153" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B215" s="153" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A216" s="153" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B216" s="153" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A217" s="153" t="s">
+        <v>2307</v>
+      </c>
+      <c r="B217" s="153" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="218" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A218" s="153" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B218" s="153" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="219" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A219" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B219" s="153" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="220" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A220" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B220" s="153" t="s">
+        <v>2291</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A221" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B221" s="153" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A222" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B222" s="153" t="s">
         <v>2293</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B3" s="115" t="s">
+    <row r="223" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A223" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B223" s="153" t="s">
         <v>2294</v>
       </c>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B4" s="115" t="s">
+    <row r="224" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A224" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B224" s="153" t="s">
         <v>2295</v>
       </c>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B5" s="115" t="s">
+    <row r="225" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A225" s="159" t="s">
+        <v>119</v>
+      </c>
+      <c r="B225" s="153" t="s">
         <v>2296</v>
       </c>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B6" s="115" t="s">
+    <row r="226" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A226" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B226" s="153" t="s">
         <v>2297</v>
       </c>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B7" s="115" t="s">
+    <row r="227" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A227" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B227" s="153" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A228" s="151" t="s">
+        <v>119</v>
+      </c>
+      <c r="B228" s="153" t="s">
         <v>2298</v>
       </c>
     </row>
-    <row r="8" spans="1:2" x14ac:dyDescent="0.35">
-[...459 lines deleted...]
-      <c r="B65" s="86" t="s">
+    <row r="229" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A229" s="153" t="s">
+        <v>128</v>
+      </c>
+      <c r="B229" s="157" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A230" s="153" t="s">
+        <v>128</v>
+      </c>
+      <c r="B230" s="157" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A231" s="153" t="s">
+        <v>128</v>
+      </c>
+      <c r="B231" s="157" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A232" s="153" t="s">
+        <v>131</v>
+      </c>
+      <c r="B232" s="157" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A233" s="158" t="s">
+        <v>131</v>
+      </c>
+      <c r="B233" s="157" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A234" s="153" t="s">
+        <v>131</v>
+      </c>
+      <c r="B234" s="157" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A235" s="153" t="s">
+        <v>131</v>
+      </c>
+      <c r="B235" s="157" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A236" s="153" t="s">
+        <v>131</v>
+      </c>
+      <c r="B236" s="157" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A237" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B237" s="157" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A238" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B238" s="157" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A239" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B239" s="157" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="240" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A240" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B240" s="157" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="241" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A241" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B241" s="157" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="242" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A242" s="153" t="s">
+        <v>141</v>
+      </c>
+      <c r="B242" s="157" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="243" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A243" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B243" s="157" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="244" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A244" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B244" s="157" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="245" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A245" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B245" s="157" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="246" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A246" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B246" s="157" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="247" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A247" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B247" s="157" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="248" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A248" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B248" s="157" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="249" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A249" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B249" s="157" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="250" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A250" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B250" s="157" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="251" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A251" s="153" t="s">
+        <v>143</v>
+      </c>
+      <c r="B251" s="157" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="252" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A252" s="153" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B252" s="160" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="253" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A253" s="153" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B253" s="160" t="s">
+        <v>2278</v>
+      </c>
+    </row>
+    <row r="254" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A254" s="153" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B254" s="160" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="255" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A255" s="153" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B255" s="160" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="256" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A256" s="151" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B256" s="151" t="s">
+        <v>2282</v>
+      </c>
+    </row>
+    <row r="257" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A257" s="153" t="s">
+        <v>149</v>
+      </c>
+      <c r="B257" s="157" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="258" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A258" s="153" t="s">
+        <v>149</v>
+      </c>
+      <c r="B258" s="157" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="259" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A259" s="153" t="s">
+        <v>149</v>
+      </c>
+      <c r="B259" s="157" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="260" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A260" s="153" t="s">
+        <v>149</v>
+      </c>
+      <c r="B260" s="157" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="261" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A261" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B261" s="154" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="262" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A262" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B262" s="154" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="263" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A263" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B263" s="154" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="264" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A264" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B264" s="154" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="265" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A265" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B265" s="154" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="266" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A266" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B266" s="154" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="267" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A267" s="153" t="s">
+        <v>151</v>
+      </c>
+      <c r="B267" s="154" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="268" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A268" s="153" t="s">
+        <v>163</v>
+      </c>
+      <c r="B268" s="157" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="269" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A269" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B269" s="157" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="270" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A270" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B270" s="157" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="271" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A271" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B271" s="157" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="272" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A272" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B272" s="157" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="273" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A273" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B273" s="157" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="274" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A274" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B274" s="157" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="275" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A275" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B275" s="157" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="276" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A276" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B276" s="157" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="277" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A277" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B277" s="157" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="278" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A278" s="153" t="s">
+        <v>200</v>
+      </c>
+      <c r="B278" s="157" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="279" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A279" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B279" s="154" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="280" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A280" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B280" s="154" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="281" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A281" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B281" s="154" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="282" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A282" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B282" s="154" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="283" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A283" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B283" s="154" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="284" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A284" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B284" s="154" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="285" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A285" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B285" s="154" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="286" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A286" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B286" s="154" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="287" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A287" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B287" s="154" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="288" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A288" s="153" t="s">
+        <v>203</v>
+      </c>
+      <c r="B288" s="154" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A289" s="153" t="s">
+        <v>205</v>
+      </c>
+      <c r="B289" s="154" t="s">
         <v>576</v>
       </c>
     </row>
-    <row r="66" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B66" s="86" t="s">
+    <row r="290" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A290" s="153" t="s">
+        <v>205</v>
+      </c>
+      <c r="B290" s="154" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A291" s="153" t="s">
+        <v>205</v>
+      </c>
+      <c r="B291" s="154" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A292" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="B292" s="157" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="67" spans="1:2" x14ac:dyDescent="0.35">
-[...1211 lines deleted...]
-      <c r="B218" s="91" t="s">
+    <row r="293" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A293" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="B293" s="157" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A294" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="B294" s="157" t="s">
         <v>708</v>
       </c>
     </row>
-    <row r="219" spans="1:2" x14ac:dyDescent="0.35">
-[...331 lines deleted...]
-      <c r="B260" s="86" t="s">
+    <row r="295" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A295" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="B295" s="157" t="s">
         <v>709</v>
       </c>
     </row>
-    <row r="261" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B261" s="92" t="s">
+    <row r="296" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A296" s="153" t="s">
+        <v>206</v>
+      </c>
+      <c r="B296" s="157" t="s">
         <v>710</v>
       </c>
     </row>
-    <row r="262" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B262" s="92" t="s">
+    <row r="297" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A297" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B297" s="157" t="s">
         <v>711</v>
       </c>
     </row>
-    <row r="263" spans="1:2" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-      <c r="B264" s="92" t="s">
+    <row r="298" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A298" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B298" s="157" t="s">
         <v>712</v>
       </c>
     </row>
-    <row r="265" spans="1:2" x14ac:dyDescent="0.35">
-[...19 lines deleted...]
-      <c r="B267" s="92" t="s">
+    <row r="299" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A299" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B299" s="157" t="s">
         <v>713</v>
       </c>
     </row>
-    <row r="268" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B268" s="86" t="s">
+    <row r="300" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A300" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B300" s="157" t="s">
+        <v>2342</v>
+      </c>
+    </row>
+    <row r="301" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A301" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B301" s="157" t="s">
         <v>714</v>
       </c>
     </row>
-    <row r="269" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B269" s="86" t="s">
+    <row r="302" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A302" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B302" s="157" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="270" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B270" s="86" t="s">
+    <row r="303" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A303" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B303" s="157" t="s">
         <v>716</v>
       </c>
     </row>
-    <row r="271" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B271" s="86" t="s">
+    <row r="304" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A304" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B304" s="157" t="s">
         <v>717</v>
       </c>
     </row>
-    <row r="272" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B272" s="86" t="s">
+    <row r="305" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A305" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B305" s="157" t="s">
         <v>718</v>
       </c>
     </row>
-    <row r="273" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B273" s="86" t="s">
+    <row r="306" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A306" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B306" s="157" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="274" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B274" s="86" t="s">
+    <row r="307" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A307" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B307" s="157" t="s">
         <v>720</v>
       </c>
     </row>
-    <row r="275" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B275" s="86" t="s">
+    <row r="308" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A308" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B308" s="157" t="s">
         <v>721</v>
       </c>
     </row>
-    <row r="276" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B276" s="86" t="s">
+    <row r="309" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A309" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B309" s="157" t="s">
         <v>722</v>
       </c>
     </row>
-    <row r="277" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B277" s="86" t="s">
+    <row r="310" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A310" s="153" t="s">
+        <v>208</v>
+      </c>
+      <c r="B310" s="157" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="278" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B278" s="86" t="s">
+    <row r="311" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A311" s="151" t="s">
+        <v>208</v>
+      </c>
+      <c r="B311" s="161" t="s">
         <v>724</v>
       </c>
     </row>
-    <row r="279" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B279" s="92" t="s">
+    <row r="312" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A312" s="151" t="s">
+        <v>208</v>
+      </c>
+      <c r="B312" s="161" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="280" spans="1:2" x14ac:dyDescent="0.35">
-[...3 lines deleted...]
-      <c r="B280" s="92" t="s">
+    <row r="313" spans="1:2" x14ac:dyDescent="0.35">
+      <c r="A313" s="151" t="s">
+        <v>208</v>
+      </c>
+      <c r="B313" s="161" t="s">
         <v>726</v>
       </c>
     </row>
-    <row r="281" spans="1:2" x14ac:dyDescent="0.35">
-[...262 lines deleted...]
-    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="5BWLJXqmmsdVfsJTG2K+42n/GCBbu13WP+hTrfWxNDFaIf0XR1L1zcd/MTFDngyKygeQWnbbUkHR9qULqrny0g==" saltValue="0rX4we/eNYZYrjBVuKOInQ==" spinCount="100000" sheet="1" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="9AAK/dI9nO7sfi328Qe+ql0fJlYrL5c4if4p1D7TFdc5x385CMqguxgUUod6e7Lz62gK1PRCN2TzUaWa2F5vDA==" saltValue="VIzLiHvNS+2HLV/T7arq3A==" spinCount="100000" sheet="1" autoFilter="0"/>
   <autoFilter ref="A1:B313" xr:uid="{AEB0E9DA-F7B4-4C6E-9E11-CB78651E6D0D}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup scale="60" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5AA3B7A4-DD80-4071-99B7-93E97CE9D2FF}">
   <sheetPr codeName="Sheet5"/>
   <dimension ref="A1:B1527"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F7" sqref="F7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.453125" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="40.1796875" style="87" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="16384" width="9.453125" style="87"/>
+    <col min="1" max="1" width="40.1796875" style="10" customWidth="1"/>
+    <col min="2" max="2" width="103.1796875" style="12" customWidth="1"/>
+    <col min="3" max="16384" width="9.453125" style="10"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="44.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="90" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="90" t="s">
+      <c r="A1" s="13" t="s">
+        <v>499</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="2" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="10" t="s">
+        <v>729</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B3" s="14" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B5" s="14" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B6" s="14" t="s">
+        <v>1975</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B7" s="14" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="10" t="s">
+        <v>734</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="9" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="10" t="s">
+        <v>734</v>
+      </c>
+      <c r="B9" s="14" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="10" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B10" s="14" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B11" s="14" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="12" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B12" s="14" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+    <row r="13" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A13" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B13" s="14" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="14" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B14" s="14" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="15" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B15" s="14" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="16" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B16" s="14" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="14" t="s">
+        <v>1983</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B18" s="14" t="s">
+        <v>1984</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B19" s="14" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B20" s="14" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="21" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="14" t="s">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B22" s="14" t="s">
+        <v>1988</v>
+      </c>
+    </row>
+    <row r="23" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B23" s="14" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="24" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B24" s="14" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="25" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B25" s="14" t="s">
+        <v>1991</v>
+      </c>
+    </row>
+    <row r="26" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B26" s="14" t="s">
+        <v>1992</v>
+      </c>
+    </row>
+    <row r="27" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B27" s="14" t="s">
+        <v>1993</v>
+      </c>
+    </row>
+    <row r="28" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B28" s="14" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="29" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B29" s="14" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="30" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B30" s="14" t="s">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="31" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A31" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B31" s="14" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B32" s="14" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B33" s="14" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="34" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B34" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="35" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B35" s="14" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="36" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B36" s="14" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="38" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" s="14" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="39" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B39" s="14" t="s">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="40" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B40" s="14" t="s">
+        <v>2001</v>
+      </c>
+    </row>
+    <row r="41" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B41" s="14" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="42" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B42" s="14" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="43" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B43" s="14" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="44" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B44" s="14" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="45" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B45" s="14" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="46" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B46" s="14" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="47" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B47" s="14" t="s">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="48" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B48" s="14" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B49" s="14" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B50" s="14" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B51" s="14" t="s">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B53" s="14" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B54" s="14" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="55" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B55" s="14" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="56" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B56" s="14" t="s">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="57" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B57" s="14" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B58" s="14" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A59" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B62" s="14" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B63" s="14" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="64" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B64" s="14" t="s">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="65" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B65" s="14" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="66" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B67" s="14" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A68" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B69" s="14" t="s">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B70" s="14" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B71" s="14" t="s">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A72" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B72" s="14" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="73" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B73" s="14" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="74" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B74" s="14" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="75" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B75" s="14" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="76" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B76" s="14" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="77" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B77" s="14" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="78" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B78" s="14" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="79" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B79" s="14" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="80" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A80" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B80" s="14" t="s">
         <v>753</v>
       </c>
     </row>
-    <row r="2" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="87" t="s">
+    <row r="81" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B81" s="15" t="s">
+        <v>2031</v>
+      </c>
+    </row>
+    <row r="82" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B82" s="15" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="83" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A83" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B83" s="14" t="s">
         <v>754</v>
       </c>
-      <c r="B2" s="95" t="s">
+    </row>
+    <row r="84" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B84" s="15" t="s">
+        <v>2033</v>
+      </c>
+    </row>
+    <row r="85" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A85" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B85" s="14" t="s">
         <v>755</v>
       </c>
     </row>
-    <row r="3" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B3" s="95" t="s">
+    <row r="86" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B86" s="14" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="87" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B87" s="14" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="88" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B88" s="14" t="s">
         <v>756</v>
       </c>
     </row>
-    <row r="4" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="A4" s="87" t="s">
+    <row r="89" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B89" s="14" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="90" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="B90" s="14" t="s">
         <v>757</v>
       </c>
-      <c r="B4" s="95" t="s">
+    </row>
+    <row r="91" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A91" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B91" s="14" t="s">
         <v>758</v>
       </c>
     </row>
-    <row r="5" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="A8" s="87" t="s">
+    <row r="92" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A92" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B92" s="14" t="s">
         <v>759</v>
       </c>
-      <c r="B8" s="95" t="s">
+    </row>
+    <row r="93" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B93" s="14" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="94" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B94" s="14" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="95" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B95" s="14" t="s">
         <v>760</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B9" s="95" t="s">
+    <row r="96" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B96" s="14" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="97" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="B97" s="14" t="s">
         <v>761</v>
       </c>
     </row>
-    <row r="10" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="B13" s="95" t="s">
+    <row r="98" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A98" s="10" t="s">
         <v>762</v>
       </c>
-    </row>
-[...89 lines deleted...]
-      <c r="B31" s="95" t="s">
+      <c r="B98" s="14" t="s">
         <v>763</v>
       </c>
     </row>
-    <row r="32" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="B34" s="95" t="s">
+    <row r="99" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A99" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="100" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B100" s="14" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="101" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B101" s="14" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="102" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A102" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B102" s="14" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="103" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A103" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B103" s="14" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="104" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B104" s="14" t="s">
+        <v>2041</v>
+      </c>
+    </row>
+    <row r="105" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B105" s="14" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="106" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A106" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="107" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="10" t="s">
+        <v>770</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="108" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B108" s="14" t="s">
+        <v>2043</v>
+      </c>
+    </row>
+    <row r="109" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B109" s="14" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="110" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B110" s="14" t="s">
+        <v>2045</v>
+      </c>
+    </row>
+    <row r="111" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B111" s="14" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="112" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B112" s="14" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="113" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B113" s="14" t="s">
+        <v>2048</v>
+      </c>
+    </row>
+    <row r="114" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B114" s="14" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="115" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B115" s="14" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="116" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A116" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B116" s="14" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="117" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A117" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B117" s="14" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="118" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B118" s="14" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="119" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B119" s="14" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="120" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B120" s="14" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="121" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B121" s="14" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="122" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B122" s="14" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="123" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B123" s="14" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="124" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B124" s="14" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="125" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B125" s="14" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="126" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B126" s="14" t="s">
+        <v>2057</v>
+      </c>
+    </row>
+    <row r="127" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A127" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B127" s="14" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="128" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A128" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="B128" s="14" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="129" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B129" s="14" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="130" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="B130" s="14" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="131" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B131" s="14" t="s">
+        <v>2059</v>
+      </c>
+    </row>
+    <row r="132" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B132" s="14" t="s">
+        <v>2060</v>
+      </c>
+    </row>
+    <row r="133" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B133" s="14" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="134" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B134" s="14" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="135" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B135" s="14" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="136" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B136" s="14" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="137" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B137" s="14" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="138" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B138" s="14" t="s">
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="139" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B139" s="14" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="140" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B140" s="14" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="141" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B141" s="14" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="142" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B142" s="14" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="143" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B143" s="14" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="144" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B144" s="14" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="145" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B145" s="14" t="s">
+        <v>2072</v>
+      </c>
+    </row>
+    <row r="146" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B146" s="14" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="147" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B147" s="14" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="148" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B148" s="14" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="149" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B149" s="14" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="150" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B150" s="14" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="151" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B151" s="14" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="152" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B152" s="14" t="s">
+        <v>2079</v>
+      </c>
+    </row>
+    <row r="153" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B153" s="14" t="s">
+        <v>2080</v>
+      </c>
+    </row>
+    <row r="154" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B154" s="14" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="155" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B155" s="14" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="156" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B156" s="14" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="157" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B157" s="14" t="s">
+        <v>2084</v>
+      </c>
+    </row>
+    <row r="158" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B158" s="14" t="s">
+        <v>2085</v>
+      </c>
+    </row>
+    <row r="159" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B159" s="14" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="160" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B160" s="14" t="s">
+        <v>2087</v>
+      </c>
+    </row>
+    <row r="161" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B161" s="14" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="162" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B162" s="14" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="163" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B163" s="14" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="164" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B164" s="14" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="165" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B165" s="14" t="s">
+        <v>2092</v>
+      </c>
+    </row>
+    <row r="166" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B166" s="14" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="167" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B167" s="14" t="s">
+        <v>2093</v>
+      </c>
+    </row>
+    <row r="168" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B168" s="14" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="169" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B169" s="14" t="s">
+        <v>2095</v>
+      </c>
+    </row>
+    <row r="170" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B170" s="14" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="171" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B171" s="14" t="s">
+        <v>2097</v>
+      </c>
+    </row>
+    <row r="172" spans="1:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B172" s="14" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="173" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B173" s="14" t="s">
+        <v>2099</v>
+      </c>
+    </row>
+    <row r="174" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A174" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B174" s="14" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="175" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A175" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B175" s="14" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="176" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A176" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B176" s="14" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="177" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B177" s="14" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="178" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A178" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="B178" s="14" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="179" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B179" s="14" t="s">
+        <v>2100</v>
+      </c>
+    </row>
+    <row r="180" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B180" s="14" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="181" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B181" s="14" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="182" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B182" s="14" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="183" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B183" s="14" t="s">
+        <v>2103</v>
+      </c>
+    </row>
+    <row r="184" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B184" s="14" t="s">
+        <v>2104</v>
+      </c>
+    </row>
+    <row r="185" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B185" s="14" t="s">
+        <v>2105</v>
+      </c>
+    </row>
+    <row r="186" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B186" s="14" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="187" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B187" s="14" t="s">
+        <v>2107</v>
+      </c>
+    </row>
+    <row r="188" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B188" s="14" t="s">
+        <v>2108</v>
+      </c>
+    </row>
+    <row r="189" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B189" s="14" t="s">
+        <v>2109</v>
+      </c>
+    </row>
+    <row r="190" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B190" s="14" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="191" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B191" s="14" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="192" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B192" s="14" t="s">
+        <v>2112</v>
+      </c>
+    </row>
+    <row r="193" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B193" s="14" t="s">
+        <v>2113</v>
+      </c>
+    </row>
+    <row r="194" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B194" s="14" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="195" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B195" s="14" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="196" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A196" s="10" t="s">
+        <v>787</v>
+      </c>
+      <c r="B196" s="14" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="197" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B197" s="14" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="198" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A198" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B198" s="14" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="199" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B199" s="14" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="200" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A200" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B200" s="14" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="201" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B201" s="14" t="s">
+        <v>2117</v>
+      </c>
+    </row>
+    <row r="202" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A202" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B202" s="14" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="203" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B203" s="14" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="204" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A204" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B204" s="14" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="205" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A205" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B205" s="14" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="206" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B206" s="14" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="207" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B207" s="14" t="s">
+        <v>2120</v>
+      </c>
+    </row>
+    <row r="208" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A208" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B208" s="14" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="209" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B209" s="14" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="210" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B210" s="14" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="211" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B211" s="14" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="212" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B212" s="14" t="s">
+        <v>2123</v>
+      </c>
+    </row>
+    <row r="213" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B213" s="14" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="214" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B214" s="14" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="215" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B215" s="14" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="216" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B216" s="14" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="217" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B217" s="14" t="s">
+        <v>2127</v>
+      </c>
+    </row>
+    <row r="218" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B218" s="14" t="s">
+        <v>2128</v>
+      </c>
+    </row>
+    <row r="219" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B219" s="14" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="220" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B220" s="14" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="221" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B221" s="14" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="222" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B222" s="14" t="s">
+        <v>2132</v>
+      </c>
+    </row>
+    <row r="223" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B223" s="14" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="224" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B224" s="14" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="225" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B225" s="14" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="226" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B226" s="14" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="227" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B227" s="14" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="228" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B228" s="14" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="229" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B229" s="14" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="230" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B230" s="14" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="231" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B231" s="14" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="232" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B232" s="14" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="233" spans="1:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B233" s="14" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="234" spans="1:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B234" s="14" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="235" spans="1:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B235" s="14" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="236" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B236" s="14" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="237" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A237" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B237" s="14" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="238" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B238" s="14" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="239" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B239" s="14" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="240" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B240" s="14" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="241" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B241" s="14" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="242" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B242" s="14" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="243" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B243" s="14" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="244" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B244" s="14" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="245" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B245" s="14" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="246" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B246" s="14" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="247" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B247" s="14" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="248" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B248" s="14" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="249" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B249" s="14" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="250" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B250" s="14" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="251" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B251" s="14" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="252" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B252" s="14" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="253" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B253" s="14" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="254" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B254" s="14" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="255" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B255" s="14" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="256" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B256" s="14" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="257" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B257" s="14" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="258" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B258" s="14" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="259" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B259" s="14" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="260" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A260" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B260" s="14" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="261" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A261" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B261" s="14" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="262" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A262" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B262" s="14" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="263" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B263" s="14" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="264" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B264" s="14" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="265" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B265" s="14" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="266" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B266" s="14" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="267" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B267" s="14" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="268" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B268" s="14" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="269" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B269" s="14" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="270" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B270" s="14" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="271" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B271" s="14" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="272" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B272" s="14" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="273" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B273" s="14" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="274" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B274" s="14" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="275" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B275" s="14" t="s">
+        <v>2136</v>
+      </c>
+    </row>
+    <row r="276" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B276" s="14" t="s">
+        <v>2137</v>
+      </c>
+    </row>
+    <row r="277" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B277" s="14" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="278" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B278" s="14" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="279" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B279" s="14" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="280" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B280" s="14" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="281" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B281" s="14" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="282" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B282" s="14" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="283" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B283" s="14" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="284" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B284" s="14" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="285" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B285" s="14" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="286" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B286" s="14" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="287" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B287" s="14" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="288" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B288" s="14" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="289" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B289" s="14" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="290" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A290" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B290" s="14" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="291" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B291" s="14" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="292" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B292" s="14" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="293" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B293" s="14" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="294" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B294" s="14" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="295" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B295" s="14" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="296" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B296" s="14" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="297" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B297" s="14" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="298" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B298" s="14" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="299" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B299" s="14" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="300" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B300" s="14" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="301" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B301" s="14" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="302" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A302" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B302" s="14" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="303" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B303" s="14" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="304" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B304" s="16" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="305" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B305" s="16" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="306" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B306" s="14" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="307" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B307" s="14" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="308" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B308" s="14" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="309" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B309" s="14" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="310" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B310" s="14" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="311" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A311" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B311" s="14" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="312" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B312" s="14" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="313" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B313" s="14" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="314" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B314" s="14" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="315" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A315" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B315" s="14" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="316" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A316" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B316" s="14" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="317" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B317" s="14" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="318" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B318" s="14" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="319" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B319" s="14" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="320" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B320" s="14" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="321" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B321" s="14" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="322" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B322" s="14" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="323" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B323" s="14" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="324" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B324" s="14" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="325" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B325" s="14" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="326" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B326" s="14" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="327" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A327" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="B327" s="14" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="328" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B328" s="14" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="329" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B329" s="14" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="330" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B330" s="14" t="s">
+        <v>2141</v>
+      </c>
+    </row>
+    <row r="331" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B331" s="14" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="332" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B332" s="14" t="s">
+        <v>2143</v>
+      </c>
+    </row>
+    <row r="333" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B333" s="14" t="s">
+        <v>2144</v>
+      </c>
+    </row>
+    <row r="334" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B334" s="14" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="335" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B335" s="14" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="336" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B336" s="14" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="337" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B337" s="14" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="338" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B338" s="14" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="339" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B339" s="14" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="340" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B340" s="14" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="341" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B341" s="14" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="342" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B342" s="14" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="343" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B343" s="14" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="344" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B344" s="14" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="345" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B345" s="14" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="346" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B346" s="14" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="347" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B347" s="14" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="348" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B348" s="14" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="349" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B349" s="14" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="350" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B350" s="14" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="351" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B351" s="14" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="352" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A352" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="B352" s="14" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="353" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B353" s="14" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="354" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B354" s="14" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="355" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A355" s="10" t="s">
+        <v>120</v>
+      </c>
+      <c r="B355" s="14" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="356" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B356" s="14" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="357" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B357" s="14" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="358" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B358" s="14" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="359" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B359" s="14" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="360" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B360" s="14" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="361" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B361" s="14" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="362" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B362" s="14" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="363" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B363" s="14" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="364" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A364" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B364" s="14" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="365" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A365" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B365" s="14" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="366" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A366" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B366" s="14" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="367" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B367" s="14" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="368" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B368" s="14" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="369" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B369" s="14" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="370" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B370" s="14" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="371" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B371" s="14" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="372" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A372" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="B372" s="14" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="373" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A373" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="B373" s="14" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="374" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A374" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="B374" s="14" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="375" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A375" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="B375" s="14" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="376" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A376" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="B376" s="14" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="377" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B377" s="14" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="378" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B378" s="14" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="379" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A379" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B379" s="14" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="380" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A380" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B380" s="14" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="381" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A381" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B381" s="14" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="382" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B382" s="14" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="383" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B383" s="14" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="384" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B384" s="14" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="385" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B385" s="14" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="386" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B386" s="14" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="387" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B387" s="14" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="388" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B388" s="14" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="389" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B389" s="14" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="390" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A390" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B390" s="14" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="391" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A391" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B391" s="14" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="392" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B392" s="14" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="393" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B393" s="14" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="394" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B394" s="14" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="395" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B395" s="14" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="396" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B396" s="14" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="397" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B397" s="14" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="398" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B398" s="14" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="399" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B399" s="14" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="400" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B400" s="14" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="401" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B401" s="14" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="402" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B402" s="14" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="403" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B403" s="14" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="404" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B404" s="14" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="405" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B405" s="14" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="406" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B406" s="14" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="407" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B407" s="14" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="408" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B408" s="14" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="409" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B409" s="14" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="410" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B410" s="14" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="411" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B411" s="14" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="412" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B412" s="14" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="413" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B413" s="14" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="414" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B414" s="14" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="415" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A415" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B415" s="14" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="416" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A416" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B416" s="14" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="417" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A417" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B417" s="14" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="418" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A418" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B418" s="14" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="419" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A419" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B419" s="14" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="420" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A420" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B420" s="14" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="421" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A421" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B421" s="14" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="422" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A422" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="B422" s="14" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="423" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A423" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="B423" s="14" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="424" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B424" s="14" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="425" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B425" s="14" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="426" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B426" s="14" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="427" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B427" s="14" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="428" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B428" s="14" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="429" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B429" s="14" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="430" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B430" s="14" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="431" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B431" s="14" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="432" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A432" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B432" s="14" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="433" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A433" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B433" s="14" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="434" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B434" s="14" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="435" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B435" s="14" t="s">
         <v>996</v>
       </c>
     </row>
-    <row r="35" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
-[...97 lines deleted...]
-      <c r="B52" s="95" t="s">
+    <row r="436" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B436" s="14" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="437" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A437" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B437" s="14" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="438" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A438" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B438" s="14" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="439" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B439" s="14" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="440" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A440" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B440" s="14" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="441" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A441" s="10" t="s">
+        <v>183</v>
+      </c>
+      <c r="B441" s="14" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="442" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B442" s="14" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="443" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A443" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B443" s="14" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="444" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A444" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B444" s="14" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="445" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A445" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B445" s="14" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="446" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B446" s="14" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="447" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B447" s="14" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="448" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B448" s="14" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="449" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B449" s="14" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="450" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A450" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B450" s="14" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="451" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A451" s="10" t="s">
+        <v>186</v>
+      </c>
+      <c r="B451" s="14" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="452" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A452" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B452" s="14" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="453" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A453" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B453" s="14" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="454" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A454" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B454" s="14" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="455" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A455" s="10" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B455" s="14" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="456" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B456" s="14" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="457" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A457" s="10" t="s">
         <v>768</v>
       </c>
-    </row>
-[...37 lines deleted...]
-      <c r="B59" s="95" t="s">
+      <c r="B457" s="14" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="458" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A458" s="10" t="s">
         <v>770</v>
       </c>
-    </row>
-[...76 lines deleted...]
-      <c r="B72" s="95" t="s">
+      <c r="B458" s="14" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="459" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B459" s="14" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="460" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B460" s="14" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="461" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B461" s="14" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="462" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B462" s="14" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="463" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B463" s="14" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="464" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B464" s="14" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="465" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B465" s="14" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="466" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A466" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B466" s="14" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="467" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B467" s="14" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="468" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B468" s="14" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="469" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B469" s="14" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="470" spans="1:2" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B470" s="14" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="471" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B471" s="14" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="472" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B472" s="14" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="473" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B473" s="14" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="474" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B474" s="14" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="475" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B475" s="14" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="476" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B476" s="14" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="477" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B477" s="14" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="478" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B478" s="14" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="479" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B479" s="14" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="480" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B480" s="14" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="481" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B481" s="14" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="482" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A482" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B482" s="14" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="483" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A483" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B483" s="14" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="484" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B484" s="14" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="485" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B485" s="14" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="486" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B486" s="14" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="487" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B487" s="14" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="488" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B488" s="14" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="489" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B489" s="14" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="490" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B490" s="14" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="491" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B491" s="14" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="492" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B492" s="14" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="493" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B493" s="14" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="494" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B494" s="14" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="495" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B495" s="14" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="496" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B496" s="14" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="497" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B497" s="14" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="498" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B498" s="14" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="499" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B499" s="14" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="500" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B500" s="14" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="501" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B501" s="14" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="502" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B502" s="14" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="503" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B503" s="14" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="504" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B504" s="14" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="505" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B505" s="14" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="506" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B506" s="14" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="507" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B507" s="14" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="508" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B508" s="14" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="509" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B509" s="14" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="510" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B510" s="14" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="511" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B511" s="14" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="512" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B512" s="14" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="513" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B513" s="14" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="514" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B514" s="14" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="515" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B515" s="14" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="516" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B516" s="14" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="517" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B517" s="14" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="518" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B518" s="14" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="519" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B519" s="14" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="520" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B520" s="17" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="521" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B521" s="17" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="522" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B522" s="14" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="523" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B523" s="14" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="524" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B524" s="14" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="525" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B525" s="14" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="526" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B526" s="14" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="527" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B527" s="14" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="528" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B528" s="14" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="529" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B529" s="14" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="530" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B530" s="14" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="531" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B531" s="14" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="532" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B532" s="14" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="533" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A533" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B533" s="14" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="534" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A534" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B534" s="14" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="535" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B535" s="14" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="536" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A536" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B536" s="14" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="537" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B537" s="14" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="538" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B538" s="14" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="539" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B539" s="14" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="540" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B540" s="14" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="541" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B541" s="14" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="542" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B542" s="14" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="543" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B543" s="14" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="544" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B544" s="14" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="545" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B545" s="14" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="546" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B546" s="14" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="547" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B547" s="14" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="548" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B548" s="14" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="549" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B549" s="14" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="550" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B550" s="14" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="551" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B551" s="14" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="552" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B552" s="14" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="553" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B553" s="14" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="554" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A554" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B554" s="14" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="555" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B555" s="14" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="556" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A556" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B556" s="14" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="557" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B557" s="14" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="558" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A558" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B558" s="14" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="559" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B559" s="14" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="560" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B560" s="14" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="561" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B561" s="14" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="562" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B562" s="14" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="563" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B563" s="14" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="564" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B564" s="14" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="565" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A565" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B565" s="14" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="566" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A566" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="B566" s="14" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="567" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B567" s="14" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="568" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B568" s="14" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="569" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B569" s="14" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="570" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B570" s="14" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="571" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B571" s="14" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="572" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B572" s="14" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="573" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B573" s="14" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="574" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B574" s="14" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="575" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B575" s="14" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="576" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A576" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B576" s="14" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="577" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A577" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B577" s="14" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="578" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A578" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B578" s="14" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="579" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B579" s="14" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="580" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B580" s="14" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="581" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B581" s="14" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="582" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B582" s="14" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="583" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A583" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B583" s="14" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="584" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A584" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="B584" s="14" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="585" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B585" s="14" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="586" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A586" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B586" s="14" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="587" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B587" s="14" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="588" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A588" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B588" s="14" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="589" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B589" s="14" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="590" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B590" s="14" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="591" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A591" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B591" s="14" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="592" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B592" s="14" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="593" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B593" s="14" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="594" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B594" s="14" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="595" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A595" s="10" t="s">
+        <v>173</v>
+      </c>
+      <c r="B595" s="14" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="596" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A596" s="10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B596" s="14" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="597" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B597" s="14" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="598" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B598" s="14" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="599" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B599" s="14" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="600" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B600" s="14" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="601" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A601" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B601" s="14" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="602" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A602" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B602" s="14" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="603" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A603" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B603" s="14" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="604" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A604" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B604" s="14" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="605" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A605" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B605" s="14" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="606" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A606" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B606" s="14" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="607" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A607" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B607" s="14" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="608" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A608" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B608" s="14" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="609" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B609" s="14" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="610" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B610" s="14" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="611" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B611" s="14" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="612" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B612" s="14" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="613" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B613" s="14" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="614" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B614" s="14" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="615" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B615" s="14" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="616" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B616" s="14" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="617" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B617" s="14" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="618" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B618" s="14" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="619" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B619" s="14" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="620" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B620" s="14" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="621" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A621" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B621" s="14" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="622" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B622" s="14" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="623" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B623" s="14" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="624" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B624" s="14" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="625" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B625" s="14" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="626" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B626" s="14" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="627" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B627" s="14" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="628" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A628" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B628" s="14" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="629" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A629" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B629" s="14" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="630" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A630" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B630" s="14" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="631" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A631" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B631" s="14" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="632" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A632" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B632" s="14" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="633" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B633" s="14" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="634" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A634" s="10" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B634" s="14" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="635" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A635" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B635" s="14" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="636" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B636" s="14" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="637" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A637" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B637" s="14" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="638" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A638" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B638" s="14" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="639" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B639" s="14" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="640" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B640" s="14" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="641" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A641" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="B641" s="14" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="642" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B642" s="14" t="s">
+        <v>1203</v>
+      </c>
+    </row>
+    <row r="643" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B643" s="14" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="644" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B644" s="14" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="645" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B645" s="14" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="646" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B646" s="14" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="647" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A647" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="B647" s="14" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="648" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A648" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="B648" s="14" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="649" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B649" s="14" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="650" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A650" s="10" t="s">
+        <v>176</v>
+      </c>
+      <c r="B650" s="14" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="651" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A651" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B651" s="14" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="652" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A652" s="10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B652" s="14" t="s">
+        <v>1213</v>
+      </c>
+    </row>
+    <row r="653" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A653" s="10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B653" s="14" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="654" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B654" s="14" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="655" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B655" s="14" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="656" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B656" s="14" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="657" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B657" s="14" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="658" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B658" s="14" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="659" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B659" s="14" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="660" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B660" s="14" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="661" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B661" s="14" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="662" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B662" s="14" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="663" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B663" s="14" t="s">
+        <v>2148</v>
+      </c>
+    </row>
+    <row r="664" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A664" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B664" s="14" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="665" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B665" s="14" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="666" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B666" s="14" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="667" spans="1:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="A667" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B667" s="14" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="668" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A668" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B668" s="14" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="669" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B669" s="14" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="670" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B670" s="14" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="671" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B671" s="14" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="672" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B672" s="14" t="s">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="673" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B673" s="14" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="674" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B674" s="14" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="675" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B675" s="14" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="676" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B676" s="14" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="677" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B677" s="14" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="678" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B678" s="14" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="679" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A679" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="B679" s="14" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="680" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A680" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B680" s="14" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="681" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A681" s="10" t="s">
+        <v>123</v>
+      </c>
+      <c r="B681" s="14" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="682" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B682" s="14" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="683" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B683" s="14" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="684" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B684" s="14" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="685" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B685" s="14" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="686" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B686" s="14" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="687" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B687" s="14" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="688" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A688" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B688" s="14" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="689" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A689" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B689" s="14" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="690" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A690" s="10" t="s">
+        <v>119</v>
+      </c>
+      <c r="B690" s="14" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="691" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B691" s="14" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="692" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B692" s="14" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="693" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B693" s="14" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="694" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B694" s="14" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="695" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B695" s="14" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="696" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B696" s="14" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="697" spans="1:2" s="11" customFormat="1" ht="29" x14ac:dyDescent="0.25">
+      <c r="B697" s="14" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="698" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B698" s="14" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="699" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B699" s="14" t="s">
+        <v>1259</v>
+      </c>
+    </row>
+    <row r="700" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B700" s="14" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="701" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B701" s="14" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="702" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B702" s="14" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="703" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B703" s="14" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="704" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A704" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B704" s="14" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="705" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B705" s="14" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="706" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B706" s="14" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="707" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B707" s="14" t="s">
+        <v>1267</v>
+      </c>
+    </row>
+    <row r="708" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B708" s="14" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="709" spans="1:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B709" s="14" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="710" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B710" s="14" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="711" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B711" s="14" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="712" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B712" s="14" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="713" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B713" s="14" t="s">
+        <v>1273</v>
+      </c>
+    </row>
+    <row r="714" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B714" s="14" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="715" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B715" s="14" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="716" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B716" s="14" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="717" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B717" s="14" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="718" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B718" s="14" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="719" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B719" s="14" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="720" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A720" s="10" t="s">
+        <v>207</v>
+      </c>
+      <c r="B720" s="14" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="721" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A721" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B721" s="14" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="722" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A722" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B722" s="14" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="723" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B723" s="14" t="s">
+        <v>1283</v>
+      </c>
+    </row>
+    <row r="724" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A724" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B724" s="14" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="725" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B725" s="14" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="726" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B726" s="16" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="727" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B727" s="16" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="728" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B728" s="16" t="s">
+        <v>1288</v>
+      </c>
+    </row>
+    <row r="729" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B729" s="16" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="730" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B730" s="14" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="731" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B731" s="14" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="732" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B732" s="14" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="733" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B733" s="14" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="734" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B734" s="14" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="735" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B735" s="14" t="s">
+        <v>1295</v>
+      </c>
+    </row>
+    <row r="736" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B736" s="14" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="737" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B737" s="14" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="738" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B738" s="14" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="739" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B739" s="14" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="740" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A740" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B740" s="14" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="741" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B741" s="14" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="742" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B742" s="14" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="743" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B743" s="14" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="744" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B744" s="14" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="745" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B745" s="14" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="746" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B746" s="14" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="747" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B747" s="14" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="748" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B748" s="14" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="749" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B749" s="14" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="750" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B750" s="14" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="751" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B751" s="14" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="752" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B752" s="14" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="753" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B753" s="14" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="754" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B754" s="14" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="755" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B755" s="14" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="756" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B756" s="14" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="757" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B757" s="14" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="758" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A758" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B758" s="14" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="759" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A759" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B759" s="14" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="760" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B760" s="14" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="761" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B761" s="14" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="762" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B762" s="14" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="763" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B763" s="14" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="764" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B764" s="14" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="765" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B765" s="14" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="766" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B766" s="14" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="767" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B767" s="14" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="768" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B768" s="14" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="769" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B769" s="14" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="770" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B770" s="14" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="771" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B771" s="14" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="772" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B772" s="14" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="773" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B773" s="14" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="774" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B774" s="14" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="775" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B775" s="14" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="776" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B776" s="14" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="777" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B777" s="14" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="778" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B778" s="14" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="779" spans="2:2" ht="81" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B779" s="14" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="780" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B780" s="14" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="781" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B781" s="14" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="782" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B782" s="14" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="783" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B783" s="14" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="784" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B784" s="14" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="785" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B785" s="14" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="786" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B786" s="14" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="787" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B787" s="14" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="788" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B788" s="14" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="789" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B789" s="14" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="790" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B790" s="14" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="791" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B791" s="14" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="792" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B792" s="14" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="793" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B793" s="14" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="794" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B794" s="14" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="795" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A795" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B795" s="14" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="796" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B796" s="14" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="797" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B797" s="14" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="798" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B798" s="14" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="799" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B799" s="14" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="800" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B800" s="14" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="801" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B801" s="14" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="802" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B802" s="14" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="803" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B803" s="14" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="804" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B804" s="14" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="805" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B805" s="14" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="806" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B806" s="14" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="807" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B807" s="14" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="808" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B808" s="14" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="809" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B809" s="14" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="810" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B810" s="14" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="811" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A811" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B811" s="14" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="812" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B812" s="14" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="813" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B813" s="14" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="814" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B814" s="14" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="815" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B815" s="14" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="816" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B816" s="14" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="817" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B817" s="14" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="818" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A818" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B818" s="14" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="819" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B819" s="14" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="820" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B820" s="14" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="821" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B821" s="14" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="822" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B822" s="14" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="823" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B823" s="14" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="824" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B824" s="14" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="825" spans="1:2" ht="0.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B825" s="14" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="826" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A826" s="10" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B826" s="14" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="827" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A827" s="10" t="s">
+        <v>427</v>
+      </c>
+      <c r="B827" s="14" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="828" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B828" s="14" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="829" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A829" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B829" s="14" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="830" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B830" s="14" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="831" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A831" s="10" t="s">
+        <v>141</v>
+      </c>
+      <c r="B831" s="14" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="832" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B832" s="14" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="833" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B833" s="14" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="834" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B834" s="14" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="835" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B835" s="14" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="836" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A836" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B836" s="14" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="837" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B837" s="14" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="838" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B838" s="14" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="839" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A839" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B839" s="14" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="840" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B840" s="14" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="841" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B841" s="14" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="842" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B842" s="14" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="843" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B843" s="14" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="844" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B844" s="14" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="845" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B845" s="14" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="846" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B846" s="14" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="847" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B847" s="14" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="848" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B848" s="14" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="849" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B849" s="14" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="850" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B850" s="14" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="851" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B851" s="14" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="852" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B852" s="14" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="853" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B853" s="14" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="854" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B854" s="14" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="855" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B855" s="14" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="856" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B856" s="14" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="857" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B857" s="14" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="858" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B858" s="14" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="859" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B859" s="14" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="860" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B860" s="14" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="861" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B861" s="14" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="862" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B862" s="14" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="863" spans="2:2" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B863" s="14" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="864" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B864" s="14" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="865" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B865" s="14" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="866" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B866" s="14" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="867" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B867" s="14" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="868" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B868" s="14" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="869" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B869" s="14" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="870" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B870" s="14" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="871" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B871" s="14" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="872" spans="1:2" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B872" s="14" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="873" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B873" s="14" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="874" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B874" s="14" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="875" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B875" s="14" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="876" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B876" s="14" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="877" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B877" s="14" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="878" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A878" s="10" t="s">
+        <v>149</v>
+      </c>
+      <c r="B878" s="14" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="879" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A879" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B879" s="14" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+    <row r="880" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B880" s="14" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="881" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B881" s="14" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="882" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B882" s="14" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="883" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B883" s="14" t="s">
+        <v>1433</v>
+      </c>
+    </row>
+    <row r="884" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B884" s="14" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="885" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B885" s="14" t="s">
+        <v>1435</v>
+      </c>
+    </row>
+    <row r="886" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B886" s="14" t="s">
+        <v>1436</v>
+      </c>
+    </row>
+    <row r="887" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B887" s="14" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="888" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B888" s="14" t="s">
+        <v>2149</v>
+      </c>
+    </row>
+    <row r="889" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B889" s="14" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="890" spans="1:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A890" s="11" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B890" s="14" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="891" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A891" s="10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B891" s="14" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="892" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A892" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="B892" s="14" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="893" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B893" s="14" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="894" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A894" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B894" s="14" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="895" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B895" s="14" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="896" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B896" s="14" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="897" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B897" s="14" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="898" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A898" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B898" s="14" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="899" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B899" s="14" t="s">
+        <v>1447</v>
+      </c>
+    </row>
+    <row r="900" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B900" s="14" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="901" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B901" s="14" t="s">
+        <v>1449</v>
+      </c>
+    </row>
+    <row r="902" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B902" s="14" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="903" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B903" s="18" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="904" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B904" s="14" t="s">
+        <v>1452</v>
+      </c>
+    </row>
+    <row r="905" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B905" s="14" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="906" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A906" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B906" s="14" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="907" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B907" s="14" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="908" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B908" s="14" t="s">
+        <v>1456</v>
+      </c>
+    </row>
+    <row r="909" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B909" s="14" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="910" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B910" s="14" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="911" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B911" s="14" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="912" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B912" s="14" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="913" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B913" s="14" t="s">
+        <v>1461</v>
+      </c>
+    </row>
+    <row r="914" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A914" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B914" s="14" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="915" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B915" s="18" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="916" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B916" s="18" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="917" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B917" s="18" t="s">
+        <v>1465</v>
+      </c>
+    </row>
+    <row r="918" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A918" s="10" t="s">
+        <v>387</v>
+      </c>
+      <c r="B918" s="14" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="919" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B919" s="14" t="s">
+        <v>1467</v>
+      </c>
+    </row>
+    <row r="920" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A920" s="10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B920" s="14" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="921" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B921" s="14" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="922" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B922" s="14" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="923" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B923" s="18" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="924" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B924" s="18" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="925" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B925" s="14" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="926" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B926" s="14" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="927" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A927" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B927" s="14" t="s">
+        <v>1475</v>
+      </c>
+    </row>
+    <row r="928" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A928" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B928" s="14" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="929" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A929" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B929" s="14" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="930" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B930" s="14" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="931" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A931" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B931" s="14" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="932" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B932" s="14" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="933" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B933" s="14" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="934" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B934" s="14" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="935" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B935" s="14" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="936" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B936" s="14" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="937" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B937" s="14" t="s">
+        <v>1485</v>
+      </c>
+    </row>
+    <row r="938" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B938" s="14" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="939" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B939" s="14" t="s">
+        <v>1487</v>
+      </c>
+    </row>
+    <row r="940" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B940" s="14" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="941" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B941" s="14" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="942" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A942" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B942" s="14" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="943" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A943" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B943" s="14" t="s">
+        <v>1491</v>
+      </c>
+    </row>
+    <row r="944" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A944" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B944" s="14" t="s">
+        <v>1492</v>
+      </c>
+    </row>
+    <row r="945" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A945" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B945" s="14" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="946" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A946" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B946" s="14" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="947" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A947" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="B947" s="14" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="948" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B948" s="14" t="s">
+        <v>1496</v>
+      </c>
+    </row>
+    <row r="949" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B949" s="14" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="950" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A950" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B950" s="16" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="951" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B951" s="16" t="s">
+        <v>1499</v>
+      </c>
+    </row>
+    <row r="952" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B952" s="16" t="s">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="953" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B953" s="16" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="954" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B954" s="16" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="955" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B955" s="16" t="s">
+        <v>1503</v>
+      </c>
+    </row>
+    <row r="956" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B956" s="16" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="957" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B957" s="16" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="958" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B958" s="14" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="959" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B959" s="14" t="s">
+        <v>1507</v>
+      </c>
+    </row>
+    <row r="960" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B960" s="14" t="s">
+        <v>1508</v>
+      </c>
+    </row>
+    <row r="961" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B961" s="14" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="962" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B962" s="14" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="963" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B963" s="14" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="964" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B964" s="14" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="965" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B965" s="14" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="966" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B966" s="14" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="967" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B967" s="14" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="968" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B968" s="14" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="969" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B969" s="14" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="970" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B970" s="14" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="971" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B971" s="14" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="972" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B972" s="14" t="s">
+        <v>1520</v>
+      </c>
+    </row>
+    <row r="973" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B973" s="14" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="974" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B974" s="14" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="975" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B975" s="14" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="976" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B976" s="14" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="977" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B977" s="14" t="s">
+        <v>1525</v>
+      </c>
+    </row>
+    <row r="978" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B978" s="14" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="979" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B979" s="14" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="980" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B980" s="14" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="981" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B981" s="14" t="s">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="982" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B982" s="14" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="983" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B983" s="14" t="s">
+        <v>1531</v>
+      </c>
+    </row>
+    <row r="984" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B984" s="14" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="985" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B985" s="14" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="986" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A986" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B986" s="14" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="987" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A987" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B987" s="14" t="s">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="988" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A988" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B988" s="14" t="s">
+        <v>1536</v>
+      </c>
+    </row>
+    <row r="989" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A989" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B989" s="14" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="990" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B990" s="14" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="991" spans="1:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B991" s="14" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="992" spans="1:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B992" s="14" t="s">
+        <v>1540</v>
+      </c>
+    </row>
+    <row r="993" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B993" s="14" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="994" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B994" s="14" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="995" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B995" s="14" t="s">
+        <v>1543</v>
+      </c>
+    </row>
+    <row r="996" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B996" s="14" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="997" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B997" s="14" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="998" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B998" s="14" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="999" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B999" s="14" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="1000" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1000" s="14" t="s">
+        <v>1548</v>
+      </c>
+    </row>
+    <row r="1001" spans="2:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="B1001" s="14" t="s">
+        <v>1549</v>
+      </c>
+    </row>
+    <row r="1002" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1002" s="14" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1003" spans="2:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="B1003" s="14" t="s">
+        <v>1551</v>
+      </c>
+    </row>
+    <row r="1004" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1004" s="14" t="s">
+        <v>1552</v>
+      </c>
+    </row>
+    <row r="1005" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1005" s="14" t="s">
+        <v>1553</v>
+      </c>
+    </row>
+    <row r="1006" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1006" s="14" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="1007" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1007" s="14" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="1008" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1008" s="14" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="1009" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1009" s="14" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="1010" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1010" s="14" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="1011" spans="2:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="B1011" s="14" t="s">
+        <v>1559</v>
+      </c>
+    </row>
+    <row r="1012" spans="2:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="B1012" s="14" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="1013" spans="2:2" ht="87" x14ac:dyDescent="0.25">
+      <c r="B1013" s="14" t="s">
+        <v>1561</v>
+      </c>
+    </row>
+    <row r="1014" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1014" s="14" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="1015" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1015" s="14" t="s">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="1016" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1016" s="14" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="1017" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1017" s="14" t="s">
+        <v>1565</v>
+      </c>
+    </row>
+    <row r="1018" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1018" s="14" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="1019" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1019" s="14" t="s">
+        <v>1567</v>
+      </c>
+    </row>
+    <row r="1020" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1020" s="14" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="1021" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1021" s="14" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="1022" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1022" s="14" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="1023" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1023" s="14" t="s">
+        <v>1571</v>
+      </c>
+    </row>
+    <row r="1024" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1024" s="14" t="s">
+        <v>1572</v>
+      </c>
+    </row>
+    <row r="1025" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1025" s="14" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="1026" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1026" s="14" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="1027" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1027" s="14" t="s">
+        <v>1575</v>
+      </c>
+    </row>
+    <row r="1028" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1028" s="14" t="s">
+        <v>1576</v>
+      </c>
+    </row>
+    <row r="1029" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1029" s="14" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="1030" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1030" s="14" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="1031" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1031" s="14" t="s">
+        <v>1579</v>
+      </c>
+    </row>
+    <row r="1032" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1032" s="18" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="1033" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1033" s="18" t="s">
+        <v>1581</v>
+      </c>
+    </row>
+    <row r="1034" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1034" s="14" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="1035" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1035" s="14" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="1036" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1036" s="14" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="1037" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1037" s="14" t="s">
+        <v>1585</v>
+      </c>
+    </row>
+    <row r="1038" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1038" s="14" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="1039" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1039" s="14" t="s">
+        <v>1587</v>
+      </c>
+    </row>
+    <row r="1040" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1040" s="14" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="1041" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1041" s="14" t="s">
+        <v>1589</v>
+      </c>
+    </row>
+    <row r="1042" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1042" s="14" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="1043" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1043" s="14" t="s">
+        <v>1591</v>
+      </c>
+    </row>
+    <row r="1044" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1044" s="14" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="1045" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1045" s="14" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="1046" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1046" s="14" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="1047" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1047" s="14" t="s">
+        <v>1595</v>
+      </c>
+    </row>
+    <row r="1048" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1048" s="14" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="1049" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1049" s="14" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="1050" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1050" s="14" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="1051" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1051" s="14" t="s">
+        <v>1599</v>
+      </c>
+    </row>
+    <row r="1052" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1052" s="14" t="s">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="1053" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1053" s="14" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="1054" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1054" s="14" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="1055" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1055" s="14" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="1056" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1056" s="14" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="1057" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1057" s="14" t="s">
+        <v>1605</v>
+      </c>
+    </row>
+    <row r="1058" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1058" s="14" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="1059" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1059" s="14" t="s">
+        <v>1607</v>
+      </c>
+    </row>
+    <row r="1060" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1060" s="14" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="1061" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1061" s="14" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="1062" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1062" s="14" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="1063" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1063" s="14" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="1064" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1064" s="14" t="s">
+        <v>1612</v>
+      </c>
+    </row>
+    <row r="1065" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1065" s="14" t="s">
+        <v>1613</v>
+      </c>
+    </row>
+    <row r="1066" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1066" s="14" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="1067" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1067" s="14" t="s">
+        <v>1615</v>
+      </c>
+    </row>
+    <row r="1068" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1068" s="14" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="1069" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1069" s="14" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="1070" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1070" s="14" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="1071" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1071" s="17" t="s">
+        <v>1619</v>
+      </c>
+    </row>
+    <row r="1072" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1072" s="17" t="s">
+        <v>1620</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1073" s="14" t="s">
+        <v>1621</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1074" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="B1074" s="14" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1075" s="14" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1076" s="10" t="s">
+        <v>768</v>
+      </c>
+      <c r="B1076" s="14" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1077" s="14" t="s">
+        <v>1625</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1078" s="14" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1079" s="14" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1080" s="14" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1081" s="14" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1082" s="14" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1083" s="14" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1084" s="14" t="s">
+        <v>2152</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1085" s="14" t="s">
+        <v>2153</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1086" s="14" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1087" s="14" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1088" s="14" t="s">
+        <v>2156</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1089" s="14" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1090" s="14" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1091" s="14" t="s">
+        <v>2159</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1092" s="14" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1093" s="14" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1094" s="14" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1095" s="14" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1096" s="14" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1097" s="14" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1098" s="14" t="s">
+        <v>2161</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1099" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1099" s="14" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1100" s="14" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1101" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1101" s="14" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1102" s="14" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1103" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1103" s="14" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1104" s="14" t="s">
+        <v>2164</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1105" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1105" s="14" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1106" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B1106" s="14" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1107" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B1107" s="14" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1108" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="B1108" s="14" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1109" s="14" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1110" s="14" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1111" s="14" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1112" s="14" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1113" s="14" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1114" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="B1114" s="14" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1115" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1115" s="14" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1116" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="B1116" s="14" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1117" s="14" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1118" s="14" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1119" s="14" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1120" s="14" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1121" s="14" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1122" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B1122" s="14" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1123" s="14" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1124" s="14" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1125" s="14" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1126" s="14" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1127" s="14" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1128" s="14" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1129" s="14" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1130" s="14" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1131" s="14" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1132" s="10" t="s">
+        <v>732</v>
+      </c>
+      <c r="B1132" s="14" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1133" s="14" t="s">
+        <v>2167</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1134" s="14" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1135" s="14" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1136" s="14" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1137" s="14" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1138" s="14" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1139" s="14" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1140" s="14" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1141" s="10" t="s">
+        <v>427</v>
+      </c>
+      <c r="B1141" s="14" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1142" s="14" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1143" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1143" s="14" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1144" s="10" t="s">
+        <v>934</v>
+      </c>
+      <c r="B1144" s="14" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1145" s="14" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1146" s="14" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1147" s="14" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1148" s="14" t="s">
+        <v>2172</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1149" s="14" t="s">
+        <v>2173</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1150" s="14" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1151" s="14" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1152" s="14" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1153" s="14" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1154" s="14" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1155" s="14" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1156" s="14" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1157" s="10" t="s">
         <v>775</v>
       </c>
-    </row>
-[...98 lines deleted...]
-      <c r="A90" s="87" t="s">
+      <c r="B1157" s="14" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1158" s="14" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1159" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1159" s="14" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1160" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1160" s="14" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1161" s="14" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1162" s="14" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1163" s="14" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1164" s="14" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1165" s="14" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1166" s="14" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1167" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1167" s="14" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1168" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1168" s="14" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1169" s="14" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1170" s="14" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1171" s="14" t="s">
+        <v>2179</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1172" s="14" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1173" s="14" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:2" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1174" s="14" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1175" s="14" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1176" s="14" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1177" s="14" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1178" s="14" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1179" s="14" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1180" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1180" s="14" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1181" s="14" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1182" s="14" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1183" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1183" s="14" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1184" s="14" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1185" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1185" s="14" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1186" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1186" s="14" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1187" s="14" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1188" s="14" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1189" s="14" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1190" s="14" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1191" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1191" s="14" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1192" s="14" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1193" s="14" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1194" s="14" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1195" s="14" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1196" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1196" s="14" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1197" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1197" s="14" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1198" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="B1198" s="14" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1199" s="14" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1200" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1200" s="14" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1201" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B1201" s="14" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1202" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1202" s="14" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1203" s="14" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1204" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1204" s="14" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1205" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1205" s="14" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1206" s="14" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1207" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1207" s="14" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1208" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1208" s="14" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1209" s="10" t="s">
+        <v>775</v>
+      </c>
+      <c r="B1209" s="14" t="s">
+        <v>2181</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1210" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1210" s="14" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1211" s="14" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1212" s="14" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1213" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1213" s="14" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1214" s="14" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1215" s="14" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1216" s="14" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1217" s="14" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1218" s="14" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1219" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1219" s="14" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1220" s="14" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1221" s="14" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1222" s="14" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1223" s="14" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1224" s="14" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1225" s="14" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1226" s="14" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1227" s="14" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1228" s="14" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1229" s="14" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1230" s="14" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1231" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1231" s="14" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1232" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1232" s="14" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1233" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B1233" s="14" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1234" s="14" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1235" s="14" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1236" s="14" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1237" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1237" s="14" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1238" s="14" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1239" s="10" t="s">
+        <v>320</v>
+      </c>
+      <c r="B1239" s="14" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1240" s="10" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1240" s="14" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1241" s="14" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1242" s="14" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1243" s="14" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1244" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B1244" s="14" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1245" s="10" t="s">
+        <v>187</v>
+      </c>
+      <c r="B1245" s="14" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1246" s="14" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1247" s="10" t="s">
+        <v>125</v>
+      </c>
+      <c r="B1247" s="14" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1248" s="14" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1249" s="14" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1250" s="14" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1251" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1251" s="14" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1252" s="14" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1253" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1253" s="14" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1254" s="14" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1255" s="14" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1256" s="14" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1257" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1257" s="14" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1258" s="14" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1259" s="14" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1260" s="14" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1261" s="14" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1262" s="14" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1263" s="14" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1264" s="14" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1265" s="14" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1266" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1266" s="14" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1267" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B1267" s="14" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:2" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1268" s="14" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1269" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1269" s="14" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1270" s="14" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1271" s="14" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1272" s="14" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1273" s="14" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1274" s="14" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1275" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1275" s="14" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1276" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1276" s="14" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1277" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1277" s="14" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1278" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1278" s="14" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1279" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1279" s="14" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1280" s="14" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1281" s="14" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1282" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="B1282" s="14" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1283" s="14" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1284" s="14" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:2" ht="24.65" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B1285" s="14" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1286" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B1286" s="14" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1287" s="14" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1288" s="14" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1289" s="14" t="s">
+        <v>2187</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1290" s="14" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1291" s="14" t="s">
+        <v>2188</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1292" s="14" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1293" s="14" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1294" s="14" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1295" s="14" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1296" s="14" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1297" s="14" t="s">
+        <v>2191</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1298" s="14" t="s">
+        <v>2192</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1299" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B1299" s="14" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1300" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1300" s="14" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1301" s="14" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1302" s="14" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1303" s="14" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1304" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1304" s="14" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1305" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1305" s="14" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1306" s="14" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1307" s="14" t="s">
+        <v>2196</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1308" s="10" t="s">
+        <v>498</v>
+      </c>
+      <c r="B1308" s="14" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1309" s="10" t="s">
+        <v>118</v>
+      </c>
+      <c r="B1309" s="14" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1310" s="14" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1311" s="14" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1312" s="14" t="s">
+        <v>2197</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1313" s="14" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1314" s="14" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1315" s="14" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1316" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1316" s="14" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="A1317" s="10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B1317" s="14" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1318" s="10" t="s">
+        <v>1680</v>
+      </c>
+      <c r="B1318" s="14" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1319" s="14" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1320" s="14" t="s">
+        <v>2201</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1321" s="14" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1322" s="14" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1323" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="B1323" s="14" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1324" s="14" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1325" s="14" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1326" s="14" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1327" s="16" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1328" s="14" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1329" s="16" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1330" s="16" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1331" s="16" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1332" s="16" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1333" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1333" s="16" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1334" s="14" t="s">
+        <v>2203</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1335" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="B1335" s="19" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1336" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1336" s="14" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1337" s="10" t="s">
+        <v>31</v>
+      </c>
+      <c r="B1337" s="14" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1338" s="10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B1338" s="18" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1339" s="16" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1340" s="14" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1341" s="14" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1342" s="18" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1343" s="14" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1344" s="18" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="1345" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1345" s="14" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="1346" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1346" s="18" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="1347" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1347" s="14" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="1348" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1348" s="14" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="1349" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1349" s="14" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="1350" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1350" s="14" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="1351" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1351" s="14" t="s">
+        <v>2207</v>
+      </c>
+    </row>
+    <row r="1352" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1352" s="14" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="1353" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1353" s="14" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="1354" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1354" s="14" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="1355" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1355" s="14" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="1356" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1356" s="14" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="1357" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1357" s="14" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="1358" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1358" s="14" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1359" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1359" s="14" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="1360" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1360" s="14" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1361" s="14" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1362" s="14" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1363" s="14" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1364" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1364" s="14" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1365" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1365" s="14" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1366" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1366" s="14" t="s">
+        <v>1856</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1367" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1367" s="14" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1368" s="14" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1369" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1369" s="14" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1370" s="14" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1371" s="14" t="s">
+        <v>2208</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1372" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1372" s="14" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="A1373" s="10" t="s">
+        <v>762</v>
+      </c>
+      <c r="B1373" s="14" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1374" s="14" t="s">
+        <v>2209</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1375" s="14" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1376" s="14" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="1377" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1377" s="14" t="s">
+        <v>2212</v>
+      </c>
+    </row>
+    <row r="1378" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1378" s="14" t="s">
+        <v>2213</v>
+      </c>
+    </row>
+    <row r="1379" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1379" s="14" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="1380" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1380" s="14" t="s">
+        <v>2215</v>
+      </c>
+    </row>
+    <row r="1381" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1381" s="14" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="1382" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1382" s="14" t="s">
+        <v>2217</v>
+      </c>
+    </row>
+    <row r="1383" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1383" s="14" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="1384" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1384" s="14" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="1385" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1385" s="14" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="1386" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1386" s="14" t="s">
+        <v>2221</v>
+      </c>
+    </row>
+    <row r="1387" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1387" s="14" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="1388" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1388" s="14" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="1389" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1389" s="14" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="1390" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1390" s="14" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="1391" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1391" s="18" t="s">
+        <v>2225</v>
+      </c>
+    </row>
+    <row r="1392" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1392" s="14" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="1393" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1393" s="18" t="s">
+        <v>2227</v>
+      </c>
+    </row>
+    <row r="1394" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1394" s="14" t="s">
+        <v>2228</v>
+      </c>
+    </row>
+    <row r="1395" spans="1:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1395" s="14" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="1396" spans="1:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1396" s="14" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="1397" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1397" s="14" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="1398" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1398" s="14" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="1399" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1399" s="14" t="s">
+        <v>2232</v>
+      </c>
+    </row>
+    <row r="1400" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1400" s="14" t="s">
+        <v>2233</v>
+      </c>
+    </row>
+    <row r="1401" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1401" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B1401" s="14" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="1402" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1402" s="16" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="1403" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1403" s="16" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="1404" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1404" s="14" t="s">
+        <v>2236</v>
+      </c>
+    </row>
+    <row r="1405" spans="1:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1405" s="14" t="s">
+        <v>2237</v>
+      </c>
+    </row>
+    <row r="1406" spans="1:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1406" s="14" t="s">
+        <v>2238</v>
+      </c>
+    </row>
+    <row r="1407" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1407" s="14" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="1408" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1408" s="14" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="1409" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1409" s="18" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="1410" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1410" s="18" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="1411" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1411" s="15" t="s">
+        <v>2240</v>
+      </c>
+    </row>
+    <row r="1412" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1412" s="15" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="1413" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1413" s="15" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="1414" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1414" s="15" t="s">
+        <v>2243</v>
+      </c>
+    </row>
+    <row r="1415" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1415" s="14" t="s">
+        <v>2244</v>
+      </c>
+    </row>
+    <row r="1416" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1416" s="14" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="1417" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1417" s="14" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="1418" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1418" s="15" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="1419" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1419" s="15" t="s">
+        <v>2247</v>
+      </c>
+    </row>
+    <row r="1420" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1420" s="15" t="s">
+        <v>2248</v>
+      </c>
+    </row>
+    <row r="1421" spans="2:2" ht="72.5" x14ac:dyDescent="0.25">
+      <c r="B1421" s="15" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="1422" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1422" s="14" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1423" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1423" s="14" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="1424" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1424" s="14" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="1425" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1425" s="14" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="1426" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1426" s="14" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="1427" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1427" s="14" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="1428" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1428" s="14" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="1429" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1429" s="14" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="1430" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1430" s="14" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="1431" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1431" s="14" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="1432" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1432" s="14" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="1433" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1433" s="14" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="1434" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1434" s="14" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="1435" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1435" s="14" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="1436" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1436" s="14" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="1437" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1437" s="14" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="1438" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1438" s="14" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="1439" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1439" s="14" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="1440" spans="2:2" s="11" customFormat="1" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1440" s="14" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="1441" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1441" s="14" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="1442" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1442" s="14" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="1443" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1443" s="14" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="1444" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1444" s="14" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="1445" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1445" s="10" t="s">
+        <v>742</v>
+      </c>
+      <c r="B1445" s="14" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="1446" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1446" s="14" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="1447" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1447" s="14" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="1448" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1448" s="14" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="1449" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1449" s="14" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="1450" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1450" s="14" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="1451" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1451" s="14" t="s">
+        <v>1899</v>
+      </c>
+    </row>
+    <row r="1452" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1452" s="14" t="s">
+        <v>1900</v>
+      </c>
+    </row>
+    <row r="1453" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1453" s="14" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="1454" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1454" s="14" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="1455" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1455" s="14" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="1456" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1456" s="14" t="s">
+        <v>1904</v>
+      </c>
+    </row>
+    <row r="1457" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1457" s="14" t="s">
+        <v>1905</v>
+      </c>
+    </row>
+    <row r="1458" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1458" s="14" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="1459" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1459" s="14" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="1460" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1460" s="14" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="1461" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1461" s="14" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="1462" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1462" s="14" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="1463" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1463" s="14" t="s">
+        <v>1911</v>
+      </c>
+    </row>
+    <row r="1464" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1464" s="14" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="1465" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1465" s="14" t="s">
+        <v>1913</v>
+      </c>
+    </row>
+    <row r="1466" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1466" s="14" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="1467" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1467" s="14" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="1468" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1468" s="14" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="1469" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1469" s="14" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="1470" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1470" s="14" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="1471" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1471" s="14" t="s">
+        <v>1919</v>
+      </c>
+    </row>
+    <row r="1472" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1472" s="14" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="1473" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1473" s="14" t="s">
+        <v>1921</v>
+      </c>
+    </row>
+    <row r="1474" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1474" s="14" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="1475" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1475" s="14" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="1476" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1476" s="14" t="s">
+        <v>1924</v>
+      </c>
+    </row>
+    <row r="1477" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1477" s="14" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="1478" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1478" s="14" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="1479" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1479" s="14" t="s">
+        <v>1927</v>
+      </c>
+    </row>
+    <row r="1480" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1480" s="14" t="s">
+        <v>1928</v>
+      </c>
+    </row>
+    <row r="1481" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1481" s="14" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="1482" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1482" s="14" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="1483" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1483" s="14" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="1484" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1484" s="14" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="1485" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1485" s="14" t="s">
+        <v>1933</v>
+      </c>
+    </row>
+    <row r="1486" spans="2:2" ht="58" x14ac:dyDescent="0.25">
+      <c r="B1486" s="14" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="1487" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1487" s="14" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="1488" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1488" s="14" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="1489" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1489" s="14" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+    <row r="1490" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1490" s="16" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="1491" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1491" s="17" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="1492" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1492" s="17" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="1493" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1493" s="17" t="s">
+        <v>1941</v>
+      </c>
+    </row>
+    <row r="1494" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1494" s="17" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="1495" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1495" s="14" t="s">
+        <v>1943</v>
+      </c>
+    </row>
+    <row r="1496" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1496" s="14" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="1497" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1497" s="14" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="1498" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1498" s="14" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="1499" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1499" s="14" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="1500" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1500" s="14" t="s">
+        <v>1948</v>
+      </c>
+    </row>
+    <row r="1501" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1501" s="14" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="1502" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1502" s="16" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="1503" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1503" s="16" t="s">
+        <v>1951</v>
+      </c>
+    </row>
+    <row r="1504" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1504" s="14" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="1505" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1505" s="14" t="s">
+        <v>1953</v>
+      </c>
+    </row>
+    <row r="1506" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1506" s="14" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="1507" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1507" s="14" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="1508" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1508" s="14" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="1509" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1509" s="14" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="1510" spans="1:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1510" s="14" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="1511" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1511" s="14" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="1512" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1512" s="14" t="s">
+        <v>1960</v>
+      </c>
+    </row>
+    <row r="1513" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1513" s="14" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="1514" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1514" s="14" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="1515" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="A1515" s="10" t="s">
         <v>209</v>
       </c>
-      <c r="B90" s="95" t="s">
-[...7809 lines deleted...]
-      <c r="B1490" s="97" t="s">
+      <c r="B1515" s="14" t="s">
         <v>1963</v>
       </c>
     </row>
-    <row r="1491" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="B1491" s="98" t="s">
+    <row r="1516" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1516" s="14" t="s">
         <v>1964</v>
       </c>
     </row>
-    <row r="1492" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="B1492" s="98" t="s">
+    <row r="1517" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1517" s="14" t="s">
         <v>1965</v>
       </c>
     </row>
-    <row r="1493" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="B1493" s="98" t="s">
+    <row r="1518" spans="1:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1518" s="14" t="s">
         <v>1966</v>
       </c>
     </row>
-    <row r="1494" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="B1494" s="98" t="s">
+    <row r="1519" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1519" s="14" t="s">
         <v>1967</v>
       </c>
     </row>
-    <row r="1495" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="B1495" s="95" t="s">
+    <row r="1520" spans="1:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1520" s="14" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="1521" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
+      <c r="B1521" s="14" t="s">
         <v>1968</v>
       </c>
     </row>
-    <row r="1496" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="B1496" s="95" t="s">
+    <row r="1522" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1522" s="14" t="s">
         <v>1969</v>
       </c>
     </row>
-    <row r="1497" spans="2:2" ht="29" x14ac:dyDescent="0.25">
-      <c r="B1497" s="95" t="s">
+    <row r="1523" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
+      <c r="B1523" s="14" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="1524" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1524" s="14" t="s">
         <v>1970</v>
       </c>
     </row>
-    <row r="1498" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="B1498" s="95" t="s">
+    <row r="1525" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1525" s="14" t="s">
         <v>1971</v>
       </c>
     </row>
-    <row r="1499" spans="2:2" ht="43.5" x14ac:dyDescent="0.25">
-      <c r="B1499" s="95" t="s">
+    <row r="1526" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1526" s="14" t="s">
         <v>1972</v>
       </c>
     </row>
-    <row r="1500" spans="2:2" ht="14.5" x14ac:dyDescent="0.25">
-      <c r="B1500" s="95" t="s">
+    <row r="1527" spans="2:2" ht="29" x14ac:dyDescent="0.25">
+      <c r="B1527" s="14" t="s">
         <v>1973</v>
-      </c>
-[...136 lines deleted...]
-        <v>1998</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:B1527" xr:uid="{5AA3B7A4-DD80-4071-99B7-93E97CE9D2FF}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100515492E1C9250C45BF33B0A39017EDA0" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4afa78d7a7e6eb833eced16316be6205">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d85c6dc1-78f0-4893-9b06-38f429c0a525" xmlns:ns3="60843a60-82eb-4a13-80e9-316742e81b94" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="17bad11dceef0eb8060d8ed804df08ea" ns2:_="" ns3:_="">
     <xsd:import namespace="d85c6dc1-78f0-4893-9b06-38f429c0a525"/>
     <xsd:import namespace="60843a60-82eb-4a13-80e9-316742e81b94"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -28564,160 +28697,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0B7AE962-6990-4AA5-9F10-E0F10432037F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="d85c6dc1-78f0-4893-9b06-38f429c0a525"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="60843a60-82eb-4a13-80e9-316742e81b94"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{316272A3-771C-49D4-927C-8F83FFBB8645}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF713BE8-C53F-4872-9280-6FDB4C1C69E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="d85c6dc1-78f0-4893-9b06-38f429c0a525"/>
     <ds:schemaRef ds:uri="60843a60-82eb-4a13-80e9-316742e81b94"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
-      <vt:variant>
-[...4 lines deleted...]
-      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Instructions</vt:lpstr>
       <vt:lpstr>External Rules Matrix</vt:lpstr>
       <vt:lpstr>Enumerations</vt:lpstr>
       <vt:lpstr>Acquisition Business Rules.v1</vt:lpstr>
-      <vt:lpstr>Enumerations!Print_Area</vt:lpstr>
-      <vt:lpstr>Instructions!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jonchhe, Neha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100515492E1C9250C45BF33B0A39017EDA0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
     <vt:lpwstr>2023-05-17T21:24:26Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
     <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">