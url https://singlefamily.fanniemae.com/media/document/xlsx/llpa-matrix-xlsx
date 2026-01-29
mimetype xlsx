--- v1 (2025-12-05)
+++ v2 (2026-01-29)
@@ -12,60 +12,60 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/a8ucal_fanniemae_com/Documents/Desktop/Nov 2025 docs/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/a8ucal_fanniemae_com/Documents/Desktop/Reissue LL-2024-01/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{2698BBA9-651D-48EA-BAF4-4EB6A1DE2A7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{273E0754-874F-47D3-B2F6-F33B757EADC6}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{3D733BDD-1A75-408A-8E30-C9BE1D3A9F15}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{98E3F107-E280-4FD8-8926-55C8CD435B55}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{BA43CF01-5180-4E53-897B-E7AC3400075B}"/>
+    <workbookView xWindow="33550" yWindow="2520" windowWidth="17520" windowHeight="11080" xr2:uid="{BA43CF01-5180-4E53-897B-E7AC3400075B}"/>
   </bookViews>
   <sheets>
     <sheet name="Fannie Mae" sheetId="1" r:id="rId1"/>
     <sheet name="Table 1" sheetId="2" r:id="rId2"/>
     <sheet name="Table 2" sheetId="3" r:id="rId3"/>
     <sheet name="Table 3" sheetId="4" r:id="rId4"/>
     <sheet name="Table 4" sheetId="5" r:id="rId5"/>
     <sheet name="Table 5" sheetId="6" r:id="rId6"/>
     <sheet name="Table 6" sheetId="7" r:id="rId7"/>
     <sheet name="Table 7" sheetId="8" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_bookmark10" localSheetId="6">'Table 6'!$B$2</definedName>
     <definedName name="_bookmark3" localSheetId="1">'Table 1'!$B$2</definedName>
     <definedName name="OLE_LINK1" localSheetId="5">'Table 5'!$B$2</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Fannie Mae'!$A$1:$D$21</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
@@ -764,51 +764,51 @@
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
     <t>(if an appraisal was obtained for the transaction and the loan is delivered without a value acceptance offer)</t>
   </si>
   <si>
     <t>884 and 900</t>
   </si>
   <si>
     <r>
       <t>HomeReady loans to very low-income purchase borrowers (defined as ≤ 50% of AMI), where at least one borrower is a first-time homebuyer</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>*</t>
     </r>
   </si>
   <si>
-    <t>© 2025 Fannie Mae. This Matrix supersedes any earlier dated version of the Matrix.                                                  11.17.2025</t>
+    <t>© 2026 Fannie Mae. This Matrix supersedes any earlier dated version of the Matrix.                                                  1.28.2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.000%"/>
     <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0"/>
   </numFmts>
   <fonts count="29" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -2091,160 +2091,160 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="8"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="8"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="8"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="47" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="48" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="2"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="49" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="50" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="43" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="45" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="43" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" fontId="6" fillId="0" borderId="44" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="51" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
-    </xf>
-[...70 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCFDFFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -2680,51 +2680,51 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fanniemae.com/media/document/pdf/what-is-duty-to-serve.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D81133F-33B5-4BBA-B6BE-914E28ADB273}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B8:B21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="90" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="90" workbookViewId="0">
       <selection activeCell="B21" sqref="B21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.54296875" customWidth="1"/>
     <col min="2" max="2" width="120" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="8" spans="2:2" ht="38.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B8" s="70" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="9" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B9" s="71"/>
     </row>
     <row r="10" spans="2:2" ht="75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B10" s="72" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="11" spans="2:2" ht="42.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B11" s="69" t="s">
         <v>111</v>
@@ -2732,51 +2732,51 @@
     </row>
     <row r="12" spans="2:2" ht="14.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="21" spans="2:2" x14ac:dyDescent="0.35">
       <c r="B21" t="s">
         <v>116</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B10" r:id="rId1" display="This document is an Excel version of the Loan-Level Price Adjustment (LLPA) Matrix and is provided strictly as an accommodation and for informational purposes. The PDF version of this document is the final and definitive source for pricing. Refer to the PDF version of this document for footnotes and additional requirements that apply to these tables. " xr:uid="{FA254F5F-5298-43EB-BF2F-31698646E6CC}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4AE8718-E475-481E-89E0-A756C4CA1E5C}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:L30"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" topLeftCell="A18" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" view="pageLayout" topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M26" sqref="M25:M26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.1796875" customWidth="1"/>
     <col min="2" max="2" width="21.90625" style="8" customWidth="1"/>
     <col min="3" max="9" width="13.54296875" customWidth="1"/>
     <col min="10" max="10" width="11.1796875" customWidth="1"/>
     <col min="11" max="12" width="13.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" ht="24.65" customHeight="1" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="2" spans="2:12" ht="31.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B2" s="77" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="78"/>
       <c r="D2" s="78"/>
       <c r="E2" s="78"/>
       <c r="F2" s="78"/>
       <c r="G2" s="78"/>
       <c r="H2" s="78"/>
       <c r="I2" s="78"/>
       <c r="J2" s="78"/>
@@ -5386,110 +5386,110 @@
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{853EF078-64C4-4454-8F8F-614A59D80BEF}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:J14"/>
   <sheetViews>
     <sheetView showGridLines="0" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="P7" sqref="P7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="5.1796875" customWidth="1"/>
     <col min="2" max="2" width="12.81640625" style="8" customWidth="1"/>
     <col min="3" max="3" width="9.1796875" customWidth="1"/>
     <col min="4" max="4" width="17.1796875" customWidth="1"/>
     <col min="5" max="7" width="13.1796875" customWidth="1"/>
     <col min="8" max="8" width="12" customWidth="1"/>
     <col min="9" max="9" width="13.1796875" customWidth="1"/>
     <col min="10" max="10" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.4"/>
     <row r="2" spans="2:10" ht="25.4" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B2" s="128" t="s">
+      <c r="B2" s="115" t="s">
         <v>71</v>
       </c>
-      <c r="C2" s="129"/>
-[...6 lines deleted...]
-      <c r="J2" s="130"/>
+      <c r="C2" s="116"/>
+      <c r="D2" s="116"/>
+      <c r="E2" s="116"/>
+      <c r="F2" s="116"/>
+      <c r="G2" s="116"/>
+      <c r="H2" s="116"/>
+      <c r="I2" s="116"/>
+      <c r="J2" s="117"/>
     </row>
     <row r="3" spans="2:10" ht="35.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B3" s="131" t="s">
+      <c r="B3" s="118" t="s">
         <v>72</v>
       </c>
-      <c r="C3" s="132"/>
-[...6 lines deleted...]
-      <c r="J3" s="133"/>
+      <c r="C3" s="119"/>
+      <c r="D3" s="119"/>
+      <c r="E3" s="119"/>
+      <c r="F3" s="119"/>
+      <c r="G3" s="119"/>
+      <c r="H3" s="119"/>
+      <c r="I3" s="119"/>
+      <c r="J3" s="120"/>
     </row>
     <row r="4" spans="2:10" ht="25.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B4" s="75" t="s">
         <v>73</v>
       </c>
-      <c r="C4" s="121" t="s">
+      <c r="C4" s="145" t="s">
         <v>74</v>
       </c>
-      <c r="D4" s="124" t="s">
+      <c r="D4" s="148" t="s">
         <v>97</v>
       </c>
-      <c r="E4" s="114" t="s">
+      <c r="E4" s="121" t="s">
         <v>95</v>
       </c>
-      <c r="F4" s="115"/>
-[...1 lines deleted...]
-      <c r="H4" s="114" t="s">
+      <c r="F4" s="122"/>
+      <c r="G4" s="142"/>
+      <c r="H4" s="121" t="s">
         <v>94</v>
       </c>
-      <c r="I4" s="115"/>
-      <c r="J4" s="134"/>
+      <c r="I4" s="122"/>
+      <c r="J4" s="123"/>
     </row>
     <row r="5" spans="2:10" ht="13.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B5" s="86"/>
-      <c r="C5" s="122"/>
-[...6 lines deleted...]
-      <c r="J5" s="135"/>
+      <c r="C5" s="146"/>
+      <c r="D5" s="149"/>
+      <c r="E5" s="124"/>
+      <c r="F5" s="125"/>
+      <c r="G5" s="143"/>
+      <c r="H5" s="124"/>
+      <c r="I5" s="125"/>
+      <c r="J5" s="126"/>
     </row>
     <row r="6" spans="2:10" ht="39.5" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="120"/>
-      <c r="C6" s="123"/>
+      <c r="B6" s="144"/>
+      <c r="C6" s="147"/>
       <c r="D6" s="57" t="s">
         <v>96</v>
       </c>
       <c r="E6" s="58" t="s">
         <v>1</v>
       </c>
       <c r="F6" s="59" t="s">
         <v>91</v>
       </c>
       <c r="G6" s="60" t="s">
         <v>90</v>
       </c>
       <c r="H6" s="58" t="s">
         <v>1</v>
       </c>
       <c r="I6" s="59" t="s">
         <v>92</v>
       </c>
       <c r="J6" s="61" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="7" spans="2:10" ht="25.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B7" s="55" t="s">
         <v>75</v>
@@ -5556,185 +5556,170 @@
         <v>83</v>
       </c>
       <c r="D9" s="46" t="s">
         <v>7</v>
       </c>
       <c r="E9" s="47" t="s">
         <v>84</v>
       </c>
       <c r="F9" s="22">
         <v>7.4999999999999997E-3</v>
       </c>
       <c r="G9" s="62">
         <v>0.02</v>
       </c>
       <c r="H9" s="48" t="s">
         <v>85</v>
       </c>
       <c r="I9" s="49">
         <v>0</v>
       </c>
       <c r="J9" s="50">
         <v>7.4999999999999997E-3</v>
       </c>
     </row>
     <row r="10" spans="2:10" x14ac:dyDescent="0.35">
-      <c r="B10" s="136" t="s">
+      <c r="B10" s="127" t="s">
         <v>88</v>
       </c>
-      <c r="C10" s="142" t="s">
+      <c r="C10" s="133" t="s">
         <v>76</v>
       </c>
-      <c r="D10" s="144" t="s">
+      <c r="D10" s="135" t="s">
         <v>10</v>
       </c>
-      <c r="E10" s="138" t="s">
+      <c r="E10" s="129" t="s">
         <v>89</v>
       </c>
-      <c r="F10" s="126">
+      <c r="F10" s="113">
         <v>0.02</v>
       </c>
-      <c r="G10" s="146">
+      <c r="G10" s="137">
         <v>0.03</v>
       </c>
-      <c r="H10" s="148" t="s">
+      <c r="H10" s="139" t="s">
         <v>86</v>
       </c>
-      <c r="I10" s="126">
+      <c r="I10" s="113">
         <v>1.4999999999999999E-2</v>
       </c>
-      <c r="J10" s="140">
+      <c r="J10" s="131">
         <v>0.02</v>
       </c>
     </row>
     <row r="11" spans="2:10" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B11" s="137"/>
-[...7 lines deleted...]
-      <c r="J11" s="141"/>
+      <c r="B11" s="128"/>
+      <c r="C11" s="134"/>
+      <c r="D11" s="136"/>
+      <c r="E11" s="130"/>
+      <c r="F11" s="114"/>
+      <c r="G11" s="138"/>
+      <c r="H11" s="140"/>
+      <c r="I11" s="114"/>
+      <c r="J11" s="132"/>
     </row>
     <row r="12" spans="2:10" ht="25.5" thickBot="1" x14ac:dyDescent="0.4">
       <c r="B12" s="56" t="s">
         <v>25</v>
       </c>
       <c r="C12" s="51" t="s">
         <v>87</v>
       </c>
       <c r="D12" s="52" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="53" t="s">
         <v>84</v>
       </c>
       <c r="F12" s="40">
         <v>0.02</v>
       </c>
       <c r="G12" s="63">
         <v>0.03</v>
       </c>
       <c r="H12" s="54" t="s">
         <v>85</v>
       </c>
       <c r="I12" s="40">
         <v>1.4999999999999999E-2</v>
       </c>
       <c r="J12" s="41">
         <v>0.02</v>
       </c>
     </row>
     <row r="13" spans="2:10" x14ac:dyDescent="0.35">
-      <c r="B13" s="113" t="s">
+      <c r="B13" s="141" t="s">
         <v>98</v>
       </c>
-      <c r="C13" s="113"/>
-[...1 lines deleted...]
-      <c r="E13" s="113"/>
+      <c r="C13" s="141"/>
+      <c r="D13" s="141"/>
+      <c r="E13" s="141"/>
     </row>
     <row r="14" spans="2:10" x14ac:dyDescent="0.35">
       <c r="B14" s="64"/>
     </row>
   </sheetData>
   <mergeCells count="17">
+    <mergeCell ref="B13:E13"/>
+    <mergeCell ref="E4:G5"/>
+    <mergeCell ref="B4:B6"/>
+    <mergeCell ref="C4:C6"/>
+    <mergeCell ref="D4:D5"/>
     <mergeCell ref="I10:I11"/>
     <mergeCell ref="B2:J2"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="H4:J5"/>
     <mergeCell ref="B10:B11"/>
     <mergeCell ref="E10:E11"/>
     <mergeCell ref="J10:J11"/>
     <mergeCell ref="C10:C11"/>
     <mergeCell ref="D10:D11"/>
     <mergeCell ref="F10:F11"/>
     <mergeCell ref="G10:G11"/>
     <mergeCell ref="H10:H11"/>
-    <mergeCell ref="B13:E13"/>
-[...3 lines deleted...]
-    <mergeCell ref="D4:D5"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="98" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="40365ed9-58ec-4c5e-91f3-59ab547e3001" xmlns:ns3="60d020a5-12c2-4647-a604-f4c9551a2dd5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="93bb8624b293c193e89ed178074f2158" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FDF48F102FDE0845B2E938CAD33B4D36" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ab89f78633b447bc222ba729ecea27f8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="40365ed9-58ec-4c5e-91f3-59ab547e3001" xmlns:ns3="60d020a5-12c2-4647-a604-f4c9551a2dd5" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3b4f1dd83c46fa3f38aa2d8f6d274ec2" ns2:_="" ns3:_="">
     <xsd:import namespace="40365ed9-58ec-4c5e-91f3-59ab547e3001"/>
     <xsd:import namespace="60d020a5-12c2-4647-a604-f4c9551a2dd5"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="40365ed9-58ec-4c5e-91f3-59ab547e3001" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -5879,90 +5864,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1F42666-02BD-4420-814C-524AC3812C53}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{34AF91D8-BE4A-48D1-9F6B-DF0A37AE72F2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="40365ed9-58ec-4c5e-91f3-59ab547e3001"/>
+    <ds:schemaRef ds:uri="60d020a5-12c2-4647-a604-f4c9551a2dd5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="40365ed9-58ec-4c5e-91f3-59ab547e3001"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E2998F6-D842-4B92-9100-7692F5CBFC72}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5BD64B44-1CFA-4703-B008-1AB794A88B38}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1F42666-02BD-4420-814C-524AC3812C53}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="60d020a5-12c2-4647-a604-f4c9551a2dd5"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="40365ed9-58ec-4c5e-91f3-59ab547e3001"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="40365ed9-58ec-4c5e-91f3-59ab547e3001"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>