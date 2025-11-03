--- v0 (2025-10-13)
+++ v1 (2025-11-03)
@@ -7,96 +7,96 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/e5utcl_fanniemae_com/Documents/CIAM-WSTP-R90T4DAR-L/RAM/Role Updates/2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="17" documentId="8_{7991C472-8AD9-4760-8674-011A3ED501CB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{109748A0-E9BC-4289-A0A8-05222BCFD836}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{84355A67-45E4-46DB-93B9-0FA5C8AEB6EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{1B59255E-BB34-43B8-9443-44E99904AB8D}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{1B59255E-BB34-43B8-9443-44E99904AB8D}"/>
   </bookViews>
   <sheets>
     <sheet name="Read Me" sheetId="9" r:id="rId1"/>
     <sheet name="MERGED SF and MF Apps and Roles" sheetId="8" r:id="rId2"/>
     <sheet name="Change Log" sheetId="10" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'MERGED SF and MF Apps and Roles'!$A$1:$E$311</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'MERGED SF and MF Apps and Roles'!$A$1:$E$313</definedName>
     <definedName name="APPS" localSheetId="2">'[1]App and Role Count'!#REF!</definedName>
     <definedName name="APPS" localSheetId="0">'[1]App and Role Count'!#REF!</definedName>
     <definedName name="APPS">'[1]App and Role Count'!#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1615" uniqueCount="773">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1626" uniqueCount="778">
   <si>
     <t>Application Name</t>
   </si>
   <si>
     <t>Role Name</t>
   </si>
   <si>
     <t>Collateral Underwriter</t>
   </si>
   <si>
     <t xml:space="preserve">Collateral Underwriter® (CU®) provides an automated risk assessment of an appraisal report to support proactive management of appraisal quality. </t>
   </si>
   <si>
     <t>EXTERNAL_USER</t>
   </si>
   <si>
     <t>API Developer Portal</t>
   </si>
   <si>
     <t>The Developer Portal providing a means for Fannie Mae API customers and partners to discover, register to use, and test Fannie Mae APIs.</t>
   </si>
   <si>
     <t>DevPortal_TSP</t>
   </si>
   <si>
@@ -2406,63 +2406,78 @@
   <si>
     <t>Provides access to track submitted inquiries related to expense reimbursement claims in IRT. This role is applicable to all Servicers.</t>
   </si>
   <si>
     <t>Provides access to support Fannie Mae filing MI Claims and the facilitation of all communications and document exchange between Fannie Mae and servicers/subservices throughout the MI Claim life cycle. This roles is applicable to all Servicers.</t>
   </si>
   <si>
     <t>DRS_MICP_Servicer</t>
   </si>
   <si>
     <t>DRS_RES_Servicer</t>
   </si>
   <si>
     <t>Provides access to send and receive documentation and communication with Fannie Mae representatives in RES. This role is applicable to Servicers.</t>
   </si>
   <si>
     <t>This web based portal provides the initial authentication security that then allows users to access the DRS suite of applications/ components (QCT,CPT, IRT, RES, ERP, MICP, GLOBAL).  This asset also provides all the changed data each day from the DRS suite of applications/ components.</t>
   </si>
   <si>
     <t>Decision Ready Solutions Inc - DRS</t>
   </si>
   <si>
     <t>Added 5 roles for Decision Ready Solutions app.</t>
   </si>
   <si>
+    <t>GCU_B2BGW_AWSSFTP_XPANSE_ROLE</t>
+  </si>
+  <si>
+    <t>This external role is only for file transfer on B2B Gateway to authorize  External customers to Fannie Mae Application.</t>
+  </si>
+  <si>
+    <t>Added SDMU role GCU_B2BGW_AWSSFTP_XPANSE_ROLE</t>
+  </si>
+  <si>
     <t>This spreadsheet provides the Fannie Mae Technology Single Family and Multifamily Applications and associated roles available in Technology Manager for user management.
 For more information, review the resources on the Technology  Manager web pages: https://singlefamily.fanniemae.com/applications-technology/applications-technology/single-family-technology-applications-and-roles or https://singlefamily.fanniemae.com/applications-technology/multifamily-technology-applications-and-roles. 
 Please contact your Fannie Mae Technology Delivery Manager with any questions.
-August, 2025</t>
-[...8 lines deleted...]
-    <t>Added SDMU role GCU_B2BGW_AWSSFTP_XPANSE_ROLE</t>
+September, 2025</t>
+  </si>
+  <si>
+    <t>PROP360_API_EXTERNAL_API_Connectivity_Only</t>
+  </si>
+  <si>
+    <t>This external roles provides the tsp/servicers ability to utilze apigee/fmsso authenication using federation-id.</t>
+  </si>
+  <si>
+    <t>RestbDataList</t>
+  </si>
+  <si>
+    <t>Provides access to the data@list vendor to send property data at listing to the property listings API.</t>
+  </si>
+  <si>
+    <t>Added PROP360 role PROP360_API_EXTERNAL_API_Connectivity_Only &amp; TAPPRL role RestbDataList</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -3048,79 +3063,77 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{97E513B1-63D7-404E-A7E4-5610F5DA2197}">
   <dimension ref="A1:A2"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="118.54296875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="71.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:1" ht="154.15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55D8617C-FC24-4AAC-8D44-D9FEECC888D9}">
-  <dimension ref="A1:E311"/>
+  <dimension ref="A1:E313"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="28" style="1" customWidth="1"/>
     <col min="2" max="2" width="53.81640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="41.1796875" style="1" customWidth="1"/>
     <col min="4" max="4" width="56" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.81640625" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="4" customFormat="1" ht="29" x14ac:dyDescent="0.35">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>581</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>340</v>
       </c>
       <c r="E1" s="17" t="s">
@@ -7341,1096 +7354,1130 @@
     <row r="250" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A250" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B250" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C250" s="1" t="s">
         <v>23</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>271</v>
       </c>
       <c r="E250" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="251" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A251" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B251" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>740</v>
+        <v>773</v>
       </c>
       <c r="D251" s="3" t="s">
-        <v>741</v>
+        <v>774</v>
       </c>
       <c r="E251" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="252" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A252" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B252" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>742</v>
+        <v>740</v>
       </c>
       <c r="D252" s="3" t="s">
-        <v>743</v>
+        <v>741</v>
       </c>
       <c r="E252" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="253" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A253" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B253" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>24</v>
+        <v>742</v>
       </c>
       <c r="D253" s="3" t="s">
-        <v>272</v>
+        <v>743</v>
       </c>
       <c r="E253" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="254" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A254" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B254" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>701</v>
+        <v>24</v>
+      </c>
+      <c r="D254" s="3" t="s">
+        <v>272</v>
       </c>
       <c r="E254" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="255" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A255" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B255" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>698</v>
+        <v>697</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>702</v>
+        <v>701</v>
       </c>
       <c r="E255" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="256" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A256" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B256" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>699</v>
+        <v>698</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>703</v>
+        <v>702</v>
       </c>
       <c r="E256" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="257" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A257" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B257" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>700</v>
+        <v>699</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>704</v>
+        <v>703</v>
       </c>
       <c r="E257" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="258" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A258" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B258" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>273</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>700</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>704</v>
       </c>
       <c r="E258" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="259" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A259" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B259" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="D259" s="3" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E259" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="260" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A260" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B260" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C260" s="1" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="D260" s="3" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="E260" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="261" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A261" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B261" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C261" s="1" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D261" s="3" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="E261" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="262" spans="1:5" ht="76.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="262" spans="1:5" ht="79.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A262" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B262" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C262" s="1" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="D262" s="3" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="E262" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="263" spans="1:5" ht="78" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="263" spans="1:5" ht="76.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A263" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B263" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D263" s="3" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="E263" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="264" spans="1:5" ht="80.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="264" spans="1:5" ht="78" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A264" s="1" t="s">
         <v>270</v>
       </c>
       <c r="B264" s="3" t="s">
         <v>552</v>
       </c>
       <c r="C264" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D264" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="E264" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="265" spans="1:5" ht="80.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A265" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="B265" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="C265" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D264" s="3" t="s">
+      <c r="D265" s="3" t="s">
         <v>286</v>
       </c>
-      <c r="E264" s="1" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="E265" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="266" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="266" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A266" s="1" t="s">
         <v>310</v>
       </c>
       <c r="B266" s="3" t="s">
         <v>551</v>
       </c>
       <c r="C266" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="D266" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="E266" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="267" spans="1:5" ht="72" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A267" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B267" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C267" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="D267" s="3" t="s">
+        <v>776</v>
+      </c>
+      <c r="E267" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="268" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A268" s="1" t="s">
+        <v>310</v>
+      </c>
+      <c r="B268" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C268" s="1" t="s">
         <v>311</v>
       </c>
-      <c r="D266" s="3" t="s">
+      <c r="D268" s="3" t="s">
         <v>312</v>
       </c>
-      <c r="E266" s="1" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="E268" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="269" spans="1:5" ht="82.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="269" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A269" s="1" t="s">
         <v>287</v>
       </c>
       <c r="B269" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C269" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="D269" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="E269" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="270" spans="1:5" ht="82.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A270" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B270" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C270" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D270" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="E270" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="271" spans="1:5" ht="82.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A271" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="B271" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C271" s="1" t="s">
         <v>489</v>
       </c>
-      <c r="D269" s="3" t="s">
+      <c r="D271" s="3" t="s">
         <v>490</v>
-      </c>
-[...32 lines deleted...]
-        <v>593</v>
       </c>
       <c r="E271" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="272" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A272" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B272" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>745</v>
+        <v>23</v>
       </c>
       <c r="D272" s="3" t="s">
-        <v>593</v>
+        <v>294</v>
       </c>
       <c r="E272" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="273" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A273" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B273" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>746</v>
+        <v>744</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E273" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="274" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A274" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B274" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E274" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="275" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A275" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B275" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="D275" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E275" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="276" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A276" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>705</v>
+        <v>747</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E276" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="277" spans="1:5" ht="70.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="277" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A277" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>24</v>
+        <v>748</v>
       </c>
       <c r="D277" s="3" t="s">
-        <v>293</v>
+        <v>593</v>
       </c>
       <c r="E277" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="278" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="278" spans="1:5" ht="72.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A278" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>592</v>
+        <v>705</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E278" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="279" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="279" spans="1:5" ht="70.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A279" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>594</v>
+        <v>24</v>
       </c>
       <c r="D279" s="3" t="s">
-        <v>593</v>
+        <v>293</v>
       </c>
       <c r="E279" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="280" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A280" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E280" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="281" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A281" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C281" s="1" t="s">
-        <v>664</v>
+        <v>594</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>593</v>
       </c>
       <c r="E281" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="282" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A282" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C282" s="1" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="E282" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="283" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A283" s="1" t="s">
         <v>289</v>
       </c>
       <c r="B283" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>291</v>
+        <v>664</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>292</v>
+        <v>593</v>
       </c>
       <c r="E283" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="284" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A284" s="1" t="s">
-        <v>261</v>
+        <v>289</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>587</v>
+        <v>290</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>262</v>
+        <v>595</v>
       </c>
       <c r="D284" s="3" t="s">
-        <v>263</v>
+        <v>596</v>
       </c>
       <c r="E284" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="285" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A285" s="1" t="s">
-        <v>261</v>
+        <v>289</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>587</v>
+        <v>290</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>264</v>
+        <v>291</v>
       </c>
       <c r="D285" s="3" t="s">
-        <v>265</v>
+        <v>292</v>
       </c>
       <c r="E285" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="286" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A286" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="C286" s="1" t="s">
         <v>262</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>263</v>
       </c>
       <c r="E286" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="287" spans="1:5" ht="63.65" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="287" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A287" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="C287" s="1" t="s">
         <v>264</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>265</v>
       </c>
       <c r="E287" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="288" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="288" spans="1:5" ht="64.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A288" s="1" t="s">
-        <v>496</v>
+        <v>266</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>499</v>
+        <v>576</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>498</v>
+        <v>262</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>497</v>
+        <v>263</v>
       </c>
       <c r="E288" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="289" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="289" spans="1:5" ht="63.65" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A289" s="1" t="s">
-        <v>295</v>
+        <v>266</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>532</v>
+        <v>576</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>529</v>
+        <v>264</v>
       </c>
       <c r="D289" s="3" t="s">
-        <v>509</v>
+        <v>265</v>
       </c>
       <c r="E289" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="290" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A290" s="1" t="s">
-        <v>295</v>
+        <v>496</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>532</v>
+        <v>499</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>770</v>
+        <v>498</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>771</v>
+        <v>497</v>
       </c>
       <c r="E290" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="291" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A291" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B291" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>749</v>
+        <v>529</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>509</v>
       </c>
       <c r="E291" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="292" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A292" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B292" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>727</v>
+        <v>769</v>
       </c>
       <c r="D292" s="3" t="s">
-        <v>728</v>
+        <v>770</v>
       </c>
       <c r="E292" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="293" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A293" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B293" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>530</v>
+        <v>749</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>509</v>
       </c>
       <c r="E293" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="294" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A294" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B294" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>531</v>
+        <v>727</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>509</v>
+        <v>728</v>
       </c>
       <c r="E294" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="295" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A295" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B295" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>296</v>
+        <v>530</v>
       </c>
       <c r="D295" s="3" t="s">
-        <v>297</v>
+        <v>509</v>
       </c>
       <c r="E295" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="296" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="296" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A296" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B296" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>298</v>
+        <v>531</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>299</v>
+        <v>509</v>
       </c>
       <c r="E296" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="297" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="297" spans="1:5" ht="67.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A297" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E297" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="298" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A298" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B298" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E298" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="299" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="299" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A299" s="1" t="s">
         <v>295</v>
       </c>
       <c r="B299" s="3" t="s">
         <v>532</v>
       </c>
       <c r="C299" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D299" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="E299" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="300" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A300" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B300" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C300" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D300" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="E300" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="301" spans="1:5" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A301" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="B301" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="C301" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D299" s="3" t="s">
+      <c r="D301" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="E299" s="1" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="E301" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="302" spans="1:5" ht="90.75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="302" spans="1:5" ht="65.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A302" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B302" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>308</v>
+        <v>298</v>
       </c>
       <c r="D302" s="3" t="s">
-        <v>309</v>
+        <v>299</v>
       </c>
       <c r="E302" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="303" spans="1:5" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="303" spans="1:5" ht="90.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A303" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B303" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>300</v>
+        <v>307</v>
       </c>
       <c r="D303" s="3" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="E303" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="304" spans="1:5" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="304" spans="1:5" ht="90.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A304" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B304" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="D304" s="3" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="E304" s="1" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="305" spans="1:5" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A305" s="1" t="s">
         <v>306</v>
       </c>
       <c r="B305" s="3" t="s">
         <v>564</v>
       </c>
       <c r="C305" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="D305" s="3" t="s">
+        <v>301</v>
+      </c>
+      <c r="E305" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="306" spans="1:5" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A306" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B306" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C306" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="D306" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="E306" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="307" spans="1:5" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A307" s="1" t="s">
+        <v>306</v>
+      </c>
+      <c r="B307" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="C307" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D305" s="3" t="s">
+      <c r="D307" s="3" t="s">
         <v>305</v>
       </c>
-      <c r="E305" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A306" s="1" t="s">
+      <c r="E307" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="308" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A308" s="1" t="s">
         <v>315</v>
       </c>
-      <c r="B306" s="3" t="s">
+      <c r="B308" s="3" t="s">
         <v>316</v>
-      </c>
-[...32 lines deleted...]
-        <v>570</v>
       </c>
       <c r="C308" s="1" t="s">
         <v>319</v>
       </c>
       <c r="D308" s="3" t="s">
         <v>320</v>
       </c>
       <c r="E308" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="309" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="309" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A309" s="1" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>570</v>
+        <v>316</v>
       </c>
       <c r="C309" s="1" t="s">
         <v>317</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>318</v>
       </c>
       <c r="E309" s="1" t="s">
         <v>667</v>
       </c>
     </row>
-    <row r="310" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="310" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A310" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B310" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C310" s="1" t="s">
+        <v>319</v>
+      </c>
+      <c r="D310" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="E310" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="311" spans="1:5" ht="75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A311" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="B311" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="C311" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="D311" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="E311" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="312" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A312" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="B310" s="3" t="s">
+      <c r="B312" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C310" s="1" t="s">
+      <c r="C312" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D310" s="3" t="s">
+      <c r="D312" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="E310" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A311" s="1" t="s">
+      <c r="E312" s="1" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="313" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A313" s="1" t="s">
         <v>196</v>
       </c>
-      <c r="B311" s="3" t="s">
+      <c r="B313" s="3" t="s">
         <v>178</v>
       </c>
-      <c r="C311" s="1" t="s">
+      <c r="C313" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="D311" s="3" t="s">
+      <c r="D313" s="3" t="s">
         <v>189</v>
       </c>
-      <c r="E311" s="1" t="s">
+      <c r="E313" s="1" t="s">
         <v>667</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:E311" xr:uid="{55D8617C-FC24-4AAC-8D44-D9FEECC888D9}">
+  <autoFilter ref="A1:E313" xr:uid="{55D8617C-FC24-4AAC-8D44-D9FEECC888D9}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A35:E36">
-      <sortCondition ref="A1:A311"/>
+      <sortCondition ref="A1:A313"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{814F0761-525B-4E73-8823-57A92BAB4DBC}">
-  <dimension ref="A1:B59"/>
+  <dimension ref="A1:B60"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B65" sqref="B65"/>
+    <sheetView topLeftCell="A36" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B53" sqref="B53"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="10.453125" style="9" customWidth="1"/>
     <col min="2" max="2" width="121.81640625" style="9" customWidth="1"/>
     <col min="3" max="16384" width="9.1796875" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A1" s="7" t="s">
         <v>599</v>
       </c>
       <c r="B1" s="8" t="s">
         <v>600</v>
       </c>
     </row>
     <row r="2" spans="1:2" ht="40.9" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="18">
         <v>43739</v>
       </c>
       <c r="B2" s="10" t="s">
         <v>601</v>
       </c>
     </row>
@@ -8865,72 +8912,91 @@
       <c r="B56" s="16" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="57" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A57" s="20">
         <v>45808</v>
       </c>
       <c r="B57" s="16" t="s">
         <v>755</v>
       </c>
     </row>
     <row r="58" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A58" s="20">
         <v>45838</v>
       </c>
       <c r="B58" s="16" t="s">
         <v>768</v>
       </c>
     </row>
     <row r="59" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A59" s="20">
         <v>45902</v>
       </c>
       <c r="B59" s="16" t="s">
-        <v>772</v>
+        <v>771</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A60" s="20">
+        <v>45939</v>
+      </c>
+      <c r="B60" s="16" t="s">
+        <v>777</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="88" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="69d86b2d-a0c0-464e-927a-8dfdfbea8dcc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d3407f18-3e7f-4d59-a2df-dd89194ec25f" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006B930A5404349C40A8E2AFFD263A1A71" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="788c0047807c73c8b2071c0434e82bb1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="69d86b2d-a0c0-464e-927a-8dfdfbea8dcc" xmlns:ns3="d3407f18-3e7f-4d59-a2df-dd89194ec25f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b7e26960f70f04207d2a51ea40a7ec45" ns2:_="" ns3:_="">
     <xsd:import namespace="69d86b2d-a0c0-464e-927a-8dfdfbea8dcc"/>
     <xsd:import namespace="d3407f18-3e7f-4d59-a2df-dd89194ec25f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -9135,110 +9201,99 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{212622FE-4F66-4D2F-9E6E-205AA436CA7C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="d3407f18-3e7f-4d59-a2df-dd89194ec25f"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="69d86b2d-a0c0-464e-927a-8dfdfbea8dcc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30B7A3D2-035D-4F46-9D5E-24FE60CF8A53}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="69d86b2d-a0c0-464e-927a-8dfdfbea8dcc"/>
     <ds:schemaRef ds:uri="d3407f18-3e7f-4d59-a2df-dd89194ec25f"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8C4D9BA0-00FE-4314-A538-6847D624DE16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Read Me</vt:lpstr>
       <vt:lpstr>MERGED SF and MF Apps and Roles</vt:lpstr>
       <vt:lpstr>Change Log</vt:lpstr>
     </vt:vector>