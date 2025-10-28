--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -8,66 +8,66 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24527"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://fnma-my.sharepoint.com/personal/g3ujdr_fanniemae_com/Documents/Desktop/SF Publishing/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\Centpur\Custodian Oversight\(COM) Custodian Oversight &amp; Monitoring_201209\Business Portal Content\QC templates\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C5705DC3-3AF7-43C2-AC92-0230450D4BA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EA09D5AA-6C5D-4982-B340-DDDFD186B241}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-90" yWindow="-90" windowWidth="19380" windowHeight="10380" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Main" sheetId="1" r:id="rId1"/>
     <sheet name="Outstanding Remediation" sheetId="3" r:id="rId2"/>
-    <sheet name="CoIssue" sheetId="2" r:id="rId3"/>
-    <sheet name="Definitions" sheetId="4" r:id="rId4"/>
+    <sheet name="Transfers" sheetId="2" r:id="rId3"/>
+    <sheet name="Definitions" sheetId="5" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="ASAPPlus">Main!#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Main!$A$1:$O$40</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
@@ -150,59 +150,56 @@
 </t>
         </r>
       </text>
     </comment>
     <comment ref="G5" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 DOCUMENT ERROR
 DATA ERROR</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <si>
     <t>Supplement #1</t>
   </si>
   <si>
     <t>#</t>
-  </si>
-[...1 lines deleted...]
-    <t>Monthly Custodian QC Loan Sampling Detail Error Description and Remediation</t>
   </si>
   <si>
     <t>Loan Product Type</t>
   </si>
   <si>
     <t>FNMA Loan #</t>
   </si>
   <si>
     <t>Lender Loan #</t>
   </si>
   <si>
     <t>Release or Transfer</t>
   </si>
   <si>
     <t>Release Date</t>
   </si>
   <si>
     <t>Select All Applicable Errors</t>
   </si>
   <si>
     <t>Error Type</t>
   </si>
   <si>
     <t>Systemic Yes/No</t>
   </si>
@@ -238,427 +235,659 @@
   </si>
   <si>
     <t>Yes/No</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">If "Yes", Evidence of Remediation Attached </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color indexed="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(Enclosure A)</t>
     </r>
   </si>
   <si>
     <t>Date Remediation Completed</t>
   </si>
   <si>
     <t>Error Remediation Plan</t>
   </si>
   <si>
-    <t>IV. Concurrent Transfer of Servicing (Co-Issue Sales)</t>
-[...4 lines deleted...]
-  <si>
     <t>Transferee Document Custodian</t>
   </si>
   <si>
     <t>Loan Count</t>
   </si>
   <si>
     <t>Transfer Date</t>
   </si>
   <si>
     <t xml:space="preserve">QC Month </t>
   </si>
   <si>
     <t>FNMA#</t>
   </si>
   <si>
     <t xml:space="preserve">Product Code </t>
   </si>
   <si>
-    <t xml:space="preserve">Email Sent </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">Error Type </t>
   </si>
   <si>
     <t xml:space="preserve">Error Description </t>
   </si>
   <si>
     <t xml:space="preserve">Remediation Date </t>
   </si>
   <si>
     <t xml:space="preserve">Custodian Comments </t>
   </si>
   <si>
     <t>Fannie Mae Comments</t>
   </si>
   <si>
-    <t>Remediated (Yes/No)</t>
-[...1 lines deleted...]
-  <si>
     <t>Remediation Attached (Yes/ No)</t>
-  </si>
-[...10 lines deleted...]
-    <t>Servicer 9 digit #</t>
   </si>
   <si>
     <t>Transferor Document Custodian</t>
   </si>
   <si>
     <t>Number of Loans Recertified</t>
   </si>
   <si>
     <t xml:space="preserve">I-Code or C-Code number </t>
   </si>
   <si>
-    <t xml:space="preserve">Recert Start Date </t>
+    <t>Transferor Servicer Name</t>
   </si>
   <si>
-    <t xml:space="preserve">Recert Completed Date </t>
+    <t>Transferee Servicer Name</t>
   </si>
   <si>
-    <t>Outstanding Remediation (Data/Document errors from previous month)</t>
+    <t>Transferor Servicer 9-digit #</t>
   </si>
   <si>
-    <t>Definitions</t>
+    <t>Transferee Servicer 9-digit #</t>
+  </si>
+  <si>
+    <t>(The day when any portion of data &amp; Docs are Received)</t>
+  </si>
+  <si>
+    <t>Recert Start Date</t>
+  </si>
+  <si>
+    <t>Recert Completed Date</t>
+  </si>
+  <si>
+    <r>
+      <t>(</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>I-Code</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> due 30 days from recert start;
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>C-Code</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> due 180 days from recert start)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Outbound Tracking Number 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="7"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>(e.g. FedEx or UPS)</t>
+    </r>
+  </si>
+  <si>
+    <t>I.  Monthly Custodian QC Loan Sampling Detail Error Description and Remediation</t>
+  </si>
+  <si>
+    <t>III.  Concurrent Sale of Servicing Transfer (aka Co-Issue Transfer: I-code) and Servicer Initiated Transfer (aka Custodial Transfer: C-code)</t>
+  </si>
+  <si>
+    <t>IV.  Definitions</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Co- Issue Seller</t>
+      <t>Transferor Servicer Name:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <i/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The party that delivers the loans to the Document Custodian for certification to Fannie Mae &amp; transfers the servicing rights to a Servicer concurrent with sale to Fannie Mae.</t>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The existing Servicer transferring servicing to another Servicing Entity.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Transferee Document Custodian</t>
+      <t>Transferor Servicer 9-digit #:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <i/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The new Servicer's Document Custodian who takes on custodial duties of the Mortgage Loans previously certified by the Seller's Document Custodian (i.e., Transferor Document Custodian). </t>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The Fannie Mae 9-digit Servicer ID assigned to the existing Servicer.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Transferee Servicer</t>
+      <t>Transferee Servicer Name:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <i/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The new Servicer assuming servicing responsibility from the existing Servicer (i.e., the Seller)</t>
+      <t xml:space="preserve">  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>The new Servicer assuming servicing responsibility from the existing Servicer (i.e. the Seller in the case of Concurrent Sale of Servicing).</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Transforor Document Custodian</t>
+      <t>Transferee Servicer 9-digit #:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <i/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The Custodian Custodian shipping the documents and transferring custodial duties to the Transferee Document Custodian (i.e., the certifying Document Custodian) </t>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The Fannie Mae 9-digit Servicer ID assigned to the new Servicer.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Transferor Servicer</t>
+      <t>Transferor Document Custodian:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The existing Servicer that is transferring servicing to another servicing entity.</t>
+      <t xml:space="preserve">  The current Document Custodian shipping and transferring custodial duties to the new (Transferee) Document Custodian (i.e. certifying Document
+                                                      Custodian in the case of concurrent sale of servicing)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Loan Count</t>
+      <t>Transferee Document Custodian:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <b/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - Number of loans in a transfer identified by a specific I or C-code.</t>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The receiving Document Custodian working on behalf of the new (Transferee) Servicer assuming custodial duties of the Mortgage Loans previously held
+                                                       by the other (Transferor) Document Custodian. </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Number of Loans Recertified</t>
+      <t>Loan Count:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The number of loans within the the transfer that have been reviewed without exceptions by the Transferee Document Custodian.</t>
+      <t xml:space="preserve">  Number of loans in a transfer identified by a specific I-Code or C-code.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Transfer Date</t>
+      <t>Number of Loans Recertified:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The date the Seller notifies the Transferor Document Custodian of the transfer.</t>
+      <t xml:space="preserve">  The number of loans within the transfer reviewed without exceptions by the Transferee Document Custodian.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">I-Code or C-Code </t>
+      <t>Transfer Date:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <b/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>- 4-Digit code code assigned by Fannie Mae determined the transfer type.</t>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> The date the Seller/Servicer notifies the Transferor Document Custodian of the transfer.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Recert Start Date</t>
+      <t>C-Code:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <i/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The date that the Transferee Document Custodian begins the recertification of the loans in the transfer.</t>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> 4-digit numeric code assigned by Fannie Mae to a Document Custodial Transfer.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Recert Completed Date</t>
+      <t>I-Code:</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve"> - The date that the Transferee Document Custodian completes the recertification of the loans in the transfer.</t>
+      <t xml:space="preserve">  4-digit numeric code assigned by Fannie Mae to a Concurrent Sale of Servicing Transfer.</t>
     </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Recert Start Date:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Date the Transferee Document Custodian begins the recertification of the loans in the transfer.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Recert Completed Date:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Date the Transferee Document Custodian completes the recertification of the loans in the transfer.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Outbound Tracking Number:</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">  Courier (FedEx or UPS) Tracking Numbers</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Remediated </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Yes/No)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Date of eMail  </t>
+  </si>
+  <si>
+    <t>Contact Name/eMail</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">eMail Sent </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(Yes/No)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Date of Follow Up eMail </t>
+  </si>
+  <si>
+    <t>II.  Outstanding Remediation (Data/Document Errors from previous month)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0"/>
     <numFmt numFmtId="165" formatCode="[$-409]d\-mmm\-yy;@"/>
     <numFmt numFmtId="166" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="15" x14ac:knownFonts="1">
+  <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -679,102 +908,156 @@
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
       <sz val="11"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
       <b/>
-      <sz val="11"/>
+      <sz val="7"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="7"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="13"/>
+      <color theme="0"/>
+      <name val="Georgia"/>
+      <family val="1"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
-      <sz val="11"/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="3" tint="0.89999084444715716"/>
+        <fgColor rgb="FF0070C0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="27">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -847,229 +1130,465 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0"/>
+      </left>
+      <right style="thin">
+        <color theme="0"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="43" fontId="11" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="43" fontId="10" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="62">
+  <cellXfs count="101">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="5" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="1" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...4 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="164" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="166" fontId="5" fillId="2" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+    <xf numFmtId="166" fontId="4" fillId="3" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
+    <xf numFmtId="166" fontId="4" fillId="3" borderId="3" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/vmlDrawing2.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
@@ -1261,2670 +1780,6563 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Fannie Mae Theme 1" id="{A9E9D082-53BC-4B03-8EC8-61395ED4A25D}" vid="{161DF1A4-DA3E-4B5C-85DF-EEFCE8596BDB}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
+    <tabColor theme="0" tint="-0.14999847407452621"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:O95"/>
+  <dimension ref="A1:O83"/>
   <sheetViews>
     <sheetView tabSelected="1" showWhiteSpace="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4:B5"/>
+      <selection activeCell="L11" sqref="L11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="4" customWidth="1"/>
+    <col min="1" max="1" width="2.58203125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.08203125" customWidth="1"/>
-    <col min="3" max="3" width="9" style="22"/>
-[...2 lines deleted...]
-    <col min="12" max="12" width="17.58203125" customWidth="1"/>
+    <col min="3" max="3" width="11.58203125" style="42" customWidth="1"/>
+    <col min="4" max="4" width="11.58203125" customWidth="1"/>
+    <col min="5" max="5" width="9.08203125" customWidth="1"/>
+    <col min="10" max="10" width="25.58203125" customWidth="1"/>
+    <col min="11" max="11" width="9.6640625" customWidth="1"/>
+    <col min="12" max="12" width="25.58203125" customWidth="1"/>
     <col min="13" max="13" width="9.5" customWidth="1"/>
     <col min="14" max="14" width="14.58203125" customWidth="1"/>
-    <col min="15" max="15" width="9.75" customWidth="1"/>
+    <col min="15" max="15" width="9.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="16.5" x14ac:dyDescent="0.35">
-      <c r="A1" s="34" t="s">
+      <c r="A1" s="53" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
+      <c r="G1" s="53"/>
+      <c r="H1" s="53"/>
+      <c r="I1" s="53"/>
+      <c r="J1" s="53"/>
+      <c r="K1" s="53"/>
+      <c r="L1" s="53"/>
+      <c r="M1" s="53"/>
+      <c r="N1" s="53"/>
+      <c r="O1" s="54"/>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A2" s="55" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="55"/>
+      <c r="C2" s="55"/>
+      <c r="D2" s="55"/>
+      <c r="E2" s="55"/>
+      <c r="F2" s="55"/>
+      <c r="G2" s="55"/>
+      <c r="H2" s="55"/>
+      <c r="I2" s="55"/>
+      <c r="J2" s="55"/>
+      <c r="K2" s="55"/>
+      <c r="L2" s="55"/>
+      <c r="M2" s="55"/>
+      <c r="N2" s="55"/>
+      <c r="O2" s="56"/>
+    </row>
+    <row r="3" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A3" s="57" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="64" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="65"/>
+      <c r="D3" s="65"/>
+      <c r="E3" s="65"/>
+      <c r="F3" s="65"/>
+      <c r="G3" s="65"/>
+      <c r="H3" s="65"/>
+      <c r="I3" s="65"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="63" t="s">
+        <v>19</v>
+      </c>
+      <c r="L3" s="63"/>
+      <c r="M3" s="63"/>
+      <c r="N3" s="63"/>
+      <c r="O3" s="63"/>
+    </row>
+    <row r="4" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="57"/>
+      <c r="B4" s="68" t="s">
         <v>2</v>
       </c>
-      <c r="B1" s="34"/>
-[...34 lines deleted...]
-      <c r="A3" s="36" t="s">
+      <c r="C4" s="68" t="s">
+        <v>3</v>
+      </c>
+      <c r="D4" s="51" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="51" t="s">
+        <v>5</v>
+      </c>
+      <c r="F4" s="51" t="s">
+        <v>6</v>
+      </c>
+      <c r="G4" s="67" t="s">
+        <v>7</v>
+      </c>
+      <c r="H4" s="67"/>
+      <c r="I4" s="67"/>
+      <c r="J4" s="59" t="s">
+        <v>12</v>
+      </c>
+      <c r="K4" s="58" t="s">
+        <v>13</v>
+      </c>
+      <c r="L4" s="59" t="s">
+        <v>14</v>
+      </c>
+      <c r="M4" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="N4" s="60" t="s">
+        <v>17</v>
+      </c>
+      <c r="O4" s="62" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5" spans="1:15" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="57"/>
+      <c r="B5" s="61"/>
+      <c r="C5" s="61"/>
+      <c r="D5" s="69"/>
+      <c r="E5" s="61"/>
+      <c r="F5" s="52"/>
+      <c r="G5" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="H5" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="J5" s="59"/>
+      <c r="K5" s="58"/>
+      <c r="L5" s="59"/>
+      <c r="M5" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="N5" s="61"/>
+      <c r="O5" s="58"/>
+    </row>
+    <row r="6" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="10">
         <v>1</v>
       </c>
-      <c r="B3" s="43" t="s">
-[...87 lines deleted...]
-      </c>
       <c r="B6" s="1"/>
-      <c r="C6" s="20"/>
+      <c r="C6" s="1"/>
       <c r="D6" s="2"/>
       <c r="E6" s="3"/>
       <c r="F6" s="4"/>
       <c r="G6" s="5"/>
       <c r="H6" s="6"/>
       <c r="I6" s="7"/>
       <c r="J6" s="8"/>
       <c r="K6" s="8"/>
       <c r="L6" s="8"/>
-      <c r="M6" s="9"/>
-      <c r="N6" s="9"/>
+      <c r="M6" s="7"/>
+      <c r="N6" s="7"/>
       <c r="O6" s="8"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A7" s="11">
+      <c r="A7" s="10">
         <v>2</v>
       </c>
       <c r="B7" s="1"/>
-      <c r="C7" s="20"/>
+      <c r="C7" s="1"/>
       <c r="D7" s="2"/>
       <c r="E7" s="3"/>
       <c r="F7" s="4"/>
       <c r="G7" s="5"/>
       <c r="H7" s="6"/>
       <c r="I7" s="7"/>
       <c r="J7" s="8"/>
       <c r="K7" s="8"/>
       <c r="L7" s="8"/>
-      <c r="M7" s="9"/>
-      <c r="N7" s="9"/>
+      <c r="M7" s="7"/>
+      <c r="N7" s="7"/>
       <c r="O7" s="8"/>
     </row>
     <row r="8" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="11">
+      <c r="A8" s="10">
         <v>3</v>
       </c>
       <c r="B8" s="1"/>
-      <c r="C8" s="20"/>
+      <c r="C8" s="1"/>
       <c r="D8" s="2"/>
       <c r="E8" s="3"/>
       <c r="F8" s="4"/>
       <c r="G8" s="5"/>
       <c r="H8" s="6"/>
       <c r="I8" s="7"/>
       <c r="J8" s="8"/>
       <c r="K8" s="8"/>
       <c r="L8" s="8"/>
-      <c r="M8" s="9"/>
-      <c r="N8" s="9"/>
+      <c r="M8" s="7"/>
+      <c r="N8" s="7"/>
       <c r="O8" s="8"/>
     </row>
     <row r="9" spans="1:15" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="12">
+      <c r="A9" s="11">
         <v>4</v>
       </c>
       <c r="B9" s="1"/>
-      <c r="C9" s="20"/>
+      <c r="C9" s="1"/>
       <c r="D9" s="2"/>
       <c r="E9" s="3"/>
       <c r="F9" s="4"/>
       <c r="G9" s="5"/>
       <c r="H9" s="6"/>
       <c r="I9" s="7"/>
       <c r="J9" s="8"/>
       <c r="K9" s="8"/>
       <c r="L9" s="8"/>
-      <c r="M9" s="9"/>
-      <c r="N9" s="9"/>
+      <c r="M9" s="7"/>
+      <c r="N9" s="7"/>
       <c r="O9" s="8"/>
     </row>
     <row r="10" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="11">
+      <c r="A10" s="10">
         <v>5</v>
       </c>
       <c r="B10" s="1"/>
-      <c r="C10" s="20"/>
+      <c r="C10" s="1"/>
       <c r="D10" s="2"/>
       <c r="E10" s="3"/>
       <c r="F10" s="4"/>
       <c r="G10" s="5"/>
       <c r="H10" s="6"/>
       <c r="I10" s="7"/>
       <c r="J10" s="8"/>
       <c r="K10" s="8"/>
       <c r="L10" s="8"/>
-      <c r="M10" s="9"/>
-      <c r="N10" s="9"/>
+      <c r="M10" s="7"/>
+      <c r="N10" s="7"/>
       <c r="O10" s="8"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A11" s="11">
+      <c r="A11" s="10">
         <v>6</v>
       </c>
       <c r="B11" s="1"/>
-      <c r="C11" s="20"/>
+      <c r="C11" s="1"/>
       <c r="D11" s="2"/>
       <c r="E11" s="3"/>
       <c r="F11" s="4"/>
       <c r="G11" s="5"/>
       <c r="H11" s="6"/>
       <c r="I11" s="7"/>
       <c r="J11" s="8"/>
       <c r="K11" s="8"/>
       <c r="L11" s="8"/>
-      <c r="M11" s="9"/>
-      <c r="N11" s="9"/>
+      <c r="M11" s="7"/>
+      <c r="N11" s="7"/>
       <c r="O11" s="8"/>
     </row>
     <row r="12" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="13">
+      <c r="A12" s="12">
         <v>7</v>
       </c>
       <c r="B12" s="1"/>
-      <c r="C12" s="20"/>
+      <c r="C12" s="1"/>
       <c r="D12" s="2"/>
       <c r="E12" s="3"/>
       <c r="F12" s="4"/>
       <c r="G12" s="5"/>
       <c r="H12" s="6"/>
       <c r="I12" s="7"/>
       <c r="J12" s="8"/>
       <c r="K12" s="8"/>
       <c r="L12" s="8"/>
-      <c r="M12" s="9"/>
-      <c r="N12" s="9"/>
+      <c r="M12" s="7"/>
+      <c r="N12" s="7"/>
       <c r="O12" s="8"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A13" s="13">
+      <c r="A13" s="12">
         <v>8</v>
       </c>
       <c r="B13" s="1"/>
-      <c r="C13" s="20"/>
+      <c r="C13" s="1"/>
       <c r="D13" s="2"/>
       <c r="E13" s="3"/>
       <c r="F13" s="4"/>
       <c r="G13" s="5"/>
       <c r="H13" s="6"/>
       <c r="I13" s="7"/>
       <c r="J13" s="8"/>
       <c r="K13" s="8"/>
       <c r="L13" s="8"/>
-      <c r="M13" s="9"/>
-      <c r="N13" s="9"/>
+      <c r="M13" s="7"/>
+      <c r="N13" s="7"/>
       <c r="O13" s="8"/>
     </row>
     <row r="14" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A14" s="13">
+      <c r="A14" s="12">
         <v>9</v>
       </c>
       <c r="B14" s="1"/>
-      <c r="C14" s="20"/>
+      <c r="C14" s="1"/>
       <c r="D14" s="2"/>
       <c r="E14" s="3"/>
       <c r="F14" s="4"/>
       <c r="G14" s="5"/>
       <c r="H14" s="6"/>
       <c r="I14" s="7"/>
       <c r="J14" s="8"/>
       <c r="K14" s="8"/>
       <c r="L14" s="8"/>
-      <c r="M14" s="9"/>
-      <c r="N14" s="9"/>
+      <c r="M14" s="7"/>
+      <c r="N14" s="7"/>
       <c r="O14" s="8"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A15" s="13">
+      <c r="A15" s="12">
         <v>10</v>
       </c>
       <c r="B15" s="1"/>
-      <c r="C15" s="20"/>
+      <c r="C15" s="1"/>
       <c r="D15" s="2"/>
       <c r="E15" s="3"/>
       <c r="F15" s="4"/>
       <c r="G15" s="5"/>
       <c r="H15" s="6"/>
       <c r="I15" s="7"/>
       <c r="J15" s="8"/>
       <c r="K15" s="8"/>
       <c r="L15" s="8"/>
-      <c r="M15" s="9"/>
-      <c r="N15" s="9"/>
+      <c r="M15" s="7"/>
+      <c r="N15" s="7"/>
       <c r="O15" s="8"/>
     </row>
     <row r="16" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A16" s="13">
+      <c r="A16" s="12">
         <v>11</v>
       </c>
       <c r="B16" s="1"/>
-      <c r="C16" s="20"/>
+      <c r="C16" s="1"/>
       <c r="D16" s="2"/>
       <c r="E16" s="3"/>
       <c r="F16" s="4"/>
       <c r="G16" s="5"/>
       <c r="H16" s="6"/>
       <c r="I16" s="7"/>
       <c r="J16" s="8"/>
       <c r="K16" s="8"/>
       <c r="L16" s="8"/>
-      <c r="M16" s="9"/>
-      <c r="N16" s="9"/>
+      <c r="M16" s="7"/>
+      <c r="N16" s="7"/>
       <c r="O16" s="8"/>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A17" s="13">
+      <c r="A17" s="12">
         <v>12</v>
       </c>
       <c r="B17" s="1"/>
-      <c r="C17" s="20"/>
+      <c r="C17" s="1"/>
       <c r="D17" s="2"/>
       <c r="E17" s="3"/>
       <c r="F17" s="4"/>
       <c r="G17" s="5"/>
       <c r="H17" s="6"/>
       <c r="I17" s="7"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
-      <c r="M17" s="9"/>
-      <c r="N17" s="9"/>
+      <c r="M17" s="7"/>
+      <c r="N17" s="7"/>
       <c r="O17" s="8"/>
     </row>
     <row r="18" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A18" s="13">
+      <c r="A18" s="12">
         <v>13</v>
       </c>
       <c r="B18" s="1"/>
-      <c r="C18" s="20"/>
+      <c r="C18" s="1"/>
       <c r="D18" s="2"/>
       <c r="E18" s="3"/>
       <c r="F18" s="4"/>
       <c r="G18" s="5"/>
       <c r="H18" s="6"/>
       <c r="I18" s="7"/>
       <c r="J18" s="8"/>
       <c r="K18" s="8"/>
       <c r="L18" s="8"/>
-      <c r="M18" s="9"/>
-      <c r="N18" s="9"/>
+      <c r="M18" s="7"/>
+      <c r="N18" s="7"/>
       <c r="O18" s="8"/>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A19" s="13">
+      <c r="A19" s="12">
         <v>15</v>
       </c>
       <c r="B19" s="1"/>
-      <c r="C19" s="20"/>
+      <c r="C19" s="1"/>
       <c r="D19" s="2"/>
       <c r="E19" s="3"/>
       <c r="F19" s="4"/>
       <c r="G19" s="5"/>
       <c r="H19" s="6"/>
       <c r="I19" s="7"/>
       <c r="J19" s="8"/>
       <c r="K19" s="8"/>
       <c r="L19" s="8"/>
-      <c r="M19" s="9"/>
-      <c r="N19" s="9"/>
+      <c r="M19" s="7"/>
+      <c r="N19" s="7"/>
       <c r="O19" s="8"/>
     </row>
     <row r="20" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="13">
+      <c r="A20" s="12">
         <v>16</v>
       </c>
       <c r="B20" s="1"/>
-      <c r="C20" s="20"/>
+      <c r="C20" s="1"/>
       <c r="D20" s="2"/>
       <c r="E20" s="3"/>
       <c r="F20" s="4"/>
       <c r="G20" s="5"/>
       <c r="H20" s="6"/>
       <c r="I20" s="7"/>
       <c r="J20" s="8"/>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
-      <c r="M20" s="9"/>
-      <c r="N20" s="9"/>
+      <c r="M20" s="7"/>
+      <c r="N20" s="7"/>
       <c r="O20" s="8"/>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A21" s="13">
+      <c r="A21" s="12">
         <v>17</v>
       </c>
       <c r="B21" s="1"/>
-      <c r="C21" s="20"/>
+      <c r="C21" s="1"/>
       <c r="D21" s="2"/>
       <c r="E21" s="3"/>
       <c r="F21" s="4"/>
       <c r="G21" s="5"/>
       <c r="H21" s="6"/>
       <c r="I21" s="7"/>
       <c r="J21" s="8"/>
       <c r="K21" s="8"/>
       <c r="L21" s="8"/>
-      <c r="M21" s="9"/>
-      <c r="N21" s="9"/>
+      <c r="M21" s="7"/>
+      <c r="N21" s="7"/>
       <c r="O21" s="8"/>
     </row>
     <row r="22" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="13">
+      <c r="A22" s="12">
         <v>18</v>
       </c>
       <c r="B22" s="1"/>
-      <c r="C22" s="20"/>
+      <c r="C22" s="1"/>
       <c r="D22" s="2"/>
       <c r="E22" s="3"/>
       <c r="F22" s="4"/>
       <c r="G22" s="5"/>
       <c r="H22" s="6"/>
       <c r="I22" s="7"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
-      <c r="M22" s="9"/>
-      <c r="N22" s="9"/>
+      <c r="M22" s="7"/>
+      <c r="N22" s="7"/>
       <c r="O22" s="8"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A23" s="13">
+      <c r="A23" s="12">
         <v>19</v>
       </c>
       <c r="B23" s="1"/>
-      <c r="C23" s="20"/>
+      <c r="C23" s="1"/>
       <c r="D23" s="2"/>
       <c r="E23" s="3"/>
       <c r="F23" s="4"/>
       <c r="G23" s="5"/>
       <c r="H23" s="6"/>
       <c r="I23" s="7"/>
       <c r="J23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
-      <c r="M23" s="9"/>
-      <c r="N23" s="9"/>
+      <c r="M23" s="7"/>
+      <c r="N23" s="7"/>
       <c r="O23" s="8"/>
     </row>
     <row r="24" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="13">
+      <c r="A24" s="12">
         <v>20</v>
       </c>
       <c r="B24" s="1"/>
-      <c r="C24" s="20"/>
+      <c r="C24" s="1"/>
       <c r="D24" s="2"/>
       <c r="E24" s="3"/>
       <c r="F24" s="4"/>
       <c r="G24" s="5"/>
       <c r="H24" s="6"/>
       <c r="I24" s="7"/>
       <c r="J24" s="8"/>
       <c r="K24" s="8"/>
       <c r="L24" s="8"/>
-      <c r="M24" s="9"/>
-      <c r="N24" s="9"/>
+      <c r="M24" s="7"/>
+      <c r="N24" s="7"/>
       <c r="O24" s="8"/>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A25" s="13">
+      <c r="A25" s="12">
         <v>21</v>
       </c>
       <c r="B25" s="1"/>
-      <c r="C25" s="20"/>
+      <c r="C25" s="1"/>
       <c r="D25" s="2"/>
       <c r="E25" s="3"/>
       <c r="F25" s="4"/>
       <c r="G25" s="5"/>
       <c r="H25" s="6"/>
       <c r="I25" s="7"/>
       <c r="J25" s="8"/>
       <c r="K25" s="8"/>
       <c r="L25" s="8"/>
-      <c r="M25" s="9"/>
-      <c r="N25" s="9"/>
+      <c r="M25" s="7"/>
+      <c r="N25" s="7"/>
       <c r="O25" s="8"/>
     </row>
     <row r="26" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="13">
+      <c r="A26" s="12">
         <v>22</v>
       </c>
       <c r="B26" s="1"/>
-      <c r="C26" s="20"/>
+      <c r="C26" s="1"/>
       <c r="D26" s="2"/>
       <c r="E26" s="3"/>
       <c r="F26" s="4"/>
       <c r="G26" s="5"/>
       <c r="H26" s="6"/>
       <c r="I26" s="7"/>
       <c r="J26" s="8"/>
       <c r="K26" s="8"/>
       <c r="L26" s="8"/>
-      <c r="M26" s="9"/>
-      <c r="N26" s="9"/>
+      <c r="M26" s="7"/>
+      <c r="N26" s="7"/>
       <c r="O26" s="8"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A27" s="13">
+      <c r="A27" s="12">
         <v>23</v>
       </c>
       <c r="B27" s="1"/>
-      <c r="C27" s="20"/>
+      <c r="C27" s="1"/>
       <c r="D27" s="2"/>
       <c r="E27" s="3"/>
       <c r="F27" s="4"/>
       <c r="G27" s="5"/>
       <c r="H27" s="6"/>
       <c r="I27" s="7"/>
       <c r="J27" s="8"/>
       <c r="K27" s="8"/>
       <c r="L27" s="8"/>
-      <c r="M27" s="9"/>
-      <c r="N27" s="9"/>
+      <c r="M27" s="7"/>
+      <c r="N27" s="7"/>
       <c r="O27" s="8"/>
     </row>
     <row r="28" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="13">
+      <c r="A28" s="12">
         <v>24</v>
       </c>
       <c r="B28" s="1"/>
-      <c r="C28" s="20"/>
+      <c r="C28" s="1"/>
       <c r="D28" s="2"/>
       <c r="E28" s="3"/>
       <c r="F28" s="4"/>
       <c r="G28" s="5"/>
       <c r="H28" s="6"/>
       <c r="I28" s="7"/>
       <c r="J28" s="8"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
-      <c r="M28" s="9"/>
-      <c r="N28" s="9"/>
+      <c r="M28" s="7"/>
+      <c r="N28" s="7"/>
       <c r="O28" s="8"/>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A29" s="13">
+      <c r="A29" s="12">
         <v>25</v>
       </c>
       <c r="B29" s="1"/>
-      <c r="C29" s="20"/>
+      <c r="C29" s="1"/>
       <c r="D29" s="2"/>
       <c r="E29" s="3"/>
       <c r="F29" s="4"/>
       <c r="G29" s="5"/>
       <c r="H29" s="6"/>
       <c r="I29" s="7"/>
       <c r="J29" s="8"/>
       <c r="K29" s="8"/>
       <c r="L29" s="8"/>
-      <c r="M29" s="9"/>
-      <c r="N29" s="9"/>
+      <c r="M29" s="7"/>
+      <c r="N29" s="7"/>
       <c r="O29" s="8"/>
     </row>
     <row r="30" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="13">
+      <c r="A30" s="12">
         <v>26</v>
       </c>
       <c r="B30" s="1"/>
-      <c r="C30" s="20"/>
+      <c r="C30" s="1"/>
       <c r="D30" s="2"/>
       <c r="E30" s="3"/>
       <c r="F30" s="4"/>
       <c r="G30" s="5"/>
       <c r="H30" s="6"/>
       <c r="I30" s="7"/>
       <c r="J30" s="8"/>
       <c r="K30" s="8"/>
       <c r="L30" s="8"/>
-      <c r="M30" s="9"/>
-      <c r="N30" s="9"/>
+      <c r="M30" s="7"/>
+      <c r="N30" s="7"/>
       <c r="O30" s="8"/>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A31" s="13">
+      <c r="A31" s="12">
         <v>27</v>
       </c>
       <c r="B31" s="1"/>
-      <c r="C31" s="20"/>
+      <c r="C31" s="1"/>
       <c r="D31" s="2"/>
       <c r="E31" s="3"/>
       <c r="F31" s="4"/>
       <c r="G31" s="5"/>
       <c r="H31" s="6"/>
       <c r="I31" s="7"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8"/>
       <c r="L31" s="8"/>
-      <c r="M31" s="9"/>
-      <c r="N31" s="9"/>
+      <c r="M31" s="7"/>
+      <c r="N31" s="7"/>
       <c r="O31" s="8"/>
     </row>
     <row r="32" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="13">
+      <c r="A32" s="12">
         <v>28</v>
       </c>
       <c r="B32" s="1"/>
-      <c r="C32" s="20"/>
+      <c r="C32" s="1"/>
       <c r="D32" s="2"/>
       <c r="E32" s="3"/>
       <c r="F32" s="4"/>
       <c r="G32" s="5"/>
       <c r="H32" s="6"/>
       <c r="I32" s="7"/>
       <c r="J32" s="8"/>
       <c r="K32" s="8"/>
       <c r="L32" s="8"/>
-      <c r="M32" s="9"/>
-      <c r="N32" s="9"/>
+      <c r="M32" s="7"/>
+      <c r="N32" s="7"/>
       <c r="O32" s="8"/>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A33" s="13">
+      <c r="A33" s="12">
         <v>29</v>
       </c>
       <c r="B33" s="1"/>
-      <c r="C33" s="20"/>
+      <c r="C33" s="1"/>
       <c r="D33" s="2"/>
       <c r="E33" s="3"/>
       <c r="F33" s="4"/>
       <c r="G33" s="5"/>
       <c r="H33" s="6"/>
       <c r="I33" s="7"/>
       <c r="J33" s="8"/>
       <c r="K33" s="8"/>
       <c r="L33" s="8"/>
-      <c r="M33" s="9"/>
-      <c r="N33" s="9"/>
+      <c r="M33" s="7"/>
+      <c r="N33" s="7"/>
       <c r="O33" s="8"/>
     </row>
     <row r="34" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="13">
+      <c r="A34" s="12">
         <v>30</v>
       </c>
       <c r="B34" s="1"/>
-      <c r="C34" s="20"/>
+      <c r="C34" s="1"/>
       <c r="D34" s="2"/>
       <c r="E34" s="3"/>
       <c r="F34" s="4"/>
       <c r="G34" s="5"/>
       <c r="H34" s="6"/>
       <c r="I34" s="7"/>
       <c r="J34" s="8"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
-      <c r="M34" s="9"/>
-      <c r="N34" s="9"/>
+      <c r="M34" s="7"/>
+      <c r="N34" s="7"/>
       <c r="O34" s="8"/>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A35" s="13">
+      <c r="A35" s="12">
         <v>31</v>
       </c>
       <c r="B35" s="1"/>
-      <c r="C35" s="20"/>
+      <c r="C35" s="1"/>
       <c r="D35" s="2"/>
       <c r="E35" s="3"/>
       <c r="F35" s="4"/>
       <c r="G35" s="5"/>
       <c r="H35" s="6"/>
       <c r="I35" s="7"/>
       <c r="J35" s="8"/>
       <c r="K35" s="8"/>
       <c r="L35" s="8"/>
-      <c r="M35" s="9"/>
-      <c r="N35" s="9"/>
+      <c r="M35" s="7"/>
+      <c r="N35" s="7"/>
       <c r="O35" s="8"/>
     </row>
     <row r="36" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="13">
+      <c r="A36" s="12">
         <v>32</v>
       </c>
       <c r="B36" s="1"/>
-      <c r="C36" s="20"/>
+      <c r="C36" s="1"/>
       <c r="D36" s="2"/>
       <c r="E36" s="3"/>
       <c r="F36" s="4"/>
       <c r="G36" s="5"/>
       <c r="H36" s="6"/>
       <c r="I36" s="7"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="8"/>
-      <c r="M36" s="9"/>
-      <c r="N36" s="9"/>
+      <c r="M36" s="7"/>
+      <c r="N36" s="7"/>
       <c r="O36" s="8"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A37" s="13">
+      <c r="A37" s="12">
         <v>33</v>
       </c>
       <c r="B37" s="1"/>
-      <c r="C37" s="20"/>
+      <c r="C37" s="1"/>
       <c r="D37" s="2"/>
       <c r="E37" s="3"/>
       <c r="F37" s="4"/>
       <c r="G37" s="5"/>
       <c r="H37" s="6"/>
       <c r="I37" s="7"/>
       <c r="J37" s="8"/>
       <c r="K37" s="8"/>
       <c r="L37" s="8"/>
-      <c r="M37" s="9"/>
-      <c r="N37" s="9"/>
+      <c r="M37" s="7"/>
+      <c r="N37" s="7"/>
       <c r="O37" s="8"/>
     </row>
     <row r="38" spans="1:15" ht="14.25" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="13">
+      <c r="A38" s="12">
         <v>34</v>
       </c>
       <c r="B38" s="1"/>
-      <c r="C38" s="20"/>
+      <c r="C38" s="1"/>
       <c r="D38" s="2"/>
       <c r="E38" s="3"/>
       <c r="F38" s="4"/>
       <c r="G38" s="5"/>
       <c r="H38" s="6"/>
       <c r="I38" s="7"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
-      <c r="M38" s="9"/>
-      <c r="N38" s="9"/>
+      <c r="M38" s="7"/>
+      <c r="N38" s="7"/>
       <c r="O38" s="8"/>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A39" s="13">
+      <c r="A39" s="12">
         <v>35</v>
       </c>
       <c r="B39" s="1"/>
-      <c r="C39" s="20"/>
+      <c r="C39" s="1"/>
       <c r="D39" s="2"/>
-      <c r="E39" s="18"/>
-      <c r="F39" s="19"/>
+      <c r="E39" s="15"/>
+      <c r="F39" s="16"/>
       <c r="G39" s="5"/>
       <c r="H39" s="6"/>
       <c r="I39" s="7"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
-      <c r="M39" s="9"/>
-      <c r="N39" s="9"/>
+      <c r="M39" s="7"/>
+      <c r="N39" s="7"/>
       <c r="O39" s="8"/>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.3">
-      <c r="A40" s="13">
+      <c r="A40" s="12">
         <v>36</v>
       </c>
       <c r="B40" s="1"/>
-      <c r="C40" s="20"/>
+      <c r="C40" s="1"/>
       <c r="D40" s="2"/>
-      <c r="E40" s="18"/>
-      <c r="F40" s="19"/>
+      <c r="E40" s="15"/>
+      <c r="F40" s="16"/>
       <c r="G40" s="5"/>
       <c r="H40" s="6"/>
       <c r="I40" s="7"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
-      <c r="M40" s="9"/>
-      <c r="N40" s="9"/>
+      <c r="M40" s="7"/>
+      <c r="N40" s="7"/>
       <c r="O40" s="8"/>
     </row>
-    <row r="41" spans="1:15" s="15" customFormat="1" x14ac:dyDescent="0.3">
-[...289 lines deleted...]
-      <c r="O95" s="15"/>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A41" s="14"/>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A42" s="14"/>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A43" s="14"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A44" s="14"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A45" s="14"/>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A46" s="14"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A47" s="14"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.3">
+      <c r="A48" s="14"/>
+    </row>
+    <row r="49" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A49" s="14"/>
+    </row>
+    <row r="50" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A50" s="14"/>
+    </row>
+    <row r="51" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A51" s="14"/>
+    </row>
+    <row r="52" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A52" s="14"/>
+    </row>
+    <row r="53" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A53" s="14"/>
+    </row>
+    <row r="54" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A54" s="14"/>
+    </row>
+    <row r="55" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A55" s="14"/>
+    </row>
+    <row r="56" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A56" s="14"/>
+    </row>
+    <row r="57" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A57" s="14"/>
+    </row>
+    <row r="58" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A58" s="14"/>
+    </row>
+    <row r="59" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A59" s="14"/>
+    </row>
+    <row r="60" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A60" s="14"/>
+    </row>
+    <row r="61" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A61" s="14"/>
+    </row>
+    <row r="62" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A62" s="14"/>
+    </row>
+    <row r="63" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A63" s="14"/>
+    </row>
+    <row r="64" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A64" s="14"/>
+    </row>
+    <row r="65" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A65" s="14"/>
+    </row>
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A66" s="14"/>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="14"/>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="14"/>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="14"/>
+    </row>
+    <row r="70" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A70" s="14"/>
+    </row>
+    <row r="71" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A71" s="14"/>
+    </row>
+    <row r="72" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A72" s="14"/>
+    </row>
+    <row r="73" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A73" s="14"/>
+    </row>
+    <row r="74" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A74" s="14"/>
+    </row>
+    <row r="75" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A75" s="14"/>
+    </row>
+    <row r="76" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A76" s="14"/>
+    </row>
+    <row r="77" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A77" s="14"/>
+    </row>
+    <row r="78" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A78" s="14"/>
+    </row>
+    <row r="79" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A79" s="14"/>
+    </row>
+    <row r="80" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A80" s="14"/>
+    </row>
+    <row r="81" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A81" s="14"/>
+    </row>
+    <row r="82" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A82" s="14"/>
+    </row>
+    <row r="83" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A83" s="14"/>
     </row>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertRows="0"/>
   <mergeCells count="16">
     <mergeCell ref="F4:F5"/>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="L4:L5"/>
     <mergeCell ref="N4:N5"/>
     <mergeCell ref="O4:O5"/>
     <mergeCell ref="K3:O3"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="J4:J5"/>
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="C4:C5"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:E5"/>
   </mergeCells>
   <dataValidations count="7">
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F6:F40" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>36526</formula1>
     </dataValidation>
     <dataValidation type="textLength" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C6:C40" xr:uid="{00000000-0002-0000-0000-000001000000}">
       <formula1>10</formula1>
       <formula2>10</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E6:E40" xr:uid="{00000000-0002-0000-0000-000002000000}">
       <formula1>"PIF,FC,REP,ST,OT"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H6:I40 M6:N40" xr:uid="{00000000-0002-0000-0000-000003000000}">
       <formula1>"YES,NO"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6:G40" xr:uid="{00000000-0002-0000-0000-000004000000}">
       <formula1>"DOCUMENT,DATA"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7:B40" xr:uid="{00000000-0002-0000-0000-000005000000}">
       <formula1>"FRM,FRM-eNOTE,ARM,ARM-eNOTE,I/O,CEMA,CO-OPS,ASAP+,OTHER"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B6" xr:uid="{00000000-0002-0000-0000-000006000000}">
       <formula1>"FRM,FRM-eNOTE,ARM,ARM-eNOTE,I/O,CEMA,CO-OPS,ASAP+,ASAPSale,OTHER"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.5" right="0.5" top="1.5" bottom="0.75" header="0.5" footer="0.3"/>
   <pageSetup scale="76" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
-    <oddFooter>&amp;L&amp;9© 2019 Fannie Mae. Trademarks of Fannie Mae.</oddFooter>
+    <oddFooter>&amp;L&amp;9© 2019 Fannie Mae. Trademarks of Fannie Mae._x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DA680E2-C82C-40E2-A9B9-E3E947BF257E}">
-  <dimension ref="A1:N16"/>
+  <sheetPr>
+    <tabColor theme="0" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:N250"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D29" sqref="D29"/>
+      <selection activeCell="E11" sqref="E11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.33203125" style="8" bestFit="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="8.6640625" style="8"/>
+    <col min="1" max="1" width="10.33203125" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="11.58203125" style="42" customWidth="1"/>
+    <col min="3" max="3" width="13.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.6640625" customWidth="1"/>
+    <col min="5" max="5" width="20.58203125" customWidth="1"/>
+    <col min="6" max="6" width="13.08203125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.5" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.83203125" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="30.58203125" customWidth="1"/>
+    <col min="10" max="10" width="16.75" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="13.9140625" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="24.6640625" bestFit="1" customWidth="1"/>
+    <col min="13" max="14" width="25.58203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.3">
-[...18 lines deleted...]
-      <c r="A2" s="50" t="s">
+    <row r="1" spans="1:14" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="72" t="s">
+        <v>66</v>
+      </c>
+      <c r="B1" s="73"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="27"/>
+      <c r="H1" s="27"/>
+      <c r="I1" s="27"/>
+      <c r="J1" s="27"/>
+      <c r="K1" s="27"/>
+      <c r="L1" s="27"/>
+      <c r="M1" s="27"/>
+      <c r="N1" s="27"/>
+    </row>
+    <row r="2" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="70" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" s="70" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" s="70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" s="70" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" s="70" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" s="70" t="s">
+        <v>62</v>
+      </c>
+      <c r="G2" s="70" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" s="70" t="s">
         <v>26</v>
       </c>
-      <c r="B2" s="50" t="s">
+      <c r="I2" s="70" t="s">
         <v>27</v>
       </c>
-      <c r="C2" s="50" t="s">
+      <c r="J2" s="70" t="s">
+        <v>61</v>
+      </c>
+      <c r="K2" s="70" t="s">
         <v>28</v>
       </c>
-      <c r="D2" s="50" t="s">
+      <c r="L2" s="70" t="s">
+        <v>31</v>
+      </c>
+      <c r="M2" s="70" t="s">
         <v>29</v>
       </c>
-      <c r="E2" s="50" t="s">
+      <c r="N2" s="70" t="s">
         <v>30</v>
       </c>
-      <c r="F2" s="50" t="s">
-[...44 lines deleted...]
-      <c r="E16" s="23"/>
+    </row>
+    <row r="3" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="71"/>
+      <c r="B3" s="71"/>
+      <c r="C3" s="71"/>
+      <c r="D3" s="71"/>
+      <c r="E3" s="71"/>
+      <c r="F3" s="71"/>
+      <c r="G3" s="71"/>
+      <c r="H3" s="71"/>
+      <c r="I3" s="71"/>
+      <c r="J3" s="71"/>
+      <c r="K3" s="71"/>
+      <c r="L3" s="71"/>
+      <c r="M3" s="71"/>
+      <c r="N3" s="71"/>
+    </row>
+    <row r="4" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A4" s="38"/>
+      <c r="B4" s="41"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
+      <c r="I4" s="38"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+      <c r="L4" s="38"/>
+      <c r="M4" s="38"/>
+      <c r="N4" s="38"/>
+    </row>
+    <row r="5" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="38"/>
+      <c r="B5" s="41"/>
+      <c r="C5" s="38"/>
+      <c r="D5" s="38"/>
+      <c r="E5" s="38"/>
+      <c r="F5" s="38"/>
+      <c r="G5" s="38"/>
+      <c r="H5" s="38"/>
+      <c r="I5" s="38"/>
+      <c r="J5" s="38"/>
+      <c r="K5" s="38"/>
+      <c r="L5" s="38"/>
+      <c r="M5" s="38"/>
+      <c r="N5" s="38"/>
+    </row>
+    <row r="6" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="38"/>
+      <c r="B6" s="41"/>
+      <c r="C6" s="38"/>
+      <c r="D6" s="38"/>
+      <c r="E6" s="38"/>
+      <c r="F6" s="38"/>
+      <c r="G6" s="38"/>
+      <c r="H6" s="38"/>
+      <c r="I6" s="38"/>
+      <c r="J6" s="38"/>
+      <c r="K6" s="38"/>
+      <c r="L6" s="38"/>
+      <c r="M6" s="38"/>
+      <c r="N6" s="38"/>
+    </row>
+    <row r="7" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="38"/>
+      <c r="B7" s="41"/>
+      <c r="C7" s="38"/>
+      <c r="D7" s="38"/>
+      <c r="E7" s="38"/>
+      <c r="F7" s="38"/>
+      <c r="G7" s="38"/>
+      <c r="H7" s="38"/>
+      <c r="I7" s="38"/>
+      <c r="J7" s="38"/>
+      <c r="K7" s="38"/>
+      <c r="L7" s="38"/>
+      <c r="M7" s="38"/>
+      <c r="N7" s="38"/>
+    </row>
+    <row r="8" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="38"/>
+      <c r="B8" s="41"/>
+      <c r="C8" s="38"/>
+      <c r="D8" s="38"/>
+      <c r="E8" s="38"/>
+      <c r="F8" s="38"/>
+      <c r="G8" s="38"/>
+      <c r="H8" s="38"/>
+      <c r="I8" s="38"/>
+      <c r="J8" s="38"/>
+      <c r="K8" s="38"/>
+      <c r="L8" s="38"/>
+      <c r="M8" s="38"/>
+      <c r="N8" s="38"/>
+    </row>
+    <row r="9" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="38"/>
+      <c r="B9" s="41"/>
+      <c r="C9" s="38"/>
+      <c r="D9" s="38"/>
+      <c r="E9" s="38"/>
+      <c r="F9" s="38"/>
+      <c r="G9" s="38"/>
+      <c r="H9" s="38"/>
+      <c r="I9" s="38"/>
+      <c r="J9" s="38"/>
+      <c r="K9" s="38"/>
+      <c r="L9" s="38"/>
+      <c r="M9" s="38"/>
+      <c r="N9" s="38"/>
+    </row>
+    <row r="10" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="38"/>
+      <c r="B10" s="41"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="38"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="38"/>
+      <c r="G10" s="38"/>
+      <c r="H10" s="38"/>
+      <c r="I10" s="38"/>
+      <c r="J10" s="38"/>
+      <c r="K10" s="38"/>
+      <c r="L10" s="38"/>
+      <c r="M10" s="38"/>
+      <c r="N10" s="38"/>
+    </row>
+    <row r="11" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="38"/>
+      <c r="B11" s="41"/>
+      <c r="C11" s="38"/>
+      <c r="D11" s="38"/>
+      <c r="E11" s="38"/>
+      <c r="F11" s="38"/>
+      <c r="G11" s="38"/>
+      <c r="H11" s="38"/>
+      <c r="I11" s="38"/>
+      <c r="J11" s="38"/>
+      <c r="K11" s="38"/>
+      <c r="L11" s="38"/>
+      <c r="M11" s="38"/>
+      <c r="N11" s="38"/>
+    </row>
+    <row r="12" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="38"/>
+      <c r="B12" s="41"/>
+      <c r="C12" s="38"/>
+      <c r="D12" s="38"/>
+      <c r="E12" s="38"/>
+      <c r="F12" s="38"/>
+      <c r="G12" s="38"/>
+      <c r="H12" s="38"/>
+      <c r="I12" s="38"/>
+      <c r="J12" s="38"/>
+      <c r="K12" s="38"/>
+      <c r="L12" s="38"/>
+      <c r="M12" s="38"/>
+      <c r="N12" s="38"/>
+    </row>
+    <row r="13" spans="1:14" s="35" customFormat="1" ht="13" x14ac:dyDescent="0.3">
+      <c r="A13" s="38"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="39"/>
+      <c r="F13" s="38"/>
+      <c r="G13" s="38"/>
+      <c r="H13" s="38"/>
+      <c r="I13" s="38"/>
+      <c r="J13" s="38"/>
+      <c r="K13" s="38"/>
+      <c r="L13" s="38"/>
+      <c r="M13" s="38"/>
+      <c r="N13" s="38"/>
+    </row>
+    <row r="14" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="38"/>
+      <c r="B14" s="41"/>
+      <c r="C14" s="38"/>
+      <c r="D14" s="38"/>
+      <c r="E14" s="38"/>
+      <c r="F14" s="38"/>
+      <c r="G14" s="38"/>
+      <c r="H14" s="38"/>
+      <c r="I14" s="38"/>
+      <c r="J14" s="38"/>
+      <c r="K14" s="38"/>
+      <c r="L14" s="38"/>
+      <c r="M14" s="38"/>
+      <c r="N14" s="38"/>
+    </row>
+    <row r="15" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="38"/>
+      <c r="B15" s="41"/>
+      <c r="C15" s="38"/>
+      <c r="D15" s="38"/>
+      <c r="E15" s="38"/>
+      <c r="F15" s="38"/>
+      <c r="G15" s="38"/>
+      <c r="H15" s="38"/>
+      <c r="I15" s="38"/>
+      <c r="J15" s="38"/>
+      <c r="K15" s="38"/>
+      <c r="L15" s="38"/>
+      <c r="M15" s="38"/>
+      <c r="N15" s="38"/>
+    </row>
+    <row r="16" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="38"/>
+      <c r="B16" s="41"/>
+      <c r="C16" s="38"/>
+      <c r="D16" s="38"/>
+      <c r="E16" s="40"/>
+      <c r="F16" s="38"/>
+      <c r="G16" s="38"/>
+      <c r="H16" s="38"/>
+      <c r="I16" s="38"/>
+      <c r="J16" s="38"/>
+      <c r="K16" s="38"/>
+      <c r="L16" s="38"/>
+      <c r="M16" s="38"/>
+      <c r="N16" s="38"/>
+    </row>
+    <row r="17" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="38"/>
+      <c r="B17" s="41"/>
+      <c r="C17" s="38"/>
+      <c r="D17" s="38"/>
+      <c r="E17" s="38"/>
+      <c r="F17" s="38"/>
+      <c r="G17" s="38"/>
+      <c r="H17" s="38"/>
+      <c r="I17" s="38"/>
+      <c r="J17" s="38"/>
+      <c r="K17" s="38"/>
+      <c r="L17" s="38"/>
+      <c r="M17" s="38"/>
+      <c r="N17" s="38"/>
+    </row>
+    <row r="18" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="38"/>
+      <c r="B18" s="41"/>
+      <c r="C18" s="38"/>
+      <c r="D18" s="38"/>
+      <c r="E18" s="38"/>
+      <c r="F18" s="38"/>
+      <c r="G18" s="38"/>
+      <c r="H18" s="38"/>
+      <c r="I18" s="38"/>
+      <c r="J18" s="38"/>
+      <c r="K18" s="38"/>
+      <c r="L18" s="38"/>
+      <c r="M18" s="38"/>
+      <c r="N18" s="38"/>
+    </row>
+    <row r="19" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="38"/>
+      <c r="B19" s="41"/>
+      <c r="C19" s="38"/>
+      <c r="D19" s="38"/>
+      <c r="E19" s="38"/>
+      <c r="F19" s="38"/>
+      <c r="G19" s="38"/>
+      <c r="H19" s="38"/>
+      <c r="I19" s="38"/>
+      <c r="J19" s="38"/>
+      <c r="K19" s="38"/>
+      <c r="L19" s="38"/>
+      <c r="M19" s="38"/>
+      <c r="N19" s="38"/>
+    </row>
+    <row r="20" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="38"/>
+      <c r="B20" s="41"/>
+      <c r="C20" s="38"/>
+      <c r="D20" s="38"/>
+      <c r="E20" s="38"/>
+      <c r="F20" s="38"/>
+      <c r="G20" s="38"/>
+      <c r="H20" s="38"/>
+      <c r="I20" s="38"/>
+      <c r="J20" s="38"/>
+      <c r="K20" s="38"/>
+      <c r="L20" s="38"/>
+      <c r="M20" s="38"/>
+      <c r="N20" s="38"/>
+    </row>
+    <row r="21" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="38"/>
+      <c r="B21" s="41"/>
+      <c r="C21" s="38"/>
+      <c r="D21" s="38"/>
+      <c r="E21" s="38"/>
+      <c r="F21" s="38"/>
+      <c r="G21" s="38"/>
+      <c r="H21" s="38"/>
+      <c r="I21" s="38"/>
+      <c r="J21" s="38"/>
+      <c r="K21" s="38"/>
+      <c r="L21" s="38"/>
+      <c r="M21" s="38"/>
+      <c r="N21" s="38"/>
+    </row>
+    <row r="22" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="38"/>
+      <c r="B22" s="41"/>
+      <c r="C22" s="38"/>
+      <c r="D22" s="38"/>
+      <c r="E22" s="38"/>
+      <c r="F22" s="38"/>
+      <c r="G22" s="38"/>
+      <c r="H22" s="38"/>
+      <c r="I22" s="38"/>
+      <c r="J22" s="38"/>
+      <c r="K22" s="38"/>
+      <c r="L22" s="38"/>
+      <c r="M22" s="38"/>
+      <c r="N22" s="38"/>
+    </row>
+    <row r="23" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="38"/>
+      <c r="B23" s="41"/>
+      <c r="C23" s="38"/>
+      <c r="D23" s="38"/>
+      <c r="E23" s="38"/>
+      <c r="F23" s="38"/>
+      <c r="G23" s="38"/>
+      <c r="H23" s="38"/>
+      <c r="I23" s="38"/>
+      <c r="J23" s="38"/>
+      <c r="K23" s="38"/>
+      <c r="L23" s="38"/>
+      <c r="M23" s="38"/>
+      <c r="N23" s="38"/>
+    </row>
+    <row r="24" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="38"/>
+      <c r="B24" s="41"/>
+      <c r="C24" s="38"/>
+      <c r="D24" s="38"/>
+      <c r="E24" s="38"/>
+      <c r="F24" s="38"/>
+      <c r="G24" s="38"/>
+      <c r="H24" s="38"/>
+      <c r="I24" s="38"/>
+      <c r="J24" s="38"/>
+      <c r="K24" s="38"/>
+      <c r="L24" s="38"/>
+      <c r="M24" s="38"/>
+      <c r="N24" s="38"/>
+    </row>
+    <row r="25" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="38"/>
+      <c r="B25" s="41"/>
+      <c r="C25" s="38"/>
+      <c r="D25" s="38"/>
+      <c r="E25" s="38"/>
+      <c r="F25" s="38"/>
+      <c r="G25" s="38"/>
+      <c r="H25" s="38"/>
+      <c r="I25" s="38"/>
+      <c r="J25" s="38"/>
+      <c r="K25" s="38"/>
+      <c r="L25" s="38"/>
+      <c r="M25" s="38"/>
+      <c r="N25" s="38"/>
+    </row>
+    <row r="26" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="38"/>
+      <c r="B26" s="41"/>
+      <c r="C26" s="38"/>
+      <c r="D26" s="38"/>
+      <c r="E26" s="38"/>
+      <c r="F26" s="38"/>
+      <c r="G26" s="38"/>
+      <c r="H26" s="38"/>
+      <c r="I26" s="38"/>
+      <c r="J26" s="38"/>
+      <c r="K26" s="38"/>
+      <c r="L26" s="38"/>
+      <c r="M26" s="38"/>
+      <c r="N26" s="38"/>
+    </row>
+    <row r="27" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="38"/>
+      <c r="B27" s="41"/>
+      <c r="C27" s="38"/>
+      <c r="D27" s="38"/>
+      <c r="E27" s="38"/>
+      <c r="F27" s="38"/>
+      <c r="G27" s="38"/>
+      <c r="H27" s="38"/>
+      <c r="I27" s="38"/>
+      <c r="J27" s="38"/>
+      <c r="K27" s="38"/>
+      <c r="L27" s="38"/>
+      <c r="M27" s="38"/>
+      <c r="N27" s="38"/>
+    </row>
+    <row r="28" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="38"/>
+      <c r="B28" s="41"/>
+      <c r="C28" s="38"/>
+      <c r="D28" s="38"/>
+      <c r="E28" s="38"/>
+      <c r="F28" s="38"/>
+      <c r="G28" s="38"/>
+      <c r="H28" s="38"/>
+      <c r="I28" s="38"/>
+      <c r="J28" s="38"/>
+      <c r="K28" s="38"/>
+      <c r="L28" s="38"/>
+      <c r="M28" s="38"/>
+      <c r="N28" s="38"/>
+    </row>
+    <row r="29" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A29" s="38"/>
+      <c r="B29" s="41"/>
+      <c r="C29" s="38"/>
+      <c r="D29" s="38"/>
+      <c r="E29" s="38"/>
+      <c r="F29" s="38"/>
+      <c r="G29" s="38"/>
+      <c r="H29" s="38"/>
+      <c r="I29" s="38"/>
+      <c r="J29" s="38"/>
+      <c r="K29" s="38"/>
+      <c r="L29" s="38"/>
+      <c r="M29" s="38"/>
+      <c r="N29" s="38"/>
+    </row>
+    <row r="30" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="38"/>
+      <c r="B30" s="41"/>
+      <c r="C30" s="38"/>
+      <c r="D30" s="38"/>
+      <c r="E30" s="38"/>
+      <c r="F30" s="38"/>
+      <c r="G30" s="38"/>
+      <c r="H30" s="38"/>
+      <c r="I30" s="38"/>
+      <c r="J30" s="38"/>
+      <c r="K30" s="38"/>
+      <c r="L30" s="38"/>
+      <c r="M30" s="38"/>
+      <c r="N30" s="38"/>
+    </row>
+    <row r="31" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="38"/>
+      <c r="B31" s="41"/>
+      <c r="C31" s="38"/>
+      <c r="D31" s="38"/>
+      <c r="E31" s="38"/>
+      <c r="F31" s="38"/>
+      <c r="G31" s="38"/>
+      <c r="H31" s="38"/>
+      <c r="I31" s="38"/>
+      <c r="J31" s="38"/>
+      <c r="K31" s="38"/>
+      <c r="L31" s="38"/>
+      <c r="M31" s="38"/>
+      <c r="N31" s="38"/>
+    </row>
+    <row r="32" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="38"/>
+      <c r="B32" s="41"/>
+      <c r="C32" s="38"/>
+      <c r="D32" s="38"/>
+      <c r="E32" s="38"/>
+      <c r="F32" s="38"/>
+      <c r="G32" s="38"/>
+      <c r="H32" s="38"/>
+      <c r="I32" s="38"/>
+      <c r="J32" s="38"/>
+      <c r="K32" s="38"/>
+      <c r="L32" s="38"/>
+      <c r="M32" s="38"/>
+      <c r="N32" s="38"/>
+    </row>
+    <row r="33" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="38"/>
+      <c r="B33" s="41"/>
+      <c r="C33" s="38"/>
+      <c r="D33" s="38"/>
+      <c r="E33" s="38"/>
+      <c r="F33" s="38"/>
+      <c r="G33" s="38"/>
+      <c r="H33" s="38"/>
+      <c r="I33" s="38"/>
+      <c r="J33" s="38"/>
+      <c r="K33" s="38"/>
+      <c r="L33" s="38"/>
+      <c r="M33" s="38"/>
+      <c r="N33" s="38"/>
+    </row>
+    <row r="34" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="38"/>
+      <c r="B34" s="41"/>
+      <c r="C34" s="38"/>
+      <c r="D34" s="38"/>
+      <c r="E34" s="38"/>
+      <c r="F34" s="38"/>
+      <c r="G34" s="38"/>
+      <c r="H34" s="38"/>
+      <c r="I34" s="38"/>
+      <c r="J34" s="38"/>
+      <c r="K34" s="38"/>
+      <c r="L34" s="38"/>
+      <c r="M34" s="38"/>
+      <c r="N34" s="38"/>
+    </row>
+    <row r="35" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="38"/>
+      <c r="B35" s="41"/>
+      <c r="C35" s="38"/>
+      <c r="D35" s="38"/>
+      <c r="E35" s="38"/>
+      <c r="F35" s="38"/>
+      <c r="G35" s="38"/>
+      <c r="H35" s="38"/>
+      <c r="I35" s="38"/>
+      <c r="J35" s="38"/>
+      <c r="K35" s="38"/>
+      <c r="L35" s="38"/>
+      <c r="M35" s="38"/>
+      <c r="N35" s="38"/>
+    </row>
+    <row r="36" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="38"/>
+      <c r="B36" s="41"/>
+      <c r="C36" s="38"/>
+      <c r="D36" s="38"/>
+      <c r="E36" s="38"/>
+      <c r="F36" s="38"/>
+      <c r="G36" s="38"/>
+      <c r="H36" s="38"/>
+      <c r="I36" s="38"/>
+      <c r="J36" s="38"/>
+      <c r="K36" s="38"/>
+      <c r="L36" s="38"/>
+      <c r="M36" s="38"/>
+      <c r="N36" s="38"/>
+    </row>
+    <row r="37" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="38"/>
+      <c r="B37" s="41"/>
+      <c r="C37" s="38"/>
+      <c r="D37" s="38"/>
+      <c r="E37" s="38"/>
+      <c r="F37" s="38"/>
+      <c r="G37" s="38"/>
+      <c r="H37" s="38"/>
+      <c r="I37" s="38"/>
+      <c r="J37" s="38"/>
+      <c r="K37" s="38"/>
+      <c r="L37" s="38"/>
+      <c r="M37" s="38"/>
+      <c r="N37" s="38"/>
+    </row>
+    <row r="38" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="38"/>
+      <c r="B38" s="41"/>
+      <c r="C38" s="38"/>
+      <c r="D38" s="38"/>
+      <c r="E38" s="38"/>
+      <c r="F38" s="38"/>
+      <c r="G38" s="38"/>
+      <c r="H38" s="38"/>
+      <c r="I38" s="38"/>
+      <c r="J38" s="38"/>
+      <c r="K38" s="38"/>
+      <c r="L38" s="38"/>
+      <c r="M38" s="38"/>
+      <c r="N38" s="38"/>
+    </row>
+    <row r="39" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="38"/>
+      <c r="B39" s="41"/>
+      <c r="C39" s="38"/>
+      <c r="D39" s="38"/>
+      <c r="E39" s="38"/>
+      <c r="F39" s="38"/>
+      <c r="G39" s="38"/>
+      <c r="H39" s="38"/>
+      <c r="I39" s="38"/>
+      <c r="J39" s="38"/>
+      <c r="K39" s="38"/>
+      <c r="L39" s="38"/>
+      <c r="M39" s="38"/>
+      <c r="N39" s="38"/>
+    </row>
+    <row r="40" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="38"/>
+      <c r="B40" s="41"/>
+      <c r="C40" s="38"/>
+      <c r="D40" s="38"/>
+      <c r="E40" s="38"/>
+      <c r="F40" s="38"/>
+      <c r="G40" s="38"/>
+      <c r="H40" s="38"/>
+      <c r="I40" s="38"/>
+      <c r="J40" s="38"/>
+      <c r="K40" s="38"/>
+      <c r="L40" s="38"/>
+      <c r="M40" s="38"/>
+      <c r="N40" s="38"/>
+    </row>
+    <row r="41" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="38"/>
+      <c r="B41" s="41"/>
+      <c r="C41" s="38"/>
+      <c r="D41" s="38"/>
+      <c r="E41" s="38"/>
+      <c r="F41" s="38"/>
+      <c r="G41" s="38"/>
+      <c r="H41" s="38"/>
+      <c r="I41" s="38"/>
+      <c r="J41" s="38"/>
+      <c r="K41" s="38"/>
+      <c r="L41" s="38"/>
+      <c r="M41" s="38"/>
+      <c r="N41" s="38"/>
+    </row>
+    <row r="42" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A42" s="38"/>
+      <c r="B42" s="41"/>
+      <c r="C42" s="38"/>
+      <c r="D42" s="38"/>
+      <c r="E42" s="38"/>
+      <c r="F42" s="38"/>
+      <c r="G42" s="38"/>
+      <c r="H42" s="38"/>
+      <c r="I42" s="38"/>
+      <c r="J42" s="38"/>
+      <c r="K42" s="38"/>
+      <c r="L42" s="38"/>
+      <c r="M42" s="38"/>
+      <c r="N42" s="38"/>
+    </row>
+    <row r="43" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="38"/>
+      <c r="B43" s="41"/>
+      <c r="C43" s="38"/>
+      <c r="D43" s="38"/>
+      <c r="E43" s="38"/>
+      <c r="F43" s="38"/>
+      <c r="G43" s="38"/>
+      <c r="H43" s="38"/>
+      <c r="I43" s="38"/>
+      <c r="J43" s="38"/>
+      <c r="K43" s="38"/>
+      <c r="L43" s="38"/>
+      <c r="M43" s="38"/>
+      <c r="N43" s="38"/>
+    </row>
+    <row r="44" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="38"/>
+      <c r="B44" s="41"/>
+      <c r="C44" s="38"/>
+      <c r="D44" s="38"/>
+      <c r="E44" s="38"/>
+      <c r="F44" s="38"/>
+      <c r="G44" s="38"/>
+      <c r="H44" s="38"/>
+      <c r="I44" s="38"/>
+      <c r="J44" s="38"/>
+      <c r="K44" s="38"/>
+      <c r="L44" s="38"/>
+      <c r="M44" s="38"/>
+      <c r="N44" s="38"/>
+    </row>
+    <row r="45" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="38"/>
+      <c r="B45" s="41"/>
+      <c r="C45" s="38"/>
+      <c r="D45" s="38"/>
+      <c r="E45" s="38"/>
+      <c r="F45" s="38"/>
+      <c r="G45" s="38"/>
+      <c r="H45" s="38"/>
+      <c r="I45" s="38"/>
+      <c r="J45" s="38"/>
+      <c r="K45" s="38"/>
+      <c r="L45" s="38"/>
+      <c r="M45" s="38"/>
+      <c r="N45" s="38"/>
+    </row>
+    <row r="46" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="38"/>
+      <c r="B46" s="41"/>
+      <c r="C46" s="38"/>
+      <c r="D46" s="38"/>
+      <c r="E46" s="38"/>
+      <c r="F46" s="38"/>
+      <c r="G46" s="38"/>
+      <c r="H46" s="38"/>
+      <c r="I46" s="38"/>
+      <c r="J46" s="38"/>
+      <c r="K46" s="38"/>
+      <c r="L46" s="38"/>
+      <c r="M46" s="38"/>
+      <c r="N46" s="38"/>
+    </row>
+    <row r="47" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="38"/>
+      <c r="B47" s="41"/>
+      <c r="C47" s="38"/>
+      <c r="D47" s="38"/>
+      <c r="E47" s="38"/>
+      <c r="F47" s="38"/>
+      <c r="G47" s="38"/>
+      <c r="H47" s="38"/>
+      <c r="I47" s="38"/>
+      <c r="J47" s="38"/>
+      <c r="K47" s="38"/>
+      <c r="L47" s="38"/>
+      <c r="M47" s="38"/>
+      <c r="N47" s="38"/>
+    </row>
+    <row r="48" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="38"/>
+      <c r="B48" s="41"/>
+      <c r="C48" s="38"/>
+      <c r="D48" s="38"/>
+      <c r="E48" s="38"/>
+      <c r="F48" s="38"/>
+      <c r="G48" s="38"/>
+      <c r="H48" s="38"/>
+      <c r="I48" s="38"/>
+      <c r="J48" s="38"/>
+      <c r="K48" s="38"/>
+      <c r="L48" s="38"/>
+      <c r="M48" s="38"/>
+      <c r="N48" s="38"/>
+    </row>
+    <row r="49" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="38"/>
+      <c r="B49" s="41"/>
+      <c r="C49" s="38"/>
+      <c r="D49" s="38"/>
+      <c r="E49" s="38"/>
+      <c r="F49" s="38"/>
+      <c r="G49" s="38"/>
+      <c r="H49" s="38"/>
+      <c r="I49" s="38"/>
+      <c r="J49" s="38"/>
+      <c r="K49" s="38"/>
+      <c r="L49" s="38"/>
+      <c r="M49" s="38"/>
+      <c r="N49" s="38"/>
+    </row>
+    <row r="50" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A50" s="38"/>
+      <c r="B50" s="41"/>
+      <c r="C50" s="38"/>
+      <c r="D50" s="38"/>
+      <c r="E50" s="38"/>
+      <c r="F50" s="38"/>
+      <c r="G50" s="38"/>
+      <c r="H50" s="38"/>
+      <c r="I50" s="38"/>
+      <c r="J50" s="38"/>
+      <c r="K50" s="38"/>
+      <c r="L50" s="38"/>
+      <c r="M50" s="38"/>
+      <c r="N50" s="38"/>
+    </row>
+    <row r="51" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="38"/>
+      <c r="B51" s="41"/>
+      <c r="C51" s="38"/>
+      <c r="D51" s="38"/>
+      <c r="E51" s="38"/>
+      <c r="F51" s="38"/>
+      <c r="G51" s="38"/>
+      <c r="H51" s="38"/>
+      <c r="I51" s="38"/>
+      <c r="J51" s="38"/>
+      <c r="K51" s="38"/>
+      <c r="L51" s="38"/>
+      <c r="M51" s="38"/>
+      <c r="N51" s="38"/>
+    </row>
+    <row r="52" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="38"/>
+      <c r="B52" s="41"/>
+      <c r="C52" s="38"/>
+      <c r="D52" s="38"/>
+      <c r="E52" s="38"/>
+      <c r="F52" s="38"/>
+      <c r="G52" s="38"/>
+      <c r="H52" s="38"/>
+      <c r="I52" s="38"/>
+      <c r="J52" s="38"/>
+      <c r="K52" s="38"/>
+      <c r="L52" s="38"/>
+      <c r="M52" s="38"/>
+      <c r="N52" s="38"/>
+    </row>
+    <row r="53" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="38"/>
+      <c r="B53" s="41"/>
+      <c r="C53" s="38"/>
+      <c r="D53" s="38"/>
+      <c r="E53" s="38"/>
+      <c r="F53" s="38"/>
+      <c r="G53" s="38"/>
+      <c r="H53" s="38"/>
+      <c r="I53" s="38"/>
+      <c r="J53" s="38"/>
+      <c r="K53" s="38"/>
+      <c r="L53" s="38"/>
+      <c r="M53" s="38"/>
+      <c r="N53" s="38"/>
+    </row>
+    <row r="54" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="38"/>
+      <c r="B54" s="41"/>
+      <c r="C54" s="38"/>
+      <c r="D54" s="38"/>
+      <c r="E54" s="38"/>
+      <c r="F54" s="38"/>
+      <c r="G54" s="38"/>
+      <c r="H54" s="38"/>
+      <c r="I54" s="38"/>
+      <c r="J54" s="38"/>
+      <c r="K54" s="38"/>
+      <c r="L54" s="38"/>
+      <c r="M54" s="38"/>
+      <c r="N54" s="38"/>
+    </row>
+    <row r="55" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A55" s="38"/>
+      <c r="B55" s="41"/>
+      <c r="C55" s="38"/>
+      <c r="D55" s="38"/>
+      <c r="E55" s="38"/>
+      <c r="F55" s="38"/>
+      <c r="G55" s="38"/>
+      <c r="H55" s="38"/>
+      <c r="I55" s="38"/>
+      <c r="J55" s="38"/>
+      <c r="K55" s="38"/>
+      <c r="L55" s="38"/>
+      <c r="M55" s="38"/>
+      <c r="N55" s="38"/>
+    </row>
+    <row r="56" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A56" s="38"/>
+      <c r="B56" s="41"/>
+      <c r="C56" s="38"/>
+      <c r="D56" s="38"/>
+      <c r="E56" s="38"/>
+      <c r="F56" s="38"/>
+      <c r="G56" s="38"/>
+      <c r="H56" s="38"/>
+      <c r="I56" s="38"/>
+      <c r="J56" s="38"/>
+      <c r="K56" s="38"/>
+      <c r="L56" s="38"/>
+      <c r="M56" s="38"/>
+      <c r="N56" s="38"/>
+    </row>
+    <row r="57" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A57" s="38"/>
+      <c r="B57" s="41"/>
+      <c r="C57" s="38"/>
+      <c r="D57" s="38"/>
+      <c r="E57" s="38"/>
+      <c r="F57" s="38"/>
+      <c r="G57" s="38"/>
+      <c r="H57" s="38"/>
+      <c r="I57" s="38"/>
+      <c r="J57" s="38"/>
+      <c r="K57" s="38"/>
+      <c r="L57" s="38"/>
+      <c r="M57" s="38"/>
+      <c r="N57" s="38"/>
+    </row>
+    <row r="58" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A58" s="38"/>
+      <c r="B58" s="41"/>
+      <c r="C58" s="38"/>
+      <c r="D58" s="38"/>
+      <c r="E58" s="38"/>
+      <c r="F58" s="38"/>
+      <c r="G58" s="38"/>
+      <c r="H58" s="38"/>
+      <c r="I58" s="38"/>
+      <c r="J58" s="38"/>
+      <c r="K58" s="38"/>
+      <c r="L58" s="38"/>
+      <c r="M58" s="38"/>
+      <c r="N58" s="38"/>
+    </row>
+    <row r="59" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="38"/>
+      <c r="B59" s="41"/>
+      <c r="C59" s="38"/>
+      <c r="D59" s="38"/>
+      <c r="E59" s="38"/>
+      <c r="F59" s="38"/>
+      <c r="G59" s="38"/>
+      <c r="H59" s="38"/>
+      <c r="I59" s="38"/>
+      <c r="J59" s="38"/>
+      <c r="K59" s="38"/>
+      <c r="L59" s="38"/>
+      <c r="M59" s="38"/>
+      <c r="N59" s="38"/>
+    </row>
+    <row r="60" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="38"/>
+      <c r="B60" s="41"/>
+      <c r="C60" s="38"/>
+      <c r="D60" s="38"/>
+      <c r="E60" s="38"/>
+      <c r="F60" s="38"/>
+      <c r="G60" s="38"/>
+      <c r="H60" s="38"/>
+      <c r="I60" s="38"/>
+      <c r="J60" s="38"/>
+      <c r="K60" s="38"/>
+      <c r="L60" s="38"/>
+      <c r="M60" s="38"/>
+      <c r="N60" s="38"/>
+    </row>
+    <row r="61" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="38"/>
+      <c r="B61" s="41"/>
+      <c r="C61" s="38"/>
+      <c r="D61" s="38"/>
+      <c r="E61" s="38"/>
+      <c r="F61" s="38"/>
+      <c r="G61" s="38"/>
+      <c r="H61" s="38"/>
+      <c r="I61" s="38"/>
+      <c r="J61" s="38"/>
+      <c r="K61" s="38"/>
+      <c r="L61" s="38"/>
+      <c r="M61" s="38"/>
+      <c r="N61" s="38"/>
+    </row>
+    <row r="62" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A62" s="38"/>
+      <c r="B62" s="41"/>
+      <c r="C62" s="38"/>
+      <c r="D62" s="38"/>
+      <c r="E62" s="38"/>
+      <c r="F62" s="38"/>
+      <c r="G62" s="38"/>
+      <c r="H62" s="38"/>
+      <c r="I62" s="38"/>
+      <c r="J62" s="38"/>
+      <c r="K62" s="38"/>
+      <c r="L62" s="38"/>
+      <c r="M62" s="38"/>
+      <c r="N62" s="38"/>
+    </row>
+    <row r="63" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="38"/>
+      <c r="B63" s="41"/>
+      <c r="C63" s="38"/>
+      <c r="D63" s="38"/>
+      <c r="E63" s="38"/>
+      <c r="F63" s="38"/>
+      <c r="G63" s="38"/>
+      <c r="H63" s="38"/>
+      <c r="I63" s="38"/>
+      <c r="J63" s="38"/>
+      <c r="K63" s="38"/>
+      <c r="L63" s="38"/>
+      <c r="M63" s="38"/>
+      <c r="N63" s="38"/>
+    </row>
+    <row r="64" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A64" s="38"/>
+      <c r="B64" s="41"/>
+      <c r="C64" s="38"/>
+      <c r="D64" s="38"/>
+      <c r="E64" s="38"/>
+      <c r="F64" s="38"/>
+      <c r="G64" s="38"/>
+      <c r="H64" s="38"/>
+      <c r="I64" s="38"/>
+      <c r="J64" s="38"/>
+      <c r="K64" s="38"/>
+      <c r="L64" s="38"/>
+      <c r="M64" s="38"/>
+      <c r="N64" s="38"/>
+    </row>
+    <row r="65" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A65" s="38"/>
+      <c r="B65" s="41"/>
+      <c r="C65" s="38"/>
+      <c r="D65" s="38"/>
+      <c r="E65" s="38"/>
+      <c r="F65" s="38"/>
+      <c r="G65" s="38"/>
+      <c r="H65" s="38"/>
+      <c r="I65" s="38"/>
+      <c r="J65" s="38"/>
+      <c r="K65" s="38"/>
+      <c r="L65" s="38"/>
+      <c r="M65" s="38"/>
+      <c r="N65" s="38"/>
+    </row>
+    <row r="66" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="38"/>
+      <c r="B66" s="41"/>
+      <c r="C66" s="38"/>
+      <c r="D66" s="38"/>
+      <c r="E66" s="38"/>
+      <c r="F66" s="38"/>
+      <c r="G66" s="38"/>
+      <c r="H66" s="38"/>
+      <c r="I66" s="38"/>
+      <c r="J66" s="38"/>
+      <c r="K66" s="38"/>
+      <c r="L66" s="38"/>
+      <c r="M66" s="38"/>
+      <c r="N66" s="38"/>
+    </row>
+    <row r="67" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A67" s="38"/>
+      <c r="B67" s="41"/>
+      <c r="C67" s="38"/>
+      <c r="D67" s="38"/>
+      <c r="E67" s="38"/>
+      <c r="F67" s="38"/>
+      <c r="G67" s="38"/>
+      <c r="H67" s="38"/>
+      <c r="I67" s="38"/>
+      <c r="J67" s="38"/>
+      <c r="K67" s="38"/>
+      <c r="L67" s="38"/>
+      <c r="M67" s="38"/>
+      <c r="N67" s="38"/>
+    </row>
+    <row r="68" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A68" s="38"/>
+      <c r="B68" s="41"/>
+      <c r="C68" s="38"/>
+      <c r="D68" s="38"/>
+      <c r="E68" s="38"/>
+      <c r="F68" s="38"/>
+      <c r="G68" s="38"/>
+      <c r="H68" s="38"/>
+      <c r="I68" s="38"/>
+      <c r="J68" s="38"/>
+      <c r="K68" s="38"/>
+      <c r="L68" s="38"/>
+      <c r="M68" s="38"/>
+      <c r="N68" s="38"/>
+    </row>
+    <row r="69" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A69" s="38"/>
+      <c r="B69" s="41"/>
+      <c r="C69" s="38"/>
+      <c r="D69" s="38"/>
+      <c r="E69" s="38"/>
+      <c r="F69" s="38"/>
+      <c r="G69" s="38"/>
+      <c r="H69" s="38"/>
+      <c r="I69" s="38"/>
+      <c r="J69" s="38"/>
+      <c r="K69" s="38"/>
+      <c r="L69" s="38"/>
+      <c r="M69" s="38"/>
+      <c r="N69" s="38"/>
+    </row>
+    <row r="70" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A70" s="38"/>
+      <c r="B70" s="41"/>
+      <c r="C70" s="38"/>
+      <c r="D70" s="38"/>
+      <c r="E70" s="38"/>
+      <c r="F70" s="38"/>
+      <c r="G70" s="38"/>
+      <c r="H70" s="38"/>
+      <c r="I70" s="38"/>
+      <c r="J70" s="38"/>
+      <c r="K70" s="38"/>
+      <c r="L70" s="38"/>
+      <c r="M70" s="38"/>
+      <c r="N70" s="38"/>
+    </row>
+    <row r="71" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="38"/>
+      <c r="B71" s="41"/>
+      <c r="C71" s="38"/>
+      <c r="D71" s="38"/>
+      <c r="E71" s="38"/>
+      <c r="F71" s="38"/>
+      <c r="G71" s="38"/>
+      <c r="H71" s="38"/>
+      <c r="I71" s="38"/>
+      <c r="J71" s="38"/>
+      <c r="K71" s="38"/>
+      <c r="L71" s="38"/>
+      <c r="M71" s="38"/>
+      <c r="N71" s="38"/>
+    </row>
+    <row r="72" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="38"/>
+      <c r="B72" s="41"/>
+      <c r="C72" s="38"/>
+      <c r="D72" s="38"/>
+      <c r="E72" s="38"/>
+      <c r="F72" s="38"/>
+      <c r="G72" s="38"/>
+      <c r="H72" s="38"/>
+      <c r="I72" s="38"/>
+      <c r="J72" s="38"/>
+      <c r="K72" s="38"/>
+      <c r="L72" s="38"/>
+      <c r="M72" s="38"/>
+      <c r="N72" s="38"/>
+    </row>
+    <row r="73" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A73" s="38"/>
+      <c r="B73" s="41"/>
+      <c r="C73" s="38"/>
+      <c r="D73" s="38"/>
+      <c r="E73" s="38"/>
+      <c r="F73" s="38"/>
+      <c r="G73" s="38"/>
+      <c r="H73" s="38"/>
+      <c r="I73" s="38"/>
+      <c r="J73" s="38"/>
+      <c r="K73" s="38"/>
+      <c r="L73" s="38"/>
+      <c r="M73" s="38"/>
+      <c r="N73" s="38"/>
+    </row>
+    <row r="74" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A74" s="38"/>
+      <c r="B74" s="41"/>
+      <c r="C74" s="38"/>
+      <c r="D74" s="38"/>
+      <c r="E74" s="38"/>
+      <c r="F74" s="38"/>
+      <c r="G74" s="38"/>
+      <c r="H74" s="38"/>
+      <c r="I74" s="38"/>
+      <c r="J74" s="38"/>
+      <c r="K74" s="38"/>
+      <c r="L74" s="38"/>
+      <c r="M74" s="38"/>
+      <c r="N74" s="38"/>
+    </row>
+    <row r="75" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A75" s="38"/>
+      <c r="B75" s="41"/>
+      <c r="C75" s="38"/>
+      <c r="D75" s="38"/>
+      <c r="E75" s="38"/>
+      <c r="F75" s="38"/>
+      <c r="G75" s="38"/>
+      <c r="H75" s="38"/>
+      <c r="I75" s="38"/>
+      <c r="J75" s="38"/>
+      <c r="K75" s="38"/>
+      <c r="L75" s="38"/>
+      <c r="M75" s="38"/>
+      <c r="N75" s="38"/>
+    </row>
+    <row r="76" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A76" s="38"/>
+      <c r="B76" s="41"/>
+      <c r="C76" s="38"/>
+      <c r="D76" s="38"/>
+      <c r="E76" s="38"/>
+      <c r="F76" s="38"/>
+      <c r="G76" s="38"/>
+      <c r="H76" s="38"/>
+      <c r="I76" s="38"/>
+      <c r="J76" s="38"/>
+      <c r="K76" s="38"/>
+      <c r="L76" s="38"/>
+      <c r="M76" s="38"/>
+      <c r="N76" s="38"/>
+    </row>
+    <row r="77" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A77" s="38"/>
+      <c r="B77" s="41"/>
+      <c r="C77" s="38"/>
+      <c r="D77" s="38"/>
+      <c r="E77" s="38"/>
+      <c r="F77" s="38"/>
+      <c r="G77" s="38"/>
+      <c r="H77" s="38"/>
+      <c r="I77" s="38"/>
+      <c r="J77" s="38"/>
+      <c r="K77" s="38"/>
+      <c r="L77" s="38"/>
+      <c r="M77" s="38"/>
+      <c r="N77" s="38"/>
+    </row>
+    <row r="78" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="38"/>
+      <c r="B78" s="41"/>
+      <c r="C78" s="38"/>
+      <c r="D78" s="38"/>
+      <c r="E78" s="38"/>
+      <c r="F78" s="38"/>
+      <c r="G78" s="38"/>
+      <c r="H78" s="38"/>
+      <c r="I78" s="38"/>
+      <c r="J78" s="38"/>
+      <c r="K78" s="38"/>
+      <c r="L78" s="38"/>
+      <c r="M78" s="38"/>
+      <c r="N78" s="38"/>
+    </row>
+    <row r="79" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A79" s="38"/>
+      <c r="B79" s="41"/>
+      <c r="C79" s="38"/>
+      <c r="D79" s="38"/>
+      <c r="E79" s="38"/>
+      <c r="F79" s="38"/>
+      <c r="G79" s="38"/>
+      <c r="H79" s="38"/>
+      <c r="I79" s="38"/>
+      <c r="J79" s="38"/>
+      <c r="K79" s="38"/>
+      <c r="L79" s="38"/>
+      <c r="M79" s="38"/>
+      <c r="N79" s="38"/>
+    </row>
+    <row r="80" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A80" s="38"/>
+      <c r="B80" s="41"/>
+      <c r="C80" s="38"/>
+      <c r="D80" s="38"/>
+      <c r="E80" s="38"/>
+      <c r="F80" s="38"/>
+      <c r="G80" s="38"/>
+      <c r="H80" s="38"/>
+      <c r="I80" s="38"/>
+      <c r="J80" s="38"/>
+      <c r="K80" s="38"/>
+      <c r="L80" s="38"/>
+      <c r="M80" s="38"/>
+      <c r="N80" s="38"/>
+    </row>
+    <row r="81" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A81" s="38"/>
+      <c r="B81" s="41"/>
+      <c r="C81" s="38"/>
+      <c r="D81" s="38"/>
+      <c r="E81" s="38"/>
+      <c r="F81" s="38"/>
+      <c r="G81" s="38"/>
+      <c r="H81" s="38"/>
+      <c r="I81" s="38"/>
+      <c r="J81" s="38"/>
+      <c r="K81" s="38"/>
+      <c r="L81" s="38"/>
+      <c r="M81" s="38"/>
+      <c r="N81" s="38"/>
+    </row>
+    <row r="82" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A82" s="38"/>
+      <c r="B82" s="41"/>
+      <c r="C82" s="38"/>
+      <c r="D82" s="38"/>
+      <c r="E82" s="38"/>
+      <c r="F82" s="38"/>
+      <c r="G82" s="38"/>
+      <c r="H82" s="38"/>
+      <c r="I82" s="38"/>
+      <c r="J82" s="38"/>
+      <c r="K82" s="38"/>
+      <c r="L82" s="38"/>
+      <c r="M82" s="38"/>
+      <c r="N82" s="38"/>
+    </row>
+    <row r="83" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A83" s="38"/>
+      <c r="B83" s="41"/>
+      <c r="C83" s="38"/>
+      <c r="D83" s="38"/>
+      <c r="E83" s="38"/>
+      <c r="F83" s="38"/>
+      <c r="G83" s="38"/>
+      <c r="H83" s="38"/>
+      <c r="I83" s="38"/>
+      <c r="J83" s="38"/>
+      <c r="K83" s="38"/>
+      <c r="L83" s="38"/>
+      <c r="M83" s="38"/>
+      <c r="N83" s="38"/>
+    </row>
+    <row r="84" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A84" s="38"/>
+      <c r="B84" s="41"/>
+      <c r="C84" s="38"/>
+      <c r="D84" s="38"/>
+      <c r="E84" s="38"/>
+      <c r="F84" s="38"/>
+      <c r="G84" s="38"/>
+      <c r="H84" s="38"/>
+      <c r="I84" s="38"/>
+      <c r="J84" s="38"/>
+      <c r="K84" s="38"/>
+      <c r="L84" s="38"/>
+      <c r="M84" s="38"/>
+      <c r="N84" s="38"/>
+    </row>
+    <row r="85" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A85" s="38"/>
+      <c r="B85" s="41"/>
+      <c r="C85" s="38"/>
+      <c r="D85" s="38"/>
+      <c r="E85" s="38"/>
+      <c r="F85" s="38"/>
+      <c r="G85" s="38"/>
+      <c r="H85" s="38"/>
+      <c r="I85" s="38"/>
+      <c r="J85" s="38"/>
+      <c r="K85" s="38"/>
+      <c r="L85" s="38"/>
+      <c r="M85" s="38"/>
+      <c r="N85" s="38"/>
+    </row>
+    <row r="86" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A86" s="38"/>
+      <c r="B86" s="41"/>
+      <c r="C86" s="38"/>
+      <c r="D86" s="38"/>
+      <c r="E86" s="38"/>
+      <c r="F86" s="38"/>
+      <c r="G86" s="38"/>
+      <c r="H86" s="38"/>
+      <c r="I86" s="38"/>
+      <c r="J86" s="38"/>
+      <c r="K86" s="38"/>
+      <c r="L86" s="38"/>
+      <c r="M86" s="38"/>
+      <c r="N86" s="38"/>
+    </row>
+    <row r="87" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A87" s="38"/>
+      <c r="B87" s="41"/>
+      <c r="C87" s="38"/>
+      <c r="D87" s="38"/>
+      <c r="E87" s="38"/>
+      <c r="F87" s="38"/>
+      <c r="G87" s="38"/>
+      <c r="H87" s="38"/>
+      <c r="I87" s="38"/>
+      <c r="J87" s="38"/>
+      <c r="K87" s="38"/>
+      <c r="L87" s="38"/>
+      <c r="M87" s="38"/>
+      <c r="N87" s="38"/>
+    </row>
+    <row r="88" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A88" s="38"/>
+      <c r="B88" s="41"/>
+      <c r="C88" s="38"/>
+      <c r="D88" s="38"/>
+      <c r="E88" s="38"/>
+      <c r="F88" s="38"/>
+      <c r="G88" s="38"/>
+      <c r="H88" s="38"/>
+      <c r="I88" s="38"/>
+      <c r="J88" s="38"/>
+      <c r="K88" s="38"/>
+      <c r="L88" s="38"/>
+      <c r="M88" s="38"/>
+      <c r="N88" s="38"/>
+    </row>
+    <row r="89" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A89" s="38"/>
+      <c r="B89" s="41"/>
+      <c r="C89" s="38"/>
+      <c r="D89" s="38"/>
+      <c r="E89" s="38"/>
+      <c r="F89" s="38"/>
+      <c r="G89" s="38"/>
+      <c r="H89" s="38"/>
+      <c r="I89" s="38"/>
+      <c r="J89" s="38"/>
+      <c r="K89" s="38"/>
+      <c r="L89" s="38"/>
+      <c r="M89" s="38"/>
+      <c r="N89" s="38"/>
+    </row>
+    <row r="90" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="38"/>
+      <c r="B90" s="41"/>
+      <c r="C90" s="38"/>
+      <c r="D90" s="38"/>
+      <c r="E90" s="38"/>
+      <c r="F90" s="38"/>
+      <c r="G90" s="38"/>
+      <c r="H90" s="38"/>
+      <c r="I90" s="38"/>
+      <c r="J90" s="38"/>
+      <c r="K90" s="38"/>
+      <c r="L90" s="38"/>
+      <c r="M90" s="38"/>
+      <c r="N90" s="38"/>
+    </row>
+    <row r="91" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A91" s="38"/>
+      <c r="B91" s="41"/>
+      <c r="C91" s="38"/>
+      <c r="D91" s="38"/>
+      <c r="E91" s="38"/>
+      <c r="F91" s="38"/>
+      <c r="G91" s="38"/>
+      <c r="H91" s="38"/>
+      <c r="I91" s="38"/>
+      <c r="J91" s="38"/>
+      <c r="K91" s="38"/>
+      <c r="L91" s="38"/>
+      <c r="M91" s="38"/>
+      <c r="N91" s="38"/>
+    </row>
+    <row r="92" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A92" s="38"/>
+      <c r="B92" s="41"/>
+      <c r="C92" s="38"/>
+      <c r="D92" s="38"/>
+      <c r="E92" s="38"/>
+      <c r="F92" s="38"/>
+      <c r="G92" s="38"/>
+      <c r="H92" s="38"/>
+      <c r="I92" s="38"/>
+      <c r="J92" s="38"/>
+      <c r="K92" s="38"/>
+      <c r="L92" s="38"/>
+      <c r="M92" s="38"/>
+      <c r="N92" s="38"/>
+    </row>
+    <row r="93" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A93" s="38"/>
+      <c r="B93" s="41"/>
+      <c r="C93" s="38"/>
+      <c r="D93" s="38"/>
+      <c r="E93" s="38"/>
+      <c r="F93" s="38"/>
+      <c r="G93" s="38"/>
+      <c r="H93" s="38"/>
+      <c r="I93" s="38"/>
+      <c r="J93" s="38"/>
+      <c r="K93" s="38"/>
+      <c r="L93" s="38"/>
+      <c r="M93" s="38"/>
+      <c r="N93" s="38"/>
+    </row>
+    <row r="94" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="38"/>
+      <c r="B94" s="41"/>
+      <c r="C94" s="38"/>
+      <c r="D94" s="38"/>
+      <c r="E94" s="38"/>
+      <c r="F94" s="38"/>
+      <c r="G94" s="38"/>
+      <c r="H94" s="38"/>
+      <c r="I94" s="38"/>
+      <c r="J94" s="38"/>
+      <c r="K94" s="38"/>
+      <c r="L94" s="38"/>
+      <c r="M94" s="38"/>
+      <c r="N94" s="38"/>
+    </row>
+    <row r="95" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="38"/>
+      <c r="B95" s="41"/>
+      <c r="C95" s="38"/>
+      <c r="D95" s="38"/>
+      <c r="E95" s="38"/>
+      <c r="F95" s="38"/>
+      <c r="G95" s="38"/>
+      <c r="H95" s="38"/>
+      <c r="I95" s="38"/>
+      <c r="J95" s="38"/>
+      <c r="K95" s="38"/>
+      <c r="L95" s="38"/>
+      <c r="M95" s="38"/>
+      <c r="N95" s="38"/>
+    </row>
+    <row r="96" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="38"/>
+      <c r="B96" s="41"/>
+      <c r="C96" s="38"/>
+      <c r="D96" s="38"/>
+      <c r="E96" s="38"/>
+      <c r="F96" s="38"/>
+      <c r="G96" s="38"/>
+      <c r="H96" s="38"/>
+      <c r="I96" s="38"/>
+      <c r="J96" s="38"/>
+      <c r="K96" s="38"/>
+      <c r="L96" s="38"/>
+      <c r="M96" s="38"/>
+      <c r="N96" s="38"/>
+    </row>
+    <row r="97" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="38"/>
+      <c r="B97" s="41"/>
+      <c r="C97" s="38"/>
+      <c r="D97" s="38"/>
+      <c r="E97" s="38"/>
+      <c r="F97" s="38"/>
+      <c r="G97" s="38"/>
+      <c r="H97" s="38"/>
+      <c r="I97" s="38"/>
+      <c r="J97" s="38"/>
+      <c r="K97" s="38"/>
+      <c r="L97" s="38"/>
+      <c r="M97" s="38"/>
+      <c r="N97" s="38"/>
+    </row>
+    <row r="98" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A98" s="38"/>
+      <c r="B98" s="41"/>
+      <c r="C98" s="38"/>
+      <c r="D98" s="38"/>
+      <c r="E98" s="38"/>
+      <c r="F98" s="38"/>
+      <c r="G98" s="38"/>
+      <c r="H98" s="38"/>
+      <c r="I98" s="38"/>
+      <c r="J98" s="38"/>
+      <c r="K98" s="38"/>
+      <c r="L98" s="38"/>
+      <c r="M98" s="38"/>
+      <c r="N98" s="38"/>
+    </row>
+    <row r="99" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A99" s="38"/>
+      <c r="B99" s="41"/>
+      <c r="C99" s="38"/>
+      <c r="D99" s="38"/>
+      <c r="E99" s="38"/>
+      <c r="F99" s="38"/>
+      <c r="G99" s="38"/>
+      <c r="H99" s="38"/>
+      <c r="I99" s="38"/>
+      <c r="J99" s="38"/>
+      <c r="K99" s="38"/>
+      <c r="L99" s="38"/>
+      <c r="M99" s="38"/>
+      <c r="N99" s="38"/>
+    </row>
+    <row r="100" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="38"/>
+      <c r="B100" s="41"/>
+      <c r="C100" s="38"/>
+      <c r="D100" s="38"/>
+      <c r="E100" s="38"/>
+      <c r="F100" s="38"/>
+      <c r="G100" s="38"/>
+      <c r="H100" s="38"/>
+      <c r="I100" s="38"/>
+      <c r="J100" s="38"/>
+      <c r="K100" s="38"/>
+      <c r="L100" s="38"/>
+      <c r="M100" s="38"/>
+      <c r="N100" s="38"/>
+    </row>
+    <row r="101" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="38"/>
+      <c r="B101" s="41"/>
+      <c r="C101" s="38"/>
+      <c r="D101" s="38"/>
+      <c r="E101" s="38"/>
+      <c r="F101" s="38"/>
+      <c r="G101" s="38"/>
+      <c r="H101" s="38"/>
+      <c r="I101" s="38"/>
+      <c r="J101" s="38"/>
+      <c r="K101" s="38"/>
+      <c r="L101" s="38"/>
+      <c r="M101" s="38"/>
+      <c r="N101" s="38"/>
+    </row>
+    <row r="102" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A102" s="38"/>
+      <c r="B102" s="41"/>
+      <c r="C102" s="38"/>
+      <c r="D102" s="38"/>
+      <c r="E102" s="38"/>
+      <c r="F102" s="38"/>
+      <c r="G102" s="38"/>
+      <c r="H102" s="38"/>
+      <c r="I102" s="38"/>
+      <c r="J102" s="38"/>
+      <c r="K102" s="38"/>
+      <c r="L102" s="38"/>
+      <c r="M102" s="38"/>
+      <c r="N102" s="38"/>
+    </row>
+    <row r="103" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A103" s="38"/>
+      <c r="B103" s="41"/>
+      <c r="C103" s="38"/>
+      <c r="D103" s="38"/>
+      <c r="E103" s="38"/>
+      <c r="F103" s="38"/>
+      <c r="G103" s="38"/>
+      <c r="H103" s="38"/>
+      <c r="I103" s="38"/>
+      <c r="J103" s="38"/>
+      <c r="K103" s="38"/>
+      <c r="L103" s="38"/>
+      <c r="M103" s="38"/>
+      <c r="N103" s="38"/>
+    </row>
+    <row r="104" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A104" s="38"/>
+      <c r="B104" s="41"/>
+      <c r="C104" s="38"/>
+      <c r="D104" s="38"/>
+      <c r="E104" s="38"/>
+      <c r="F104" s="38"/>
+      <c r="G104" s="38"/>
+      <c r="H104" s="38"/>
+      <c r="I104" s="38"/>
+      <c r="J104" s="38"/>
+      <c r="K104" s="38"/>
+      <c r="L104" s="38"/>
+      <c r="M104" s="38"/>
+      <c r="N104" s="38"/>
+    </row>
+    <row r="105" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A105" s="38"/>
+      <c r="B105" s="41"/>
+      <c r="C105" s="38"/>
+      <c r="D105" s="38"/>
+      <c r="E105" s="38"/>
+      <c r="F105" s="38"/>
+      <c r="G105" s="38"/>
+      <c r="H105" s="38"/>
+      <c r="I105" s="38"/>
+      <c r="J105" s="38"/>
+      <c r="K105" s="38"/>
+      <c r="L105" s="38"/>
+      <c r="M105" s="38"/>
+      <c r="N105" s="38"/>
+    </row>
+    <row r="106" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A106" s="38"/>
+      <c r="B106" s="41"/>
+      <c r="C106" s="38"/>
+      <c r="D106" s="38"/>
+      <c r="E106" s="38"/>
+      <c r="F106" s="38"/>
+      <c r="G106" s="38"/>
+      <c r="H106" s="38"/>
+      <c r="I106" s="38"/>
+      <c r="J106" s="38"/>
+      <c r="K106" s="38"/>
+      <c r="L106" s="38"/>
+      <c r="M106" s="38"/>
+      <c r="N106" s="38"/>
+    </row>
+    <row r="107" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A107" s="38"/>
+      <c r="B107" s="41"/>
+      <c r="C107" s="38"/>
+      <c r="D107" s="38"/>
+      <c r="E107" s="38"/>
+      <c r="F107" s="38"/>
+      <c r="G107" s="38"/>
+      <c r="H107" s="38"/>
+      <c r="I107" s="38"/>
+      <c r="J107" s="38"/>
+      <c r="K107" s="38"/>
+      <c r="L107" s="38"/>
+      <c r="M107" s="38"/>
+      <c r="N107" s="38"/>
+    </row>
+    <row r="108" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A108" s="38"/>
+      <c r="B108" s="41"/>
+      <c r="C108" s="38"/>
+      <c r="D108" s="38"/>
+      <c r="E108" s="38"/>
+      <c r="F108" s="38"/>
+      <c r="G108" s="38"/>
+      <c r="H108" s="38"/>
+      <c r="I108" s="38"/>
+      <c r="J108" s="38"/>
+      <c r="K108" s="38"/>
+      <c r="L108" s="38"/>
+      <c r="M108" s="38"/>
+      <c r="N108" s="38"/>
+    </row>
+    <row r="109" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A109" s="38"/>
+      <c r="B109" s="41"/>
+      <c r="C109" s="38"/>
+      <c r="D109" s="38"/>
+      <c r="E109" s="38"/>
+      <c r="F109" s="38"/>
+      <c r="G109" s="38"/>
+      <c r="H109" s="38"/>
+      <c r="I109" s="38"/>
+      <c r="J109" s="38"/>
+      <c r="K109" s="38"/>
+      <c r="L109" s="38"/>
+      <c r="M109" s="38"/>
+      <c r="N109" s="38"/>
+    </row>
+    <row r="110" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A110" s="38"/>
+      <c r="B110" s="41"/>
+      <c r="C110" s="38"/>
+      <c r="D110" s="38"/>
+      <c r="E110" s="38"/>
+      <c r="F110" s="38"/>
+      <c r="G110" s="38"/>
+      <c r="H110" s="38"/>
+      <c r="I110" s="38"/>
+      <c r="J110" s="38"/>
+      <c r="K110" s="38"/>
+      <c r="L110" s="38"/>
+      <c r="M110" s="38"/>
+      <c r="N110" s="38"/>
+    </row>
+    <row r="111" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A111" s="38"/>
+      <c r="B111" s="41"/>
+      <c r="C111" s="38"/>
+      <c r="D111" s="38"/>
+      <c r="E111" s="38"/>
+      <c r="F111" s="38"/>
+      <c r="G111" s="38"/>
+      <c r="H111" s="38"/>
+      <c r="I111" s="38"/>
+      <c r="J111" s="38"/>
+      <c r="K111" s="38"/>
+      <c r="L111" s="38"/>
+      <c r="M111" s="38"/>
+      <c r="N111" s="38"/>
+    </row>
+    <row r="112" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A112" s="38"/>
+      <c r="B112" s="41"/>
+      <c r="C112" s="38"/>
+      <c r="D112" s="38"/>
+      <c r="E112" s="38"/>
+      <c r="F112" s="38"/>
+      <c r="G112" s="38"/>
+      <c r="H112" s="38"/>
+      <c r="I112" s="38"/>
+      <c r="J112" s="38"/>
+      <c r="K112" s="38"/>
+      <c r="L112" s="38"/>
+      <c r="M112" s="38"/>
+      <c r="N112" s="38"/>
+    </row>
+    <row r="113" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A113" s="38"/>
+      <c r="B113" s="41"/>
+      <c r="C113" s="38"/>
+      <c r="D113" s="38"/>
+      <c r="E113" s="38"/>
+      <c r="F113" s="38"/>
+      <c r="G113" s="38"/>
+      <c r="H113" s="38"/>
+      <c r="I113" s="38"/>
+      <c r="J113" s="38"/>
+      <c r="K113" s="38"/>
+      <c r="L113" s="38"/>
+      <c r="M113" s="38"/>
+      <c r="N113" s="38"/>
+    </row>
+    <row r="114" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A114" s="38"/>
+      <c r="B114" s="41"/>
+      <c r="C114" s="38"/>
+      <c r="D114" s="38"/>
+      <c r="E114" s="38"/>
+      <c r="F114" s="38"/>
+      <c r="G114" s="38"/>
+      <c r="H114" s="38"/>
+      <c r="I114" s="38"/>
+      <c r="J114" s="38"/>
+      <c r="K114" s="38"/>
+      <c r="L114" s="38"/>
+      <c r="M114" s="38"/>
+      <c r="N114" s="38"/>
+    </row>
+    <row r="115" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A115" s="38"/>
+      <c r="B115" s="41"/>
+      <c r="C115" s="38"/>
+      <c r="D115" s="38"/>
+      <c r="E115" s="38"/>
+      <c r="F115" s="38"/>
+      <c r="G115" s="38"/>
+      <c r="H115" s="38"/>
+      <c r="I115" s="38"/>
+      <c r="J115" s="38"/>
+      <c r="K115" s="38"/>
+      <c r="L115" s="38"/>
+      <c r="M115" s="38"/>
+      <c r="N115" s="38"/>
+    </row>
+    <row r="116" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A116" s="38"/>
+      <c r="B116" s="41"/>
+      <c r="C116" s="38"/>
+      <c r="D116" s="38"/>
+      <c r="E116" s="38"/>
+      <c r="F116" s="38"/>
+      <c r="G116" s="38"/>
+      <c r="H116" s="38"/>
+      <c r="I116" s="38"/>
+      <c r="J116" s="38"/>
+      <c r="K116" s="38"/>
+      <c r="L116" s="38"/>
+      <c r="M116" s="38"/>
+      <c r="N116" s="38"/>
+    </row>
+    <row r="117" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A117" s="38"/>
+      <c r="B117" s="41"/>
+      <c r="C117" s="38"/>
+      <c r="D117" s="38"/>
+      <c r="E117" s="38"/>
+      <c r="F117" s="38"/>
+      <c r="G117" s="38"/>
+      <c r="H117" s="38"/>
+      <c r="I117" s="38"/>
+      <c r="J117" s="38"/>
+      <c r="K117" s="38"/>
+      <c r="L117" s="38"/>
+      <c r="M117" s="38"/>
+      <c r="N117" s="38"/>
+    </row>
+    <row r="118" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A118" s="38"/>
+      <c r="B118" s="41"/>
+      <c r="C118" s="38"/>
+      <c r="D118" s="38"/>
+      <c r="E118" s="38"/>
+      <c r="F118" s="38"/>
+      <c r="G118" s="38"/>
+      <c r="H118" s="38"/>
+      <c r="I118" s="38"/>
+      <c r="J118" s="38"/>
+      <c r="K118" s="38"/>
+      <c r="L118" s="38"/>
+      <c r="M118" s="38"/>
+      <c r="N118" s="38"/>
+    </row>
+    <row r="119" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="38"/>
+      <c r="B119" s="41"/>
+      <c r="C119" s="38"/>
+      <c r="D119" s="38"/>
+      <c r="E119" s="38"/>
+      <c r="F119" s="38"/>
+      <c r="G119" s="38"/>
+      <c r="H119" s="38"/>
+      <c r="I119" s="38"/>
+      <c r="J119" s="38"/>
+      <c r="K119" s="38"/>
+      <c r="L119" s="38"/>
+      <c r="M119" s="38"/>
+      <c r="N119" s="38"/>
+    </row>
+    <row r="120" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A120" s="38"/>
+      <c r="B120" s="41"/>
+      <c r="C120" s="38"/>
+      <c r="D120" s="38"/>
+      <c r="E120" s="38"/>
+      <c r="F120" s="38"/>
+      <c r="G120" s="38"/>
+      <c r="H120" s="38"/>
+      <c r="I120" s="38"/>
+      <c r="J120" s="38"/>
+      <c r="K120" s="38"/>
+      <c r="L120" s="38"/>
+      <c r="M120" s="38"/>
+      <c r="N120" s="38"/>
+    </row>
+    <row r="121" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A121" s="38"/>
+      <c r="B121" s="41"/>
+      <c r="C121" s="38"/>
+      <c r="D121" s="38"/>
+      <c r="E121" s="38"/>
+      <c r="F121" s="38"/>
+      <c r="G121" s="38"/>
+      <c r="H121" s="38"/>
+      <c r="I121" s="38"/>
+      <c r="J121" s="38"/>
+      <c r="K121" s="38"/>
+      <c r="L121" s="38"/>
+      <c r="M121" s="38"/>
+      <c r="N121" s="38"/>
+    </row>
+    <row r="122" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A122" s="38"/>
+      <c r="B122" s="41"/>
+      <c r="C122" s="38"/>
+      <c r="D122" s="38"/>
+      <c r="E122" s="38"/>
+      <c r="F122" s="38"/>
+      <c r="G122" s="38"/>
+      <c r="H122" s="38"/>
+      <c r="I122" s="38"/>
+      <c r="J122" s="38"/>
+      <c r="K122" s="38"/>
+      <c r="L122" s="38"/>
+      <c r="M122" s="38"/>
+      <c r="N122" s="38"/>
+    </row>
+    <row r="123" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="38"/>
+      <c r="B123" s="41"/>
+      <c r="C123" s="38"/>
+      <c r="D123" s="38"/>
+      <c r="E123" s="38"/>
+      <c r="F123" s="38"/>
+      <c r="G123" s="38"/>
+      <c r="H123" s="38"/>
+      <c r="I123" s="38"/>
+      <c r="J123" s="38"/>
+      <c r="K123" s="38"/>
+      <c r="L123" s="38"/>
+      <c r="M123" s="38"/>
+      <c r="N123" s="38"/>
+    </row>
+    <row r="124" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A124" s="38"/>
+      <c r="B124" s="41"/>
+      <c r="C124" s="38"/>
+      <c r="D124" s="38"/>
+      <c r="E124" s="38"/>
+      <c r="F124" s="38"/>
+      <c r="G124" s="38"/>
+      <c r="H124" s="38"/>
+      <c r="I124" s="38"/>
+      <c r="J124" s="38"/>
+      <c r="K124" s="38"/>
+      <c r="L124" s="38"/>
+      <c r="M124" s="38"/>
+      <c r="N124" s="38"/>
+    </row>
+    <row r="125" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A125" s="38"/>
+      <c r="B125" s="41"/>
+      <c r="C125" s="38"/>
+      <c r="D125" s="38"/>
+      <c r="E125" s="38"/>
+      <c r="F125" s="38"/>
+      <c r="G125" s="38"/>
+      <c r="H125" s="38"/>
+      <c r="I125" s="38"/>
+      <c r="J125" s="38"/>
+      <c r="K125" s="38"/>
+      <c r="L125" s="38"/>
+      <c r="M125" s="38"/>
+      <c r="N125" s="38"/>
+    </row>
+    <row r="126" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A126" s="38"/>
+      <c r="B126" s="41"/>
+      <c r="C126" s="38"/>
+      <c r="D126" s="38"/>
+      <c r="E126" s="38"/>
+      <c r="F126" s="38"/>
+      <c r="G126" s="38"/>
+      <c r="H126" s="38"/>
+      <c r="I126" s="38"/>
+      <c r="J126" s="38"/>
+      <c r="K126" s="38"/>
+      <c r="L126" s="38"/>
+      <c r="M126" s="38"/>
+      <c r="N126" s="38"/>
+    </row>
+    <row r="127" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A127" s="38"/>
+      <c r="B127" s="41"/>
+      <c r="C127" s="38"/>
+      <c r="D127" s="38"/>
+      <c r="E127" s="38"/>
+      <c r="F127" s="38"/>
+      <c r="G127" s="38"/>
+      <c r="H127" s="38"/>
+      <c r="I127" s="38"/>
+      <c r="J127" s="38"/>
+      <c r="K127" s="38"/>
+      <c r="L127" s="38"/>
+      <c r="M127" s="38"/>
+      <c r="N127" s="38"/>
+    </row>
+    <row r="128" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A128" s="38"/>
+      <c r="B128" s="41"/>
+      <c r="C128" s="38"/>
+      <c r="D128" s="38"/>
+      <c r="E128" s="38"/>
+      <c r="F128" s="38"/>
+      <c r="G128" s="38"/>
+      <c r="H128" s="38"/>
+      <c r="I128" s="38"/>
+      <c r="J128" s="38"/>
+      <c r="K128" s="38"/>
+      <c r="L128" s="38"/>
+      <c r="M128" s="38"/>
+      <c r="N128" s="38"/>
+    </row>
+    <row r="129" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A129" s="38"/>
+      <c r="B129" s="41"/>
+      <c r="C129" s="38"/>
+      <c r="D129" s="38"/>
+      <c r="E129" s="38"/>
+      <c r="F129" s="38"/>
+      <c r="G129" s="38"/>
+      <c r="H129" s="38"/>
+      <c r="I129" s="38"/>
+      <c r="J129" s="38"/>
+      <c r="K129" s="38"/>
+      <c r="L129" s="38"/>
+      <c r="M129" s="38"/>
+      <c r="N129" s="38"/>
+    </row>
+    <row r="130" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="38"/>
+      <c r="B130" s="41"/>
+      <c r="C130" s="38"/>
+      <c r="D130" s="38"/>
+      <c r="E130" s="38"/>
+      <c r="F130" s="38"/>
+      <c r="G130" s="38"/>
+      <c r="H130" s="38"/>
+      <c r="I130" s="38"/>
+      <c r="J130" s="38"/>
+      <c r="K130" s="38"/>
+      <c r="L130" s="38"/>
+      <c r="M130" s="38"/>
+      <c r="N130" s="38"/>
+    </row>
+    <row r="131" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A131" s="38"/>
+      <c r="B131" s="41"/>
+      <c r="C131" s="38"/>
+      <c r="D131" s="38"/>
+      <c r="E131" s="38"/>
+      <c r="F131" s="38"/>
+      <c r="G131" s="38"/>
+      <c r="H131" s="38"/>
+      <c r="I131" s="38"/>
+      <c r="J131" s="38"/>
+      <c r="K131" s="38"/>
+      <c r="L131" s="38"/>
+      <c r="M131" s="38"/>
+      <c r="N131" s="38"/>
+    </row>
+    <row r="132" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A132" s="38"/>
+      <c r="B132" s="41"/>
+      <c r="C132" s="38"/>
+      <c r="D132" s="38"/>
+      <c r="E132" s="38"/>
+      <c r="F132" s="38"/>
+      <c r="G132" s="38"/>
+      <c r="H132" s="38"/>
+      <c r="I132" s="38"/>
+      <c r="J132" s="38"/>
+      <c r="K132" s="38"/>
+      <c r="L132" s="38"/>
+      <c r="M132" s="38"/>
+      <c r="N132" s="38"/>
+    </row>
+    <row r="133" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A133" s="38"/>
+      <c r="B133" s="41"/>
+      <c r="C133" s="38"/>
+      <c r="D133" s="38"/>
+      <c r="E133" s="38"/>
+      <c r="F133" s="38"/>
+      <c r="G133" s="38"/>
+      <c r="H133" s="38"/>
+      <c r="I133" s="38"/>
+      <c r="J133" s="38"/>
+      <c r="K133" s="38"/>
+      <c r="L133" s="38"/>
+      <c r="M133" s="38"/>
+      <c r="N133" s="38"/>
+    </row>
+    <row r="134" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A134" s="38"/>
+      <c r="B134" s="41"/>
+      <c r="C134" s="38"/>
+      <c r="D134" s="38"/>
+      <c r="E134" s="38"/>
+      <c r="F134" s="38"/>
+      <c r="G134" s="38"/>
+      <c r="H134" s="38"/>
+      <c r="I134" s="38"/>
+      <c r="J134" s="38"/>
+      <c r="K134" s="38"/>
+      <c r="L134" s="38"/>
+      <c r="M134" s="38"/>
+      <c r="N134" s="38"/>
+    </row>
+    <row r="135" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A135" s="38"/>
+      <c r="B135" s="41"/>
+      <c r="C135" s="38"/>
+      <c r="D135" s="38"/>
+      <c r="E135" s="38"/>
+      <c r="F135" s="38"/>
+      <c r="G135" s="38"/>
+      <c r="H135" s="38"/>
+      <c r="I135" s="38"/>
+      <c r="J135" s="38"/>
+      <c r="K135" s="38"/>
+      <c r="L135" s="38"/>
+      <c r="M135" s="38"/>
+      <c r="N135" s="38"/>
+    </row>
+    <row r="136" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="38"/>
+      <c r="B136" s="41"/>
+      <c r="C136" s="38"/>
+      <c r="D136" s="38"/>
+      <c r="E136" s="38"/>
+      <c r="F136" s="38"/>
+      <c r="G136" s="38"/>
+      <c r="H136" s="38"/>
+      <c r="I136" s="38"/>
+      <c r="J136" s="38"/>
+      <c r="K136" s="38"/>
+      <c r="L136" s="38"/>
+      <c r="M136" s="38"/>
+      <c r="N136" s="38"/>
+    </row>
+    <row r="137" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A137" s="38"/>
+      <c r="B137" s="41"/>
+      <c r="C137" s="38"/>
+      <c r="D137" s="38"/>
+      <c r="E137" s="38"/>
+      <c r="F137" s="38"/>
+      <c r="G137" s="38"/>
+      <c r="H137" s="38"/>
+      <c r="I137" s="38"/>
+      <c r="J137" s="38"/>
+      <c r="K137" s="38"/>
+      <c r="L137" s="38"/>
+      <c r="M137" s="38"/>
+      <c r="N137" s="38"/>
+    </row>
+    <row r="138" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A138" s="38"/>
+      <c r="B138" s="41"/>
+      <c r="C138" s="38"/>
+      <c r="D138" s="38"/>
+      <c r="E138" s="38"/>
+      <c r="F138" s="38"/>
+      <c r="G138" s="38"/>
+      <c r="H138" s="38"/>
+      <c r="I138" s="38"/>
+      <c r="J138" s="38"/>
+      <c r="K138" s="38"/>
+      <c r="L138" s="38"/>
+      <c r="M138" s="38"/>
+      <c r="N138" s="38"/>
+    </row>
+    <row r="139" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A139" s="38"/>
+      <c r="B139" s="41"/>
+      <c r="C139" s="38"/>
+      <c r="D139" s="38"/>
+      <c r="E139" s="38"/>
+      <c r="F139" s="38"/>
+      <c r="G139" s="38"/>
+      <c r="H139" s="38"/>
+      <c r="I139" s="38"/>
+      <c r="J139" s="38"/>
+      <c r="K139" s="38"/>
+      <c r="L139" s="38"/>
+      <c r="M139" s="38"/>
+      <c r="N139" s="38"/>
+    </row>
+    <row r="140" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A140" s="38"/>
+      <c r="B140" s="41"/>
+      <c r="C140" s="38"/>
+      <c r="D140" s="38"/>
+      <c r="E140" s="38"/>
+      <c r="F140" s="38"/>
+      <c r="G140" s="38"/>
+      <c r="H140" s="38"/>
+      <c r="I140" s="38"/>
+      <c r="J140" s="38"/>
+      <c r="K140" s="38"/>
+      <c r="L140" s="38"/>
+      <c r="M140" s="38"/>
+      <c r="N140" s="38"/>
+    </row>
+    <row r="141" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A141" s="38"/>
+      <c r="B141" s="41"/>
+      <c r="C141" s="38"/>
+      <c r="D141" s="38"/>
+      <c r="E141" s="38"/>
+      <c r="F141" s="38"/>
+      <c r="G141" s="38"/>
+      <c r="H141" s="38"/>
+      <c r="I141" s="38"/>
+      <c r="J141" s="38"/>
+      <c r="K141" s="38"/>
+      <c r="L141" s="38"/>
+      <c r="M141" s="38"/>
+      <c r="N141" s="38"/>
+    </row>
+    <row r="142" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="38"/>
+      <c r="B142" s="41"/>
+      <c r="C142" s="38"/>
+      <c r="D142" s="38"/>
+      <c r="E142" s="38"/>
+      <c r="F142" s="38"/>
+      <c r="G142" s="38"/>
+      <c r="H142" s="38"/>
+      <c r="I142" s="38"/>
+      <c r="J142" s="38"/>
+      <c r="K142" s="38"/>
+      <c r="L142" s="38"/>
+      <c r="M142" s="38"/>
+      <c r="N142" s="38"/>
+    </row>
+    <row r="143" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A143" s="38"/>
+      <c r="B143" s="41"/>
+      <c r="C143" s="38"/>
+      <c r="D143" s="38"/>
+      <c r="E143" s="38"/>
+      <c r="F143" s="38"/>
+      <c r="G143" s="38"/>
+      <c r="H143" s="38"/>
+      <c r="I143" s="38"/>
+      <c r="J143" s="38"/>
+      <c r="K143" s="38"/>
+      <c r="L143" s="38"/>
+      <c r="M143" s="38"/>
+      <c r="N143" s="38"/>
+    </row>
+    <row r="144" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A144" s="38"/>
+      <c r="B144" s="41"/>
+      <c r="C144" s="38"/>
+      <c r="D144" s="38"/>
+      <c r="E144" s="38"/>
+      <c r="F144" s="38"/>
+      <c r="G144" s="38"/>
+      <c r="H144" s="38"/>
+      <c r="I144" s="38"/>
+      <c r="J144" s="38"/>
+      <c r="K144" s="38"/>
+      <c r="L144" s="38"/>
+      <c r="M144" s="38"/>
+      <c r="N144" s="38"/>
+    </row>
+    <row r="145" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A145" s="38"/>
+      <c r="B145" s="41"/>
+      <c r="C145" s="38"/>
+      <c r="D145" s="38"/>
+      <c r="E145" s="38"/>
+      <c r="F145" s="38"/>
+      <c r="G145" s="38"/>
+      <c r="H145" s="38"/>
+      <c r="I145" s="38"/>
+      <c r="J145" s="38"/>
+      <c r="K145" s="38"/>
+      <c r="L145" s="38"/>
+      <c r="M145" s="38"/>
+      <c r="N145" s="38"/>
+    </row>
+    <row r="146" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A146" s="38"/>
+      <c r="B146" s="41"/>
+      <c r="C146" s="38"/>
+      <c r="D146" s="38"/>
+      <c r="E146" s="38"/>
+      <c r="F146" s="38"/>
+      <c r="G146" s="38"/>
+      <c r="H146" s="38"/>
+      <c r="I146" s="38"/>
+      <c r="J146" s="38"/>
+      <c r="K146" s="38"/>
+      <c r="L146" s="38"/>
+      <c r="M146" s="38"/>
+      <c r="N146" s="38"/>
+    </row>
+    <row r="147" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A147" s="38"/>
+      <c r="B147" s="41"/>
+      <c r="C147" s="38"/>
+      <c r="D147" s="38"/>
+      <c r="E147" s="38"/>
+      <c r="F147" s="38"/>
+      <c r="G147" s="38"/>
+      <c r="H147" s="38"/>
+      <c r="I147" s="38"/>
+      <c r="J147" s="38"/>
+      <c r="K147" s="38"/>
+      <c r="L147" s="38"/>
+      <c r="M147" s="38"/>
+      <c r="N147" s="38"/>
+    </row>
+    <row r="148" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A148" s="38"/>
+      <c r="B148" s="41"/>
+      <c r="C148" s="38"/>
+      <c r="D148" s="38"/>
+      <c r="E148" s="38"/>
+      <c r="F148" s="38"/>
+      <c r="G148" s="38"/>
+      <c r="H148" s="38"/>
+      <c r="I148" s="38"/>
+      <c r="J148" s="38"/>
+      <c r="K148" s="38"/>
+      <c r="L148" s="38"/>
+      <c r="M148" s="38"/>
+      <c r="N148" s="38"/>
+    </row>
+    <row r="149" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A149" s="38"/>
+      <c r="B149" s="41"/>
+      <c r="C149" s="38"/>
+      <c r="D149" s="38"/>
+      <c r="E149" s="38"/>
+      <c r="F149" s="38"/>
+      <c r="G149" s="38"/>
+      <c r="H149" s="38"/>
+      <c r="I149" s="38"/>
+      <c r="J149" s="38"/>
+      <c r="K149" s="38"/>
+      <c r="L149" s="38"/>
+      <c r="M149" s="38"/>
+      <c r="N149" s="38"/>
+    </row>
+    <row r="150" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A150" s="38"/>
+      <c r="B150" s="41"/>
+      <c r="C150" s="38"/>
+      <c r="D150" s="38"/>
+      <c r="E150" s="38"/>
+      <c r="F150" s="38"/>
+      <c r="G150" s="38"/>
+      <c r="H150" s="38"/>
+      <c r="I150" s="38"/>
+      <c r="J150" s="38"/>
+      <c r="K150" s="38"/>
+      <c r="L150" s="38"/>
+      <c r="M150" s="38"/>
+      <c r="N150" s="38"/>
+    </row>
+    <row r="151" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A151" s="38"/>
+      <c r="B151" s="41"/>
+      <c r="C151" s="38"/>
+      <c r="D151" s="38"/>
+      <c r="E151" s="38"/>
+      <c r="F151" s="38"/>
+      <c r="G151" s="38"/>
+      <c r="H151" s="38"/>
+      <c r="I151" s="38"/>
+      <c r="J151" s="38"/>
+      <c r="K151" s="38"/>
+      <c r="L151" s="38"/>
+      <c r="M151" s="38"/>
+      <c r="N151" s="38"/>
+    </row>
+    <row r="152" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A152" s="38"/>
+      <c r="B152" s="41"/>
+      <c r="C152" s="38"/>
+      <c r="D152" s="38"/>
+      <c r="E152" s="38"/>
+      <c r="F152" s="38"/>
+      <c r="G152" s="38"/>
+      <c r="H152" s="38"/>
+      <c r="I152" s="38"/>
+      <c r="J152" s="38"/>
+      <c r="K152" s="38"/>
+      <c r="L152" s="38"/>
+      <c r="M152" s="38"/>
+      <c r="N152" s="38"/>
+    </row>
+    <row r="153" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="38"/>
+      <c r="B153" s="41"/>
+      <c r="C153" s="38"/>
+      <c r="D153" s="38"/>
+      <c r="E153" s="38"/>
+      <c r="F153" s="38"/>
+      <c r="G153" s="38"/>
+      <c r="H153" s="38"/>
+      <c r="I153" s="38"/>
+      <c r="J153" s="38"/>
+      <c r="K153" s="38"/>
+      <c r="L153" s="38"/>
+      <c r="M153" s="38"/>
+      <c r="N153" s="38"/>
+    </row>
+    <row r="154" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A154" s="38"/>
+      <c r="B154" s="41"/>
+      <c r="C154" s="38"/>
+      <c r="D154" s="38"/>
+      <c r="E154" s="38"/>
+      <c r="F154" s="38"/>
+      <c r="G154" s="38"/>
+      <c r="H154" s="38"/>
+      <c r="I154" s="38"/>
+      <c r="J154" s="38"/>
+      <c r="K154" s="38"/>
+      <c r="L154" s="38"/>
+      <c r="M154" s="38"/>
+      <c r="N154" s="38"/>
+    </row>
+    <row r="155" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A155" s="38"/>
+      <c r="B155" s="41"/>
+      <c r="C155" s="38"/>
+      <c r="D155" s="38"/>
+      <c r="E155" s="38"/>
+      <c r="F155" s="38"/>
+      <c r="G155" s="38"/>
+      <c r="H155" s="38"/>
+      <c r="I155" s="38"/>
+      <c r="J155" s="38"/>
+      <c r="K155" s="38"/>
+      <c r="L155" s="38"/>
+      <c r="M155" s="38"/>
+      <c r="N155" s="38"/>
+    </row>
+    <row r="156" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A156" s="38"/>
+      <c r="B156" s="41"/>
+      <c r="C156" s="38"/>
+      <c r="D156" s="38"/>
+      <c r="E156" s="38"/>
+      <c r="F156" s="38"/>
+      <c r="G156" s="38"/>
+      <c r="H156" s="38"/>
+      <c r="I156" s="38"/>
+      <c r="J156" s="38"/>
+      <c r="K156" s="38"/>
+      <c r="L156" s="38"/>
+      <c r="M156" s="38"/>
+      <c r="N156" s="38"/>
+    </row>
+    <row r="157" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A157" s="38"/>
+      <c r="B157" s="41"/>
+      <c r="C157" s="38"/>
+      <c r="D157" s="38"/>
+      <c r="E157" s="38"/>
+      <c r="F157" s="38"/>
+      <c r="G157" s="38"/>
+      <c r="H157" s="38"/>
+      <c r="I157" s="38"/>
+      <c r="J157" s="38"/>
+      <c r="K157" s="38"/>
+      <c r="L157" s="38"/>
+      <c r="M157" s="38"/>
+      <c r="N157" s="38"/>
+    </row>
+    <row r="158" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A158" s="38"/>
+      <c r="B158" s="41"/>
+      <c r="C158" s="38"/>
+      <c r="D158" s="38"/>
+      <c r="E158" s="38"/>
+      <c r="F158" s="38"/>
+      <c r="G158" s="38"/>
+      <c r="H158" s="38"/>
+      <c r="I158" s="38"/>
+      <c r="J158" s="38"/>
+      <c r="K158" s="38"/>
+      <c r="L158" s="38"/>
+      <c r="M158" s="38"/>
+      <c r="N158" s="38"/>
+    </row>
+    <row r="159" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A159" s="38"/>
+      <c r="B159" s="41"/>
+      <c r="C159" s="38"/>
+      <c r="D159" s="38"/>
+      <c r="E159" s="38"/>
+      <c r="F159" s="38"/>
+      <c r="G159" s="38"/>
+      <c r="H159" s="38"/>
+      <c r="I159" s="38"/>
+      <c r="J159" s="38"/>
+      <c r="K159" s="38"/>
+      <c r="L159" s="38"/>
+      <c r="M159" s="38"/>
+      <c r="N159" s="38"/>
+    </row>
+    <row r="160" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A160" s="38"/>
+      <c r="B160" s="41"/>
+      <c r="C160" s="38"/>
+      <c r="D160" s="38"/>
+      <c r="E160" s="38"/>
+      <c r="F160" s="38"/>
+      <c r="G160" s="38"/>
+      <c r="H160" s="38"/>
+      <c r="I160" s="38"/>
+      <c r="J160" s="38"/>
+      <c r="K160" s="38"/>
+      <c r="L160" s="38"/>
+      <c r="M160" s="38"/>
+      <c r="N160" s="38"/>
+    </row>
+    <row r="161" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A161" s="38"/>
+      <c r="B161" s="41"/>
+      <c r="C161" s="38"/>
+      <c r="D161" s="38"/>
+      <c r="E161" s="38"/>
+      <c r="F161" s="38"/>
+      <c r="G161" s="38"/>
+      <c r="H161" s="38"/>
+      <c r="I161" s="38"/>
+      <c r="J161" s="38"/>
+      <c r="K161" s="38"/>
+      <c r="L161" s="38"/>
+      <c r="M161" s="38"/>
+      <c r="N161" s="38"/>
+    </row>
+    <row r="162" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A162" s="38"/>
+      <c r="B162" s="41"/>
+      <c r="C162" s="38"/>
+      <c r="D162" s="38"/>
+      <c r="E162" s="38"/>
+      <c r="F162" s="38"/>
+      <c r="G162" s="38"/>
+      <c r="H162" s="38"/>
+      <c r="I162" s="38"/>
+      <c r="J162" s="38"/>
+      <c r="K162" s="38"/>
+      <c r="L162" s="38"/>
+      <c r="M162" s="38"/>
+      <c r="N162" s="38"/>
+    </row>
+    <row r="163" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A163" s="38"/>
+      <c r="B163" s="41"/>
+      <c r="C163" s="38"/>
+      <c r="D163" s="38"/>
+      <c r="E163" s="38"/>
+      <c r="F163" s="38"/>
+      <c r="G163" s="38"/>
+      <c r="H163" s="38"/>
+      <c r="I163" s="38"/>
+      <c r="J163" s="38"/>
+      <c r="K163" s="38"/>
+      <c r="L163" s="38"/>
+      <c r="M163" s="38"/>
+      <c r="N163" s="38"/>
+    </row>
+    <row r="164" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A164" s="38"/>
+      <c r="B164" s="41"/>
+      <c r="C164" s="38"/>
+      <c r="D164" s="38"/>
+      <c r="E164" s="38"/>
+      <c r="F164" s="38"/>
+      <c r="G164" s="38"/>
+      <c r="H164" s="38"/>
+      <c r="I164" s="38"/>
+      <c r="J164" s="38"/>
+      <c r="K164" s="38"/>
+      <c r="L164" s="38"/>
+      <c r="M164" s="38"/>
+      <c r="N164" s="38"/>
+    </row>
+    <row r="165" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A165" s="38"/>
+      <c r="B165" s="41"/>
+      <c r="C165" s="38"/>
+      <c r="D165" s="38"/>
+      <c r="E165" s="38"/>
+      <c r="F165" s="38"/>
+      <c r="G165" s="38"/>
+      <c r="H165" s="38"/>
+      <c r="I165" s="38"/>
+      <c r="J165" s="38"/>
+      <c r="K165" s="38"/>
+      <c r="L165" s="38"/>
+      <c r="M165" s="38"/>
+      <c r="N165" s="38"/>
+    </row>
+    <row r="166" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A166" s="38"/>
+      <c r="B166" s="41"/>
+      <c r="C166" s="38"/>
+      <c r="D166" s="38"/>
+      <c r="E166" s="38"/>
+      <c r="F166" s="38"/>
+      <c r="G166" s="38"/>
+      <c r="H166" s="38"/>
+      <c r="I166" s="38"/>
+      <c r="J166" s="38"/>
+      <c r="K166" s="38"/>
+      <c r="L166" s="38"/>
+      <c r="M166" s="38"/>
+      <c r="N166" s="38"/>
+    </row>
+    <row r="167" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A167" s="38"/>
+      <c r="B167" s="41"/>
+      <c r="C167" s="38"/>
+      <c r="D167" s="38"/>
+      <c r="E167" s="38"/>
+      <c r="F167" s="38"/>
+      <c r="G167" s="38"/>
+      <c r="H167" s="38"/>
+      <c r="I167" s="38"/>
+      <c r="J167" s="38"/>
+      <c r="K167" s="38"/>
+      <c r="L167" s="38"/>
+      <c r="M167" s="38"/>
+      <c r="N167" s="38"/>
+    </row>
+    <row r="168" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A168" s="38"/>
+      <c r="B168" s="41"/>
+      <c r="C168" s="38"/>
+      <c r="D168" s="38"/>
+      <c r="E168" s="38"/>
+      <c r="F168" s="38"/>
+      <c r="G168" s="38"/>
+      <c r="H168" s="38"/>
+      <c r="I168" s="38"/>
+      <c r="J168" s="38"/>
+      <c r="K168" s="38"/>
+      <c r="L168" s="38"/>
+      <c r="M168" s="38"/>
+      <c r="N168" s="38"/>
+    </row>
+    <row r="169" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A169" s="38"/>
+      <c r="B169" s="41"/>
+      <c r="C169" s="38"/>
+      <c r="D169" s="38"/>
+      <c r="E169" s="38"/>
+      <c r="F169" s="38"/>
+      <c r="G169" s="38"/>
+      <c r="H169" s="38"/>
+      <c r="I169" s="38"/>
+      <c r="J169" s="38"/>
+      <c r="K169" s="38"/>
+      <c r="L169" s="38"/>
+      <c r="M169" s="38"/>
+      <c r="N169" s="38"/>
+    </row>
+    <row r="170" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A170" s="38"/>
+      <c r="B170" s="41"/>
+      <c r="C170" s="38"/>
+      <c r="D170" s="38"/>
+      <c r="E170" s="38"/>
+      <c r="F170" s="38"/>
+      <c r="G170" s="38"/>
+      <c r="H170" s="38"/>
+      <c r="I170" s="38"/>
+      <c r="J170" s="38"/>
+      <c r="K170" s="38"/>
+      <c r="L170" s="38"/>
+      <c r="M170" s="38"/>
+      <c r="N170" s="38"/>
+    </row>
+    <row r="171" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A171" s="38"/>
+      <c r="B171" s="41"/>
+      <c r="C171" s="38"/>
+      <c r="D171" s="38"/>
+      <c r="E171" s="38"/>
+      <c r="F171" s="38"/>
+      <c r="G171" s="38"/>
+      <c r="H171" s="38"/>
+      <c r="I171" s="38"/>
+      <c r="J171" s="38"/>
+      <c r="K171" s="38"/>
+      <c r="L171" s="38"/>
+      <c r="M171" s="38"/>
+      <c r="N171" s="38"/>
+    </row>
+    <row r="172" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A172" s="38"/>
+      <c r="B172" s="41"/>
+      <c r="C172" s="38"/>
+      <c r="D172" s="38"/>
+      <c r="E172" s="38"/>
+      <c r="F172" s="38"/>
+      <c r="G172" s="38"/>
+      <c r="H172" s="38"/>
+      <c r="I172" s="38"/>
+      <c r="J172" s="38"/>
+      <c r="K172" s="38"/>
+      <c r="L172" s="38"/>
+      <c r="M172" s="38"/>
+      <c r="N172" s="38"/>
+    </row>
+    <row r="173" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A173" s="38"/>
+      <c r="B173" s="41"/>
+      <c r="C173" s="38"/>
+      <c r="D173" s="38"/>
+      <c r="E173" s="38"/>
+      <c r="F173" s="38"/>
+      <c r="G173" s="38"/>
+      <c r="H173" s="38"/>
+      <c r="I173" s="38"/>
+      <c r="J173" s="38"/>
+      <c r="K173" s="38"/>
+      <c r="L173" s="38"/>
+      <c r="M173" s="38"/>
+      <c r="N173" s="38"/>
+    </row>
+    <row r="174" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A174" s="38"/>
+      <c r="B174" s="41"/>
+      <c r="C174" s="38"/>
+      <c r="D174" s="38"/>
+      <c r="E174" s="38"/>
+      <c r="F174" s="38"/>
+      <c r="G174" s="38"/>
+      <c r="H174" s="38"/>
+      <c r="I174" s="38"/>
+      <c r="J174" s="38"/>
+      <c r="K174" s="38"/>
+      <c r="L174" s="38"/>
+      <c r="M174" s="38"/>
+      <c r="N174" s="38"/>
+    </row>
+    <row r="175" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A175" s="38"/>
+      <c r="B175" s="41"/>
+      <c r="C175" s="38"/>
+      <c r="D175" s="38"/>
+      <c r="E175" s="38"/>
+      <c r="F175" s="38"/>
+      <c r="G175" s="38"/>
+      <c r="H175" s="38"/>
+      <c r="I175" s="38"/>
+      <c r="J175" s="38"/>
+      <c r="K175" s="38"/>
+      <c r="L175" s="38"/>
+      <c r="M175" s="38"/>
+      <c r="N175" s="38"/>
+    </row>
+    <row r="176" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A176" s="38"/>
+      <c r="B176" s="41"/>
+      <c r="C176" s="38"/>
+      <c r="D176" s="38"/>
+      <c r="E176" s="38"/>
+      <c r="F176" s="38"/>
+      <c r="G176" s="38"/>
+      <c r="H176" s="38"/>
+      <c r="I176" s="38"/>
+      <c r="J176" s="38"/>
+      <c r="K176" s="38"/>
+      <c r="L176" s="38"/>
+      <c r="M176" s="38"/>
+      <c r="N176" s="38"/>
+    </row>
+    <row r="177" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A177" s="38"/>
+      <c r="B177" s="41"/>
+      <c r="C177" s="38"/>
+      <c r="D177" s="38"/>
+      <c r="E177" s="38"/>
+      <c r="F177" s="38"/>
+      <c r="G177" s="38"/>
+      <c r="H177" s="38"/>
+      <c r="I177" s="38"/>
+      <c r="J177" s="38"/>
+      <c r="K177" s="38"/>
+      <c r="L177" s="38"/>
+      <c r="M177" s="38"/>
+      <c r="N177" s="38"/>
+    </row>
+    <row r="178" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A178" s="38"/>
+      <c r="B178" s="41"/>
+      <c r="C178" s="38"/>
+      <c r="D178" s="38"/>
+      <c r="E178" s="38"/>
+      <c r="F178" s="38"/>
+      <c r="G178" s="38"/>
+      <c r="H178" s="38"/>
+      <c r="I178" s="38"/>
+      <c r="J178" s="38"/>
+      <c r="K178" s="38"/>
+      <c r="L178" s="38"/>
+      <c r="M178" s="38"/>
+      <c r="N178" s="38"/>
+    </row>
+    <row r="179" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A179" s="38"/>
+      <c r="B179" s="41"/>
+      <c r="C179" s="38"/>
+      <c r="D179" s="38"/>
+      <c r="E179" s="38"/>
+      <c r="F179" s="38"/>
+      <c r="G179" s="38"/>
+      <c r="H179" s="38"/>
+      <c r="I179" s="38"/>
+      <c r="J179" s="38"/>
+      <c r="K179" s="38"/>
+      <c r="L179" s="38"/>
+      <c r="M179" s="38"/>
+      <c r="N179" s="38"/>
+    </row>
+    <row r="180" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A180" s="38"/>
+      <c r="B180" s="41"/>
+      <c r="C180" s="38"/>
+      <c r="D180" s="38"/>
+      <c r="E180" s="38"/>
+      <c r="F180" s="38"/>
+      <c r="G180" s="38"/>
+      <c r="H180" s="38"/>
+      <c r="I180" s="38"/>
+      <c r="J180" s="38"/>
+      <c r="K180" s="38"/>
+      <c r="L180" s="38"/>
+      <c r="M180" s="38"/>
+      <c r="N180" s="38"/>
+    </row>
+    <row r="181" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A181" s="38"/>
+      <c r="B181" s="41"/>
+      <c r="C181" s="38"/>
+      <c r="D181" s="38"/>
+      <c r="E181" s="38"/>
+      <c r="F181" s="38"/>
+      <c r="G181" s="38"/>
+      <c r="H181" s="38"/>
+      <c r="I181" s="38"/>
+      <c r="J181" s="38"/>
+      <c r="K181" s="38"/>
+      <c r="L181" s="38"/>
+      <c r="M181" s="38"/>
+      <c r="N181" s="38"/>
+    </row>
+    <row r="182" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A182" s="38"/>
+      <c r="B182" s="41"/>
+      <c r="C182" s="38"/>
+      <c r="D182" s="38"/>
+      <c r="E182" s="38"/>
+      <c r="F182" s="38"/>
+      <c r="G182" s="38"/>
+      <c r="H182" s="38"/>
+      <c r="I182" s="38"/>
+      <c r="J182" s="38"/>
+      <c r="K182" s="38"/>
+      <c r="L182" s="38"/>
+      <c r="M182" s="38"/>
+      <c r="N182" s="38"/>
+    </row>
+    <row r="183" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A183" s="38"/>
+      <c r="B183" s="41"/>
+      <c r="C183" s="38"/>
+      <c r="D183" s="38"/>
+      <c r="E183" s="38"/>
+      <c r="F183" s="38"/>
+      <c r="G183" s="38"/>
+      <c r="H183" s="38"/>
+      <c r="I183" s="38"/>
+      <c r="J183" s="38"/>
+      <c r="K183" s="38"/>
+      <c r="L183" s="38"/>
+      <c r="M183" s="38"/>
+      <c r="N183" s="38"/>
+    </row>
+    <row r="184" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A184" s="38"/>
+      <c r="B184" s="41"/>
+      <c r="C184" s="38"/>
+      <c r="D184" s="38"/>
+      <c r="E184" s="38"/>
+      <c r="F184" s="38"/>
+      <c r="G184" s="38"/>
+      <c r="H184" s="38"/>
+      <c r="I184" s="38"/>
+      <c r="J184" s="38"/>
+      <c r="K184" s="38"/>
+      <c r="L184" s="38"/>
+      <c r="M184" s="38"/>
+      <c r="N184" s="38"/>
+    </row>
+    <row r="185" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A185" s="38"/>
+      <c r="B185" s="41"/>
+      <c r="C185" s="38"/>
+      <c r="D185" s="38"/>
+      <c r="E185" s="38"/>
+      <c r="F185" s="38"/>
+      <c r="G185" s="38"/>
+      <c r="H185" s="38"/>
+      <c r="I185" s="38"/>
+      <c r="J185" s="38"/>
+      <c r="K185" s="38"/>
+      <c r="L185" s="38"/>
+      <c r="M185" s="38"/>
+      <c r="N185" s="38"/>
+    </row>
+    <row r="186" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A186" s="38"/>
+      <c r="B186" s="41"/>
+      <c r="C186" s="38"/>
+      <c r="D186" s="38"/>
+      <c r="E186" s="38"/>
+      <c r="F186" s="38"/>
+      <c r="G186" s="38"/>
+      <c r="H186" s="38"/>
+      <c r="I186" s="38"/>
+      <c r="J186" s="38"/>
+      <c r="K186" s="38"/>
+      <c r="L186" s="38"/>
+      <c r="M186" s="38"/>
+      <c r="N186" s="38"/>
+    </row>
+    <row r="187" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A187" s="38"/>
+      <c r="B187" s="41"/>
+      <c r="C187" s="38"/>
+      <c r="D187" s="38"/>
+      <c r="E187" s="38"/>
+      <c r="F187" s="38"/>
+      <c r="G187" s="38"/>
+      <c r="H187" s="38"/>
+      <c r="I187" s="38"/>
+      <c r="J187" s="38"/>
+      <c r="K187" s="38"/>
+      <c r="L187" s="38"/>
+      <c r="M187" s="38"/>
+      <c r="N187" s="38"/>
+    </row>
+    <row r="188" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A188" s="38"/>
+      <c r="B188" s="41"/>
+      <c r="C188" s="38"/>
+      <c r="D188" s="38"/>
+      <c r="E188" s="38"/>
+      <c r="F188" s="38"/>
+      <c r="G188" s="38"/>
+      <c r="H188" s="38"/>
+      <c r="I188" s="38"/>
+      <c r="J188" s="38"/>
+      <c r="K188" s="38"/>
+      <c r="L188" s="38"/>
+      <c r="M188" s="38"/>
+      <c r="N188" s="38"/>
+    </row>
+    <row r="189" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A189" s="38"/>
+      <c r="B189" s="41"/>
+      <c r="C189" s="38"/>
+      <c r="D189" s="38"/>
+      <c r="E189" s="38"/>
+      <c r="F189" s="38"/>
+      <c r="G189" s="38"/>
+      <c r="H189" s="38"/>
+      <c r="I189" s="38"/>
+      <c r="J189" s="38"/>
+      <c r="K189" s="38"/>
+      <c r="L189" s="38"/>
+      <c r="M189" s="38"/>
+      <c r="N189" s="38"/>
+    </row>
+    <row r="190" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A190" s="38"/>
+      <c r="B190" s="41"/>
+      <c r="C190" s="38"/>
+      <c r="D190" s="38"/>
+      <c r="E190" s="38"/>
+      <c r="F190" s="38"/>
+      <c r="G190" s="38"/>
+      <c r="H190" s="38"/>
+      <c r="I190" s="38"/>
+      <c r="J190" s="38"/>
+      <c r="K190" s="38"/>
+      <c r="L190" s="38"/>
+      <c r="M190" s="38"/>
+      <c r="N190" s="38"/>
+    </row>
+    <row r="191" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A191" s="38"/>
+      <c r="B191" s="41"/>
+      <c r="C191" s="38"/>
+      <c r="D191" s="38"/>
+      <c r="E191" s="38"/>
+      <c r="F191" s="38"/>
+      <c r="G191" s="38"/>
+      <c r="H191" s="38"/>
+      <c r="I191" s="38"/>
+      <c r="J191" s="38"/>
+      <c r="K191" s="38"/>
+      <c r="L191" s="38"/>
+      <c r="M191" s="38"/>
+      <c r="N191" s="38"/>
+    </row>
+    <row r="192" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A192" s="38"/>
+      <c r="B192" s="41"/>
+      <c r="C192" s="38"/>
+      <c r="D192" s="38"/>
+      <c r="E192" s="38"/>
+      <c r="F192" s="38"/>
+      <c r="G192" s="38"/>
+      <c r="H192" s="38"/>
+      <c r="I192" s="38"/>
+      <c r="J192" s="38"/>
+      <c r="K192" s="38"/>
+      <c r="L192" s="38"/>
+      <c r="M192" s="38"/>
+      <c r="N192" s="38"/>
+    </row>
+    <row r="193" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A193" s="38"/>
+      <c r="B193" s="41"/>
+      <c r="C193" s="38"/>
+      <c r="D193" s="38"/>
+      <c r="E193" s="38"/>
+      <c r="F193" s="38"/>
+      <c r="G193" s="38"/>
+      <c r="H193" s="38"/>
+      <c r="I193" s="38"/>
+      <c r="J193" s="38"/>
+      <c r="K193" s="38"/>
+      <c r="L193" s="38"/>
+      <c r="M193" s="38"/>
+      <c r="N193" s="38"/>
+    </row>
+    <row r="194" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A194" s="38"/>
+      <c r="B194" s="41"/>
+      <c r="C194" s="38"/>
+      <c r="D194" s="38"/>
+      <c r="E194" s="38"/>
+      <c r="F194" s="38"/>
+      <c r="G194" s="38"/>
+      <c r="H194" s="38"/>
+      <c r="I194" s="38"/>
+      <c r="J194" s="38"/>
+      <c r="K194" s="38"/>
+      <c r="L194" s="38"/>
+      <c r="M194" s="38"/>
+      <c r="N194" s="38"/>
+    </row>
+    <row r="195" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A195" s="38"/>
+      <c r="B195" s="41"/>
+      <c r="C195" s="38"/>
+      <c r="D195" s="38"/>
+      <c r="E195" s="38"/>
+      <c r="F195" s="38"/>
+      <c r="G195" s="38"/>
+      <c r="H195" s="38"/>
+      <c r="I195" s="38"/>
+      <c r="J195" s="38"/>
+      <c r="K195" s="38"/>
+      <c r="L195" s="38"/>
+      <c r="M195" s="38"/>
+      <c r="N195" s="38"/>
+    </row>
+    <row r="196" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A196" s="38"/>
+      <c r="B196" s="41"/>
+      <c r="C196" s="38"/>
+      <c r="D196" s="38"/>
+      <c r="E196" s="38"/>
+      <c r="F196" s="38"/>
+      <c r="G196" s="38"/>
+      <c r="H196" s="38"/>
+      <c r="I196" s="38"/>
+      <c r="J196" s="38"/>
+      <c r="K196" s="38"/>
+      <c r="L196" s="38"/>
+      <c r="M196" s="38"/>
+      <c r="N196" s="38"/>
+    </row>
+    <row r="197" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A197" s="38"/>
+      <c r="B197" s="41"/>
+      <c r="C197" s="38"/>
+      <c r="D197" s="38"/>
+      <c r="E197" s="38"/>
+      <c r="F197" s="38"/>
+      <c r="G197" s="38"/>
+      <c r="H197" s="38"/>
+      <c r="I197" s="38"/>
+      <c r="J197" s="38"/>
+      <c r="K197" s="38"/>
+      <c r="L197" s="38"/>
+      <c r="M197" s="38"/>
+      <c r="N197" s="38"/>
+    </row>
+    <row r="198" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A198" s="38"/>
+      <c r="B198" s="41"/>
+      <c r="C198" s="38"/>
+      <c r="D198" s="38"/>
+      <c r="E198" s="38"/>
+      <c r="F198" s="38"/>
+      <c r="G198" s="38"/>
+      <c r="H198" s="38"/>
+      <c r="I198" s="38"/>
+      <c r="J198" s="38"/>
+      <c r="K198" s="38"/>
+      <c r="L198" s="38"/>
+      <c r="M198" s="38"/>
+      <c r="N198" s="38"/>
+    </row>
+    <row r="199" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A199" s="38"/>
+      <c r="B199" s="41"/>
+      <c r="C199" s="38"/>
+      <c r="D199" s="38"/>
+      <c r="E199" s="38"/>
+      <c r="F199" s="38"/>
+      <c r="G199" s="38"/>
+      <c r="H199" s="38"/>
+      <c r="I199" s="38"/>
+      <c r="J199" s="38"/>
+      <c r="K199" s="38"/>
+      <c r="L199" s="38"/>
+      <c r="M199" s="38"/>
+      <c r="N199" s="38"/>
+    </row>
+    <row r="200" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A200" s="38"/>
+      <c r="B200" s="41"/>
+      <c r="C200" s="38"/>
+      <c r="D200" s="38"/>
+      <c r="E200" s="38"/>
+      <c r="F200" s="38"/>
+      <c r="G200" s="38"/>
+      <c r="H200" s="38"/>
+      <c r="I200" s="38"/>
+      <c r="J200" s="38"/>
+      <c r="K200" s="38"/>
+      <c r="L200" s="38"/>
+      <c r="M200" s="38"/>
+      <c r="N200" s="38"/>
+    </row>
+    <row r="201" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A201" s="38"/>
+      <c r="B201" s="41"/>
+      <c r="C201" s="38"/>
+      <c r="D201" s="38"/>
+      <c r="E201" s="38"/>
+      <c r="F201" s="38"/>
+      <c r="G201" s="38"/>
+      <c r="H201" s="38"/>
+      <c r="I201" s="38"/>
+      <c r="J201" s="38"/>
+      <c r="K201" s="38"/>
+      <c r="L201" s="38"/>
+      <c r="M201" s="38"/>
+      <c r="N201" s="38"/>
+    </row>
+    <row r="202" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A202" s="38"/>
+      <c r="B202" s="41"/>
+      <c r="C202" s="38"/>
+      <c r="D202" s="38"/>
+      <c r="E202" s="38"/>
+      <c r="F202" s="38"/>
+      <c r="G202" s="38"/>
+      <c r="H202" s="38"/>
+      <c r="I202" s="38"/>
+      <c r="J202" s="38"/>
+      <c r="K202" s="38"/>
+      <c r="L202" s="38"/>
+      <c r="M202" s="38"/>
+      <c r="N202" s="38"/>
+    </row>
+    <row r="203" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A203" s="38"/>
+      <c r="B203" s="41"/>
+      <c r="C203" s="38"/>
+      <c r="D203" s="38"/>
+      <c r="E203" s="38"/>
+      <c r="F203" s="38"/>
+      <c r="G203" s="38"/>
+      <c r="H203" s="38"/>
+      <c r="I203" s="38"/>
+      <c r="J203" s="38"/>
+      <c r="K203" s="38"/>
+      <c r="L203" s="38"/>
+      <c r="M203" s="38"/>
+      <c r="N203" s="38"/>
+    </row>
+    <row r="204" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A204" s="38"/>
+      <c r="B204" s="41"/>
+      <c r="C204" s="38"/>
+      <c r="D204" s="38"/>
+      <c r="E204" s="38"/>
+      <c r="F204" s="38"/>
+      <c r="G204" s="38"/>
+      <c r="H204" s="38"/>
+      <c r="I204" s="38"/>
+      <c r="J204" s="38"/>
+      <c r="K204" s="38"/>
+      <c r="L204" s="38"/>
+      <c r="M204" s="38"/>
+      <c r="N204" s="38"/>
+    </row>
+    <row r="205" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A205" s="38"/>
+      <c r="B205" s="41"/>
+      <c r="C205" s="38"/>
+      <c r="D205" s="38"/>
+      <c r="E205" s="38"/>
+      <c r="F205" s="38"/>
+      <c r="G205" s="38"/>
+      <c r="H205" s="38"/>
+      <c r="I205" s="38"/>
+      <c r="J205" s="38"/>
+      <c r="K205" s="38"/>
+      <c r="L205" s="38"/>
+      <c r="M205" s="38"/>
+      <c r="N205" s="38"/>
+    </row>
+    <row r="206" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A206" s="38"/>
+      <c r="B206" s="41"/>
+      <c r="C206" s="38"/>
+      <c r="D206" s="38"/>
+      <c r="E206" s="38"/>
+      <c r="F206" s="38"/>
+      <c r="G206" s="38"/>
+      <c r="H206" s="38"/>
+      <c r="I206" s="38"/>
+      <c r="J206" s="38"/>
+      <c r="K206" s="38"/>
+      <c r="L206" s="38"/>
+      <c r="M206" s="38"/>
+      <c r="N206" s="38"/>
+    </row>
+    <row r="207" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A207" s="38"/>
+      <c r="B207" s="41"/>
+      <c r="C207" s="38"/>
+      <c r="D207" s="38"/>
+      <c r="E207" s="38"/>
+      <c r="F207" s="38"/>
+      <c r="G207" s="38"/>
+      <c r="H207" s="38"/>
+      <c r="I207" s="38"/>
+      <c r="J207" s="38"/>
+      <c r="K207" s="38"/>
+      <c r="L207" s="38"/>
+      <c r="M207" s="38"/>
+      <c r="N207" s="38"/>
+    </row>
+    <row r="208" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A208" s="38"/>
+      <c r="B208" s="41"/>
+      <c r="C208" s="38"/>
+      <c r="D208" s="38"/>
+      <c r="E208" s="38"/>
+      <c r="F208" s="38"/>
+      <c r="G208" s="38"/>
+      <c r="H208" s="38"/>
+      <c r="I208" s="38"/>
+      <c r="J208" s="38"/>
+      <c r="K208" s="38"/>
+      <c r="L208" s="38"/>
+      <c r="M208" s="38"/>
+      <c r="N208" s="38"/>
+    </row>
+    <row r="209" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A209" s="38"/>
+      <c r="B209" s="41"/>
+      <c r="C209" s="38"/>
+      <c r="D209" s="38"/>
+      <c r="E209" s="38"/>
+      <c r="F209" s="38"/>
+      <c r="G209" s="38"/>
+      <c r="H209" s="38"/>
+      <c r="I209" s="38"/>
+      <c r="J209" s="38"/>
+      <c r="K209" s="38"/>
+      <c r="L209" s="38"/>
+      <c r="M209" s="38"/>
+      <c r="N209" s="38"/>
+    </row>
+    <row r="210" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A210" s="38"/>
+      <c r="B210" s="41"/>
+      <c r="C210" s="38"/>
+      <c r="D210" s="38"/>
+      <c r="E210" s="38"/>
+      <c r="F210" s="38"/>
+      <c r="G210" s="38"/>
+      <c r="H210" s="38"/>
+      <c r="I210" s="38"/>
+      <c r="J210" s="38"/>
+      <c r="K210" s="38"/>
+      <c r="L210" s="38"/>
+      <c r="M210" s="38"/>
+      <c r="N210" s="38"/>
+    </row>
+    <row r="211" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A211" s="38"/>
+      <c r="B211" s="41"/>
+      <c r="C211" s="38"/>
+      <c r="D211" s="38"/>
+      <c r="E211" s="38"/>
+      <c r="F211" s="38"/>
+      <c r="G211" s="38"/>
+      <c r="H211" s="38"/>
+      <c r="I211" s="38"/>
+      <c r="J211" s="38"/>
+      <c r="K211" s="38"/>
+      <c r="L211" s="38"/>
+      <c r="M211" s="38"/>
+      <c r="N211" s="38"/>
+    </row>
+    <row r="212" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A212" s="38"/>
+      <c r="B212" s="41"/>
+      <c r="C212" s="38"/>
+      <c r="D212" s="38"/>
+      <c r="E212" s="38"/>
+      <c r="F212" s="38"/>
+      <c r="G212" s="38"/>
+      <c r="H212" s="38"/>
+      <c r="I212" s="38"/>
+      <c r="J212" s="38"/>
+      <c r="K212" s="38"/>
+      <c r="L212" s="38"/>
+      <c r="M212" s="38"/>
+      <c r="N212" s="38"/>
+    </row>
+    <row r="213" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A213" s="38"/>
+      <c r="B213" s="41"/>
+      <c r="C213" s="38"/>
+      <c r="D213" s="38"/>
+      <c r="E213" s="38"/>
+      <c r="F213" s="38"/>
+      <c r="G213" s="38"/>
+      <c r="H213" s="38"/>
+      <c r="I213" s="38"/>
+      <c r="J213" s="38"/>
+      <c r="K213" s="38"/>
+      <c r="L213" s="38"/>
+      <c r="M213" s="38"/>
+      <c r="N213" s="38"/>
+    </row>
+    <row r="214" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A214" s="38"/>
+      <c r="B214" s="41"/>
+      <c r="C214" s="38"/>
+      <c r="D214" s="38"/>
+      <c r="E214" s="38"/>
+      <c r="F214" s="38"/>
+      <c r="G214" s="38"/>
+      <c r="H214" s="38"/>
+      <c r="I214" s="38"/>
+      <c r="J214" s="38"/>
+      <c r="K214" s="38"/>
+      <c r="L214" s="38"/>
+      <c r="M214" s="38"/>
+      <c r="N214" s="38"/>
+    </row>
+    <row r="215" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A215" s="38"/>
+      <c r="B215" s="41"/>
+      <c r="C215" s="38"/>
+      <c r="D215" s="38"/>
+      <c r="E215" s="38"/>
+      <c r="F215" s="38"/>
+      <c r="G215" s="38"/>
+      <c r="H215" s="38"/>
+      <c r="I215" s="38"/>
+      <c r="J215" s="38"/>
+      <c r="K215" s="38"/>
+      <c r="L215" s="38"/>
+      <c r="M215" s="38"/>
+      <c r="N215" s="38"/>
+    </row>
+    <row r="216" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A216" s="38"/>
+      <c r="B216" s="41"/>
+      <c r="C216" s="38"/>
+      <c r="D216" s="38"/>
+      <c r="E216" s="38"/>
+      <c r="F216" s="38"/>
+      <c r="G216" s="38"/>
+      <c r="H216" s="38"/>
+      <c r="I216" s="38"/>
+      <c r="J216" s="38"/>
+      <c r="K216" s="38"/>
+      <c r="L216" s="38"/>
+      <c r="M216" s="38"/>
+      <c r="N216" s="38"/>
+    </row>
+    <row r="217" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A217" s="38"/>
+      <c r="B217" s="41"/>
+      <c r="C217" s="38"/>
+      <c r="D217" s="38"/>
+      <c r="E217" s="38"/>
+      <c r="F217" s="38"/>
+      <c r="G217" s="38"/>
+      <c r="H217" s="38"/>
+      <c r="I217" s="38"/>
+      <c r="J217" s="38"/>
+      <c r="K217" s="38"/>
+      <c r="L217" s="38"/>
+      <c r="M217" s="38"/>
+      <c r="N217" s="38"/>
+    </row>
+    <row r="218" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A218" s="38"/>
+      <c r="B218" s="41"/>
+      <c r="C218" s="38"/>
+      <c r="D218" s="38"/>
+      <c r="E218" s="38"/>
+      <c r="F218" s="38"/>
+      <c r="G218" s="38"/>
+      <c r="H218" s="38"/>
+      <c r="I218" s="38"/>
+      <c r="J218" s="38"/>
+      <c r="K218" s="38"/>
+      <c r="L218" s="38"/>
+      <c r="M218" s="38"/>
+      <c r="N218" s="38"/>
+    </row>
+    <row r="219" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A219" s="38"/>
+      <c r="B219" s="41"/>
+      <c r="C219" s="38"/>
+      <c r="D219" s="38"/>
+      <c r="E219" s="38"/>
+      <c r="F219" s="38"/>
+      <c r="G219" s="38"/>
+      <c r="H219" s="38"/>
+      <c r="I219" s="38"/>
+      <c r="J219" s="38"/>
+      <c r="K219" s="38"/>
+      <c r="L219" s="38"/>
+      <c r="M219" s="38"/>
+      <c r="N219" s="38"/>
+    </row>
+    <row r="220" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A220" s="38"/>
+      <c r="B220" s="41"/>
+      <c r="C220" s="38"/>
+      <c r="D220" s="38"/>
+      <c r="E220" s="38"/>
+      <c r="F220" s="38"/>
+      <c r="G220" s="38"/>
+      <c r="H220" s="38"/>
+      <c r="I220" s="38"/>
+      <c r="J220" s="38"/>
+      <c r="K220" s="38"/>
+      <c r="L220" s="38"/>
+      <c r="M220" s="38"/>
+      <c r="N220" s="38"/>
+    </row>
+    <row r="221" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A221" s="38"/>
+      <c r="B221" s="41"/>
+      <c r="C221" s="38"/>
+      <c r="D221" s="38"/>
+      <c r="E221" s="38"/>
+      <c r="F221" s="38"/>
+      <c r="G221" s="38"/>
+      <c r="H221" s="38"/>
+      <c r="I221" s="38"/>
+      <c r="J221" s="38"/>
+      <c r="K221" s="38"/>
+      <c r="L221" s="38"/>
+      <c r="M221" s="38"/>
+      <c r="N221" s="38"/>
+    </row>
+    <row r="222" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A222" s="38"/>
+      <c r="B222" s="41"/>
+      <c r="C222" s="38"/>
+      <c r="D222" s="38"/>
+      <c r="E222" s="38"/>
+      <c r="F222" s="38"/>
+      <c r="G222" s="38"/>
+      <c r="H222" s="38"/>
+      <c r="I222" s="38"/>
+      <c r="J222" s="38"/>
+      <c r="K222" s="38"/>
+      <c r="L222" s="38"/>
+      <c r="M222" s="38"/>
+      <c r="N222" s="38"/>
+    </row>
+    <row r="223" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A223" s="38"/>
+      <c r="B223" s="41"/>
+      <c r="C223" s="38"/>
+      <c r="D223" s="38"/>
+      <c r="E223" s="38"/>
+      <c r="F223" s="38"/>
+      <c r="G223" s="38"/>
+      <c r="H223" s="38"/>
+      <c r="I223" s="38"/>
+      <c r="J223" s="38"/>
+      <c r="K223" s="38"/>
+      <c r="L223" s="38"/>
+      <c r="M223" s="38"/>
+      <c r="N223" s="38"/>
+    </row>
+    <row r="224" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A224" s="38"/>
+      <c r="B224" s="41"/>
+      <c r="C224" s="38"/>
+      <c r="D224" s="38"/>
+      <c r="E224" s="38"/>
+      <c r="F224" s="38"/>
+      <c r="G224" s="38"/>
+      <c r="H224" s="38"/>
+      <c r="I224" s="38"/>
+      <c r="J224" s="38"/>
+      <c r="K224" s="38"/>
+      <c r="L224" s="38"/>
+      <c r="M224" s="38"/>
+      <c r="N224" s="38"/>
+    </row>
+    <row r="225" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A225" s="38"/>
+      <c r="B225" s="41"/>
+      <c r="C225" s="38"/>
+      <c r="D225" s="38"/>
+      <c r="E225" s="38"/>
+      <c r="F225" s="38"/>
+      <c r="G225" s="38"/>
+      <c r="H225" s="38"/>
+      <c r="I225" s="38"/>
+      <c r="J225" s="38"/>
+      <c r="K225" s="38"/>
+      <c r="L225" s="38"/>
+      <c r="M225" s="38"/>
+      <c r="N225" s="38"/>
+    </row>
+    <row r="226" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A226" s="38"/>
+      <c r="B226" s="41"/>
+      <c r="C226" s="38"/>
+      <c r="D226" s="38"/>
+      <c r="E226" s="38"/>
+      <c r="F226" s="38"/>
+      <c r="G226" s="38"/>
+      <c r="H226" s="38"/>
+      <c r="I226" s="38"/>
+      <c r="J226" s="38"/>
+      <c r="K226" s="38"/>
+      <c r="L226" s="38"/>
+      <c r="M226" s="38"/>
+      <c r="N226" s="38"/>
+    </row>
+    <row r="227" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A227" s="38"/>
+      <c r="B227" s="41"/>
+      <c r="C227" s="38"/>
+      <c r="D227" s="38"/>
+      <c r="E227" s="38"/>
+      <c r="F227" s="38"/>
+      <c r="G227" s="38"/>
+      <c r="H227" s="38"/>
+      <c r="I227" s="38"/>
+      <c r="J227" s="38"/>
+      <c r="K227" s="38"/>
+      <c r="L227" s="38"/>
+      <c r="M227" s="38"/>
+      <c r="N227" s="38"/>
+    </row>
+    <row r="228" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A228" s="38"/>
+      <c r="B228" s="41"/>
+      <c r="C228" s="38"/>
+      <c r="D228" s="38"/>
+      <c r="E228" s="38"/>
+      <c r="F228" s="38"/>
+      <c r="G228" s="38"/>
+      <c r="H228" s="38"/>
+      <c r="I228" s="38"/>
+      <c r="J228" s="38"/>
+      <c r="K228" s="38"/>
+      <c r="L228" s="38"/>
+      <c r="M228" s="38"/>
+      <c r="N228" s="38"/>
+    </row>
+    <row r="229" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A229" s="38"/>
+      <c r="B229" s="41"/>
+      <c r="C229" s="38"/>
+      <c r="D229" s="38"/>
+      <c r="E229" s="38"/>
+      <c r="F229" s="38"/>
+      <c r="G229" s="38"/>
+      <c r="H229" s="38"/>
+      <c r="I229" s="38"/>
+      <c r="J229" s="38"/>
+      <c r="K229" s="38"/>
+      <c r="L229" s="38"/>
+      <c r="M229" s="38"/>
+      <c r="N229" s="38"/>
+    </row>
+    <row r="230" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A230" s="38"/>
+      <c r="B230" s="41"/>
+      <c r="C230" s="38"/>
+      <c r="D230" s="38"/>
+      <c r="E230" s="38"/>
+      <c r="F230" s="38"/>
+      <c r="G230" s="38"/>
+      <c r="H230" s="38"/>
+      <c r="I230" s="38"/>
+      <c r="J230" s="38"/>
+      <c r="K230" s="38"/>
+      <c r="L230" s="38"/>
+      <c r="M230" s="38"/>
+      <c r="N230" s="38"/>
+    </row>
+    <row r="231" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A231" s="38"/>
+      <c r="B231" s="41"/>
+      <c r="C231" s="38"/>
+      <c r="D231" s="38"/>
+      <c r="E231" s="38"/>
+      <c r="F231" s="38"/>
+      <c r="G231" s="38"/>
+      <c r="H231" s="38"/>
+      <c r="I231" s="38"/>
+      <c r="J231" s="38"/>
+      <c r="K231" s="38"/>
+      <c r="L231" s="38"/>
+      <c r="M231" s="38"/>
+      <c r="N231" s="38"/>
+    </row>
+    <row r="232" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A232" s="38"/>
+      <c r="B232" s="41"/>
+      <c r="C232" s="38"/>
+      <c r="D232" s="38"/>
+      <c r="E232" s="38"/>
+      <c r="F232" s="38"/>
+      <c r="G232" s="38"/>
+      <c r="H232" s="38"/>
+      <c r="I232" s="38"/>
+      <c r="J232" s="38"/>
+      <c r="K232" s="38"/>
+      <c r="L232" s="38"/>
+      <c r="M232" s="38"/>
+      <c r="N232" s="38"/>
+    </row>
+    <row r="233" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A233" s="38"/>
+      <c r="B233" s="41"/>
+      <c r="C233" s="38"/>
+      <c r="D233" s="38"/>
+      <c r="E233" s="38"/>
+      <c r="F233" s="38"/>
+      <c r="G233" s="38"/>
+      <c r="H233" s="38"/>
+      <c r="I233" s="38"/>
+      <c r="J233" s="38"/>
+      <c r="K233" s="38"/>
+      <c r="L233" s="38"/>
+      <c r="M233" s="38"/>
+      <c r="N233" s="38"/>
+    </row>
+    <row r="234" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A234" s="38"/>
+      <c r="B234" s="41"/>
+      <c r="C234" s="38"/>
+      <c r="D234" s="38"/>
+      <c r="E234" s="38"/>
+      <c r="F234" s="38"/>
+      <c r="G234" s="38"/>
+      <c r="H234" s="38"/>
+      <c r="I234" s="38"/>
+      <c r="J234" s="38"/>
+      <c r="K234" s="38"/>
+      <c r="L234" s="38"/>
+      <c r="M234" s="38"/>
+      <c r="N234" s="38"/>
+    </row>
+    <row r="235" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A235" s="38"/>
+      <c r="B235" s="41"/>
+      <c r="C235" s="38"/>
+      <c r="D235" s="38"/>
+      <c r="E235" s="38"/>
+      <c r="F235" s="38"/>
+      <c r="G235" s="38"/>
+      <c r="H235" s="38"/>
+      <c r="I235" s="38"/>
+      <c r="J235" s="38"/>
+      <c r="K235" s="38"/>
+      <c r="L235" s="38"/>
+      <c r="M235" s="38"/>
+      <c r="N235" s="38"/>
+    </row>
+    <row r="236" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A236" s="38"/>
+      <c r="B236" s="41"/>
+      <c r="C236" s="38"/>
+      <c r="D236" s="38"/>
+      <c r="E236" s="38"/>
+      <c r="F236" s="38"/>
+      <c r="G236" s="38"/>
+      <c r="H236" s="38"/>
+      <c r="I236" s="38"/>
+      <c r="J236" s="38"/>
+      <c r="K236" s="38"/>
+      <c r="L236" s="38"/>
+      <c r="M236" s="38"/>
+      <c r="N236" s="38"/>
+    </row>
+    <row r="237" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A237" s="38"/>
+      <c r="B237" s="41"/>
+      <c r="C237" s="38"/>
+      <c r="D237" s="38"/>
+      <c r="E237" s="38"/>
+      <c r="F237" s="38"/>
+      <c r="G237" s="38"/>
+      <c r="H237" s="38"/>
+      <c r="I237" s="38"/>
+      <c r="J237" s="38"/>
+      <c r="K237" s="38"/>
+      <c r="L237" s="38"/>
+      <c r="M237" s="38"/>
+      <c r="N237" s="38"/>
+    </row>
+    <row r="238" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="38"/>
+      <c r="B238" s="41"/>
+      <c r="C238" s="38"/>
+      <c r="D238" s="38"/>
+      <c r="E238" s="38"/>
+      <c r="F238" s="38"/>
+      <c r="G238" s="38"/>
+      <c r="H238" s="38"/>
+      <c r="I238" s="38"/>
+      <c r="J238" s="38"/>
+      <c r="K238" s="38"/>
+      <c r="L238" s="38"/>
+      <c r="M238" s="38"/>
+      <c r="N238" s="38"/>
+    </row>
+    <row r="239" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A239" s="38"/>
+      <c r="B239" s="41"/>
+      <c r="C239" s="38"/>
+      <c r="D239" s="38"/>
+      <c r="E239" s="38"/>
+      <c r="F239" s="38"/>
+      <c r="G239" s="38"/>
+      <c r="H239" s="38"/>
+      <c r="I239" s="38"/>
+      <c r="J239" s="38"/>
+      <c r="K239" s="38"/>
+      <c r="L239" s="38"/>
+      <c r="M239" s="38"/>
+      <c r="N239" s="38"/>
+    </row>
+    <row r="240" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A240" s="38"/>
+      <c r="B240" s="41"/>
+      <c r="C240" s="38"/>
+      <c r="D240" s="38"/>
+      <c r="E240" s="38"/>
+      <c r="F240" s="38"/>
+      <c r="G240" s="38"/>
+      <c r="H240" s="38"/>
+      <c r="I240" s="38"/>
+      <c r="J240" s="38"/>
+      <c r="K240" s="38"/>
+      <c r="L240" s="38"/>
+      <c r="M240" s="38"/>
+      <c r="N240" s="38"/>
+    </row>
+    <row r="241" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A241" s="38"/>
+      <c r="B241" s="41"/>
+      <c r="C241" s="38"/>
+      <c r="D241" s="38"/>
+      <c r="E241" s="38"/>
+      <c r="F241" s="38"/>
+      <c r="G241" s="38"/>
+      <c r="H241" s="38"/>
+      <c r="I241" s="38"/>
+      <c r="J241" s="38"/>
+      <c r="K241" s="38"/>
+      <c r="L241" s="38"/>
+      <c r="M241" s="38"/>
+      <c r="N241" s="38"/>
+    </row>
+    <row r="242" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A242" s="38"/>
+      <c r="B242" s="41"/>
+      <c r="C242" s="38"/>
+      <c r="D242" s="38"/>
+      <c r="E242" s="38"/>
+      <c r="F242" s="38"/>
+      <c r="G242" s="38"/>
+      <c r="H242" s="38"/>
+      <c r="I242" s="38"/>
+      <c r="J242" s="38"/>
+      <c r="K242" s="38"/>
+      <c r="L242" s="38"/>
+      <c r="M242" s="38"/>
+      <c r="N242" s="38"/>
+    </row>
+    <row r="243" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A243" s="38"/>
+      <c r="B243" s="41"/>
+      <c r="C243" s="38"/>
+      <c r="D243" s="38"/>
+      <c r="E243" s="38"/>
+      <c r="F243" s="38"/>
+      <c r="G243" s="38"/>
+      <c r="H243" s="38"/>
+      <c r="I243" s="38"/>
+      <c r="J243" s="38"/>
+      <c r="K243" s="38"/>
+      <c r="L243" s="38"/>
+      <c r="M243" s="38"/>
+      <c r="N243" s="38"/>
+    </row>
+    <row r="244" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A244" s="38"/>
+      <c r="B244" s="41"/>
+      <c r="C244" s="38"/>
+      <c r="D244" s="38"/>
+      <c r="E244" s="38"/>
+      <c r="F244" s="38"/>
+      <c r="G244" s="38"/>
+      <c r="H244" s="38"/>
+      <c r="I244" s="38"/>
+      <c r="J244" s="38"/>
+      <c r="K244" s="38"/>
+      <c r="L244" s="38"/>
+      <c r="M244" s="38"/>
+      <c r="N244" s="38"/>
+    </row>
+    <row r="245" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A245" s="38"/>
+      <c r="B245" s="41"/>
+      <c r="C245" s="38"/>
+      <c r="D245" s="38"/>
+      <c r="E245" s="38"/>
+      <c r="F245" s="38"/>
+      <c r="G245" s="38"/>
+      <c r="H245" s="38"/>
+      <c r="I245" s="38"/>
+      <c r="J245" s="38"/>
+      <c r="K245" s="38"/>
+      <c r="L245" s="38"/>
+      <c r="M245" s="38"/>
+      <c r="N245" s="38"/>
+    </row>
+    <row r="246" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A246" s="38"/>
+      <c r="B246" s="41"/>
+      <c r="C246" s="38"/>
+      <c r="D246" s="38"/>
+      <c r="E246" s="38"/>
+      <c r="F246" s="38"/>
+      <c r="G246" s="38"/>
+      <c r="H246" s="38"/>
+      <c r="I246" s="38"/>
+      <c r="J246" s="38"/>
+      <c r="K246" s="38"/>
+      <c r="L246" s="38"/>
+      <c r="M246" s="38"/>
+      <c r="N246" s="38"/>
+    </row>
+    <row r="247" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A247" s="38"/>
+      <c r="B247" s="41"/>
+      <c r="C247" s="38"/>
+      <c r="D247" s="38"/>
+      <c r="E247" s="38"/>
+      <c r="F247" s="38"/>
+      <c r="G247" s="38"/>
+      <c r="H247" s="38"/>
+      <c r="I247" s="38"/>
+      <c r="J247" s="38"/>
+      <c r="K247" s="38"/>
+      <c r="L247" s="38"/>
+      <c r="M247" s="38"/>
+      <c r="N247" s="38"/>
+    </row>
+    <row r="248" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A248" s="38"/>
+      <c r="B248" s="41"/>
+      <c r="C248" s="38"/>
+      <c r="D248" s="38"/>
+      <c r="E248" s="38"/>
+      <c r="F248" s="38"/>
+      <c r="G248" s="38"/>
+      <c r="H248" s="38"/>
+      <c r="I248" s="38"/>
+      <c r="J248" s="38"/>
+      <c r="K248" s="38"/>
+      <c r="L248" s="38"/>
+      <c r="M248" s="38"/>
+      <c r="N248" s="38"/>
+    </row>
+    <row r="249" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="38"/>
+      <c r="B249" s="41"/>
+      <c r="C249" s="38"/>
+      <c r="D249" s="38"/>
+      <c r="E249" s="38"/>
+      <c r="F249" s="38"/>
+      <c r="G249" s="38"/>
+      <c r="H249" s="38"/>
+      <c r="I249" s="38"/>
+      <c r="J249" s="38"/>
+      <c r="K249" s="38"/>
+      <c r="L249" s="38"/>
+      <c r="M249" s="38"/>
+      <c r="N249" s="38"/>
+    </row>
+    <row r="250" spans="1:14" s="35" customFormat="1" ht="12.5" x14ac:dyDescent="0.25">
+      <c r="A250" s="38"/>
+      <c r="B250" s="41"/>
+      <c r="C250" s="38"/>
+      <c r="D250" s="38"/>
+      <c r="E250" s="38"/>
+      <c r="F250" s="38"/>
+      <c r="G250" s="38"/>
+      <c r="H250" s="38"/>
+      <c r="I250" s="38"/>
+      <c r="J250" s="38"/>
+      <c r="K250" s="38"/>
+      <c r="L250" s="38"/>
+      <c r="M250" s="38"/>
+      <c r="N250" s="38"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="J2:J3"/>
-[...3 lines deleted...]
-    <mergeCell ref="N2:N3"/>
     <mergeCell ref="G2:G3"/>
     <mergeCell ref="H2:H3"/>
     <mergeCell ref="I2:I3"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:B3"/>
     <mergeCell ref="C2:C3"/>
     <mergeCell ref="D2:D3"/>
     <mergeCell ref="E2:E3"/>
     <mergeCell ref="F2:F3"/>
+    <mergeCell ref="J2:J3"/>
+    <mergeCell ref="K2:K3"/>
+    <mergeCell ref="L2:L3"/>
+    <mergeCell ref="M2:M3"/>
+    <mergeCell ref="N2:N3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DE018558-97F3-439E-BD8F-1C669ED1A7CE}">
-  <dimension ref="A1:M88"/>
+  <sheetPr>
+    <tabColor theme="0" tint="-0.14999847407452621"/>
+  </sheetPr>
+  <dimension ref="A1:P87"/>
+  <sheetViews>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="D12" sqref="D12"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="2.58203125" style="18" customWidth="1"/>
+    <col min="2" max="2" width="17.58203125" style="23" customWidth="1"/>
+    <col min="3" max="3" width="13.58203125" style="23" customWidth="1"/>
+    <col min="4" max="4" width="17.58203125" style="23" customWidth="1"/>
+    <col min="5" max="5" width="13.58203125" style="18" customWidth="1"/>
+    <col min="6" max="6" width="24.58203125" style="18" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="24.1640625" style="18" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="9.58203125" style="25" customWidth="1"/>
+    <col min="9" max="9" width="22.4140625" style="25" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="10.9140625" style="18" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="20" style="18" bestFit="1" customWidth="1"/>
+    <col min="12" max="13" width="21.5" style="18" customWidth="1"/>
+    <col min="14" max="14" width="23.6640625" style="18" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="8.6640625" style="18"/>
+    <col min="16" max="16" width="21.4140625" style="18" customWidth="1"/>
+    <col min="17" max="16384" width="8.6640625" style="18"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16" ht="16.5" x14ac:dyDescent="0.35">
+      <c r="A1" s="53" t="s">
+        <v>45</v>
+      </c>
+      <c r="B1" s="53"/>
+      <c r="C1" s="53"/>
+      <c r="D1" s="53"/>
+      <c r="E1" s="53"/>
+      <c r="F1" s="53"/>
+      <c r="G1" s="53"/>
+      <c r="H1" s="53"/>
+      <c r="I1" s="53"/>
+      <c r="J1" s="53"/>
+      <c r="K1" s="28"/>
+      <c r="L1" s="28"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="29"/>
+    </row>
+    <row r="2" spans="1:16" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="83"/>
+      <c r="B2" s="84" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" s="84" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" s="84" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" s="84" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" s="78" t="s">
+        <v>32</v>
+      </c>
+      <c r="G2" s="78" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" s="80" t="s">
+        <v>33</v>
+      </c>
+      <c r="J2" s="78" t="s">
+        <v>22</v>
+      </c>
+      <c r="K2" s="75" t="s">
+        <v>34</v>
+      </c>
+      <c r="L2" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="M2" s="30" t="s">
+        <v>41</v>
+      </c>
+      <c r="N2" s="75" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3" spans="1:16" ht="19" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="83"/>
+      <c r="B3" s="85"/>
+      <c r="C3" s="85"/>
+      <c r="D3" s="85"/>
+      <c r="E3" s="85"/>
+      <c r="F3" s="79"/>
+      <c r="G3" s="79"/>
+      <c r="H3" s="81"/>
+      <c r="I3" s="81"/>
+      <c r="J3" s="82"/>
+      <c r="K3" s="77"/>
+      <c r="L3" s="31" t="s">
+        <v>39</v>
+      </c>
+      <c r="M3" s="31" t="s">
+        <v>42</v>
+      </c>
+      <c r="N3" s="76"/>
+      <c r="P3" s="26"/>
+    </row>
+    <row r="4" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="10">
+        <v>1</v>
+      </c>
+      <c r="B4" s="19"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="20"/>
+      <c r="F4" s="20"/>
+      <c r="G4" s="20"/>
+      <c r="H4" s="21"/>
+      <c r="I4" s="21"/>
+      <c r="J4" s="22"/>
+      <c r="K4" s="20"/>
+      <c r="L4" s="20"/>
+      <c r="M4" s="20"/>
+      <c r="N4" s="20"/>
+    </row>
+    <row r="5" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="10">
+        <v>2</v>
+      </c>
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="20"/>
+      <c r="F5" s="20"/>
+      <c r="G5" s="20"/>
+      <c r="H5" s="21"/>
+      <c r="I5" s="21"/>
+      <c r="J5" s="22"/>
+      <c r="K5" s="20"/>
+      <c r="L5" s="20"/>
+      <c r="M5" s="20"/>
+      <c r="N5" s="20"/>
+    </row>
+    <row r="6" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="10">
+        <v>3</v>
+      </c>
+      <c r="B6" s="19"/>
+      <c r="C6" s="19"/>
+      <c r="D6" s="19"/>
+      <c r="E6" s="20"/>
+      <c r="F6" s="20"/>
+      <c r="G6" s="20"/>
+      <c r="H6" s="21"/>
+      <c r="I6" s="21"/>
+      <c r="J6" s="22"/>
+      <c r="K6" s="20"/>
+      <c r="L6" s="20"/>
+      <c r="M6" s="20"/>
+      <c r="N6" s="20"/>
+    </row>
+    <row r="7" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="11">
+        <v>4</v>
+      </c>
+      <c r="B7" s="19"/>
+      <c r="C7" s="19"/>
+      <c r="D7" s="19"/>
+      <c r="E7" s="20"/>
+      <c r="F7" s="20"/>
+      <c r="G7" s="20"/>
+      <c r="H7" s="21"/>
+      <c r="I7" s="21"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="20"/>
+      <c r="L7" s="20"/>
+      <c r="M7" s="20"/>
+      <c r="N7" s="20"/>
+    </row>
+    <row r="8" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="10">
+        <v>5</v>
+      </c>
+      <c r="B8" s="19"/>
+      <c r="C8" s="19"/>
+      <c r="D8" s="19"/>
+      <c r="E8" s="20"/>
+      <c r="F8" s="20"/>
+      <c r="G8" s="20"/>
+      <c r="H8" s="21"/>
+      <c r="I8" s="21"/>
+      <c r="J8" s="22"/>
+      <c r="K8" s="20"/>
+      <c r="L8" s="20"/>
+      <c r="M8" s="20"/>
+      <c r="N8" s="20"/>
+    </row>
+    <row r="9" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="10">
+        <v>6</v>
+      </c>
+      <c r="B9" s="19"/>
+      <c r="C9" s="19"/>
+      <c r="D9" s="19"/>
+      <c r="E9" s="20"/>
+      <c r="F9" s="20"/>
+      <c r="G9" s="20"/>
+      <c r="H9" s="21"/>
+      <c r="I9" s="21"/>
+      <c r="J9" s="22"/>
+      <c r="K9" s="20"/>
+      <c r="L9" s="20"/>
+      <c r="M9" s="20"/>
+      <c r="N9" s="20"/>
+    </row>
+    <row r="10" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="10">
+        <v>7</v>
+      </c>
+      <c r="B10" s="19"/>
+      <c r="C10" s="19"/>
+      <c r="D10" s="19"/>
+      <c r="E10" s="20"/>
+      <c r="F10" s="20"/>
+      <c r="G10" s="20"/>
+      <c r="H10" s="21"/>
+      <c r="I10" s="21"/>
+      <c r="J10" s="22"/>
+      <c r="K10" s="20"/>
+      <c r="L10" s="20"/>
+      <c r="M10" s="20"/>
+      <c r="N10" s="20"/>
+    </row>
+    <row r="11" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="10">
+        <v>8</v>
+      </c>
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="19"/>
+      <c r="E11" s="20"/>
+      <c r="F11" s="20"/>
+      <c r="G11" s="20"/>
+      <c r="H11" s="21"/>
+      <c r="I11" s="21"/>
+      <c r="J11" s="22"/>
+      <c r="K11" s="20"/>
+      <c r="L11" s="20"/>
+      <c r="M11" s="20"/>
+      <c r="N11" s="20"/>
+    </row>
+    <row r="12" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="10">
+        <v>9</v>
+      </c>
+      <c r="B12" s="19"/>
+      <c r="C12" s="19"/>
+      <c r="D12" s="19"/>
+      <c r="E12" s="20"/>
+      <c r="F12" s="20"/>
+      <c r="G12" s="20"/>
+      <c r="H12" s="21"/>
+      <c r="I12" s="21"/>
+      <c r="J12" s="22"/>
+      <c r="K12" s="20"/>
+      <c r="L12" s="20"/>
+      <c r="M12" s="20"/>
+      <c r="N12" s="20"/>
+    </row>
+    <row r="13" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="10">
+        <v>10</v>
+      </c>
+      <c r="B13" s="19"/>
+      <c r="C13" s="19"/>
+      <c r="D13" s="19"/>
+      <c r="E13" s="20"/>
+      <c r="F13" s="20"/>
+      <c r="G13" s="20"/>
+      <c r="H13" s="21"/>
+      <c r="I13" s="21"/>
+      <c r="J13" s="22"/>
+      <c r="K13" s="20"/>
+      <c r="L13" s="20"/>
+      <c r="M13" s="20"/>
+      <c r="N13" s="20"/>
+    </row>
+    <row r="14" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10">
+        <v>11</v>
+      </c>
+      <c r="B14" s="19"/>
+      <c r="C14" s="19"/>
+      <c r="D14" s="19"/>
+      <c r="E14" s="20"/>
+      <c r="F14" s="20"/>
+      <c r="G14" s="20"/>
+      <c r="H14" s="21"/>
+      <c r="I14" s="21"/>
+      <c r="J14" s="22"/>
+      <c r="K14" s="20"/>
+      <c r="L14" s="20"/>
+      <c r="M14" s="20"/>
+      <c r="N14" s="20"/>
+    </row>
+    <row r="15" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="10">
+        <v>12</v>
+      </c>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="19"/>
+      <c r="E15" s="20"/>
+      <c r="F15" s="20"/>
+      <c r="G15" s="20"/>
+      <c r="H15" s="21"/>
+      <c r="I15" s="21"/>
+      <c r="J15" s="22"/>
+      <c r="K15" s="20"/>
+      <c r="L15" s="20"/>
+      <c r="M15" s="20"/>
+      <c r="N15" s="20"/>
+    </row>
+    <row r="16" spans="1:16" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="10">
+        <v>13</v>
+      </c>
+      <c r="B16" s="19"/>
+      <c r="C16" s="19"/>
+      <c r="D16" s="19"/>
+      <c r="E16" s="20"/>
+      <c r="F16" s="20"/>
+      <c r="G16" s="20"/>
+      <c r="H16" s="21"/>
+      <c r="I16" s="21"/>
+      <c r="J16" s="22"/>
+      <c r="K16" s="20"/>
+      <c r="L16" s="20"/>
+      <c r="M16" s="20"/>
+      <c r="N16" s="20"/>
+    </row>
+    <row r="17" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="10">
+        <v>15</v>
+      </c>
+      <c r="B17" s="19"/>
+      <c r="C17" s="19"/>
+      <c r="D17" s="19"/>
+      <c r="E17" s="20"/>
+      <c r="F17" s="20"/>
+      <c r="G17" s="20"/>
+      <c r="H17" s="21"/>
+      <c r="I17" s="21"/>
+      <c r="J17" s="22"/>
+      <c r="K17" s="20"/>
+      <c r="L17" s="20"/>
+      <c r="M17" s="20"/>
+      <c r="N17" s="20"/>
+    </row>
+    <row r="18" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10">
+        <v>16</v>
+      </c>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="20"/>
+      <c r="F18" s="20"/>
+      <c r="G18" s="20"/>
+      <c r="H18" s="21"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="22"/>
+      <c r="K18" s="20"/>
+      <c r="L18" s="20"/>
+      <c r="M18" s="20"/>
+      <c r="N18" s="20"/>
+    </row>
+    <row r="19" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="10">
+        <v>17</v>
+      </c>
+      <c r="B19" s="19"/>
+      <c r="C19" s="19"/>
+      <c r="D19" s="19"/>
+      <c r="E19" s="20"/>
+      <c r="F19" s="20"/>
+      <c r="G19" s="20"/>
+      <c r="H19" s="21"/>
+      <c r="I19" s="21"/>
+      <c r="J19" s="22"/>
+      <c r="K19" s="20"/>
+      <c r="L19" s="20"/>
+      <c r="M19" s="20"/>
+      <c r="N19" s="20"/>
+    </row>
+    <row r="20" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="10">
+        <v>18</v>
+      </c>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
+      <c r="D20" s="19"/>
+      <c r="E20" s="20"/>
+      <c r="F20" s="20"/>
+      <c r="G20" s="20"/>
+      <c r="H20" s="21"/>
+      <c r="I20" s="21"/>
+      <c r="J20" s="22"/>
+      <c r="K20" s="20"/>
+      <c r="L20" s="20"/>
+      <c r="M20" s="20"/>
+      <c r="N20" s="20"/>
+    </row>
+    <row r="21" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="10">
+        <v>19</v>
+      </c>
+      <c r="B21" s="19"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="19"/>
+      <c r="E21" s="20"/>
+      <c r="F21" s="20"/>
+      <c r="G21" s="20"/>
+      <c r="H21" s="21"/>
+      <c r="I21" s="21"/>
+      <c r="J21" s="22"/>
+      <c r="K21" s="20"/>
+      <c r="L21" s="20"/>
+      <c r="M21" s="20"/>
+      <c r="N21" s="20"/>
+    </row>
+    <row r="22" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="10">
+        <v>20</v>
+      </c>
+      <c r="B22" s="19"/>
+      <c r="C22" s="19"/>
+      <c r="D22" s="19"/>
+      <c r="E22" s="20"/>
+      <c r="F22" s="20"/>
+      <c r="G22" s="20"/>
+      <c r="H22" s="21"/>
+      <c r="I22" s="21"/>
+      <c r="J22" s="20"/>
+      <c r="K22" s="20"/>
+      <c r="L22" s="20"/>
+      <c r="M22" s="20"/>
+      <c r="N22" s="20"/>
+    </row>
+    <row r="23" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="10">
+        <v>21</v>
+      </c>
+      <c r="B23" s="19"/>
+      <c r="C23" s="19"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="20"/>
+      <c r="F23" s="20"/>
+      <c r="G23" s="20"/>
+      <c r="H23" s="21"/>
+      <c r="I23" s="21"/>
+      <c r="J23" s="20"/>
+      <c r="K23" s="20"/>
+      <c r="L23" s="20"/>
+      <c r="M23" s="20"/>
+      <c r="N23" s="20"/>
+    </row>
+    <row r="24" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="10">
+        <v>22</v>
+      </c>
+      <c r="B24" s="19"/>
+      <c r="C24" s="19"/>
+      <c r="D24" s="19"/>
+      <c r="E24" s="20"/>
+      <c r="F24" s="20"/>
+      <c r="G24" s="20"/>
+      <c r="H24" s="21"/>
+      <c r="I24" s="21"/>
+      <c r="J24" s="20"/>
+      <c r="K24" s="20"/>
+      <c r="L24" s="20"/>
+      <c r="M24" s="20"/>
+      <c r="N24" s="20"/>
+    </row>
+    <row r="25" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10">
+        <v>23</v>
+      </c>
+      <c r="B25" s="19"/>
+      <c r="C25" s="19"/>
+      <c r="D25" s="19"/>
+      <c r="E25" s="20"/>
+      <c r="F25" s="20"/>
+      <c r="G25" s="20"/>
+      <c r="H25" s="21"/>
+      <c r="I25" s="21"/>
+      <c r="J25" s="20"/>
+      <c r="K25" s="20"/>
+      <c r="L25" s="20"/>
+      <c r="M25" s="20"/>
+      <c r="N25" s="20"/>
+    </row>
+    <row r="26" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="10">
+        <v>24</v>
+      </c>
+      <c r="B26" s="19"/>
+      <c r="C26" s="19"/>
+      <c r="D26" s="19"/>
+      <c r="E26" s="20"/>
+      <c r="F26" s="20"/>
+      <c r="G26" s="20"/>
+      <c r="H26" s="21"/>
+      <c r="I26" s="21"/>
+      <c r="J26" s="20"/>
+      <c r="K26" s="20"/>
+      <c r="L26" s="20"/>
+      <c r="M26" s="20"/>
+      <c r="N26" s="20"/>
+    </row>
+    <row r="27" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="10">
+        <v>25</v>
+      </c>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="20"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="21"/>
+      <c r="I27" s="21"/>
+      <c r="J27" s="20"/>
+      <c r="K27" s="20"/>
+      <c r="L27" s="20"/>
+      <c r="M27" s="20"/>
+      <c r="N27" s="20"/>
+    </row>
+    <row r="28" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="10">
+        <v>26</v>
+      </c>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="20"/>
+      <c r="F28" s="20"/>
+      <c r="G28" s="20"/>
+      <c r="H28" s="21"/>
+      <c r="I28" s="21"/>
+      <c r="J28" s="20"/>
+      <c r="K28" s="20"/>
+      <c r="L28" s="20"/>
+      <c r="M28" s="20"/>
+      <c r="N28" s="20"/>
+    </row>
+    <row r="29" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="10">
+        <v>27</v>
+      </c>
+      <c r="B29" s="19"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="20"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="20"/>
+      <c r="H29" s="21"/>
+      <c r="I29" s="21"/>
+      <c r="J29" s="20"/>
+      <c r="K29" s="20"/>
+      <c r="L29" s="20"/>
+      <c r="M29" s="20"/>
+      <c r="N29" s="20"/>
+    </row>
+    <row r="30" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="10">
+        <v>28</v>
+      </c>
+      <c r="B30" s="19"/>
+      <c r="C30" s="19"/>
+      <c r="D30" s="19"/>
+      <c r="E30" s="20"/>
+      <c r="F30" s="20"/>
+      <c r="G30" s="20"/>
+      <c r="H30" s="21"/>
+      <c r="I30" s="21"/>
+      <c r="J30" s="20"/>
+      <c r="K30" s="20"/>
+      <c r="L30" s="20"/>
+      <c r="M30" s="20"/>
+      <c r="N30" s="20"/>
+    </row>
+    <row r="31" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="10">
+        <v>29</v>
+      </c>
+      <c r="B31" s="19"/>
+      <c r="C31" s="19"/>
+      <c r="D31" s="19"/>
+      <c r="E31" s="20"/>
+      <c r="F31" s="20"/>
+      <c r="G31" s="20"/>
+      <c r="H31" s="21"/>
+      <c r="I31" s="21"/>
+      <c r="J31" s="20"/>
+      <c r="K31" s="20"/>
+      <c r="L31" s="20"/>
+      <c r="M31" s="20"/>
+      <c r="N31" s="20"/>
+    </row>
+    <row r="32" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="10">
+        <v>30</v>
+      </c>
+      <c r="B32" s="19"/>
+      <c r="C32" s="19"/>
+      <c r="D32" s="19"/>
+      <c r="E32" s="20"/>
+      <c r="F32" s="20"/>
+      <c r="G32" s="20"/>
+      <c r="H32" s="21"/>
+      <c r="I32" s="21"/>
+      <c r="J32" s="20"/>
+      <c r="K32" s="20"/>
+      <c r="L32" s="20"/>
+      <c r="M32" s="20"/>
+      <c r="N32" s="20"/>
+    </row>
+    <row r="33" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="10">
+        <v>31</v>
+      </c>
+      <c r="B33" s="19"/>
+      <c r="C33" s="19"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="20"/>
+      <c r="F33" s="20"/>
+      <c r="G33" s="20"/>
+      <c r="H33" s="21"/>
+      <c r="I33" s="21"/>
+      <c r="J33" s="20"/>
+      <c r="K33" s="20"/>
+      <c r="L33" s="20"/>
+      <c r="M33" s="20"/>
+      <c r="N33" s="20"/>
+    </row>
+    <row r="34" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="10">
+        <v>32</v>
+      </c>
+      <c r="B34" s="19"/>
+      <c r="C34" s="19"/>
+      <c r="D34" s="19"/>
+      <c r="E34" s="20"/>
+      <c r="F34" s="20"/>
+      <c r="G34" s="20"/>
+      <c r="H34" s="21"/>
+      <c r="I34" s="21"/>
+      <c r="J34" s="20"/>
+      <c r="K34" s="20"/>
+      <c r="L34" s="20"/>
+      <c r="M34" s="20"/>
+      <c r="N34" s="20"/>
+    </row>
+    <row r="35" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="10">
+        <v>33</v>
+      </c>
+      <c r="B35" s="19"/>
+      <c r="C35" s="19"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="20"/>
+      <c r="F35" s="20"/>
+      <c r="G35" s="20"/>
+      <c r="H35" s="21"/>
+      <c r="I35" s="21"/>
+      <c r="J35" s="20"/>
+      <c r="K35" s="20"/>
+      <c r="L35" s="20"/>
+      <c r="M35" s="20"/>
+      <c r="N35" s="20"/>
+    </row>
+    <row r="36" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="10">
+        <v>34</v>
+      </c>
+      <c r="B36" s="19"/>
+      <c r="C36" s="19"/>
+      <c r="D36" s="19"/>
+      <c r="E36" s="20"/>
+      <c r="F36" s="20"/>
+      <c r="G36" s="20"/>
+      <c r="H36" s="21"/>
+      <c r="I36" s="21"/>
+      <c r="J36" s="20"/>
+      <c r="K36" s="20"/>
+      <c r="L36" s="20"/>
+      <c r="M36" s="20"/>
+      <c r="N36" s="20"/>
+    </row>
+    <row r="37" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="10">
+        <v>35</v>
+      </c>
+      <c r="B37" s="19"/>
+      <c r="C37" s="19"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="20"/>
+      <c r="F37" s="20"/>
+      <c r="G37" s="20"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="21"/>
+      <c r="J37" s="20"/>
+      <c r="K37" s="20"/>
+      <c r="L37" s="20"/>
+      <c r="M37" s="20"/>
+      <c r="N37" s="20"/>
+    </row>
+    <row r="38" spans="1:14" ht="14" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="10">
+        <v>36</v>
+      </c>
+      <c r="B38" s="19"/>
+      <c r="C38" s="19"/>
+      <c r="D38" s="19"/>
+      <c r="E38" s="20"/>
+      <c r="F38" s="20"/>
+      <c r="G38" s="20"/>
+      <c r="H38" s="21"/>
+      <c r="I38" s="21"/>
+      <c r="J38" s="20"/>
+      <c r="K38" s="20"/>
+      <c r="L38" s="20"/>
+      <c r="M38" s="20"/>
+      <c r="N38" s="20"/>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H39" s="24"/>
+      <c r="I39" s="24"/>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H40" s="24"/>
+      <c r="I40" s="24"/>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H41" s="24"/>
+      <c r="I41" s="24"/>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H42" s="24"/>
+      <c r="I42" s="24"/>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H43" s="24"/>
+      <c r="I43" s="24"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H44" s="24"/>
+      <c r="I44" s="24"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H45" s="24"/>
+      <c r="I45" s="24"/>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H46" s="24"/>
+      <c r="I46" s="24"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H47" s="24"/>
+      <c r="I47" s="24"/>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="H48" s="24"/>
+      <c r="I48" s="24"/>
+    </row>
+    <row r="49" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H49" s="24"/>
+      <c r="I49" s="24"/>
+    </row>
+    <row r="50" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H50" s="24"/>
+      <c r="I50" s="24"/>
+    </row>
+    <row r="51" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H51" s="24"/>
+      <c r="I51" s="24"/>
+    </row>
+    <row r="52" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H52" s="24"/>
+      <c r="I52" s="24"/>
+    </row>
+    <row r="53" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H53" s="24"/>
+      <c r="I53" s="24"/>
+    </row>
+    <row r="54" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H54" s="24"/>
+      <c r="I54" s="24"/>
+    </row>
+    <row r="55" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H55" s="24"/>
+      <c r="I55" s="24"/>
+    </row>
+    <row r="56" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H56" s="24"/>
+      <c r="I56" s="24"/>
+    </row>
+    <row r="57" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H57" s="24"/>
+      <c r="I57" s="24"/>
+    </row>
+    <row r="58" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H58" s="24"/>
+      <c r="I58" s="24"/>
+    </row>
+    <row r="59" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H59" s="24"/>
+      <c r="I59" s="24"/>
+    </row>
+    <row r="60" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H60" s="24"/>
+      <c r="I60" s="24"/>
+    </row>
+    <row r="61" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H61" s="24"/>
+      <c r="I61" s="24"/>
+    </row>
+    <row r="62" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H62" s="24"/>
+      <c r="I62" s="24"/>
+    </row>
+    <row r="63" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H63" s="24"/>
+      <c r="I63" s="24"/>
+    </row>
+    <row r="64" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H64" s="24"/>
+      <c r="I64" s="24"/>
+    </row>
+    <row r="65" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H65" s="24"/>
+      <c r="I65" s="24"/>
+    </row>
+    <row r="66" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H66" s="24"/>
+      <c r="I66" s="24"/>
+    </row>
+    <row r="67" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H67" s="24"/>
+      <c r="I67" s="24"/>
+    </row>
+    <row r="68" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H68" s="24"/>
+      <c r="I68" s="24"/>
+    </row>
+    <row r="69" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H69" s="24"/>
+      <c r="I69" s="24"/>
+    </row>
+    <row r="70" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H70" s="24"/>
+      <c r="I70" s="24"/>
+    </row>
+    <row r="71" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H71" s="24"/>
+      <c r="I71" s="24"/>
+    </row>
+    <row r="72" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H72" s="24"/>
+      <c r="I72" s="24"/>
+    </row>
+    <row r="73" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H73" s="24"/>
+      <c r="I73" s="24"/>
+    </row>
+    <row r="74" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H74" s="24"/>
+      <c r="I74" s="24"/>
+    </row>
+    <row r="75" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H75" s="24"/>
+      <c r="I75" s="24"/>
+    </row>
+    <row r="76" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H76" s="24"/>
+      <c r="I76" s="24"/>
+    </row>
+    <row r="77" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H77" s="24"/>
+      <c r="I77" s="24"/>
+    </row>
+    <row r="78" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H78" s="24"/>
+      <c r="I78" s="24"/>
+    </row>
+    <row r="79" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H79" s="24"/>
+      <c r="I79" s="24"/>
+    </row>
+    <row r="80" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H80" s="24"/>
+      <c r="I80" s="24"/>
+    </row>
+    <row r="81" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H81" s="24"/>
+      <c r="I81" s="24"/>
+    </row>
+    <row r="82" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H82" s="24"/>
+      <c r="I82" s="24"/>
+    </row>
+    <row r="83" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H83" s="24"/>
+      <c r="I83" s="24"/>
+    </row>
+    <row r="84" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H84" s="24"/>
+      <c r="I84" s="24"/>
+    </row>
+    <row r="85" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H85" s="24"/>
+      <c r="I85" s="24"/>
+    </row>
+    <row r="86" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H86" s="24"/>
+      <c r="I86" s="24"/>
+    </row>
+    <row r="87" spans="8:9" x14ac:dyDescent="0.25">
+      <c r="H87" s="24"/>
+      <c r="I87" s="24"/>
+    </row>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="N2:N3"/>
+    <mergeCell ref="K2:K3"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="F2:F3"/>
+    <mergeCell ref="H2:H3"/>
+    <mergeCell ref="J2:J3"/>
+    <mergeCell ref="A2:A3"/>
+    <mergeCell ref="B2:B3"/>
+    <mergeCell ref="E2:E3"/>
+    <mergeCell ref="C2:C3"/>
+    <mergeCell ref="D2:D3"/>
+    <mergeCell ref="G2:G3"/>
+    <mergeCell ref="I2:I3"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Fannie Mae Confidential</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D4D2E1CA-A468-4CA4-82F2-571997B151E9}">
+  <sheetPr>
+    <tabColor theme="0" tint="-0.249977111117893"/>
+  </sheetPr>
+  <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:J1"/>
+      <selection activeCell="J14" sqref="J14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.58203125" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="13" width="18.25" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="2.75" style="32" customWidth="1"/>
+    <col min="2" max="9" width="17.58203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="16.5" x14ac:dyDescent="0.35">
-[...56 lines deleted...]
-      <c r="K3" s="55" t="s">
+    <row r="1" spans="1:9" s="33" customFormat="1" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A1" s="89" t="s">
         <v>46</v>
       </c>
-      <c r="L3" s="55" t="s">
+      <c r="B1" s="90"/>
+      <c r="C1" s="90"/>
+      <c r="D1" s="90"/>
+      <c r="E1" s="90"/>
+      <c r="F1" s="90"/>
+      <c r="G1" s="90"/>
+      <c r="H1" s="90"/>
+      <c r="I1" s="91"/>
+    </row>
+    <row r="2" spans="1:9" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="43">
+        <v>1</v>
+      </c>
+      <c r="B2" s="92" t="s">
         <v>47</v>
       </c>
-      <c r="M3" s="55" t="s">
+      <c r="C2" s="93"/>
+      <c r="D2" s="93"/>
+      <c r="E2" s="93"/>
+      <c r="F2" s="93"/>
+      <c r="G2" s="93"/>
+      <c r="H2" s="93"/>
+      <c r="I2" s="94"/>
+    </row>
+    <row r="3" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="44"/>
+      <c r="B3" s="34"/>
+      <c r="C3" s="37"/>
+      <c r="D3" s="36"/>
+      <c r="E3" s="36"/>
+      <c r="F3" s="36"/>
+      <c r="G3" s="36"/>
+      <c r="H3" s="36"/>
+      <c r="I3" s="45"/>
+    </row>
+    <row r="4" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="46">
+        <v>2</v>
+      </c>
+      <c r="B4" s="95" t="s">
         <v>48</v>
       </c>
-    </row>
-[...50 lines deleted...]
-      <c r="A7" s="11">
+      <c r="C4" s="96"/>
+      <c r="D4" s="96"/>
+      <c r="E4" s="96"/>
+      <c r="F4" s="96"/>
+      <c r="G4" s="96"/>
+      <c r="H4" s="96"/>
+      <c r="I4" s="97"/>
+    </row>
+    <row r="5" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="46"/>
+      <c r="B5" s="34"/>
+      <c r="C5" s="36"/>
+      <c r="D5" s="36"/>
+      <c r="E5" s="36"/>
+      <c r="F5" s="36"/>
+      <c r="G5" s="36"/>
+      <c r="H5" s="36"/>
+      <c r="I5" s="45"/>
+    </row>
+    <row r="6" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="46">
         <v>3</v>
       </c>
-      <c r="B7" s="23"/>
-[...13 lines deleted...]
-      <c r="A8" s="12">
+      <c r="B6" s="95" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" s="87"/>
+      <c r="D6" s="87"/>
+      <c r="E6" s="87"/>
+      <c r="F6" s="87"/>
+      <c r="G6" s="87"/>
+      <c r="H6" s="87"/>
+      <c r="I6" s="88"/>
+    </row>
+    <row r="7" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="46"/>
+      <c r="B7" s="34"/>
+      <c r="C7" s="36"/>
+      <c r="D7" s="36"/>
+      <c r="E7" s="36"/>
+      <c r="F7" s="36"/>
+      <c r="G7" s="36"/>
+      <c r="H7" s="37"/>
+      <c r="I7" s="45"/>
+    </row>
+    <row r="8" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="46">
         <v>4</v>
       </c>
-      <c r="B8" s="23"/>
-[...13 lines deleted...]
-      <c r="A9" s="11">
+      <c r="B8" s="86" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="96"/>
+      <c r="D8" s="96"/>
+      <c r="E8" s="96"/>
+      <c r="F8" s="96"/>
+      <c r="G8" s="96"/>
+      <c r="H8" s="96"/>
+      <c r="I8" s="97"/>
+    </row>
+    <row r="9" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="46"/>
+      <c r="B9" s="34"/>
+      <c r="C9" s="36"/>
+      <c r="D9" s="36"/>
+      <c r="E9" s="36"/>
+      <c r="F9" s="36"/>
+      <c r="G9" s="36"/>
+      <c r="H9" s="36"/>
+      <c r="I9" s="45"/>
+    </row>
+    <row r="10" spans="1:9" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="46">
         <v>5</v>
       </c>
-      <c r="B9" s="23"/>
-[...13 lines deleted...]
-      <c r="A10" s="11">
+      <c r="B10" s="98" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" s="87"/>
+      <c r="D10" s="87"/>
+      <c r="E10" s="87"/>
+      <c r="F10" s="87"/>
+      <c r="G10" s="87"/>
+      <c r="H10" s="87"/>
+      <c r="I10" s="88"/>
+    </row>
+    <row r="11" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="46"/>
+      <c r="B11" s="34"/>
+      <c r="C11" s="36"/>
+      <c r="D11" s="36"/>
+      <c r="E11" s="36"/>
+      <c r="F11" s="36"/>
+      <c r="G11" s="36"/>
+      <c r="H11" s="36"/>
+      <c r="I11" s="45"/>
+    </row>
+    <row r="12" spans="1:9" ht="25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="46">
         <v>6</v>
       </c>
-      <c r="B10" s="23"/>
-[...13 lines deleted...]
-      <c r="A11" s="13">
+      <c r="B12" s="98" t="s">
+        <v>52</v>
+      </c>
+      <c r="C12" s="99"/>
+      <c r="D12" s="99"/>
+      <c r="E12" s="99"/>
+      <c r="F12" s="99"/>
+      <c r="G12" s="99"/>
+      <c r="H12" s="99"/>
+      <c r="I12" s="100"/>
+    </row>
+    <row r="13" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="46"/>
+      <c r="B13" s="34"/>
+      <c r="C13" s="36"/>
+      <c r="D13" s="36"/>
+      <c r="E13" s="36"/>
+      <c r="F13" s="36"/>
+      <c r="G13" s="36"/>
+      <c r="H13" s="36"/>
+      <c r="I13" s="45"/>
+    </row>
+    <row r="14" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="46">
         <v>7</v>
       </c>
-      <c r="B11" s="23"/>
-[...13 lines deleted...]
-      <c r="A12" s="13">
+      <c r="B14" s="98" t="s">
+        <v>53</v>
+      </c>
+      <c r="C14" s="99"/>
+      <c r="D14" s="99"/>
+      <c r="E14" s="99"/>
+      <c r="F14" s="99"/>
+      <c r="G14" s="99"/>
+      <c r="H14" s="99"/>
+      <c r="I14" s="100"/>
+    </row>
+    <row r="15" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="46"/>
+      <c r="B15" s="34"/>
+      <c r="C15" s="36"/>
+      <c r="D15" s="36"/>
+      <c r="E15" s="36"/>
+      <c r="F15" s="36"/>
+      <c r="G15" s="36"/>
+      <c r="H15" s="36"/>
+      <c r="I15" s="45"/>
+    </row>
+    <row r="16" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="46">
         <v>8</v>
       </c>
-      <c r="B12" s="23"/>
-[...13 lines deleted...]
-      <c r="A13" s="13">
+      <c r="B16" s="86" t="s">
+        <v>54</v>
+      </c>
+      <c r="C16" s="87"/>
+      <c r="D16" s="87"/>
+      <c r="E16" s="87"/>
+      <c r="F16" s="87"/>
+      <c r="G16" s="87"/>
+      <c r="H16" s="87"/>
+      <c r="I16" s="88"/>
+    </row>
+    <row r="17" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="46"/>
+      <c r="B17" s="34"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="36"/>
+      <c r="E17" s="36"/>
+      <c r="F17" s="36"/>
+      <c r="G17" s="36"/>
+      <c r="H17" s="35"/>
+      <c r="I17" s="45"/>
+    </row>
+    <row r="18" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="46">
         <v>9</v>
       </c>
-      <c r="B13" s="23"/>
-[...13 lines deleted...]
-      <c r="A14" s="13">
+      <c r="B18" s="86" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="87"/>
+      <c r="D18" s="87"/>
+      <c r="E18" s="87"/>
+      <c r="F18" s="87"/>
+      <c r="G18" s="87"/>
+      <c r="H18" s="87"/>
+      <c r="I18" s="88"/>
+    </row>
+    <row r="19" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="46"/>
+      <c r="B19" s="34"/>
+      <c r="C19" s="36"/>
+      <c r="D19" s="36"/>
+      <c r="E19" s="36"/>
+      <c r="F19" s="36"/>
+      <c r="G19" s="36"/>
+      <c r="H19" s="36"/>
+      <c r="I19" s="45"/>
+    </row>
+    <row r="20" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="46">
         <v>10</v>
       </c>
-      <c r="B14" s="23"/>
-[...13 lines deleted...]
-      <c r="A15" s="13">
+      <c r="B20" s="86" t="s">
+        <v>56</v>
+      </c>
+      <c r="C20" s="87"/>
+      <c r="D20" s="87"/>
+      <c r="E20" s="87"/>
+      <c r="F20" s="87"/>
+      <c r="G20" s="87"/>
+      <c r="H20" s="87"/>
+      <c r="I20" s="88"/>
+    </row>
+    <row r="21" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="46"/>
+      <c r="B21" s="34"/>
+      <c r="C21" s="36"/>
+      <c r="D21" s="36"/>
+      <c r="E21" s="36"/>
+      <c r="F21" s="36"/>
+      <c r="G21" s="36"/>
+      <c r="H21" s="36"/>
+      <c r="I21" s="45"/>
+    </row>
+    <row r="22" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="46">
         <v>11</v>
       </c>
-      <c r="B15" s="23"/>
-[...13 lines deleted...]
-      <c r="A16" s="13">
+      <c r="B22" s="86" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="87"/>
+      <c r="D22" s="87"/>
+      <c r="E22" s="87"/>
+      <c r="F22" s="87"/>
+      <c r="G22" s="87"/>
+      <c r="H22" s="87"/>
+      <c r="I22" s="88"/>
+    </row>
+    <row r="23" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="46"/>
+      <c r="B23" s="34"/>
+      <c r="C23" s="36"/>
+      <c r="D23" s="36"/>
+      <c r="E23" s="36"/>
+      <c r="F23" s="36"/>
+      <c r="G23" s="36"/>
+      <c r="H23" s="36"/>
+      <c r="I23" s="45"/>
+    </row>
+    <row r="24" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="46">
         <v>12</v>
       </c>
-      <c r="B16" s="23"/>
-[...13 lines deleted...]
-      <c r="A17" s="13">
+      <c r="B24" s="86" t="s">
+        <v>58</v>
+      </c>
+      <c r="C24" s="87"/>
+      <c r="D24" s="87"/>
+      <c r="E24" s="87"/>
+      <c r="F24" s="87"/>
+      <c r="G24" s="87"/>
+      <c r="H24" s="87"/>
+      <c r="I24" s="88"/>
+    </row>
+    <row r="25" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="46"/>
+      <c r="B25" s="34"/>
+      <c r="C25" s="36"/>
+      <c r="D25" s="36"/>
+      <c r="E25" s="36"/>
+      <c r="F25" s="36"/>
+      <c r="G25" s="36"/>
+      <c r="H25" s="36"/>
+      <c r="I25" s="45"/>
+    </row>
+    <row r="26" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="46">
         <v>13</v>
       </c>
-      <c r="B17" s="23"/>
-[...727 lines deleted...]
-      <c r="I88" s="27"/>
+      <c r="B26" s="86" t="s">
+        <v>59</v>
+      </c>
+      <c r="C26" s="87"/>
+      <c r="D26" s="87"/>
+      <c r="E26" s="87"/>
+      <c r="F26" s="87"/>
+      <c r="G26" s="87"/>
+      <c r="H26" s="87"/>
+      <c r="I26" s="88"/>
+    </row>
+    <row r="27" spans="1:9" ht="9" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="46"/>
+      <c r="B27" s="34"/>
+      <c r="C27" s="36"/>
+      <c r="D27" s="36"/>
+      <c r="E27" s="36"/>
+      <c r="F27" s="36"/>
+      <c r="G27" s="36"/>
+      <c r="H27" s="36"/>
+      <c r="I27" s="45"/>
+    </row>
+    <row r="28" spans="1:9" ht="14" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="46">
+        <v>14</v>
+      </c>
+      <c r="B28" s="86" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="87"/>
+      <c r="D28" s="87"/>
+      <c r="E28" s="87"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="87"/>
+      <c r="H28" s="87"/>
+      <c r="I28" s="88"/>
+    </row>
+    <row r="29" spans="1:9" ht="9" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="47"/>
+      <c r="B29" s="48"/>
+      <c r="C29" s="49"/>
+      <c r="D29" s="49"/>
+      <c r="E29" s="49"/>
+      <c r="F29" s="49"/>
+      <c r="G29" s="49"/>
+      <c r="H29" s="49"/>
+      <c r="I29" s="50"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A30" s="34"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A31" s="34"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A32" s="34"/>
+    </row>
+    <row r="33" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A33" s="34"/>
+    </row>
+    <row r="34" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A34" s="34"/>
+    </row>
+    <row r="35" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A35" s="34"/>
+    </row>
+    <row r="36" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A36" s="34"/>
+    </row>
+    <row r="37" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A37" s="34"/>
     </row>
   </sheetData>
   <mergeCells count="15">
-    <mergeCell ref="K3:K4"/>
-[...13 lines deleted...]
-    <mergeCell ref="I3:I4"/>
+    <mergeCell ref="B28:I28"/>
+    <mergeCell ref="A1:I1"/>
+    <mergeCell ref="B2:I2"/>
+    <mergeCell ref="B4:I4"/>
+    <mergeCell ref="B6:I6"/>
+    <mergeCell ref="B18:I18"/>
+    <mergeCell ref="B8:I8"/>
+    <mergeCell ref="B10:I10"/>
+    <mergeCell ref="B12:I12"/>
+    <mergeCell ref="B14:I14"/>
+    <mergeCell ref="B16:I16"/>
+    <mergeCell ref="B20:I20"/>
+    <mergeCell ref="B22:I22"/>
+    <mergeCell ref="B24:I24"/>
+    <mergeCell ref="B26:I26"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-</worksheet>
-[...228 lines deleted...]
-  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
-</file>
-[...4 lines deleted...]
-</p:properties>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010040D598BF93D3D64A911BFEEC1C7D8C8F" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ea710f9ba34973c82a7b51702126d234">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="2f63ee20-7088-4e30-9e93-27b72e92d9da" xmlns:ns4="a9b742ba-46ba-4839-ad39-796f3d8d54f0" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="36d93dadb0e88268462c7ce3916566c9" ns3:_="" ns4:_="">
     <xsd:import namespace="2f63ee20-7088-4e30-9e93-27b72e92d9da"/>
     <xsd:import namespace="a9b742ba-46ba-4839-ad39-796f3d8d54f0"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
@@ -4107,124 +8519,148 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{446D1BE7-CD2B-48CA-BD17-3D25C90A31C9}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C522724-BBCB-4711-92D3-077D12A081EF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="2f63ee20-7088-4e30-9e93-27b72e92d9da"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="a9b742ba-46ba-4839-ad39-796f3d8d54f0"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{446D1BE7-CD2B-48CA-BD17-3D25C90A31C9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{927834F2-CB55-4CE5-B376-55533CB8184B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2f63ee20-7088-4e30-9e93-27b72e92d9da"/>
     <ds:schemaRef ds:uri="a9b742ba-46ba-4839-ad39-796f3d8d54f0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Main</vt:lpstr>
       <vt:lpstr>Outstanding Remediation</vt:lpstr>
-      <vt:lpstr>CoIssue</vt:lpstr>
+      <vt:lpstr>Transfers</vt:lpstr>
       <vt:lpstr>Definitions</vt:lpstr>
       <vt:lpstr>Main!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Excel template</dc:title>
   <dc:creator>Fannie Mae</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010040D598BF93D3D64A911BFEEC1C7D8C8F</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
+    <vt:lpwstr>2025-06-26T15:47:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
+    <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">
+    <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ActionId">
+    <vt:lpwstr>65e4f814-aba0-4613-ac3c-13803b53170a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>