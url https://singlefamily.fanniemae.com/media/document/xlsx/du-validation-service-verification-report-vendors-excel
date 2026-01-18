--- v0 (2025-10-09)
+++ v1 (2026-01-18)
@@ -7,75 +7,86 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1240878D-AE94-4DAE-A3A1-9FB6256A251B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{F6C6E828-F810-40AF-B669-2AEB0D490EE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{58A8E449-188A-46C7-AE5D-C8D2401E96D5}"/>
   <bookViews>
-    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15820" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="29020" windowHeight="15700" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="READ ME" sheetId="4" r:id="rId1"/>
     <sheet name="Vendors for Lender Use" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vendors for Lender Use'!$A$5:$AC$95</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Vendors for Lender Use'!$A$5:$AC$96</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">'Vendors for Lender Use'!$4:$5</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="318" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="319" uniqueCount="127">
   <si>
     <t>The Desktop Underwriter® (DU®) validation service uses third-party data vendors to independently validate borrower income, assets, and employment data, providing our lenders Day 1 Certainty™ on validated loan components.  To use the DU validation service, lenders may choose to work with an eligible verification report supplier or a report distributor that has a relationship with an eligible verification report supplier. This worksheet lists vendors that can provide access to approved verification reports for the DU validation service. Lenders should also ensure that they order the appropriate verification reports from these participating vendors. 
 This vendor information is provided for informational purposes only.  Lenders with questions should contact the vendor or their Fannie Mae customer account team. For more information, visit https://singlefamily.fanniemae.com/applications-technology/desktop-underwriter-validation-service</t>
   </si>
   <si>
     <t>Verification Reports Available from Vendor</t>
   </si>
   <si>
     <t>Asset Validation Reports</t>
   </si>
   <si>
     <t>Income and Employment Validation Report</t>
   </si>
   <si>
     <t>Tax Transcript Reports for Income Validation</t>
   </si>
   <si>
     <t>Vendor</t>
   </si>
   <si>
     <t>AccountChek Asset Report (Informative Research)</t>
   </si>
   <si>
     <t>Blend Generated Asset Statement</t>
   </si>
@@ -370,90 +381,93 @@
   <si>
     <t>Partners Credit &amp; Verification Solutions</t>
   </si>
   <si>
     <t>Plaid</t>
   </si>
   <si>
     <t>PointServ</t>
   </si>
   <si>
     <t>Precision Data Research</t>
   </si>
   <si>
     <t>Premium Credit Bureau</t>
   </si>
   <si>
     <t>Pro Com Services</t>
   </si>
   <si>
     <t>Sarma</t>
   </si>
   <si>
     <t>SettlementOne</t>
   </si>
   <si>
+    <t>Service First Information Solutions</t>
+  </si>
+  <si>
     <t>SharperLending LLC</t>
   </si>
   <si>
     <t>Strategic Information Resources</t>
   </si>
   <si>
     <t>Sunrise Credit Services</t>
   </si>
   <si>
     <t>Trans Union</t>
   </si>
   <si>
     <t>Truework</t>
   </si>
   <si>
     <t>Truv</t>
   </si>
   <si>
     <t>UnitedOne</t>
   </si>
   <si>
     <t>Universal Credit Services</t>
   </si>
   <si>
     <t>Veri-Tax</t>
   </si>
   <si>
     <t>Wolters Kluwer</t>
   </si>
   <si>
     <t>Xactus</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
-    <t>Service First Information Solutions</t>
-[...2 lines deleted...]
-    <t>Updated September 2025</t>
+    <t>Updated November 2025</t>
+  </si>
+  <si>
+    <t>Blend Income</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Source Sans Pro"/>
       <family val="2"/>
@@ -1064,57 +1078,57 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="93.81640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="71.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:1" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AD95"/>
+  <dimension ref="A1:AD96"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane xSplit="1" ySplit="5" topLeftCell="B14" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="5" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A4" sqref="A4"/>
-      <selection pane="bottomRight" activeCell="G38" sqref="G38"/>
+      <selection pane="bottomRight" activeCell="A21" sqref="A21:XFD21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="68.81640625" style="1" customWidth="1"/>
     <col min="2" max="11" width="17.1796875" style="1" customWidth="1"/>
     <col min="12" max="14" width="20.54296875" style="1" customWidth="1"/>
     <col min="15" max="15" width="17.1796875" style="1" customWidth="1"/>
     <col min="16" max="16" width="20" style="1" customWidth="1"/>
     <col min="17" max="19" width="17.1796875" style="1" customWidth="1"/>
     <col min="20" max="20" width="22.1796875" style="1" customWidth="1"/>
     <col min="21" max="22" width="17.1796875" style="1" customWidth="1"/>
     <col min="23" max="23" width="20" style="1" customWidth="1"/>
     <col min="24" max="25" width="17.1796875" style="1" customWidth="1"/>
     <col min="26" max="26" width="22.1796875" style="1" customWidth="1"/>
     <col min="27" max="27" width="21.81640625" style="1" customWidth="1"/>
     <col min="28" max="28" width="20.1796875" style="1" customWidth="1"/>
     <col min="29" max="29" width="18.1796875" style="1" customWidth="1"/>
     <col min="30" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30" ht="83.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="2" spans="1:30" x14ac:dyDescent="0.35">
       <c r="A2" s="12" t="s">
         <v>125</v>
@@ -1809,2837 +1823,2868 @@
       <c r="U19" s="8"/>
       <c r="V19" s="8"/>
       <c r="W19" s="8" t="s">
         <v>34</v>
       </c>
       <c r="X19" s="8"/>
       <c r="Y19" s="9"/>
       <c r="Z19" s="9"/>
       <c r="AA19" s="9"/>
       <c r="AB19" s="9"/>
     </row>
     <row r="20" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A20" s="7" t="s">
         <v>48</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D20" s="8"/>
       <c r="E20" s="8"/>
       <c r="F20" s="8"/>
       <c r="G20" s="8"/>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
-      <c r="J20" s="8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K20" s="8"/>
       <c r="L20" s="8"/>
       <c r="M20" s="8"/>
       <c r="N20" s="8"/>
       <c r="O20" s="8"/>
       <c r="P20" s="8"/>
       <c r="Q20" s="9"/>
       <c r="R20" s="9"/>
       <c r="S20" s="9"/>
       <c r="T20" s="9"/>
       <c r="U20" s="8"/>
       <c r="V20" s="8"/>
       <c r="W20" s="8"/>
       <c r="X20" s="8"/>
       <c r="Y20" s="9"/>
       <c r="Z20" s="9"/>
       <c r="AA20" s="9"/>
       <c r="AB20" s="9"/>
     </row>
     <row r="21" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A21" s="7" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="8"/>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="I21" s="8"/>
-      <c r="J21" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="J21" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="K21" s="8"/>
       <c r="L21" s="8"/>
       <c r="M21" s="8"/>
       <c r="N21" s="8"/>
       <c r="O21" s="8"/>
       <c r="P21" s="8"/>
       <c r="Q21" s="9"/>
       <c r="R21" s="9"/>
-      <c r="S21" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S21" s="9"/>
       <c r="T21" s="9"/>
       <c r="U21" s="8"/>
       <c r="V21" s="8"/>
-      <c r="W21" s="9"/>
-      <c r="X21" s="9"/>
+      <c r="W21" s="8"/>
+      <c r="X21" s="8"/>
       <c r="Y21" s="9"/>
       <c r="Z21" s="9"/>
       <c r="AA21" s="9"/>
       <c r="AB21" s="9"/>
     </row>
     <row r="22" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A22" s="7" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="B22" s="8"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="8"/>
       <c r="F22" s="8"/>
       <c r="G22" s="8"/>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="J22" s="8"/>
       <c r="K22" s="8" t="s">
         <v>34</v>
       </c>
       <c r="L22" s="8"/>
       <c r="M22" s="8"/>
       <c r="N22" s="8"/>
       <c r="O22" s="8"/>
       <c r="P22" s="8"/>
       <c r="Q22" s="9"/>
       <c r="R22" s="9"/>
-      <c r="S22" s="9"/>
+      <c r="S22" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="T22" s="9"/>
       <c r="U22" s="8"/>
       <c r="V22" s="8"/>
-      <c r="W22" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X22" s="8"/>
+      <c r="W22" s="9"/>
+      <c r="X22" s="9"/>
       <c r="Y22" s="9"/>
       <c r="Z22" s="9"/>
       <c r="AA22" s="9"/>
       <c r="AB22" s="9"/>
     </row>
     <row r="23" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A23" s="7" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B23" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="8"/>
       <c r="F23" s="8"/>
       <c r="G23" s="8"/>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="J23" s="8"/>
-      <c r="K23" s="8"/>
+      <c r="K23" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L23" s="8"/>
       <c r="M23" s="8"/>
-      <c r="N23" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N23" s="8"/>
       <c r="O23" s="8"/>
       <c r="P23" s="8"/>
       <c r="Q23" s="9"/>
       <c r="R23" s="9"/>
       <c r="S23" s="9"/>
       <c r="T23" s="9"/>
       <c r="U23" s="8"/>
       <c r="V23" s="8"/>
-      <c r="W23" s="9"/>
-      <c r="X23" s="9"/>
+      <c r="W23" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X23" s="8"/>
       <c r="Y23" s="9"/>
       <c r="Z23" s="9"/>
       <c r="AA23" s="9"/>
       <c r="AB23" s="9"/>
     </row>
     <row r="24" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A24" s="7" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="8"/>
       <c r="F24" s="8"/>
       <c r="G24" s="8"/>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="J24" s="8"/>
-      <c r="K24" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K24" s="8"/>
       <c r="L24" s="8"/>
       <c r="M24" s="8"/>
-      <c r="N24" s="8"/>
+      <c r="N24" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O24" s="8"/>
       <c r="P24" s="8"/>
       <c r="Q24" s="9"/>
       <c r="R24" s="9"/>
       <c r="S24" s="9"/>
       <c r="T24" s="9"/>
       <c r="U24" s="8"/>
       <c r="V24" s="8"/>
-      <c r="W24" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X24" s="8"/>
+      <c r="W24" s="9"/>
+      <c r="X24" s="9"/>
       <c r="Y24" s="9"/>
       <c r="Z24" s="9"/>
       <c r="AA24" s="9"/>
       <c r="AB24" s="9"/>
     </row>
     <row r="25" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A25" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B25" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="8"/>
       <c r="F25" s="8"/>
       <c r="G25" s="8"/>
       <c r="H25" s="8"/>
       <c r="I25" s="8"/>
       <c r="J25" s="8"/>
-      <c r="K25" s="8"/>
+      <c r="K25" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L25" s="8"/>
       <c r="M25" s="8"/>
       <c r="N25" s="8"/>
       <c r="O25" s="8"/>
       <c r="P25" s="8"/>
       <c r="Q25" s="9"/>
       <c r="R25" s="9"/>
       <c r="S25" s="9"/>
       <c r="T25" s="9"/>
       <c r="U25" s="8"/>
       <c r="V25" s="8"/>
       <c r="W25" s="8" t="s">
         <v>34</v>
       </c>
       <c r="X25" s="8"/>
       <c r="Y25" s="9"/>
       <c r="Z25" s="9"/>
       <c r="AA25" s="9"/>
       <c r="AB25" s="9"/>
     </row>
     <row r="26" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A26" s="7" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="8"/>
       <c r="F26" s="8"/>
       <c r="G26" s="8"/>
       <c r="H26" s="8"/>
       <c r="I26" s="8"/>
       <c r="J26" s="8"/>
-      <c r="K26" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K26" s="8"/>
       <c r="L26" s="8"/>
       <c r="M26" s="8"/>
       <c r="N26" s="8"/>
       <c r="O26" s="8"/>
       <c r="P26" s="8"/>
       <c r="Q26" s="9"/>
       <c r="R26" s="9"/>
       <c r="S26" s="9"/>
       <c r="T26" s="9"/>
       <c r="U26" s="8"/>
       <c r="V26" s="8"/>
-      <c r="W26" s="9"/>
-      <c r="X26" s="9"/>
+      <c r="W26" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X26" s="8"/>
       <c r="Y26" s="9"/>
       <c r="Z26" s="9"/>
       <c r="AA26" s="9"/>
       <c r="AB26" s="9"/>
     </row>
     <row r="27" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A27" s="7" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="B27" s="8"/>
+        <v>54</v>
+      </c>
+      <c r="B27" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="8"/>
       <c r="G27" s="8"/>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
       <c r="J27" s="8"/>
-      <c r="K27" s="8"/>
+      <c r="K27" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L27" s="8"/>
       <c r="M27" s="8"/>
       <c r="N27" s="8"/>
       <c r="O27" s="8"/>
       <c r="P27" s="8"/>
       <c r="Q27" s="9"/>
       <c r="R27" s="9"/>
       <c r="S27" s="9"/>
       <c r="T27" s="9"/>
       <c r="U27" s="8"/>
       <c r="V27" s="8"/>
-      <c r="W27" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X27" s="8"/>
+      <c r="W27" s="9"/>
+      <c r="X27" s="9"/>
       <c r="Y27" s="9"/>
       <c r="Z27" s="9"/>
       <c r="AA27" s="9"/>
       <c r="AB27" s="9"/>
     </row>
     <row r="28" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A28" s="7" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B28" s="8"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="8"/>
       <c r="F28" s="8"/>
       <c r="G28" s="8"/>
       <c r="H28" s="8"/>
       <c r="I28" s="8"/>
       <c r="J28" s="8"/>
       <c r="K28" s="8"/>
       <c r="L28" s="8"/>
       <c r="M28" s="8"/>
       <c r="N28" s="8"/>
       <c r="O28" s="8"/>
       <c r="P28" s="8"/>
       <c r="Q28" s="9"/>
       <c r="R28" s="9"/>
       <c r="S28" s="9"/>
       <c r="T28" s="9"/>
       <c r="U28" s="8"/>
       <c r="V28" s="8"/>
-      <c r="W28" s="8"/>
+      <c r="W28" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="X28" s="8"/>
       <c r="Y28" s="9"/>
       <c r="Z28" s="9"/>
       <c r="AA28" s="9"/>
       <c r="AB28" s="9"/>
     </row>
     <row r="29" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A29" s="7" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B29" s="8"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="8"/>
       <c r="G29" s="8"/>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="J29" s="8"/>
-      <c r="K29" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K29" s="8"/>
       <c r="L29" s="8"/>
       <c r="M29" s="8"/>
       <c r="N29" s="8"/>
       <c r="O29" s="8"/>
       <c r="P29" s="8"/>
       <c r="Q29" s="9"/>
       <c r="R29" s="9"/>
       <c r="S29" s="9"/>
       <c r="T29" s="9"/>
       <c r="U29" s="8"/>
       <c r="V29" s="8"/>
-      <c r="W29" s="9"/>
-      <c r="X29" s="9"/>
+      <c r="W29" s="8"/>
+      <c r="X29" s="8"/>
       <c r="Y29" s="9"/>
       <c r="Z29" s="9"/>
       <c r="AA29" s="9"/>
       <c r="AB29" s="9"/>
     </row>
     <row r="30" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A30" s="7" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="8"/>
-      <c r="G30" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G30" s="8"/>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
       <c r="J30" s="8"/>
       <c r="K30" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="L30" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L30" s="8"/>
       <c r="M30" s="8"/>
       <c r="N30" s="8"/>
       <c r="O30" s="8"/>
       <c r="P30" s="8"/>
       <c r="Q30" s="9"/>
-      <c r="R30" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="R30" s="9"/>
       <c r="S30" s="9"/>
       <c r="T30" s="9"/>
       <c r="U30" s="8"/>
       <c r="V30" s="8"/>
       <c r="W30" s="9"/>
       <c r="X30" s="9"/>
       <c r="Y30" s="9"/>
       <c r="Z30" s="9"/>
       <c r="AA30" s="9"/>
       <c r="AB30" s="9"/>
     </row>
     <row r="31" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A31" s="7" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B31" s="8"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="8"/>
-      <c r="G31" s="8"/>
+      <c r="G31" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
       <c r="J31" s="8"/>
       <c r="K31" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="L31" s="8"/>
+      <c r="L31" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="M31" s="8"/>
       <c r="N31" s="8"/>
       <c r="O31" s="8"/>
       <c r="P31" s="8"/>
       <c r="Q31" s="9"/>
-      <c r="R31" s="9"/>
+      <c r="R31" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="S31" s="9"/>
       <c r="T31" s="9"/>
       <c r="U31" s="8"/>
       <c r="V31" s="8"/>
-      <c r="W31" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X31" s="8"/>
+      <c r="W31" s="9"/>
+      <c r="X31" s="9"/>
       <c r="Y31" s="9"/>
       <c r="Z31" s="9"/>
       <c r="AA31" s="9"/>
       <c r="AB31" s="9"/>
     </row>
     <row r="32" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A32" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="8"/>
       <c r="G32" s="8"/>
       <c r="H32" s="8"/>
       <c r="I32" s="8"/>
       <c r="J32" s="8"/>
-      <c r="K32" s="8"/>
+      <c r="K32" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L32" s="8"/>
       <c r="M32" s="8"/>
       <c r="N32" s="8"/>
       <c r="O32" s="8"/>
       <c r="P32" s="8"/>
       <c r="Q32" s="9"/>
       <c r="R32" s="9"/>
       <c r="S32" s="9"/>
       <c r="T32" s="9"/>
       <c r="U32" s="8"/>
       <c r="V32" s="8"/>
-      <c r="W32" s="9"/>
-      <c r="X32" s="9"/>
+      <c r="W32" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X32" s="8"/>
       <c r="Y32" s="9"/>
       <c r="Z32" s="9"/>
-      <c r="AA32" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA32" s="9"/>
       <c r="AB32" s="9"/>
     </row>
     <row r="33" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A33" s="7" t="s">
-        <v>61</v>
-[...3 lines deleted...]
-      </c>
+        <v>60</v>
+      </c>
+      <c r="B33" s="8"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="8"/>
       <c r="G33" s="8"/>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
       <c r="J33" s="8"/>
-      <c r="K33" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K33" s="8"/>
       <c r="L33" s="8"/>
       <c r="M33" s="8"/>
       <c r="N33" s="8"/>
       <c r="O33" s="8"/>
       <c r="P33" s="8"/>
       <c r="Q33" s="9"/>
       <c r="R33" s="9"/>
       <c r="S33" s="9"/>
       <c r="T33" s="9"/>
       <c r="U33" s="8"/>
       <c r="V33" s="8"/>
       <c r="W33" s="9"/>
       <c r="X33" s="9"/>
       <c r="Y33" s="9"/>
       <c r="Z33" s="9"/>
       <c r="AA33" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB33" s="9"/>
     </row>
     <row r="34" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A34" s="7" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="8"/>
-      <c r="D34" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
       <c r="J34" s="8"/>
-      <c r="K34" s="8"/>
+      <c r="K34" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L34" s="8"/>
-      <c r="M34" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M34" s="8"/>
+      <c r="N34" s="8"/>
       <c r="O34" s="8"/>
       <c r="P34" s="8"/>
       <c r="Q34" s="9"/>
       <c r="R34" s="9"/>
       <c r="S34" s="9"/>
       <c r="T34" s="9"/>
       <c r="U34" s="8"/>
       <c r="V34" s="8"/>
-      <c r="W34" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X34" s="8"/>
+      <c r="W34" s="9"/>
+      <c r="X34" s="9"/>
       <c r="Y34" s="9"/>
       <c r="Z34" s="9"/>
-      <c r="AA34" s="9"/>
+      <c r="AA34" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB34" s="9"/>
     </row>
     <row r="35" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A35" s="7" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B35" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C35" s="8"/>
-      <c r="D35" s="8"/>
+      <c r="D35" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="8"/>
       <c r="J35" s="8"/>
-      <c r="K35" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K35" s="8"/>
       <c r="L35" s="8"/>
-      <c r="M35" s="8"/>
-      <c r="N35" s="8"/>
+      <c r="M35" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N35" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O35" s="8"/>
       <c r="P35" s="8"/>
       <c r="Q35" s="9"/>
       <c r="R35" s="9"/>
       <c r="S35" s="9"/>
       <c r="T35" s="9"/>
       <c r="U35" s="8"/>
       <c r="V35" s="8"/>
       <c r="W35" s="8" t="s">
         <v>34</v>
       </c>
       <c r="X35" s="8"/>
       <c r="Y35" s="9"/>
       <c r="Z35" s="9"/>
       <c r="AA35" s="9"/>
       <c r="AB35" s="9"/>
     </row>
     <row r="36" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A36" s="7" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B36" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C36" s="8"/>
-      <c r="D36" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="L36" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L36" s="8"/>
       <c r="M36" s="8"/>
       <c r="N36" s="8"/>
       <c r="O36" s="8"/>
       <c r="P36" s="8"/>
       <c r="Q36" s="9"/>
       <c r="R36" s="9"/>
       <c r="S36" s="9"/>
       <c r="T36" s="9"/>
       <c r="U36" s="8"/>
       <c r="V36" s="8"/>
       <c r="W36" s="8" t="s">
         <v>34</v>
       </c>
       <c r="X36" s="8"/>
       <c r="Y36" s="9"/>
       <c r="Z36" s="9"/>
       <c r="AA36" s="9"/>
       <c r="AB36" s="9"/>
     </row>
     <row r="37" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A37" s="7" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B37" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="8"/>
-      <c r="D37" s="8"/>
+      <c r="D37" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E37" s="8"/>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="H37" s="8"/>
       <c r="I37" s="8"/>
       <c r="J37" s="8"/>
-      <c r="K37" s="8"/>
-      <c r="L37" s="8"/>
+      <c r="K37" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L37" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="M37" s="8"/>
       <c r="N37" s="8"/>
       <c r="O37" s="8"/>
       <c r="P37" s="8"/>
       <c r="Q37" s="9"/>
       <c r="R37" s="9"/>
       <c r="S37" s="9"/>
       <c r="T37" s="9"/>
       <c r="U37" s="8"/>
       <c r="V37" s="8"/>
-      <c r="W37" s="9"/>
-      <c r="X37" s="9"/>
+      <c r="W37" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X37" s="8"/>
       <c r="Y37" s="9"/>
       <c r="Z37" s="9"/>
-      <c r="AA37" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA37" s="9"/>
       <c r="AB37" s="9"/>
     </row>
     <row r="38" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A38" s="7" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="B38" s="8"/>
+        <v>65</v>
+      </c>
+      <c r="B38" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="8"/>
-      <c r="M38" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M38" s="8"/>
       <c r="N38" s="8"/>
       <c r="O38" s="8"/>
       <c r="P38" s="8"/>
       <c r="Q38" s="9"/>
       <c r="R38" s="9"/>
-      <c r="S38" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S38" s="9"/>
       <c r="T38" s="9"/>
       <c r="U38" s="8"/>
       <c r="V38" s="8"/>
       <c r="W38" s="9"/>
       <c r="X38" s="9"/>
       <c r="Y38" s="9"/>
       <c r="Z38" s="9"/>
-      <c r="AA38" s="9"/>
+      <c r="AA38" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB38" s="9"/>
     </row>
     <row r="39" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A39" s="7" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B39" s="8"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="H39" s="8"/>
       <c r="I39" s="8"/>
       <c r="J39" s="8"/>
       <c r="K39" s="8"/>
       <c r="L39" s="8"/>
-      <c r="M39" s="8"/>
+      <c r="M39" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N39" s="8"/>
       <c r="O39" s="8"/>
       <c r="P39" s="8"/>
       <c r="Q39" s="9"/>
-      <c r="R39" s="9" t="s">
-[...2 lines deleted...]
-      <c r="S39" s="9"/>
+      <c r="R39" s="9"/>
+      <c r="S39" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="T39" s="9"/>
       <c r="U39" s="8"/>
       <c r="V39" s="8"/>
       <c r="W39" s="9"/>
       <c r="X39" s="9"/>
       <c r="Y39" s="9"/>
       <c r="Z39" s="9"/>
       <c r="AA39" s="9"/>
       <c r="AB39" s="9"/>
     </row>
     <row r="40" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A40" t="s">
-        <v>68</v>
+      <c r="A40" s="7" t="s">
+        <v>67</v>
       </c>
       <c r="B40" s="8"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="8"/>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="H40" s="8"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
-      <c r="K40" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
       <c r="N40" s="8"/>
       <c r="O40" s="8"/>
       <c r="P40" s="8"/>
       <c r="Q40" s="9"/>
-      <c r="R40" s="9"/>
+      <c r="R40" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="S40" s="9"/>
       <c r="T40" s="9"/>
       <c r="U40" s="8"/>
       <c r="V40" s="8"/>
       <c r="W40" s="9"/>
       <c r="X40" s="9"/>
       <c r="Y40" s="9"/>
       <c r="Z40" s="9"/>
       <c r="AA40" s="9"/>
       <c r="AB40" s="9"/>
     </row>
     <row r="41" spans="1:28" x14ac:dyDescent="0.35">
-      <c r="A41" s="7" t="s">
-        <v>69</v>
+      <c r="A41" t="s">
+        <v>68</v>
       </c>
       <c r="B41" s="8"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="H41" s="8"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
-      <c r="K41" s="8"/>
+      <c r="K41" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
       <c r="N41" s="8"/>
       <c r="O41" s="8"/>
       <c r="P41" s="8"/>
       <c r="Q41" s="9"/>
       <c r="R41" s="9"/>
       <c r="S41" s="9"/>
       <c r="T41" s="9"/>
       <c r="U41" s="8"/>
       <c r="V41" s="8"/>
       <c r="W41" s="9"/>
-      <c r="X41" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X41" s="9"/>
       <c r="Y41" s="9"/>
       <c r="Z41" s="9"/>
       <c r="AA41" s="9"/>
       <c r="AB41" s="9"/>
     </row>
     <row r="42" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A42" s="7" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B42" s="8"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="8"/>
       <c r="F42" s="8"/>
       <c r="G42" s="8"/>
       <c r="H42" s="8"/>
       <c r="I42" s="8"/>
       <c r="J42" s="8"/>
-      <c r="K42" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K42" s="8"/>
       <c r="L42" s="8"/>
       <c r="M42" s="8"/>
-      <c r="N42" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N42" s="8"/>
       <c r="O42" s="8"/>
       <c r="P42" s="8"/>
       <c r="Q42" s="9"/>
       <c r="R42" s="9"/>
       <c r="S42" s="9"/>
-      <c r="T42" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="T42" s="9"/>
       <c r="U42" s="8"/>
       <c r="V42" s="8"/>
       <c r="W42" s="9"/>
-      <c r="X42" s="9"/>
+      <c r="X42" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y42" s="9"/>
       <c r="Z42" s="9"/>
       <c r="AA42" s="9"/>
       <c r="AB42" s="9"/>
     </row>
     <row r="43" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A43" s="7" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B43" s="8"/>
       <c r="C43" s="8"/>
-      <c r="D43" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D43" s="8"/>
       <c r="E43" s="8"/>
       <c r="F43" s="8"/>
       <c r="G43" s="8"/>
       <c r="H43" s="8"/>
       <c r="I43" s="8"/>
       <c r="J43" s="8"/>
-      <c r="K43" s="8"/>
-[...6 lines deleted...]
-      <c r="N43" s="8"/>
+      <c r="K43" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+      <c r="N43" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O43" s="8"/>
       <c r="P43" s="8"/>
       <c r="Q43" s="9"/>
       <c r="R43" s="9"/>
       <c r="S43" s="9"/>
-      <c r="T43" s="9"/>
+      <c r="T43" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="U43" s="8"/>
       <c r="V43" s="8"/>
       <c r="W43" s="9"/>
-      <c r="X43" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X43" s="9"/>
       <c r="Y43" s="9"/>
       <c r="Z43" s="9"/>
       <c r="AA43" s="9"/>
       <c r="AB43" s="9"/>
     </row>
     <row r="44" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A44" s="7" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="B44" s="8"/>
       <c r="C44" s="8"/>
-      <c r="D44" s="8"/>
+      <c r="D44" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E44" s="8"/>
       <c r="F44" s="8"/>
       <c r="G44" s="8"/>
       <c r="H44" s="8"/>
       <c r="I44" s="8"/>
       <c r="J44" s="8"/>
       <c r="K44" s="8"/>
-      <c r="L44" s="8"/>
-      <c r="M44" s="8"/>
+      <c r="L44" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="M44" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N44" s="8"/>
       <c r="O44" s="8"/>
       <c r="P44" s="8"/>
       <c r="Q44" s="9"/>
       <c r="R44" s="9"/>
       <c r="S44" s="9"/>
       <c r="T44" s="9"/>
       <c r="U44" s="8"/>
       <c r="V44" s="8"/>
       <c r="W44" s="9"/>
-      <c r="X44" s="9"/>
+      <c r="X44" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y44" s="9"/>
       <c r="Z44" s="9"/>
       <c r="AA44" s="9"/>
       <c r="AB44" s="9"/>
     </row>
     <row r="45" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A45" s="7" t="s">
-        <v>73</v>
-[...1 lines deleted...]
-      <c r="B45" s="8"/>
+        <v>72</v>
+      </c>
+      <c r="B45" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="8"/>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="H45" s="8"/>
       <c r="I45" s="8"/>
       <c r="J45" s="8"/>
-      <c r="K45" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K45" s="8"/>
       <c r="L45" s="8"/>
       <c r="M45" s="8"/>
       <c r="N45" s="8"/>
       <c r="O45" s="8"/>
       <c r="P45" s="8"/>
       <c r="Q45" s="9"/>
       <c r="R45" s="9"/>
-      <c r="S45" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="S45" s="9"/>
       <c r="T45" s="9"/>
       <c r="U45" s="8"/>
       <c r="V45" s="8"/>
       <c r="W45" s="9"/>
       <c r="X45" s="9"/>
       <c r="Y45" s="9"/>
       <c r="Z45" s="9"/>
       <c r="AA45" s="9"/>
       <c r="AB45" s="9"/>
     </row>
     <row r="46" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A46" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B46" s="8"/>
       <c r="C46" s="8"/>
-      <c r="D46" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D46" s="8"/>
       <c r="E46" s="8"/>
       <c r="F46" s="8"/>
       <c r="G46" s="8"/>
       <c r="H46" s="8"/>
       <c r="I46" s="8"/>
       <c r="J46" s="8"/>
-      <c r="K46" s="8"/>
+      <c r="K46" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L46" s="8"/>
-      <c r="M46" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="8"/>
       <c r="P46" s="8"/>
       <c r="Q46" s="9"/>
       <c r="R46" s="9"/>
-      <c r="S46" s="9"/>
+      <c r="S46" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="T46" s="9"/>
       <c r="U46" s="8"/>
       <c r="V46" s="8"/>
       <c r="W46" s="9"/>
       <c r="X46" s="9"/>
       <c r="Y46" s="9"/>
       <c r="Z46" s="9"/>
       <c r="AA46" s="9"/>
       <c r="AB46" s="9"/>
     </row>
     <row r="47" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A47" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B47" s="8"/>
       <c r="C47" s="8"/>
-      <c r="D47" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D47" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="E47" s="8"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="H47" s="8"/>
       <c r="I47" s="8"/>
       <c r="J47" s="8"/>
       <c r="K47" s="8"/>
       <c r="L47" s="8"/>
-      <c r="M47" s="8"/>
+      <c r="M47" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N47" s="8"/>
       <c r="O47" s="8"/>
       <c r="P47" s="8"/>
       <c r="Q47" s="9"/>
       <c r="R47" s="9"/>
-      <c r="S47" s="9" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="S47" s="9"/>
+      <c r="T47" s="9"/>
       <c r="U47" s="8"/>
       <c r="V47" s="8"/>
       <c r="W47" s="9"/>
       <c r="X47" s="9"/>
       <c r="Y47" s="9"/>
       <c r="Z47" s="9"/>
       <c r="AA47" s="9"/>
       <c r="AB47" s="9"/>
     </row>
     <row r="48" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A48" s="7" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="B48" s="8"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
-      <c r="E48" s="8"/>
+      <c r="E48" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="F48" s="8"/>
       <c r="G48" s="8"/>
       <c r="H48" s="8"/>
       <c r="I48" s="8"/>
       <c r="J48" s="8"/>
-      <c r="K48" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K48" s="8"/>
       <c r="L48" s="8"/>
       <c r="M48" s="8"/>
       <c r="N48" s="8"/>
       <c r="O48" s="8"/>
       <c r="P48" s="8"/>
       <c r="Q48" s="9"/>
       <c r="R48" s="9"/>
-      <c r="S48" s="9"/>
-      <c r="T48" s="9"/>
+      <c r="S48" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="T48" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="U48" s="8"/>
       <c r="V48" s="8"/>
       <c r="W48" s="9"/>
       <c r="X48" s="9"/>
       <c r="Y48" s="9"/>
       <c r="Z48" s="9"/>
       <c r="AA48" s="9"/>
       <c r="AB48" s="9"/>
     </row>
     <row r="49" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A49" s="7" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B49" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="8"/>
       <c r="F49" s="8"/>
       <c r="G49" s="8"/>
       <c r="H49" s="8"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
-      <c r="K49" s="8"/>
+      <c r="K49" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
       <c r="N49" s="8"/>
       <c r="O49" s="8"/>
       <c r="P49" s="8"/>
       <c r="Q49" s="9"/>
       <c r="R49" s="9"/>
       <c r="S49" s="9"/>
       <c r="T49" s="9"/>
-      <c r="U49" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="U49" s="8"/>
       <c r="V49" s="8"/>
       <c r="W49" s="9"/>
       <c r="X49" s="9"/>
       <c r="Y49" s="9"/>
       <c r="Z49" s="9"/>
       <c r="AA49" s="9"/>
       <c r="AB49" s="9"/>
     </row>
     <row r="50" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A50" s="7" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="B50" s="8"/>
+        <v>77</v>
+      </c>
+      <c r="B50" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="8"/>
       <c r="F50" s="8"/>
       <c r="G50" s="8"/>
       <c r="H50" s="8"/>
       <c r="I50" s="8"/>
       <c r="J50" s="8"/>
       <c r="K50" s="8"/>
       <c r="L50" s="8"/>
       <c r="M50" s="8"/>
       <c r="N50" s="8"/>
       <c r="O50" s="8"/>
       <c r="P50" s="8"/>
       <c r="Q50" s="9"/>
       <c r="R50" s="9"/>
       <c r="S50" s="9"/>
       <c r="T50" s="9"/>
-      <c r="U50" s="8"/>
+      <c r="U50" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="V50" s="8"/>
       <c r="W50" s="9"/>
       <c r="X50" s="9"/>
       <c r="Y50" s="9"/>
       <c r="Z50" s="9"/>
-      <c r="AA50" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA50" s="9"/>
       <c r="AB50" s="9"/>
     </row>
-    <row r="51" spans="1:28" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A51" s="7" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B51" s="8"/>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="8"/>
       <c r="F51" s="8"/>
       <c r="G51" s="8"/>
       <c r="H51" s="8"/>
       <c r="I51" s="8"/>
       <c r="J51" s="8"/>
       <c r="K51" s="8"/>
       <c r="L51" s="8"/>
       <c r="M51" s="8"/>
       <c r="N51" s="8"/>
       <c r="O51" s="8"/>
       <c r="P51" s="8"/>
       <c r="Q51" s="9"/>
       <c r="R51" s="9"/>
       <c r="S51" s="9"/>
       <c r="T51" s="9"/>
       <c r="U51" s="8"/>
       <c r="V51" s="8"/>
       <c r="W51" s="9"/>
       <c r="X51" s="9"/>
       <c r="Y51" s="9"/>
       <c r="Z51" s="9"/>
       <c r="AA51" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB51" s="9"/>
     </row>
-    <row r="52" spans="1:28" x14ac:dyDescent="0.35">
+    <row r="52" spans="1:28" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A52" s="7" t="s">
-        <v>80</v>
-[...3 lines deleted...]
-      </c>
+        <v>79</v>
+      </c>
+      <c r="B52" s="8"/>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="8"/>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="8"/>
       <c r="I52" s="8"/>
       <c r="J52" s="8"/>
       <c r="K52" s="8"/>
       <c r="L52" s="8"/>
       <c r="M52" s="8"/>
       <c r="N52" s="8"/>
       <c r="O52" s="8"/>
       <c r="P52" s="8"/>
       <c r="Q52" s="9"/>
       <c r="R52" s="9"/>
       <c r="S52" s="9"/>
       <c r="T52" s="9"/>
       <c r="U52" s="8"/>
       <c r="V52" s="8"/>
       <c r="W52" s="9"/>
       <c r="X52" s="9"/>
       <c r="Y52" s="9"/>
       <c r="Z52" s="9"/>
-      <c r="AA52" s="9"/>
+      <c r="AA52" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB52" s="9"/>
     </row>
     <row r="53" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A53" s="7" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="B53" s="8"/>
+        <v>80</v>
+      </c>
+      <c r="B53" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="8"/>
       <c r="F53" s="8"/>
       <c r="G53" s="8"/>
       <c r="H53" s="8"/>
       <c r="I53" s="8"/>
       <c r="J53" s="8"/>
       <c r="K53" s="8"/>
       <c r="L53" s="8"/>
       <c r="M53" s="8"/>
       <c r="N53" s="8"/>
       <c r="O53" s="8"/>
       <c r="P53" s="8"/>
       <c r="Q53" s="9"/>
       <c r="R53" s="9"/>
       <c r="S53" s="9"/>
       <c r="T53" s="9"/>
       <c r="U53" s="8"/>
-      <c r="V53" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="V53" s="8"/>
       <c r="W53" s="9"/>
       <c r="X53" s="9"/>
       <c r="Y53" s="9"/>
       <c r="Z53" s="9"/>
       <c r="AA53" s="9"/>
       <c r="AB53" s="9"/>
     </row>
     <row r="54" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A54" s="7" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B54" s="8"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="8"/>
       <c r="F54" s="8"/>
       <c r="G54" s="8"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="J54" s="8"/>
-      <c r="K54" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K54" s="8"/>
       <c r="L54" s="8"/>
       <c r="M54" s="8"/>
       <c r="N54" s="8"/>
       <c r="O54" s="8"/>
       <c r="P54" s="8"/>
       <c r="Q54" s="9"/>
       <c r="R54" s="9"/>
       <c r="S54" s="9"/>
       <c r="T54" s="9"/>
       <c r="U54" s="8"/>
-      <c r="V54" s="8"/>
-[...3 lines deleted...]
-      <c r="X54" s="8"/>
+      <c r="V54" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="W54" s="9"/>
+      <c r="X54" s="9"/>
       <c r="Y54" s="9"/>
       <c r="Z54" s="9"/>
       <c r="AA54" s="9"/>
       <c r="AB54" s="9"/>
     </row>
     <row r="55" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A55" s="7" t="s">
-        <v>83</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="B55" s="8"/>
       <c r="C55" s="8"/>
-      <c r="D55" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D55" s="8"/>
       <c r="E55" s="8"/>
       <c r="F55" s="8"/>
       <c r="G55" s="8"/>
       <c r="H55" s="8"/>
       <c r="I55" s="8"/>
       <c r="J55" s="8"/>
       <c r="K55" s="8" t="s">
         <v>34</v>
       </c>
       <c r="L55" s="8"/>
-      <c r="M55" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M55" s="8"/>
       <c r="N55" s="8"/>
       <c r="O55" s="8"/>
       <c r="P55" s="8"/>
       <c r="Q55" s="9"/>
       <c r="R55" s="9"/>
       <c r="S55" s="9"/>
       <c r="T55" s="9"/>
       <c r="U55" s="8"/>
       <c r="V55" s="8"/>
-      <c r="W55" s="9"/>
-      <c r="X55" s="9"/>
+      <c r="W55" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X55" s="8"/>
       <c r="Y55" s="9"/>
       <c r="Z55" s="9"/>
       <c r="AA55" s="9"/>
       <c r="AB55" s="9"/>
     </row>
     <row r="56" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A56" s="7" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="B56" s="8"/>
+        <v>83</v>
+      </c>
+      <c r="B56" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C56" s="8"/>
-      <c r="D56" s="8"/>
+      <c r="D56" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E56" s="8"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8"/>
       <c r="H56" s="8"/>
       <c r="I56" s="8"/>
       <c r="J56" s="8"/>
       <c r="K56" s="8" t="s">
         <v>34</v>
       </c>
       <c r="L56" s="8"/>
-      <c r="M56" s="8"/>
+      <c r="M56" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N56" s="8"/>
       <c r="O56" s="8"/>
       <c r="P56" s="8"/>
       <c r="Q56" s="9"/>
       <c r="R56" s="9"/>
       <c r="S56" s="9"/>
       <c r="T56" s="9"/>
       <c r="U56" s="8"/>
       <c r="V56" s="8"/>
       <c r="W56" s="9"/>
       <c r="X56" s="9"/>
       <c r="Y56" s="9"/>
       <c r="Z56" s="9"/>
       <c r="AA56" s="9"/>
       <c r="AB56" s="9"/>
     </row>
     <row r="57" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A57" s="7" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B57" s="8"/>
       <c r="C57" s="8"/>
-      <c r="D57" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D57" s="8"/>
       <c r="E57" s="8"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="H57" s="8"/>
       <c r="I57" s="8"/>
       <c r="J57" s="8"/>
-      <c r="K57" s="8"/>
+      <c r="K57" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L57" s="8"/>
       <c r="M57" s="8"/>
       <c r="N57" s="8"/>
       <c r="O57" s="8"/>
       <c r="P57" s="8"/>
       <c r="Q57" s="9"/>
       <c r="R57" s="9"/>
       <c r="S57" s="9"/>
       <c r="T57" s="9"/>
       <c r="U57" s="8"/>
       <c r="V57" s="8"/>
       <c r="W57" s="9"/>
       <c r="X57" s="9"/>
       <c r="Y57" s="9"/>
       <c r="Z57" s="9"/>
       <c r="AA57" s="9"/>
       <c r="AB57" s="9"/>
     </row>
     <row r="58" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A58" s="7" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B58" s="8"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E58" s="8"/>
       <c r="F58" s="8"/>
       <c r="G58" s="8"/>
       <c r="H58" s="8"/>
       <c r="I58" s="8"/>
       <c r="J58" s="8"/>
       <c r="K58" s="8"/>
       <c r="L58" s="8"/>
-      <c r="M58" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M58" s="8"/>
       <c r="N58" s="8"/>
       <c r="O58" s="8"/>
       <c r="P58" s="8"/>
       <c r="Q58" s="9"/>
       <c r="R58" s="9"/>
       <c r="S58" s="9"/>
       <c r="T58" s="9"/>
       <c r="U58" s="8"/>
       <c r="V58" s="8"/>
       <c r="W58" s="9"/>
       <c r="X58" s="9"/>
       <c r="Y58" s="9"/>
       <c r="Z58" s="9"/>
       <c r="AA58" s="9"/>
       <c r="AB58" s="9"/>
     </row>
     <row r="59" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A59" s="7" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B59" s="8"/>
       <c r="C59" s="8"/>
-      <c r="D59" s="8"/>
+      <c r="D59" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E59" s="8"/>
       <c r="F59" s="8"/>
       <c r="G59" s="8"/>
       <c r="H59" s="8"/>
       <c r="I59" s="8"/>
       <c r="J59" s="8"/>
-      <c r="K59" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K59" s="8"/>
       <c r="L59" s="8"/>
-      <c r="M59" s="8"/>
+      <c r="M59" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N59" s="8"/>
       <c r="O59" s="8"/>
       <c r="P59" s="8"/>
       <c r="Q59" s="9"/>
       <c r="R59" s="9"/>
       <c r="S59" s="9"/>
       <c r="T59" s="9"/>
       <c r="U59" s="8"/>
       <c r="V59" s="8"/>
       <c r="W59" s="9"/>
-      <c r="X59" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X59" s="9"/>
       <c r="Y59" s="9"/>
       <c r="Z59" s="9"/>
       <c r="AA59" s="9"/>
       <c r="AB59" s="9"/>
     </row>
     <row r="60" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A60" s="7" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B60" s="8"/>
       <c r="C60" s="8"/>
-      <c r="D60" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D60" s="8"/>
       <c r="E60" s="8"/>
       <c r="F60" s="8"/>
       <c r="G60" s="8"/>
       <c r="H60" s="8"/>
       <c r="I60" s="8"/>
       <c r="J60" s="8"/>
-      <c r="K60" s="8"/>
+      <c r="K60" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L60" s="8"/>
       <c r="M60" s="8"/>
       <c r="N60" s="8"/>
       <c r="O60" s="8"/>
       <c r="P60" s="8"/>
       <c r="Q60" s="9"/>
       <c r="R60" s="9"/>
       <c r="S60" s="9"/>
       <c r="T60" s="9"/>
       <c r="U60" s="8"/>
       <c r="V60" s="8"/>
       <c r="W60" s="9"/>
-      <c r="X60" s="9"/>
+      <c r="X60" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y60" s="9"/>
       <c r="Z60" s="9"/>
       <c r="AA60" s="9"/>
       <c r="AB60" s="9"/>
     </row>
     <row r="61" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A61" s="7" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B61" s="8"/>
       <c r="C61" s="8"/>
-      <c r="D61" s="8"/>
+      <c r="D61" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E61" s="8"/>
       <c r="F61" s="8"/>
       <c r="G61" s="8"/>
       <c r="H61" s="8"/>
       <c r="I61" s="8"/>
       <c r="J61" s="8"/>
       <c r="K61" s="8"/>
       <c r="L61" s="8"/>
       <c r="M61" s="8"/>
       <c r="N61" s="8"/>
       <c r="O61" s="8"/>
       <c r="P61" s="8"/>
       <c r="Q61" s="9"/>
       <c r="R61" s="9"/>
       <c r="S61" s="9"/>
       <c r="T61" s="9"/>
       <c r="U61" s="8"/>
       <c r="V61" s="8"/>
-      <c r="W61" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X61" s="8"/>
+      <c r="W61" s="9"/>
+      <c r="X61" s="9"/>
       <c r="Y61" s="9"/>
       <c r="Z61" s="9"/>
       <c r="AA61" s="9"/>
       <c r="AB61" s="9"/>
     </row>
     <row r="62" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A62" s="7" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>89</v>
+      </c>
+      <c r="B62" s="8"/>
       <c r="C62" s="8"/>
       <c r="D62" s="8"/>
       <c r="E62" s="8"/>
       <c r="F62" s="8"/>
       <c r="G62" s="8"/>
       <c r="H62" s="8"/>
       <c r="I62" s="8"/>
       <c r="J62" s="8"/>
-      <c r="K62" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K62" s="8"/>
       <c r="L62" s="8"/>
       <c r="M62" s="8"/>
       <c r="N62" s="8"/>
       <c r="O62" s="8"/>
       <c r="P62" s="8"/>
       <c r="Q62" s="9"/>
       <c r="R62" s="9"/>
       <c r="S62" s="9"/>
       <c r="T62" s="9"/>
       <c r="U62" s="8"/>
       <c r="V62" s="8"/>
-      <c r="W62" s="9"/>
-      <c r="X62" s="9"/>
+      <c r="W62" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X62" s="8"/>
       <c r="Y62" s="9"/>
       <c r="Z62" s="9"/>
       <c r="AA62" s="9"/>
       <c r="AB62" s="9"/>
     </row>
     <row r="63" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A63" s="7" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B63" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C63" s="8"/>
-      <c r="D63" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D63" s="8"/>
       <c r="E63" s="8"/>
       <c r="F63" s="8"/>
       <c r="G63" s="8"/>
       <c r="H63" s="8"/>
       <c r="I63" s="8"/>
       <c r="J63" s="8"/>
-      <c r="K63" s="8"/>
+      <c r="K63" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L63" s="8"/>
-      <c r="M63" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M63" s="8"/>
       <c r="N63" s="8"/>
       <c r="O63" s="8"/>
       <c r="P63" s="8"/>
       <c r="Q63" s="9"/>
       <c r="R63" s="9"/>
       <c r="S63" s="9"/>
       <c r="T63" s="9"/>
       <c r="U63" s="8"/>
       <c r="V63" s="8"/>
-      <c r="W63" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X63" s="8"/>
+      <c r="W63" s="9"/>
+      <c r="X63" s="9"/>
       <c r="Y63" s="9"/>
       <c r="Z63" s="9"/>
       <c r="AA63" s="9"/>
       <c r="AB63" s="9"/>
     </row>
     <row r="64" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A64" s="7" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B64" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C64" s="8"/>
-      <c r="D64" s="8"/>
+      <c r="D64" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E64" s="8"/>
       <c r="F64" s="8"/>
       <c r="G64" s="8"/>
       <c r="H64" s="8"/>
       <c r="I64" s="8"/>
       <c r="J64" s="8"/>
-      <c r="K64" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K64" s="8"/>
       <c r="L64" s="8"/>
-      <c r="M64" s="8"/>
+      <c r="M64" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="N64" s="8"/>
       <c r="O64" s="8"/>
       <c r="P64" s="8"/>
       <c r="Q64" s="9"/>
       <c r="R64" s="9"/>
       <c r="S64" s="9"/>
       <c r="T64" s="9"/>
       <c r="U64" s="8"/>
       <c r="V64" s="8"/>
-      <c r="W64" s="9"/>
-      <c r="X64" s="9"/>
+      <c r="W64" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="X64" s="8"/>
       <c r="Y64" s="9"/>
       <c r="Z64" s="9"/>
-      <c r="AA64" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA64" s="9"/>
       <c r="AB64" s="9"/>
     </row>
     <row r="65" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A65" s="7" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="B65" s="8"/>
+        <v>92</v>
+      </c>
+      <c r="B65" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C65" s="8"/>
       <c r="D65" s="8"/>
       <c r="E65" s="8"/>
       <c r="F65" s="8"/>
       <c r="G65" s="8"/>
       <c r="H65" s="8"/>
       <c r="I65" s="8"/>
       <c r="J65" s="8"/>
-      <c r="K65" s="8"/>
+      <c r="K65" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L65" s="8"/>
       <c r="M65" s="8"/>
       <c r="N65" s="8"/>
       <c r="O65" s="8"/>
       <c r="P65" s="8"/>
       <c r="Q65" s="9"/>
       <c r="R65" s="9"/>
       <c r="S65" s="9"/>
       <c r="T65" s="9"/>
       <c r="U65" s="8"/>
       <c r="V65" s="8"/>
       <c r="W65" s="9"/>
-      <c r="X65" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X65" s="9"/>
       <c r="Y65" s="9"/>
       <c r="Z65" s="9"/>
-      <c r="AA65" s="9"/>
+      <c r="AA65" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB65" s="9"/>
     </row>
     <row r="66" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A66" s="7" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="B66" s="8"/>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="8"/>
       <c r="F66" s="8"/>
       <c r="G66" s="8"/>
       <c r="H66" s="8"/>
       <c r="I66" s="8"/>
       <c r="J66" s="8"/>
       <c r="K66" s="8"/>
       <c r="L66" s="8"/>
       <c r="M66" s="8"/>
       <c r="N66" s="8"/>
       <c r="O66" s="8"/>
       <c r="P66" s="8"/>
       <c r="Q66" s="9"/>
       <c r="R66" s="9"/>
       <c r="S66" s="9"/>
       <c r="T66" s="9"/>
       <c r="U66" s="8"/>
       <c r="V66" s="8"/>
       <c r="W66" s="9"/>
-      <c r="X66" s="9"/>
+      <c r="X66" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y66" s="9"/>
       <c r="Z66" s="9"/>
       <c r="AA66" s="9"/>
       <c r="AB66" s="9"/>
     </row>
     <row r="67" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A67" s="7" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B67" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C67" s="8"/>
       <c r="D67" s="8"/>
       <c r="E67" s="8"/>
       <c r="F67" s="8"/>
       <c r="G67" s="8"/>
       <c r="H67" s="8"/>
       <c r="I67" s="8"/>
       <c r="J67" s="8"/>
       <c r="K67" s="8"/>
       <c r="L67" s="8"/>
       <c r="M67" s="8"/>
       <c r="N67" s="8"/>
       <c r="O67" s="8"/>
       <c r="P67" s="8"/>
       <c r="Q67" s="9"/>
       <c r="R67" s="9"/>
       <c r="S67" s="9"/>
       <c r="T67" s="9"/>
       <c r="U67" s="8"/>
       <c r="V67" s="8"/>
       <c r="W67" s="9"/>
       <c r="X67" s="9"/>
       <c r="Y67" s="9"/>
       <c r="Z67" s="9"/>
       <c r="AA67" s="9"/>
       <c r="AB67" s="9"/>
     </row>
     <row r="68" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A68" s="7" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B68" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C68" s="8"/>
-      <c r="D68" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D68" s="8"/>
       <c r="E68" s="8"/>
       <c r="F68" s="8"/>
       <c r="G68" s="8"/>
       <c r="H68" s="8"/>
       <c r="I68" s="8"/>
       <c r="J68" s="8"/>
       <c r="K68" s="8"/>
       <c r="L68" s="8"/>
       <c r="M68" s="8"/>
       <c r="N68" s="8"/>
       <c r="O68" s="8"/>
       <c r="P68" s="8"/>
       <c r="Q68" s="9"/>
       <c r="R68" s="9"/>
       <c r="S68" s="9"/>
       <c r="T68" s="9"/>
       <c r="U68" s="8"/>
       <c r="V68" s="8"/>
       <c r="W68" s="9"/>
       <c r="X68" s="9"/>
       <c r="Y68" s="9"/>
       <c r="Z68" s="9"/>
       <c r="AA68" s="9"/>
       <c r="AB68" s="9"/>
     </row>
     <row r="69" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A69" s="7" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B69" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C69" s="8"/>
-      <c r="D69" s="8"/>
+      <c r="D69" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E69" s="8"/>
       <c r="F69" s="8"/>
       <c r="G69" s="8"/>
       <c r="H69" s="8"/>
       <c r="I69" s="8"/>
       <c r="J69" s="8"/>
       <c r="K69" s="8"/>
       <c r="L69" s="8"/>
       <c r="M69" s="8"/>
       <c r="N69" s="8"/>
       <c r="O69" s="8"/>
       <c r="P69" s="8"/>
       <c r="Q69" s="9"/>
       <c r="R69" s="9"/>
       <c r="S69" s="9"/>
       <c r="T69" s="9"/>
       <c r="U69" s="8"/>
       <c r="V69" s="8"/>
       <c r="W69" s="9"/>
       <c r="X69" s="9"/>
       <c r="Y69" s="9"/>
       <c r="Z69" s="9"/>
-      <c r="AA69" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA69" s="9"/>
       <c r="AB69" s="9"/>
     </row>
     <row r="70" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A70" s="7" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="B70" s="8"/>
+        <v>97</v>
+      </c>
+      <c r="B70" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="8"/>
       <c r="F70" s="8"/>
       <c r="G70" s="8"/>
       <c r="H70" s="8"/>
       <c r="I70" s="8"/>
       <c r="J70" s="8"/>
       <c r="K70" s="8"/>
       <c r="L70" s="8"/>
       <c r="M70" s="8"/>
       <c r="N70" s="8"/>
       <c r="O70" s="8"/>
       <c r="P70" s="8"/>
       <c r="Q70" s="9"/>
       <c r="R70" s="9"/>
       <c r="S70" s="9"/>
       <c r="T70" s="9"/>
       <c r="U70" s="8"/>
       <c r="V70" s="8"/>
       <c r="W70" s="9"/>
       <c r="X70" s="9"/>
       <c r="Y70" s="9"/>
       <c r="Z70" s="9"/>
       <c r="AA70" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB70" s="9"/>
     </row>
     <row r="71" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A71" s="7" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B71" s="8"/>
       <c r="C71" s="8"/>
       <c r="D71" s="8"/>
       <c r="E71" s="8"/>
       <c r="F71" s="8"/>
       <c r="G71" s="8"/>
       <c r="H71" s="8"/>
       <c r="I71" s="8"/>
       <c r="J71" s="8"/>
-      <c r="K71" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K71" s="8"/>
       <c r="L71" s="8"/>
       <c r="M71" s="8"/>
       <c r="N71" s="8"/>
       <c r="O71" s="8"/>
       <c r="P71" s="8"/>
       <c r="Q71" s="9"/>
       <c r="R71" s="9"/>
       <c r="S71" s="9"/>
       <c r="T71" s="9"/>
       <c r="U71" s="8"/>
       <c r="V71" s="8"/>
       <c r="W71" s="9"/>
-      <c r="X71" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X71" s="9"/>
       <c r="Y71" s="9"/>
       <c r="Z71" s="9"/>
-      <c r="AA71" s="9"/>
+      <c r="AA71" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB71" s="9"/>
     </row>
     <row r="72" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A72" s="7" t="s">
-        <v>100</v>
-[...3 lines deleted...]
-      </c>
+        <v>99</v>
+      </c>
+      <c r="B72" s="8"/>
       <c r="C72" s="8"/>
       <c r="D72" s="8"/>
       <c r="E72" s="8"/>
       <c r="F72" s="8"/>
       <c r="G72" s="8"/>
       <c r="H72" s="8"/>
       <c r="I72" s="8"/>
       <c r="J72" s="8"/>
-      <c r="K72" s="8"/>
+      <c r="K72" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L72" s="8"/>
       <c r="M72" s="8"/>
       <c r="N72" s="8"/>
       <c r="O72" s="8"/>
       <c r="P72" s="8"/>
       <c r="Q72" s="9"/>
       <c r="R72" s="9"/>
       <c r="S72" s="9"/>
       <c r="T72" s="9"/>
       <c r="U72" s="8"/>
       <c r="V72" s="8"/>
       <c r="W72" s="9"/>
-      <c r="X72" s="9"/>
+      <c r="X72" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y72" s="9"/>
       <c r="Z72" s="9"/>
       <c r="AA72" s="9"/>
       <c r="AB72" s="9"/>
     </row>
     <row r="73" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A73" s="7" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B73" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
       <c r="E73" s="8"/>
       <c r="F73" s="8"/>
       <c r="G73" s="8"/>
       <c r="H73" s="8"/>
       <c r="I73" s="8"/>
       <c r="J73" s="8"/>
       <c r="K73" s="8"/>
       <c r="L73" s="8"/>
       <c r="M73" s="8"/>
       <c r="N73" s="8"/>
       <c r="O73" s="8"/>
       <c r="P73" s="8"/>
       <c r="Q73" s="9"/>
       <c r="R73" s="9"/>
       <c r="S73" s="9"/>
       <c r="T73" s="9"/>
       <c r="U73" s="8"/>
       <c r="V73" s="8"/>
       <c r="W73" s="9"/>
       <c r="X73" s="9"/>
       <c r="Y73" s="9"/>
       <c r="Z73" s="9"/>
       <c r="AA73" s="9"/>
       <c r="AB73" s="9"/>
     </row>
     <row r="74" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A74" s="7" t="s">
-        <v>102</v>
-[...1 lines deleted...]
-      <c r="B74" s="8"/>
+        <v>101</v>
+      </c>
+      <c r="B74" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
       <c r="E74" s="8"/>
       <c r="F74" s="8"/>
       <c r="G74" s="8"/>
       <c r="H74" s="8"/>
       <c r="I74" s="8"/>
       <c r="J74" s="8"/>
       <c r="K74" s="8"/>
       <c r="L74" s="8"/>
       <c r="M74" s="8"/>
-      <c r="N74" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N74" s="8"/>
       <c r="O74" s="8"/>
       <c r="P74" s="8"/>
       <c r="Q74" s="9"/>
       <c r="R74" s="9"/>
       <c r="S74" s="9"/>
       <c r="T74" s="9"/>
       <c r="U74" s="8"/>
       <c r="V74" s="8"/>
       <c r="W74" s="9"/>
       <c r="X74" s="9"/>
       <c r="Y74" s="9"/>
       <c r="Z74" s="9"/>
-      <c r="AA74" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA74" s="9"/>
       <c r="AB74" s="9"/>
     </row>
     <row r="75" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A75" s="7" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>102</v>
+      </c>
+      <c r="B75" s="8"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="8"/>
       <c r="F75" s="8"/>
       <c r="G75" s="8"/>
       <c r="H75" s="8"/>
       <c r="I75" s="8"/>
       <c r="J75" s="8"/>
       <c r="K75" s="8"/>
       <c r="L75" s="8"/>
       <c r="M75" s="8"/>
-      <c r="N75" s="8"/>
+      <c r="N75" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O75" s="8"/>
       <c r="P75" s="8"/>
       <c r="Q75" s="9"/>
       <c r="R75" s="9"/>
       <c r="S75" s="9"/>
       <c r="T75" s="9"/>
       <c r="U75" s="8"/>
       <c r="V75" s="8"/>
       <c r="W75" s="9"/>
       <c r="X75" s="9"/>
       <c r="Y75" s="9"/>
       <c r="Z75" s="9"/>
-      <c r="AA75" s="9"/>
+      <c r="AA75" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB75" s="9"/>
     </row>
     <row r="76" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A76" s="7" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B76" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C76" s="8"/>
-      <c r="D76" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D76" s="8"/>
       <c r="E76" s="8"/>
       <c r="F76" s="8"/>
       <c r="G76" s="8"/>
       <c r="H76" s="8"/>
       <c r="I76" s="8"/>
       <c r="J76" s="8"/>
-      <c r="K76" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K76" s="8"/>
       <c r="L76" s="8"/>
-      <c r="M76" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M76" s="8"/>
+      <c r="N76" s="8"/>
       <c r="O76" s="8"/>
       <c r="P76" s="8"/>
       <c r="Q76" s="9"/>
       <c r="R76" s="9"/>
       <c r="S76" s="9"/>
       <c r="T76" s="9"/>
       <c r="U76" s="8"/>
       <c r="V76" s="8"/>
       <c r="W76" s="9"/>
       <c r="X76" s="9"/>
-      <c r="Y76" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Y76" s="9"/>
       <c r="Z76" s="9"/>
       <c r="AA76" s="9"/>
       <c r="AB76" s="9"/>
     </row>
     <row r="77" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A77" s="7" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="B77" s="8"/>
+        <v>104</v>
+      </c>
+      <c r="B77" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C77" s="8"/>
-      <c r="D77" s="8"/>
+      <c r="D77" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E77" s="8"/>
-      <c r="F77" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F77" s="8"/>
       <c r="G77" s="8"/>
       <c r="H77" s="8"/>
       <c r="I77" s="8"/>
       <c r="J77" s="8"/>
-      <c r="K77" s="8"/>
+      <c r="K77" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L77" s="8"/>
-      <c r="M77" s="8"/>
-      <c r="N77" s="8"/>
+      <c r="M77" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N77" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O77" s="8"/>
       <c r="P77" s="8"/>
       <c r="Q77" s="9"/>
       <c r="R77" s="9"/>
       <c r="S77" s="9"/>
       <c r="T77" s="9"/>
       <c r="U77" s="8"/>
       <c r="V77" s="8"/>
       <c r="W77" s="9"/>
       <c r="X77" s="9"/>
-      <c r="Y77" s="8"/>
+      <c r="Y77" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="Z77" s="9"/>
       <c r="AA77" s="9"/>
       <c r="AB77" s="9"/>
     </row>
     <row r="78" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A78" s="7" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B78" s="8"/>
       <c r="C78" s="8"/>
       <c r="D78" s="8"/>
       <c r="E78" s="8"/>
-      <c r="F78" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="F78" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G78" s="8"/>
       <c r="H78" s="8"/>
       <c r="I78" s="8"/>
       <c r="J78" s="8"/>
-      <c r="K78" s="11"/>
+      <c r="K78" s="8"/>
       <c r="L78" s="8"/>
       <c r="M78" s="8"/>
-      <c r="N78" s="11"/>
-[...1 lines deleted...]
-      <c r="P78" s="11"/>
+      <c r="N78" s="8"/>
+      <c r="O78" s="8"/>
+      <c r="P78" s="8"/>
       <c r="Q78" s="9"/>
       <c r="R78" s="9"/>
       <c r="S78" s="9"/>
       <c r="T78" s="9"/>
-      <c r="U78" s="11"/>
-      <c r="V78" s="11"/>
+      <c r="U78" s="8"/>
+      <c r="V78" s="8"/>
       <c r="W78" s="9"/>
       <c r="X78" s="9"/>
-      <c r="Y78" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="Y78" s="8"/>
+      <c r="Z78" s="9"/>
       <c r="AA78" s="9"/>
       <c r="AB78" s="9"/>
     </row>
     <row r="79" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A79" s="7" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>106</v>
+      </c>
+      <c r="B79" s="8"/>
       <c r="C79" s="8"/>
       <c r="D79" s="8"/>
       <c r="E79" s="8"/>
       <c r="F79" s="8"/>
-      <c r="G79" s="8"/>
+      <c r="G79" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="H79" s="8"/>
       <c r="I79" s="8"/>
       <c r="J79" s="8"/>
-      <c r="K79" s="8"/>
+      <c r="K79" s="11"/>
       <c r="L79" s="8"/>
       <c r="M79" s="8"/>
-      <c r="N79" s="8"/>
-[...1 lines deleted...]
-      <c r="P79" s="8"/>
+      <c r="N79" s="11"/>
+      <c r="O79" s="11"/>
+      <c r="P79" s="11"/>
       <c r="Q79" s="9"/>
       <c r="R79" s="9"/>
       <c r="S79" s="9"/>
       <c r="T79" s="9"/>
-      <c r="U79" s="8"/>
-      <c r="V79" s="8"/>
+      <c r="U79" s="11"/>
+      <c r="V79" s="11"/>
       <c r="W79" s="9"/>
       <c r="X79" s="9"/>
       <c r="Y79" s="9"/>
-      <c r="Z79" s="9"/>
-[...2 lines deleted...]
-      </c>
+      <c r="Z79" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="AA79" s="9"/>
       <c r="AB79" s="9"/>
     </row>
     <row r="80" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A80" s="7" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="B80" s="8"/>
+        <v>107</v>
+      </c>
+      <c r="B80" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C80" s="8"/>
       <c r="D80" s="8"/>
       <c r="E80" s="8"/>
       <c r="F80" s="8"/>
       <c r="G80" s="8"/>
       <c r="H80" s="8"/>
       <c r="I80" s="8"/>
       <c r="J80" s="8"/>
-      <c r="K80" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K80" s="8"/>
       <c r="L80" s="8"/>
       <c r="M80" s="8"/>
-      <c r="N80" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N80" s="8"/>
       <c r="O80" s="8"/>
       <c r="P80" s="8"/>
       <c r="Q80" s="9"/>
       <c r="R80" s="9"/>
       <c r="S80" s="9"/>
       <c r="T80" s="9"/>
       <c r="U80" s="8"/>
       <c r="V80" s="8"/>
       <c r="W80" s="9"/>
       <c r="X80" s="9"/>
       <c r="Y80" s="9"/>
       <c r="Z80" s="9"/>
-      <c r="AA80" s="9"/>
+      <c r="AA80" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB80" s="9"/>
     </row>
     <row r="81" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A81" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B81" s="8"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="8"/>
       <c r="F81" s="8"/>
       <c r="G81" s="8"/>
       <c r="H81" s="8"/>
       <c r="I81" s="8"/>
       <c r="J81" s="8"/>
-      <c r="K81" s="8"/>
+      <c r="K81" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L81" s="8"/>
       <c r="M81" s="8"/>
-      <c r="N81" s="8"/>
+      <c r="N81" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O81" s="8"/>
       <c r="P81" s="8"/>
       <c r="Q81" s="9"/>
       <c r="R81" s="9"/>
       <c r="S81" s="9"/>
       <c r="T81" s="9"/>
       <c r="U81" s="8"/>
       <c r="V81" s="8"/>
       <c r="W81" s="9"/>
       <c r="X81" s="9"/>
       <c r="Y81" s="9"/>
       <c r="Z81" s="9"/>
-      <c r="AA81" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA81" s="9"/>
       <c r="AB81" s="9"/>
     </row>
     <row r="82" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A82" s="7" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>109</v>
+      </c>
+      <c r="B82" s="8"/>
       <c r="C82" s="8"/>
       <c r="D82" s="8"/>
       <c r="E82" s="8"/>
       <c r="F82" s="8"/>
       <c r="G82" s="8"/>
       <c r="H82" s="8"/>
       <c r="I82" s="8"/>
       <c r="J82" s="8"/>
-      <c r="K82" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K82" s="8"/>
       <c r="L82" s="8"/>
       <c r="M82" s="8"/>
-      <c r="N82" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N82" s="8"/>
       <c r="O82" s="8"/>
       <c r="P82" s="8"/>
       <c r="Q82" s="9"/>
       <c r="R82" s="9"/>
       <c r="S82" s="9"/>
       <c r="T82" s="9"/>
       <c r="U82" s="8"/>
       <c r="V82" s="8"/>
-      <c r="W82" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X82" s="8"/>
+      <c r="W82" s="9"/>
+      <c r="X82" s="9"/>
       <c r="Y82" s="9"/>
       <c r="Z82" s="9"/>
       <c r="AA82" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB82" s="9"/>
     </row>
     <row r="83" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A83" s="7" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B83" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C83" s="8"/>
-      <c r="D83" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D83" s="8"/>
       <c r="E83" s="8"/>
       <c r="F83" s="8"/>
       <c r="G83" s="8"/>
       <c r="H83" s="8"/>
       <c r="I83" s="8"/>
       <c r="J83" s="8"/>
       <c r="K83" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="L83" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L83" s="8"/>
       <c r="M83" s="8"/>
-      <c r="N83" s="8"/>
+      <c r="N83" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O83" s="8"/>
       <c r="P83" s="8"/>
       <c r="Q83" s="9"/>
       <c r="R83" s="9"/>
       <c r="S83" s="9"/>
       <c r="T83" s="9"/>
       <c r="U83" s="8"/>
       <c r="V83" s="8"/>
       <c r="W83" s="8" t="s">
         <v>34</v>
       </c>
       <c r="X83" s="8"/>
       <c r="Y83" s="9"/>
       <c r="Z83" s="9"/>
       <c r="AA83" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB83" s="9"/>
     </row>
     <row r="84" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A84" s="7" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="B84" s="8"/>
+        <v>111</v>
+      </c>
+      <c r="B84" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C84" s="8"/>
-      <c r="D84" s="8"/>
+      <c r="D84" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E84" s="8"/>
       <c r="F84" s="8"/>
       <c r="G84" s="8"/>
       <c r="H84" s="8"/>
       <c r="I84" s="8"/>
       <c r="J84" s="8"/>
       <c r="K84" s="8" t="s">
         <v>34</v>
       </c>
-      <c r="L84" s="8"/>
+      <c r="L84" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="M84" s="8"/>
       <c r="N84" s="8"/>
       <c r="O84" s="8"/>
       <c r="P84" s="8"/>
       <c r="Q84" s="9"/>
       <c r="R84" s="9"/>
       <c r="S84" s="9"/>
       <c r="T84" s="9"/>
       <c r="U84" s="8"/>
       <c r="V84" s="8"/>
-      <c r="W84" s="8"/>
+      <c r="W84" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="X84" s="8"/>
       <c r="Y84" s="9"/>
       <c r="Z84" s="9"/>
-      <c r="AA84" s="9"/>
+      <c r="AA84" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB84" s="9"/>
     </row>
     <row r="85" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A85" s="7" t="s">
         <v>112</v>
       </c>
-      <c r="B85" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B85" s="8"/>
       <c r="C85" s="8"/>
-      <c r="D85" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D85" s="8"/>
       <c r="E85" s="8"/>
       <c r="F85" s="8"/>
       <c r="G85" s="8"/>
       <c r="H85" s="8"/>
       <c r="I85" s="8"/>
       <c r="J85" s="8"/>
-      <c r="K85" s="8"/>
+      <c r="K85" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L85" s="8"/>
-      <c r="M85" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M85" s="8"/>
       <c r="N85" s="8"/>
       <c r="O85" s="8"/>
       <c r="P85" s="8"/>
       <c r="Q85" s="9"/>
       <c r="R85" s="9"/>
       <c r="S85" s="9"/>
       <c r="T85" s="9"/>
       <c r="U85" s="8"/>
       <c r="V85" s="8"/>
-      <c r="W85" s="9"/>
-      <c r="X85" s="9"/>
+      <c r="W85" s="8"/>
+      <c r="X85" s="8"/>
       <c r="Y85" s="9"/>
       <c r="Z85" s="9"/>
-      <c r="AA85" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA85" s="9"/>
       <c r="AB85" s="9"/>
     </row>
     <row r="86" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A86" s="7" t="s">
         <v>113</v>
       </c>
       <c r="B86" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C86" s="8"/>
-      <c r="D86" s="8"/>
+      <c r="D86" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E86" s="8"/>
       <c r="F86" s="8"/>
       <c r="G86" s="8"/>
       <c r="H86" s="8"/>
       <c r="I86" s="8"/>
       <c r="J86" s="8"/>
       <c r="K86" s="8"/>
       <c r="L86" s="8"/>
-      <c r="M86" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="M86" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N86" s="8"/>
       <c r="O86" s="8"/>
       <c r="P86" s="8"/>
       <c r="Q86" s="9"/>
       <c r="R86" s="9"/>
       <c r="S86" s="9"/>
       <c r="T86" s="9"/>
       <c r="U86" s="8"/>
       <c r="V86" s="8"/>
       <c r="W86" s="9"/>
       <c r="X86" s="9"/>
       <c r="Y86" s="9"/>
       <c r="Z86" s="9"/>
       <c r="AA86" s="9" t="s">
         <v>34</v>
       </c>
       <c r="AB86" s="9"/>
     </row>
     <row r="87" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A87" s="7" t="s">
         <v>114</v>
       </c>
       <c r="B87" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C87" s="8"/>
       <c r="D87" s="8"/>
       <c r="E87" s="8"/>
       <c r="F87" s="8"/>
       <c r="G87" s="8"/>
       <c r="H87" s="8"/>
       <c r="I87" s="8"/>
       <c r="J87" s="8"/>
       <c r="K87" s="8"/>
       <c r="L87" s="8"/>
       <c r="M87" s="8"/>
-      <c r="N87" s="8"/>
+      <c r="N87" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O87" s="8"/>
       <c r="P87" s="8"/>
       <c r="Q87" s="9"/>
       <c r="R87" s="9"/>
       <c r="S87" s="9"/>
       <c r="T87" s="9"/>
       <c r="U87" s="8"/>
       <c r="V87" s="8"/>
       <c r="W87" s="9"/>
       <c r="X87" s="9"/>
       <c r="Y87" s="9"/>
       <c r="Z87" s="9"/>
-      <c r="AA87" s="9"/>
+      <c r="AA87" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="AB87" s="9"/>
     </row>
     <row r="88" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A88" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="B88" s="8"/>
+      <c r="B88" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="8"/>
       <c r="F88" s="8"/>
       <c r="G88" s="8"/>
       <c r="H88" s="8"/>
       <c r="I88" s="8"/>
       <c r="J88" s="8"/>
       <c r="K88" s="8"/>
       <c r="L88" s="8"/>
       <c r="M88" s="8"/>
       <c r="N88" s="8"/>
       <c r="O88" s="8"/>
       <c r="P88" s="8"/>
       <c r="Q88" s="9"/>
       <c r="R88" s="9"/>
       <c r="S88" s="9"/>
       <c r="T88" s="9"/>
       <c r="U88" s="8"/>
       <c r="V88" s="8"/>
       <c r="W88" s="9"/>
-      <c r="X88" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="X88" s="9"/>
       <c r="Y88" s="9"/>
       <c r="Z88" s="9"/>
       <c r="AA88" s="9"/>
       <c r="AB88" s="9"/>
     </row>
     <row r="89" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A89" s="7" t="s">
         <v>116</v>
       </c>
       <c r="B89" s="8"/>
       <c r="C89" s="8"/>
       <c r="D89" s="8"/>
       <c r="E89" s="8"/>
       <c r="F89" s="8"/>
       <c r="G89" s="8"/>
       <c r="H89" s="8"/>
-      <c r="I89" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="8"/>
       <c r="J89" s="8"/>
       <c r="K89" s="8"/>
       <c r="L89" s="8"/>
       <c r="M89" s="8"/>
-      <c r="N89" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="N89" s="8"/>
       <c r="O89" s="8"/>
       <c r="P89" s="8"/>
       <c r="Q89" s="9"/>
       <c r="R89" s="9"/>
       <c r="S89" s="9"/>
       <c r="T89" s="9"/>
       <c r="U89" s="8"/>
       <c r="V89" s="8"/>
       <c r="W89" s="9"/>
-      <c r="X89" s="9"/>
+      <c r="X89" s="9" t="s">
+        <v>34</v>
+      </c>
       <c r="Y89" s="9"/>
       <c r="Z89" s="9"/>
       <c r="AA89" s="9"/>
       <c r="AB89" s="9"/>
     </row>
     <row r="90" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A90" s="7" t="s">
         <v>117</v>
       </c>
       <c r="B90" s="8"/>
       <c r="C90" s="8"/>
       <c r="D90" s="8"/>
       <c r="E90" s="8"/>
       <c r="F90" s="8"/>
       <c r="G90" s="8"/>
-      <c r="H90" s="8" t="s">
-[...2 lines deleted...]
-      <c r="I90" s="8"/>
+      <c r="H90" s="8"/>
+      <c r="I90" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="J90" s="8"/>
       <c r="K90" s="8"/>
       <c r="L90" s="8"/>
       <c r="M90" s="8"/>
-      <c r="N90" s="8"/>
-[...2 lines deleted...]
-      </c>
+      <c r="N90" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="O90" s="8"/>
       <c r="P90" s="8"/>
       <c r="Q90" s="9"/>
       <c r="R90" s="9"/>
       <c r="S90" s="9"/>
       <c r="T90" s="9"/>
       <c r="U90" s="8"/>
       <c r="V90" s="8"/>
       <c r="W90" s="9"/>
       <c r="X90" s="9"/>
       <c r="Y90" s="9"/>
       <c r="Z90" s="9"/>
       <c r="AA90" s="9"/>
       <c r="AB90" s="9"/>
     </row>
     <row r="91" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A91" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="B91" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B91" s="8"/>
       <c r="C91" s="8"/>
       <c r="D91" s="8"/>
       <c r="E91" s="8"/>
       <c r="F91" s="8"/>
       <c r="G91" s="8"/>
-      <c r="H91" s="8"/>
+      <c r="H91" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="I91" s="8"/>
       <c r="J91" s="8"/>
-      <c r="K91" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K91" s="8"/>
       <c r="L91" s="8"/>
       <c r="M91" s="8"/>
       <c r="N91" s="8"/>
-      <c r="O91" s="8"/>
+      <c r="O91" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="P91" s="8"/>
       <c r="Q91" s="9"/>
       <c r="R91" s="9"/>
       <c r="S91" s="9"/>
       <c r="T91" s="9"/>
       <c r="U91" s="8"/>
       <c r="V91" s="8"/>
-      <c r="W91" s="8" t="s">
-[...2 lines deleted...]
-      <c r="X91" s="8"/>
+      <c r="W91" s="9"/>
+      <c r="X91" s="9"/>
       <c r="Y91" s="9"/>
       <c r="Z91" s="9"/>
       <c r="AA91" s="9"/>
       <c r="AB91" s="9"/>
     </row>
     <row r="92" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A92" s="7" t="s">
         <v>119</v>
       </c>
       <c r="B92" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C92" s="8"/>
-      <c r="D92" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D92" s="8"/>
       <c r="E92" s="8"/>
       <c r="F92" s="8"/>
       <c r="G92" s="8"/>
       <c r="H92" s="8"/>
       <c r="I92" s="8"/>
       <c r="J92" s="8"/>
       <c r="K92" s="8" t="s">
         <v>34</v>
       </c>
       <c r="L92" s="8"/>
-      <c r="M92" s="8" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M92" s="8"/>
+      <c r="N92" s="8"/>
       <c r="O92" s="8"/>
       <c r="P92" s="8"/>
       <c r="Q92" s="9"/>
       <c r="R92" s="9"/>
       <c r="S92" s="9"/>
       <c r="T92" s="9"/>
       <c r="U92" s="8"/>
       <c r="V92" s="8"/>
-      <c r="W92" s="8"/>
+      <c r="W92" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="X92" s="8"/>
       <c r="Y92" s="9"/>
       <c r="Z92" s="9"/>
       <c r="AA92" s="9"/>
       <c r="AB92" s="9"/>
     </row>
     <row r="93" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A93" s="7" t="s">
         <v>120</v>
       </c>
       <c r="B93" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C93" s="8"/>
-      <c r="D93" s="8"/>
+      <c r="D93" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="E93" s="8"/>
       <c r="F93" s="8"/>
       <c r="G93" s="8"/>
       <c r="H93" s="8"/>
       <c r="I93" s="8"/>
       <c r="J93" s="8"/>
-      <c r="K93" s="8"/>
+      <c r="K93" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="L93" s="8"/>
-      <c r="M93" s="8"/>
-      <c r="N93" s="8"/>
+      <c r="M93" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="N93" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="O93" s="8"/>
       <c r="P93" s="8"/>
       <c r="Q93" s="9"/>
       <c r="R93" s="9"/>
       <c r="S93" s="9"/>
       <c r="T93" s="9"/>
       <c r="U93" s="8"/>
       <c r="V93" s="8"/>
-      <c r="W93" s="9"/>
-      <c r="X93" s="9"/>
+      <c r="W93" s="8"/>
+      <c r="X93" s="8"/>
       <c r="Y93" s="9"/>
       <c r="Z93" s="9"/>
       <c r="AA93" s="9"/>
-      <c r="AB93" s="9" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AB93" s="9"/>
     </row>
     <row r="94" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A94" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="B94" s="8"/>
+      <c r="B94" s="8" t="s">
+        <v>34</v>
+      </c>
       <c r="C94" s="8"/>
       <c r="D94" s="8"/>
       <c r="E94" s="8"/>
       <c r="F94" s="8"/>
       <c r="G94" s="8"/>
       <c r="H94" s="8"/>
       <c r="I94" s="8"/>
       <c r="J94" s="8"/>
       <c r="K94" s="8"/>
       <c r="L94" s="8"/>
       <c r="M94" s="8"/>
       <c r="N94" s="8"/>
       <c r="O94" s="8"/>
       <c r="P94" s="8"/>
       <c r="Q94" s="9"/>
       <c r="R94" s="9"/>
       <c r="S94" s="9"/>
       <c r="T94" s="9"/>
       <c r="U94" s="8"/>
       <c r="V94" s="8"/>
       <c r="W94" s="9"/>
       <c r="X94" s="9"/>
       <c r="Y94" s="9"/>
       <c r="Z94" s="9"/>
       <c r="AA94" s="9"/>
-      <c r="AB94" s="9"/>
+      <c r="AB94" s="9" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="95" spans="1:28" x14ac:dyDescent="0.35">
       <c r="A95" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="B95" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B95" s="8"/>
       <c r="C95" s="8"/>
       <c r="D95" s="8"/>
       <c r="E95" s="8"/>
       <c r="F95" s="8"/>
       <c r="G95" s="8"/>
       <c r="H95" s="8"/>
       <c r="I95" s="8"/>
       <c r="J95" s="8"/>
-      <c r="K95" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="K95" s="8"/>
       <c r="L95" s="8"/>
       <c r="M95" s="8"/>
       <c r="N95" s="8"/>
       <c r="O95" s="8"/>
       <c r="P95" s="8"/>
-      <c r="Q95" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="Q95" s="9"/>
       <c r="R95" s="9"/>
       <c r="S95" s="9"/>
       <c r="T95" s="9"/>
       <c r="U95" s="8"/>
       <c r="V95" s="8"/>
       <c r="W95" s="9"/>
       <c r="X95" s="9"/>
       <c r="Y95" s="9"/>
       <c r="Z95" s="9"/>
-      <c r="AA95" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="AA95" s="9"/>
       <c r="AB95" s="9"/>
     </row>
+    <row r="96" spans="1:28" x14ac:dyDescent="0.35">
+      <c r="A96" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="B96" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C96" s="8"/>
+      <c r="D96" s="8"/>
+      <c r="E96" s="8"/>
+      <c r="F96" s="8"/>
+      <c r="G96" s="8"/>
+      <c r="H96" s="8"/>
+      <c r="I96" s="8"/>
+      <c r="J96" s="8"/>
+      <c r="K96" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="L96" s="8"/>
+      <c r="M96" s="8"/>
+      <c r="N96" s="8"/>
+      <c r="O96" s="8"/>
+      <c r="P96" s="8"/>
+      <c r="Q96" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="R96" s="9"/>
+      <c r="S96" s="9"/>
+      <c r="T96" s="9"/>
+      <c r="U96" s="8"/>
+      <c r="V96" s="8"/>
+      <c r="W96" s="9"/>
+      <c r="X96" s="9"/>
+      <c r="Y96" s="9"/>
+      <c r="Z96" s="9"/>
+      <c r="AA96" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="AB96" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A5:AC95" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <autoFilter ref="A5:AC96" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="4">
     <mergeCell ref="A3:AC3"/>
     <mergeCell ref="B4:H4"/>
     <mergeCell ref="P4:AC4"/>
     <mergeCell ref="I4:O4"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.5" top="1.5" bottom="0.75" header="0.5" footer="0.3"/>
   <pageSetup scale="63" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter scaleWithDoc="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE500D543CA6424B90DB2D79CC06C445" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4306bdf015cabb74378bfed9e4c1cb01">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f6a0603-e23b-4e84-a4db-b4eb49e9d474" xmlns:ns3="1631cbca-95a8-46df-8576-237153b4614c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3bca685196072bbc4b5c2fdc2106c78f" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE500D543CA6424B90DB2D79CC06C445" ma:contentTypeVersion="8" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b66b8969212c40a32f47a88a3d7689ec">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="2f6a0603-e23b-4e84-a4db-b4eb49e9d474" xmlns:ns3="1631cbca-95a8-46df-8576-237153b4614c" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d6470dbd7ae5cbd3f3d81e25f0231dbc" ns2:_="" ns3:_="">
     <xsd:import namespace="2f6a0603-e23b-4e84-a4db-b4eb49e9d474"/>
     <xsd:import namespace="1631cbca-95a8-46df-8576-237153b4614c"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2f6a0603-e23b-4e84-a4db-b4eb49e9d474" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
@@ -4787,89 +4832,74 @@
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B8406FD4-6F47-45E7-842E-028F28F14113}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="2f6a0603-e23b-4e84-a4db-b4eb49e9d474"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1631cbca-95a8-46df-8576-237153b4614c"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="2f6a0603-e23b-4e84-a4db-b4eb49e9d474"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="1631cbca-95a8-46df-8576-237153b4614c"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00B948F2-B836-4A2A-9899-95A0305A147D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BFCC275-05CE-4756-BF65-7516024F3A7E}">
-[...14 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63EE3D55-AD01-4E41-81FA-C93E81AC7916}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">