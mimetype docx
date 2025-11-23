--- v0 (2025-10-10)
+++ v1 (2025-11-23)
@@ -126,66 +126,51 @@
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> Revision Date</w:t>
+        <w:t>Instrument Revision Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700E747B" w14:textId="3F4F20CA" w:rsidR="00611C67" w:rsidRDefault="00611C67">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Assignment of Mortgage</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
@@ -828,51 +813,67 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">as of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">January 1, 2018.  </w:t>
       </w:r>
       <w:r w:rsidR="00FB7AC3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00CB6E54" w:rsidRPr="00CB6E54">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ortgage loans to be registered with MERS with a note date on or after January 1, 2018, and for which the security property is located in the state of Maine</w:t>
+        <w:t xml:space="preserve">ortgage loans to be registered with MERS with a note date on or after January 1, 2018, and for which the security property </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CB6E54" w:rsidRPr="00CB6E54">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CB6E54" w:rsidRPr="00CB6E54">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the state of Maine</w:t>
       </w:r>
       <w:r w:rsidR="00FB7AC3">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, must </w:t>
       </w:r>
       <w:r w:rsidR="000E39CB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be documented using this MERS Mortgage Assignment (MAINE) Form 3749, along with the standard Maine mortgage (Form 3020</w:t>
       </w:r>
       <w:r w:rsidR="00A73238">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="000E39CB">
         <w:rPr>
           <w:sz w:val="24"/>
@@ -901,51 +902,51 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">n conjunction with a Maine mortgage form that has been modified to include the MERS-as-Original-Mortgagee authorized change.  </w:t>
       </w:r>
       <w:r w:rsidR="00CB6E54" w:rsidRPr="000E39CB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FFAFD3F" w14:textId="77777777" w:rsidR="00D92D0C" w:rsidRDefault="00D92D0C" w:rsidP="0043766E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7AD210F5" w14:textId="77777777" w:rsidR="00C55B68" w:rsidRPr="00B05990" w:rsidRDefault="001C54B5" w:rsidP="00E45926">
+    <w:p w14:paraId="7AD210F5" w14:textId="5430FD06" w:rsidR="00C55B68" w:rsidRPr="00B05990" w:rsidRDefault="001C54B5" w:rsidP="00E45926">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F82310">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Lenders may execute the </w:t>
       </w:r>
       <w:r w:rsidR="00D92D0C" w:rsidRPr="00F82310">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">assignment </w:t>
@@ -1125,201 +1126,201 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C55B68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  T</w:t>
       </w:r>
       <w:r w:rsidR="00C55B68" w:rsidRPr="00C55B68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he assignment </w:t>
       </w:r>
       <w:r w:rsidR="00C55B68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">should be recorded </w:t>
       </w:r>
-      <w:r w:rsidR="00C55B68" w:rsidRPr="00C55B68">
-[...4 lines deleted...]
-        <w:t>as soon as possible</w:t>
+      <w:r w:rsidR="004E3174">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>promptly</w:t>
       </w:r>
       <w:r w:rsidR="00C55B68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> after the mortgage is recorded</w:t>
       </w:r>
-      <w:r w:rsidR="00C55B68" w:rsidRPr="00C55B68">
-[...6 lines deleted...]
-      <w:r w:rsidR="00C55B68">
+      <w:r w:rsidR="004E3174">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E1743F" w14:textId="77777777" w:rsidR="00C55B68" w:rsidRDefault="00C55B68" w:rsidP="00E45926">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F358ECB" w14:textId="77777777" w:rsidR="001B6F84" w:rsidRDefault="00C55B68" w:rsidP="00E45926">
+    <w:p w14:paraId="4F358ECB" w14:textId="51D1C065" w:rsidR="001B6F84" w:rsidRDefault="00C55B68" w:rsidP="00E45926">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 1. </w:t>
       </w:r>
       <w:r w:rsidR="00E06566">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55B68">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>here the mortgage is physically recorded at the registry, the person recording the mortgage will need to first record the mortgage, wait for the clerk to return the recording information, insert the book and page number by hand on the assignment, and then record the assignment.</w:t>
+        <w:t xml:space="preserve">here the mortgage is physically recorded at the registry, the person recording the mortgage will need to first record the mortgage, wait for the clerk to return the recording information, insert the book and page number by hand on the assignment, and then </w:t>
+      </w:r>
+      <w:r w:rsidR="004E3174">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promptly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55B68">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>record the assignment.</w:t>
       </w:r>
       <w:r w:rsidR="00E06566">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Alternatively, the assignment </w:t>
-[...20 lines deleted...]
-        <w:t>mortgage has been recorded.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54B3EFE4" w14:textId="77777777" w:rsidR="001B6F84" w:rsidRDefault="001B6F84" w:rsidP="00E45926">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1606D81F" w14:textId="77777777" w:rsidR="001B6F84" w:rsidRDefault="001B6F84" w:rsidP="00E45926">
+    <w:p w14:paraId="1606D81F" w14:textId="016A3AE4" w:rsidR="001B6F84" w:rsidRDefault="001B6F84" w:rsidP="00E45926">
       <w:pPr>
         <w:ind w:left="2160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Example 2. </w:t>
       </w:r>
       <w:r w:rsidR="00E06566">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="001B6F84">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">f the mortgage and assignment are being recorded electronically, the mortgage would be recorded in an initial document upload and then the assignment would be uploaded separately after the recording information for the mortgage becomes available and can be filled in </w:t>
+        <w:t>f the mortgage and assignment are being</w:t>
+      </w:r>
+      <w:r w:rsidR="00774D36">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B6F84">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">recorded electronically, the mortgage would be recorded in an initial document upload and then the assignment would be uploaded separately after the recording information for the mortgage becomes available and can be filled in </w:t>
       </w:r>
       <w:r w:rsidR="00632DE1">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">by hand or typed </w:t>
       </w:r>
       <w:r w:rsidRPr="001B6F84">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on the assignment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F9DCC05" w14:textId="77777777" w:rsidR="001B6F84" w:rsidRDefault="001B6F84" w:rsidP="00B05990">
       <w:pPr>
@@ -1410,75 +1411,75 @@
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="39B0AA8B" w14:textId="307817E6" w:rsidR="00FC245B" w:rsidRDefault="00FC245B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="24A2D500" w14:textId="36009CF7" w:rsidR="009C18CD" w:rsidRDefault="009C18CD" w:rsidP="009C18CD">
+  <w:p w14:paraId="24A2D500" w14:textId="75235391" w:rsidR="009C18CD" w:rsidRDefault="009C18CD" w:rsidP="009C18CD">
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="9900"/>
       </w:tabs>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>Fannie Mae Instructions to Form 3749</w:t>
     </w:r>
     <w:r>
@@ -1504,67 +1505,67 @@
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve"> (</w:t>
     </w:r>
     <w:r w:rsidR="002564FE">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t>r</w:t>
     </w:r>
     <w:r w:rsidR="00C21936">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">ev. </w:t>
     </w:r>
-    <w:r w:rsidR="002564FE">
+    <w:r w:rsidR="004E3174">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>0</w:t>
+      <w:t>11/25</w:t>
     </w:r>
     <w:r w:rsidR="00C21936">
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
-      <w:t>7/25)</w:t>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4CAF1F9A" w14:textId="71406C03" w:rsidR="005E1E7D" w:rsidRDefault="009C18CD" w:rsidP="0043766E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="009C18CD">
       <w:rPr>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">MERS Mortgage Assignment (MAINE) </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
         <w:b/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
       </w:rPr>
       <w:t xml:space="preserve">- </w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -1980,204 +1981,210 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1794443855">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1515657070">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="95"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13313"/>
+    <o:shapedefaults v:ext="edit" spidmax="17409"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00611C67"/>
     <w:rsid w:val="00007F3B"/>
     <w:rsid w:val="00046AB0"/>
     <w:rsid w:val="0009522C"/>
     <w:rsid w:val="000C3081"/>
     <w:rsid w:val="000D5A25"/>
     <w:rsid w:val="000E39CB"/>
     <w:rsid w:val="00113D13"/>
     <w:rsid w:val="00114152"/>
     <w:rsid w:val="00115E44"/>
     <w:rsid w:val="00163707"/>
     <w:rsid w:val="001641C1"/>
     <w:rsid w:val="00166DD5"/>
     <w:rsid w:val="0019422C"/>
     <w:rsid w:val="001A573F"/>
     <w:rsid w:val="001B0610"/>
     <w:rsid w:val="001B6F84"/>
     <w:rsid w:val="001C43E5"/>
     <w:rsid w:val="001C54B5"/>
     <w:rsid w:val="001E6D5B"/>
     <w:rsid w:val="00205CA0"/>
     <w:rsid w:val="002564FE"/>
     <w:rsid w:val="002C3352"/>
     <w:rsid w:val="002D6EBE"/>
+    <w:rsid w:val="002E208B"/>
     <w:rsid w:val="003158DD"/>
     <w:rsid w:val="00344ACD"/>
     <w:rsid w:val="00352789"/>
     <w:rsid w:val="00383CB0"/>
     <w:rsid w:val="003864E6"/>
     <w:rsid w:val="00394579"/>
     <w:rsid w:val="0043766E"/>
     <w:rsid w:val="004B415D"/>
+    <w:rsid w:val="004E3174"/>
     <w:rsid w:val="00510C10"/>
     <w:rsid w:val="00533ED5"/>
     <w:rsid w:val="0053519B"/>
     <w:rsid w:val="005E1E7D"/>
     <w:rsid w:val="005E3676"/>
     <w:rsid w:val="00611C67"/>
     <w:rsid w:val="00632DE1"/>
     <w:rsid w:val="006636A7"/>
     <w:rsid w:val="00666CAD"/>
     <w:rsid w:val="00693935"/>
     <w:rsid w:val="006C17DA"/>
+    <w:rsid w:val="006D11B1"/>
     <w:rsid w:val="006F2760"/>
     <w:rsid w:val="00726F01"/>
     <w:rsid w:val="00746EB8"/>
+    <w:rsid w:val="00774D36"/>
     <w:rsid w:val="007A486E"/>
     <w:rsid w:val="007B0C7B"/>
     <w:rsid w:val="007B3DDB"/>
+    <w:rsid w:val="007F6026"/>
     <w:rsid w:val="00864BFD"/>
     <w:rsid w:val="00874304"/>
     <w:rsid w:val="0089212A"/>
     <w:rsid w:val="008B5EED"/>
     <w:rsid w:val="00902337"/>
     <w:rsid w:val="00916C5E"/>
     <w:rsid w:val="00983816"/>
     <w:rsid w:val="00992B19"/>
     <w:rsid w:val="009C18CD"/>
     <w:rsid w:val="009D5D86"/>
     <w:rsid w:val="009E1781"/>
     <w:rsid w:val="00A2110A"/>
     <w:rsid w:val="00A73238"/>
     <w:rsid w:val="00AD61C1"/>
     <w:rsid w:val="00AF7DFA"/>
     <w:rsid w:val="00B00F62"/>
     <w:rsid w:val="00B05990"/>
     <w:rsid w:val="00B37C50"/>
     <w:rsid w:val="00B458EE"/>
     <w:rsid w:val="00B768AE"/>
     <w:rsid w:val="00B77253"/>
     <w:rsid w:val="00BC03A3"/>
     <w:rsid w:val="00BC3A57"/>
     <w:rsid w:val="00BF4C7D"/>
     <w:rsid w:val="00BF75EF"/>
     <w:rsid w:val="00C21936"/>
     <w:rsid w:val="00C36BCF"/>
     <w:rsid w:val="00C55B68"/>
     <w:rsid w:val="00CB6E54"/>
     <w:rsid w:val="00CD6430"/>
     <w:rsid w:val="00D5005E"/>
     <w:rsid w:val="00D57B2D"/>
     <w:rsid w:val="00D6728F"/>
     <w:rsid w:val="00D83A50"/>
     <w:rsid w:val="00D92D0C"/>
     <w:rsid w:val="00DB278E"/>
     <w:rsid w:val="00DC38A7"/>
     <w:rsid w:val="00DE0B6F"/>
     <w:rsid w:val="00DF155D"/>
     <w:rsid w:val="00E06566"/>
     <w:rsid w:val="00E179C1"/>
     <w:rsid w:val="00E33A95"/>
     <w:rsid w:val="00E45926"/>
     <w:rsid w:val="00EA782F"/>
     <w:rsid w:val="00EE644E"/>
     <w:rsid w:val="00F37E51"/>
     <w:rsid w:val="00F55C95"/>
     <w:rsid w:val="00F643E5"/>
     <w:rsid w:val="00F82310"/>
     <w:rsid w:val="00FB7AC3"/>
+    <w:rsid w:val="00FC1EEA"/>
     <w:rsid w:val="00FC245B"/>
     <w:rsid w:val="00FD3E7E"/>
     <w:rsid w:val="00FF0403"/>
     <w:rsid w:val="00FF3B65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="13313"/>
+    <o:shapedefaults v:ext="edit" spidmax="17409"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="2FB58E7E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{491F9E75-8A0C-4A85-9056-00D28F308319}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
@@ -2952,75 +2959,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>434</Words>
-  <Characters>2361</Characters>
+  <Words>401</Words>
+  <Characters>2206</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>48</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Summary: Multistate Mortgage Assignment</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Fannie Mae</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2790</CharactersWithSpaces>
+  <CharactersWithSpaces>2559</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Summary: Multistate Mortgage Assignment</dc:title>
   <dc:subject>Summary for Single-Family - Fannie Mae Uniform Instrument</dc:subject>
   <dc:creator>Fannie Mae</dc:creator>
   <cp:keywords>3741,Special Purpose,Standard,Multi,English</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_NewReviewCycle">
     <vt:lpwstr/>