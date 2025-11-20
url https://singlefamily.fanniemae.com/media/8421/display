--- v0 (2025-10-09)
+++ v1 (2025-11-20)
@@ -10,98 +10,114 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr filterPrivacy="1"/>
-  <xr:revisionPtr revIDLastSave="38" documentId="8_{78E21729-8FA1-40B1-9D89-6CDBE4F7FB60}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{3C28F802-70EE-4A15-AF08-0DF81EF69F89}"/>
+  <xr:revisionPtr revIDLastSave="4" documentId="8_{B5C815B0-19A1-41DB-AD5F-5257F575A699}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{89127ACF-F43B-4910-91D9-6CA3D5A45371}"/>
   <bookViews>
-    <workbookView xWindow="-30828" yWindow="-1572" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="135" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Read Me" sheetId="17" r:id="rId1"/>
     <sheet name="Revision History" sheetId="11" r:id="rId2"/>
     <sheet name="Active UCD Messages" sheetId="18" r:id="rId3"/>
     <sheet name="Removed Messages" sheetId="7" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Active UCD Messages'!$A$2:$H$418</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Revision History'!$A$2:$D$149</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Active UCD Messages'!$A$2:$H$417</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Removed Messages'!$A$2:$E$94</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Revision History'!$A$2:$D$154</definedName>
     <definedName name="BorrowerRange">#REF!</definedName>
     <definedName name="CEM">#REF!</definedName>
     <definedName name="DocumentVersionIdentifier">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Read Me'!$A$1:$C$37</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revision History'!$A$1:$D$149</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Revision History'!$A$1:$D$154</definedName>
     <definedName name="PublicationDate">#REF!</definedName>
     <definedName name="rngMainSpec">#REF!</definedName>
     <definedName name="SellerRange">#REF!</definedName>
     <definedName name="SpecRange">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2732" uniqueCount="947">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2742" uniqueCount="969">
+  <si>
+    <r>
+      <t xml:space="preserve">UCD Edit Feedback Messages
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>As of November 13, 2025</t>
+    </r>
+  </si>
   <si>
     <t>PURPOSE:</t>
   </si>
   <si>
     <t xml:space="preserve">This document provides a complete list of the UCD feedback messages (commonly known as "edits") that have severities of Warning, Warning-to-Fatal, or Fatal. Fatal Edits will produce a status of "Not Successful" upon submission and will affect the loan delivery to Fannie Mae. These messages are generated via the Web-based user interface or through the direct integration platform. </t>
   </si>
   <si>
     <t>IMPORTANT NOTES:</t>
   </si>
   <si>
     <t>1.  Edit feedback messages with a severity of Warning or Warning-to-Fatal will still result in a successful submission.</t>
   </si>
   <si>
     <t>2.  Lenders will need to resolve Warning-to-Fatal prior to the Fatal Severity Transition Date.</t>
   </si>
   <si>
     <t>3.  Lenders should review all edit messages received and resolve them to avoid Loan Delivery issues.</t>
   </si>
   <si>
     <t>WORKSHEET TAB AND COLUMN DESCRIPTIONS:</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
@@ -294,50 +310,174 @@
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>•  Column C - Fatal Severity Transition Date:</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  The date on which the edit Severity is Fatal.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•  Column D - Severity for v1.5:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">Identifies the severity (Warning, Warning-to-Fatal, or Fatal) for each edit that applies to UCD Specification v1.5 submissions.
+    These edits apply to all submissions where the DataVersionIdentifier is </t>
+    </r>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">not </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>"UCD2.0" in MESSAGE/ABOUT_VERSIONS/ABOUT_VERSION.  Edits that do 
+    not apply to UCD v1.5 submission (because they are specific to UCD v2.0 submissions) will be shown as 'n/a' in this column.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•  Column E - Severity for v2.0:  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Identifies the severity (Warning, Warning-to-Fatal, or Fatal) for each edit that applied to UCD Specification v2.0 submissions.
+    UCD v2.0 submissions are identified by  DataVersionIdentifier = "UCD2.0" in MESSAGE/ABOUT_VERSIONS/ABOUT_VERSION.  Edits that do not apply to 
+    UCD v2.0 submissions (because they are specific to UCD v1.5 submissions) will be shown as 'n/a' in this column.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•  Column F - UCD Edit Feedback Message: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Provides the edit feedback message as it is displayed in the UCD Collection Solution. </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•  Column G - Associated Data Point(s): </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> Specifies the MISMO v3.3.0 data point name referenced in the UCD Delivery Specification.  </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">•  Column H - EarlyCheck / Loan Delivery Fatal Edit ID: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve"> The Fatal Edit number presented in the EarlyCheck and Loan Delivery applications.   </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
         <u/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Removed Messages Tab</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">  -  List of the UCD edits that have been removed over time.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
@@ -422,183 +562,392 @@
     <r>
       <t xml:space="preserve">•  Column E - Associated Data Point(s):  </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Specifies the MISMO v3.3.0 data point name referenced in the UCD Delivery Specification. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
   </si>
   <si>
+    <t>©2025 Fannie Mae. Trademarks of Fannie Mae.</t>
+  </si>
+  <si>
     <t>Effective Date of Revision</t>
   </si>
   <si>
     <t>UCD 
 Edit ID</t>
   </si>
   <si>
     <t>Type of Change</t>
   </si>
   <si>
     <t>UCD Edit Feedback Message</t>
   </si>
   <si>
+    <t>Various</t>
+  </si>
+  <si>
+    <t>Modified Message Text</t>
+  </si>
+  <si>
+    <t>Removed Edit</t>
+  </si>
+  <si>
+    <t>When Amortization Type is Adjustable Rate, the interest rate is required and must be 'NoteRatePercent' or 'DisclosedFullyIndexedRatePercent'.</t>
+  </si>
+  <si>
+    <t>When a fee of 'RealEstateCommissionBuyersBroker' is provided, then the Borrower's Real Estate Broker information is required (at least one instance of Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>When a fee of 'RealEstateCommissionSellersBroker' is provided, the Seller's Real Estate Broker information is required (at least one instance of PartyRoleType = 'RealEstateAgent' and RealEstateAgentType = 'Listing').</t>
+  </si>
+  <si>
+    <t>Updated Fatal Transition Severity Date</t>
+  </si>
+  <si>
+    <t>Updates UCD Critical Edits for Phase 4 and Phase 3B Postponed Fatal Transition Date to "TBA".  The UCD mandate dates  for UCD v2.0, Phase 3B Postponed, and Phase 4 critical edits will be announced in Q1 2026 and will begin no earlier than Q3 2026.</t>
+  </si>
+  <si>
+    <t>N/A</t>
+  </si>
+  <si>
+    <t>Format change</t>
+  </si>
+  <si>
+    <t>On the Active UCD Messages tab, created separate columns for Severity of each edit depending on the Specification version submitted (v1.5 or v2.0, determined by the presence of DataVersionIdentifier = "UCD2.0" or not in MESSAGE/ABOUT_VERSIONS/ABOUT_VERSION).</t>
+  </si>
+  <si>
+    <t>3058, 3059, 3142, 3145, 3146</t>
+  </si>
+  <si>
+    <t>Removed Edits</t>
+  </si>
+  <si>
+    <t>Removed edits with Warning severity because the associated data points were removed from UCD v2.0, or different Phase 4 edit logic was introduced.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Modified Message Text </t>
+  </si>
+  <si>
+    <t>The submission has encountered a failure during Fannie Mae’s processing. Please retry the submission. If the problem persists please contact Fannie Mae Technology Support for assistance (1-800-2FANNIE) and select Option 1.</t>
+  </si>
+  <si>
+    <t>If Late Charge Type does not equal No Late Charge or Flat Dollar Amount, then Late Charge Percent is required.  Data must be numeric up to 3 digits, with up to 4 decimal places and not be negative.</t>
+  </si>
+  <si>
+    <t>New Edit</t>
+  </si>
+  <si>
+    <t>The provided Payment Frequency Type is not a valid enumeration in the PROJECTED_PAYMENT Container. A valid enumeration is required.</t>
+  </si>
+  <si>
+    <t>Modified 'Effective Date of Revision' date on Revision History tab only</t>
+  </si>
+  <si>
+    <t>Corrected the production Effective Date in this Revision History for edits for Specification Version, Phase 4, and Phase 3B Postponed:  1020, 1021, 1022, 1023, 3073, 3074, 3078, 3082, 3083, 3087, 3091, 3092, 3096, 3100, 3101, 3105, 3109, 3110, 3147, 3148, 3151, 3152, 3153, 3154, 3157, 3158, 3159, 3160, 3161, 3171, 3172, 3606, 3607, 3609, 3674, 3800, 3801, 3802, 3804, 3805, 3806, 3807, 3808, 3809, 3810, 3811, 3812, 3813, 3814, 3815, 3816, 3817, 3818, 3819, 3820, 3821, 3822, 3823, 3824, 3825, 3826, 3827, 3828, 3829, 3830, 3831, 3832, 3833, 3834, 3836, 3837, 3838, 3839, 3840, 3841, 3842, 3843, 3844, 3845, 3846, 3847, 3848, 3849, 3900, 4301, 4302, 4303, 4304, 4606, 4607, 4609, 4674, 4675.</t>
+  </si>
+  <si>
+    <t>Corrected the production Effective Date in this Revision History for 55 edits enforcing UCD Critical Edits Phases 1-3 on UCD v2.0 submissions:  2005, 2006, 2007, 2034, 3901, 3902, 3903, 4062, 4115, 4125, 4131, 4505, 4506, 4508, 4515, 4521, 4526, 4529, 4530, 4531, 4532, 4533, 4534, 4535, 4536, 4537, 4538, 4539, 4540, 4542, 4549, 4550, 4551, 4553, 4554, 4555, 4556, 4560, 4563, 4565, 4568, 4572, 4573, 4574, 4583, 4590, 4599, 4600, 4603, 4605, 4614, 4617, 4618, 4625, 4647.  
+Note: Except for edits 4131 and 4551, these edits will be fatal on the effective date for UCD v2.0 to enforce the data quality achieved by Critical Edits Phases 1-3.</t>
+  </si>
+  <si>
+    <t>4301, 4302, 4303, 4304</t>
+  </si>
+  <si>
+    <t>Updated Edit Transition Phase</t>
+  </si>
+  <si>
+    <t>These Recording Fee edits were previously identified as Phase 3 edits and in this version are more precisely identified as Phase 3B Postponed.</t>
+  </si>
+  <si>
+    <t>Fee Item Type for Origination Charges must be a valid enumeration for this section per the UCD specification.</t>
+  </si>
+  <si>
+    <t>Fee Item Type for Taxes and Other Government Fees must be a valid enumeration for this section per the UCD specification.</t>
+  </si>
+  <si>
+    <t>Fee Type for Origination Charges must be a valid enumeration for this section per the UCD specification.</t>
+  </si>
+  <si>
+    <t>Fee Type for Taxes and Other Government Fees must be a valid enumeration for this section per the UCD specification.</t>
+  </si>
+  <si>
+    <t>If Borrower is an individual, then the Last Name of the Borrower is required.</t>
+  </si>
+  <si>
+    <t>3674, 4674</t>
+  </si>
+  <si>
+    <t>When the Loan Discount Points Fee Total Percent is not equal to 0, Loan Price Quote Interest Rate Percent must be provided and must be greater than the Note Rate Percent.  The Loan Price Quote Interest Rate Percent should be the interest rate without any discount points applied.</t>
+  </si>
+  <si>
+    <t>'BorrowerEstimatedTotalMonthlyLiabilityPayment' is not a valid enumeration for Liability Type.</t>
+  </si>
+  <si>
+    <t>For Loan Discount Points, when Fee Total Percent is provided and not equal to 0, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>The Current Rate Set Date of (|CurrentRateSetDate|) is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>If the Borrower if an individual then first and last name is required. If the Borrower is a legal entity, then the Full Name of the legal entity is required.</t>
+  </si>
+  <si>
+    <t>These Recording Fee edits were incorrectly marked as Phase 4 in the last version of this document. They are Phase 3 edits.</t>
+  </si>
+  <si>
+    <t>Updated UCD Edit Severity:  Warning-to-Fatal;
+Modified Message Text</t>
+  </si>
+  <si>
+    <t>Updated severity and message text for 27 existing Phase 4 edits:  3073, 3074, 3078, 3082, 3083, 3087, 3091, 3092, 3096, 3100, 3101, 3105, 3109, 3110, 3147, 3148, 3151, 3152, 3153, 3154, 3157, 3158, 3159, 3160, 3161, 3171, 3172.  Refer to the Active UCD Messages tab for the new message text.</t>
+  </si>
+  <si>
+    <t>New Edits</t>
+  </si>
+  <si>
+    <t>Added 54 Edits for Phase 4:  3800, 3801, 3802, 3803, 3804, 3805, 3806, 3807, 3808, 3809, 3810, 3811, 3812, 3813, 3814, 3815, 3816, 3817, 3818, 3819, 3820, 3821, 3822, 3823, 3824, 3825, 3826, 3827, 3828, 3829, 3830, 3831, 3832, 3833, 3834, 3836, 3837, 3838, 3839, 3840, 3841, 3842, 3843, 3844, 3845, 3846, 3847, 3848, 3900, 4301, 4302, 4303, 4304, 4674.</t>
+  </si>
+  <si>
+    <t>1020, 1021, 1022, 1023</t>
+  </si>
+  <si>
+    <t>Added 4 new Specification Version edits that will ensure that UCD XML submissions combining formats from the UCD v1.5 and UCD v2.0 specifications will be rejected.  Edit IDs are;  1020, 1021, 1022, 1023.</t>
+  </si>
+  <si>
+    <t>3606, 3607, 3609, 4606, 4607, 4609</t>
+  </si>
+  <si>
+    <t>Updated UCD Edit Severity:  Warning-to-Fatal;
+Added edits for UCD v2.0</t>
+  </si>
+  <si>
+    <t>Updated severity of Phase 3B Postponed edits for UCD v1.5 and added like edits for UCD v2.0.  Edits are: 3606, 3607, 3609, 4606, 4607, 4609.</t>
+  </si>
+  <si>
+    <t>Added 54 edits to enforce UCD v2.0 for UCD Critical Edits Phases 1-3:  2005, 2006, 2007, 2034, 3901, 3902, 3903, 4062, 4115, 4125, 4131, 4505, 4506, 4508, 4515, 4521, 4526, 4529, 4530, 4531, 4532, 4533, 4534, 4535, 4536, 4537, 4538, 4539, 4540, 4542, 4549, 4550, 4551, 4553, 4554, 4555, 4556, 4560, 4563, 4565, 4568, 4572, 4573, 4574, 4583, 4583, 4590, 4599, 4600, 4603, 4605, 4614, 4617, 4618, 4625, 4647.  Except for edits 4131 and 4551, these edits are fatal immediately for UCD v2.0 to enforce the data quality achieved in Phases 1-3.</t>
+  </si>
+  <si>
+    <t>Modified Existing Edit</t>
+  </si>
+  <si>
+    <t>Restored previously retired edit 3674 for LoanPriceQuoteInterestRatePercent with updated logic for Phase 4.</t>
+  </si>
+  <si>
+    <t>Removed 26 Party-related warning edits and Phase 3B Postponed warning edits that are no longer in scope:
+2031, 3036, 3037, 3069, 3070, 3072, 3075, 3077, 3079, 3081, 3084, 3086, 3097, 3102, 3106, 3111, 3132, 3149, 3150, 3155, 3156, 3164, 3165, 3527, 3528, 3591.  See the "Removed Messages" tab for details.</t>
+  </si>
+  <si>
+    <t>The text of the edit message was modified for the following 13 edits for clarity:  1005, 1007, 1010, 3010, 3170, 3675, 3676, 3677, 3678, 3679, 3680, 3681, 3682.  Refer to the Active UCD Messages tab for the new message text.</t>
+  </si>
+  <si>
+    <t>Edit data points clarified</t>
+  </si>
+  <si>
+    <t>Added or removed "Associated Data Points" of 13 edits for accuracy.</t>
+  </si>
+  <si>
+    <t>Corrected message text in this document to reflect actual edit messages in the UCD Closing Solution application.</t>
+  </si>
+  <si>
+    <t>Added or removed "Associated Data Points" for accuracy.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Subsection Type of Adjustments For Items Unpaid By Seller and/or Adjustments For Items Paid By Seller In Advance is missing from the file.  Verify that the subsection(s) are not part of the transaction.</t>
+  </si>
+  <si>
+    <t>Provide either Cash From Borrower At Closing Amount or Cash To Borrower At Closing Amount.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If Fee Type equals Loan Discount Points, then Regulation Z Points and Fees Indicator is required. Provide the data as true or false. </t>
+  </si>
+  <si>
+    <t>The Closing Date is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Closing Date is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Current Rate Set Date is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Current Rate Set Date is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Disbursement Date is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Disbursement Date is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Issued Date is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Issued Date is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Ability to Repay (ATR) Method Type has been set to ‘Exempt’ for this loan.  Please verify the exemption is due to loan program or property usage.</t>
+  </si>
+  <si>
+    <t>All Phase 3B Warning-to-Fatal edits</t>
+  </si>
+  <si>
+    <t>Updated UCD Edit Severity:  Fatal</t>
+  </si>
+  <si>
+    <t>For each Phase 3B Warning-to-Fatal edit on the Active UCD Messages and Phase 3 Edits tabs updated the edit Severity to Fatal.</t>
+  </si>
+  <si>
+    <t>The MI Company provided is Genworth. Genworth Mortgage Insurance Corporation has formally changed its name to Enact Mortgage Insurance Corporation effective Feb. 7, 2022. The MI Company enumeration value for Enact should be delivered in the MICompanyNameType field as “Other” and in the MICompanyNameTypeOtherDescription field as “Enact”.</t>
+  </si>
+  <si>
+    <t>Updated Edit logic</t>
+  </si>
+  <si>
+    <t>If Mortgage Type equals Conventional and MI Required Indicator equals true, then MI Company Name Type is required and must be a valid enumeration. When MI Company Name Type equals "Other", the MICompanyNameTypeOtherDescription is required.
+Note:  as of 10/27/2023 the following enumerations will receive this edit: For MICompanyNameType:  PMI, RMIC , Triad, Genworth; for MICompanyNameTypeOtherDescription:  CAHLIF, MDHousing, RMIC-NC.</t>
+  </si>
+  <si>
     <t>Updated UCD Edit Severity:  Warning;
 Modified Message Text</t>
   </si>
   <si>
     <t xml:space="preserve">A Fee Type provided in the Services Borrower Did Shop For may not be a valid enumeration per that Integrated Disclosure Section Type. 
 Note:  This edit's message and severity will be updated on 9/9/2023. </t>
   </si>
   <si>
     <t>A Fee Type provided in the Other Costs section may not be a valid enumeration per that Integrated Disclosure Section Type. 
 Note:  This edit's message and severity will be updated on 9/9/2023.</t>
   </si>
   <si>
     <t>Fee Types of 'RecordingFeeForDeed' and 'RecordingFeeForMortgage' are expected enumerations only in the Taxes and Other Government Fees section. 
 Note:  This edit's message and severity will be updated on 9/9/2023.</t>
   </si>
   <si>
     <t>The Integrated Disclosure Section Type should be equal to Taxes and Other Government Fees when the Fee Type is equal to 'RecordingFeeTotal'.
 Note:  This edit's message and severity will be updated on 9/9/2023.</t>
   </si>
   <si>
     <t>The submission should not have more than one occurrence of a Fee Type equal to 'RecordingFeeTotal'. Please verify the data and resubmit.
 Note:  This edit's message and severity will be updated on 9/9/2023.</t>
   </si>
   <si>
-    <t>Removed Edit</t>
-[...1 lines deleted...]
-  <si>
     <t>When the Loan Discount Points Fee Total Percent is greater than 0, the Note Rate Percent cannot equal the Loan Price Quote Interest Rate Percent. The Loan Price Quote Interest Rate Percent should be the interest rate without any discount points applied.
 Note:  This edit  will be removed on 9/9/2023.</t>
   </si>
   <si>
-    <t>New Edit</t>
-[...1 lines deleted...]
-  <si>
     <t>When the Loan Discount Points Fee Total Percent is greater than 0, the Note Rate Percent cannot equal the Loan Price Quote Interest Rate Percent. The Loan Price Quote Interest Rate Percent should be the interest rate without any discount points applied.
 Note:  This edit will be effective 7/21/2023 with Warning severity.</t>
   </si>
   <si>
     <t xml:space="preserve">When Prepaid Item Type is equal to 'PrepaidInterest', Integrated Disclosure Section is required and must equal 'Prepaids'. </t>
   </si>
   <si>
     <t>All Phase 3A Warning-to-Fatal edits</t>
   </si>
   <si>
-    <t>Updated UCD Edit Severity:  Fatal</t>
-[...1 lines deleted...]
-  <si>
     <t>For each Phase 3A Warning-to-Fatal edit on the Active UCD Messages and Phase 3 Edits tabs updated the edit Severity to Fatal.</t>
   </si>
   <si>
-    <t>Updated Edit Transition Phase</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">For Origination Charges, Fee Actual Payment Amount is required for all fees. </t>
   </si>
   <si>
     <t xml:space="preserve">For Services Borrower Did Not Shop For, Fee Actual Payment Amount is required for all fees. </t>
   </si>
   <si>
     <t xml:space="preserve">For Services Borrower Did Shop For, Fee Actual Payment Amount is required for all fees. </t>
   </si>
   <si>
     <t>Updated Edit Transition Phase; Modified Message Text</t>
   </si>
   <si>
     <t xml:space="preserve">For Loan Discount Points, when Fee Total Percent is provided and not equal to 0, Fee Payment Paid By Type is required. </t>
   </si>
   <si>
     <t xml:space="preserve">For Prepaids, Prepaid Item Actual Payment Amount is required. </t>
   </si>
   <si>
-    <t>Modified Message Text</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">For Origination Charges, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t>For Origination Charges, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t xml:space="preserve">For Services Borrower Did Not Shop For, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t>For Services Borrower Did Not Shop For, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t xml:space="preserve">For Services Borrower Did Shop For, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t>For Services Borrower Did Shop For, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>Fee Paid To Type for Loan Discount Points must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t xml:space="preserve">For Prepaid Interest, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t xml:space="preserve">For Other Costs, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t>For Prepaid Interest, Fee Paid to Type  must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>For Other Costs, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t>For Prepaids, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t xml:space="preserve">For Prepaids, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
   </si>
   <si>
     <t>For Initial Escrow Payment At Closing, Fee Paid to Type must be a valid enumeration. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
   </si>
   <si>
     <t xml:space="preserve">For Initial Escrow Payment At Closing, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required. </t>
-  </si>
-[...1 lines deleted...]
-    <t>Updated Edit logic</t>
   </si>
   <si>
     <t>Fee Type for Services Borrower Did Not Shop For must be a valid enumeration.
 Note:  AttorneyFee is now a valid enumeration.</t>
   </si>
   <si>
     <t>Fee Type for Services Borrower Did Shop For must be a valid enumeration. 
 Note:  MunicipalLienCertificateFee, ReconveyanceFee, and TaxRelatedServiceFee are now valid enumerations.</t>
   </si>
   <si>
     <t>For Initial Escrow Payment At Closing, Escrow Item Actual Payment Amount is required.</t>
   </si>
   <si>
     <t>All Phase 3 edits</t>
   </si>
   <si>
     <t>Updated the Active UCD Messages tab's Edit Transition Phase column to display the Phase 3A or Phase 3B subset.  New Edit Transition Phase column added to the Phase 3 Edits tab.</t>
   </si>
   <si>
     <t>All Phase 3B edits</t>
   </si>
   <si>
     <t>Updated Fatal Severity Transition Date</t>
   </si>
   <si>
@@ -610,85 +959,76 @@
   </si>
   <si>
     <t>Fee Type for Services Borrower Did Not Shop For must be a valid enumeration. 
 Note:  This edit logic will be updated on 4/21/2023.</t>
   </si>
   <si>
     <t>Fee Type for Services Borrower Did Shop For must be a valid enumeration. 
 Note:  This edit logic will be updated on 4/21/2023.</t>
   </si>
   <si>
     <t>When the Escrow Indicator is equal to "true" at least one Escrow Item Type must be provided.
 Note:  This edit will be removed on 5/1/2023.</t>
   </si>
   <si>
     <t xml:space="preserve">Updated UCD Edit Severity:  Warning; 
 Remove Fatal Severity Transition Date </t>
   </si>
   <si>
     <t>For Loan Discount Points, Fee Total Percent is equal to 0 when Fee Actual Payment Amount is not equal to $0.
 Note:  This edit will be operational as warning severity on 5/1/23.</t>
   </si>
   <si>
     <t>The UCD Test Environment does not match Casefile IDs to any DU environment. The UCD submission was processed without DU matching.</t>
   </si>
   <si>
-    <t>The Ability to Repay (ATR) Method Type has been set to ‘Exempt’ for this loan.  Please verify the exemption is due to loan program or property usage.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Fee Type for Other Costs must be a valid enumeration. </t>
   </si>
   <si>
     <t>A Prepaid Item Type equal to 'PrepaidInterest' must be provided even if a $0 value.</t>
   </si>
   <si>
     <t>When the Escrow Indicator is equal to "true" at least one Escrow Item Type must be provided.</t>
   </si>
   <si>
     <t>When Amortization Type is equal to "Adjustable Rate" the First Rate Change Months Count must be provided.
 Note:  This edit will be operational with warning-to-fatal severity on 2/27/23.</t>
   </si>
   <si>
     <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent must be provided.
 Note:  This edit will be operational as warning-to-fatal severity on 2/27/23.</t>
   </si>
   <si>
     <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent must be greater than 0%.
 Note:  This edit will be operational as warning-to-fatal severity on 2/27/23.</t>
   </si>
   <si>
     <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent cannot be a negative value.
 Note:  This edit will be operational as warning-to-fatal severity on 2/27/23.</t>
   </si>
   <si>
     <t>For Loan Discount Points, when Fee Total Percent is provided and not equal to 0, Fee Paid To Type is required. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Edit data points clarified</t>
   </si>
   <si>
     <t>"Associated Data Points" column enhanced to reveal condition that would trigger a specific Phase 3 edit when Fannie Mae's edit messages are reused for more than one edit.</t>
   </si>
   <si>
     <t>Added data points to the "Associated Data Points" column.</t>
   </si>
   <si>
     <t>Modified message text</t>
   </si>
   <si>
     <t>UCD Application Unavailable. Please contact 1-800-2FANNIE (1-800-232-6643) and select Option 1.</t>
   </si>
   <si>
     <t xml:space="preserve">Casefile ID is invalid and does not exist in Fannie Mae’s database.  Please note Fannie Mae does not require a UCD for Government (FHA, VA, etc.) loans.  Government loan submissions to the UCD application may result in this error. </t>
   </si>
   <si>
     <t>Casefile ID may be invalid. The UCD Subject Postal Zip Code from the previous UCD submission may not match the Zip Code from the current submission.</t>
   </si>
   <si>
     <t>An Integrated Disclosure Section Type is required for all Prepaid Item Types.</t>
   </si>
   <si>
     <t>An Integrated Disclosure Section Total Amount for Total Closing Costs is required in the submission, even if a $0 value.
 Note:  This edit was turned off 11/21/22 due to incorrect firing.  The edit was corrected and turned back on 12/12/22.</t>
@@ -814,53 +1154,50 @@
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Active UCD Messages</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> tab.  Note:  Phase 3 edits 3656 and 3657 will be operational the week of 11/21/22.</t>
     </r>
   </si>
   <si>
     <t>When Loan Purpose Type is equal to Purchase, the Closing Adjustment Item Type of SellerCredit in the Closing Adjustment Item Detail container is required.</t>
   </si>
   <si>
     <t xml:space="preserve">Remove Fatal Severity Transition Date </t>
   </si>
   <si>
     <t>The Regulation Z Total Points and Fees Amount provided is $0.00. Validate the amount to ensure the accuracy of the value provided. For additional information on the Regulation Z Total Points and Fees Amount contact your Compliance Team.</t>
   </si>
   <si>
-    <t>The MI Company provided is Genworth. Genworth Mortgage Insurance Corporation has formally changed its name to Enact Mortgage Insurance Corporation effective Feb. 7, 2022. The MI Company enumeration value for Enact should be delivered in the MICompanyNameType field as “Other” and in the MICompanyNameTypeOtherDescription field as “Enact”.</t>
-[...1 lines deleted...]
-  <si>
     <t>The Current Rate Set Date provided is after the Closing Date.  Please ensure the Current Rate Set Date provided is prior to the Closing Date.</t>
   </si>
   <si>
     <t xml:space="preserve">Regulation Z Total Loan Amount is required and must be greater than 0.0. Data must be numeric up to 9 digits, with up to 2 decimal places. </t>
   </si>
   <si>
     <t>Update LD Edit Severity</t>
   </si>
   <si>
     <t>Growing equity mortgages are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>Add EarlyCheck and LD Edit IDs and Severity</t>
   </si>
   <si>
     <t xml:space="preserve">Interest Only Indicator is required. Provide the data as True or False.	</t>
   </si>
   <si>
     <t>When Party Role Type equals Note Pay To, the Full Name of the lender entity is required.</t>
   </si>
   <si>
     <t>The Closing Adjustment Item Section Type of PaidAlreadyByOrOnBehalfOfBorrowerAtClosing is required as part of Seller Credit data (even if a 0 value) for all Purchase loans.</t>
   </si>
   <si>
     <t>The Closing Adjustment Item Type of SellerCredit is required as part of Seller Credit data (even if a 0 value) for all Purchase loans.</t>
@@ -874,157 +1211,226 @@
   <si>
     <t>At least one Integrated Disclosure Cash To Close Item Type of TotalClosingCosts must be provided.</t>
   </si>
   <si>
     <t>A Total Closing Costs final amount is required in the Cash To Close table.</t>
   </si>
   <si>
     <t>The Cash to Close Item Type of Loan Amount is required when Loan Purpose is Refinance.</t>
   </si>
   <si>
     <t>The Final Loan Amount is required in the Cash To Close table.</t>
   </si>
   <si>
     <t>When Loan Purpose is equal to Refinance, the Integrated Disclosure Cash To Close Item Type of TotalPayoffsAndPayments must be provided.</t>
   </si>
   <si>
     <t>A Total Payoffs and Payments final amount is required in the Cash To Close table.</t>
   </si>
   <si>
     <t>Edit Transition Phase</t>
   </si>
   <si>
     <t>Fatal Severity Transition Date</t>
   </si>
   <si>
-    <t xml:space="preserve"> Severity</t>
+    <t>Severity for v1.5</t>
+  </si>
+  <si>
+    <t>Severity for v2.0</t>
   </si>
   <si>
     <t>Associated Data Point(s) (and condition)</t>
   </si>
   <si>
     <t>EarlyCheck / Loan Delivery Fatal Edit ID</t>
   </si>
   <si>
     <t>Fatal</t>
   </si>
   <si>
-    <t>N/A</t>
+    <t>Submitted file name is greater than 28 characters. Rename file and resubmit.</t>
+  </si>
+  <si>
+    <t>Submitted file is a non-XML. Resubmit with a valid XML file.</t>
   </si>
   <si>
     <t>Submitted File is Empty. Please resubmit.</t>
   </si>
   <si>
+    <t>Submitted File is non-xml or non-zip file. Please resubmit.</t>
+  </si>
+  <si>
+    <t>Submitted zip file contains more than 50 XML files. Resubmit zip file with less than 50 XML files.</t>
+  </si>
+  <si>
+    <t>Submitted File size is greater than maximum allowable (30 MB) limit. Reduce the file size and resubmit.</t>
+  </si>
+  <si>
+    <t>Spec Version</t>
+  </si>
+  <si>
+    <t>TBA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Warning </t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>The UCD XML file will need to be updated to UCD v2.0 by 2H 2026. NOTE:  DataVersionIdentifier = "UCD2.0" and ucd:FeeItemType must be provided together as part of UCD v2.0.</t>
+  </si>
+  <si>
+    <t>DataVersionIdentifier
+FeeType
+ucd:FeeItemType</t>
+  </si>
+  <si>
+    <t>The UCD XML file has been delivered with DataVersionIdentifier = "UCD2.0" and FeeType.  All fees must be provided using ucd:FeeItemType when the Data Version Identifier is "UCD2.0".  FeeType is not allowed in UCD v2.0 XML files.</t>
+  </si>
+  <si>
+    <t>The UCD XML file has been delivered with ucd:FeeItemType without the corresponding DataVersionIdentifier = "UCD2.0”.  ucd:FeeItemType may only be delivered when DataVersionIdentifier = “UCD2.0”.</t>
+  </si>
+  <si>
+    <t>FeeType and ucd:FeeItemType must not be submitted in the same UCD XML file.</t>
+  </si>
+  <si>
+    <t>Casefile ID is invalid. Casefile ID must be 10 numeric digits.</t>
+  </si>
+  <si>
     <t>AutomatedUnderwritingCaseIdentifier</t>
   </si>
   <si>
+    <t>Casefile ID is invalid and does not exist in Fannie Mae’s database.  Please note Fannie Mae does not require a UCD for Government (FHA, VA, etc.) loans.  Government loan submissions to the UCD application may result in this error.</t>
+  </si>
+  <si>
+    <t>Casefile ID may be invalid. The UCD Subject Property Postal Code and/or Borrower Name does not match the data from the DU submission for this Casefile ID.</t>
+  </si>
+  <si>
+    <t>Casefile ID in this UCD submission is already being used by another lender. Resubmit with a valid casefile ID.</t>
+  </si>
+  <si>
+    <t>Phase 1</t>
+  </si>
+  <si>
+    <t>Warning-to-Fatal</t>
+  </si>
+  <si>
+    <t>Loans with step payment features are ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
+    <t>AmortizationType</t>
+  </si>
+  <si>
+    <t>Graduated Payment ARMS are ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
     <t>Warning</t>
   </si>
   <si>
-    <t>Loans with step payment features are ineligible for purchase by Fannie Mae.</t>
-[...7 lines deleted...]
-  <si>
     <t>Loan Amounts that increase are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>LoanAmountIncreaseIndicator</t>
   </si>
   <si>
     <t>Loans subject to prepayment penalties are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>PrepaymentPenaltyIndicator</t>
   </si>
   <si>
     <t>Loans with balloon features are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>BalloonIndicator</t>
+  </si>
+  <si>
+    <t>An embedded PDF of the Closing Disclosure is required.</t>
   </si>
   <si>
     <t>EmbeddedContentXML</t>
   </si>
   <si>
     <t>The payoff of non-mortgage related items with refinance proceeds indicates that this loan may need to be delivered as a Cash Out refinance.</t>
   </si>
   <si>
     <t>PayoffAmount
 CashToBorrowerAtClosingAmount
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
     <t>Interest only loans are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>InterestOnlyIndicator</t>
   </si>
   <si>
     <t>Loans with potential or scheduled negative amortization are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>NegativeAmortizationIndicator</t>
-  </si>
-[...1 lines deleted...]
-    <t>AbilityToRepayMethodType</t>
   </si>
   <si>
     <t>The reported Loan Term appears to exceed Fannie Mae maximum of 30 years. The loan may be ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
     <t>LoanMaturityPeriodCount
 ConstructionLoanIndicator
 ConstructionLoanTotalTermMonthsCount
 ConstructionPeriodNumberOfMonthsCount</t>
   </si>
   <si>
-    <t>This appears to be a refinance transaction, therefore the Closing Disclosure Alternate form and data are requested.</t>
+    <t>This appears to be a purchase transaction, therefore either the Closing Disclosure Model form or Split Disclosure forms (Borrower CD Only) and data are required.</t>
+  </si>
+  <si>
+    <t>DocumentType
+DocumentTypeOtherDescription</t>
   </si>
   <si>
     <t>Graduated Payment Mortgages are ineligible for purchase by Fannie Mae.</t>
   </si>
   <si>
-    <t>DocumentTypeOtherDescription</t>
+    <t>For a split disclosure transaction, the borrower document is required.</t>
   </si>
   <si>
     <t>Seller Credit as a percentage of Sales Contract Amount appears excessive.  Verify that the loan is eligible for delivery.</t>
   </si>
   <si>
     <t>LoanPurposeType
 ConstructionLoanIndicator
 ConstructionLoanType
 ClosingAdjustmentItemType
 ClosingAdjustmentItemAmount
 SalesContractAmount
 RealPropertyAmount</t>
   </si>
   <si>
+    <t>If Subordinate Financing Is New indicator is true then ensure this subordinate financing is included in the CLTV calculation.</t>
+  </si>
+  <si>
     <t>SubordinateFinancingIsNewIndicator</t>
   </si>
   <si>
     <t>Construction loans may only be delivered after construction is complete.</t>
   </si>
   <si>
     <t>ConstructionLoanIndicator
 ConstructionLoanType</t>
   </si>
   <si>
     <t>Loan Term Maximum Months Count minus Construction Loan Total Term Months Count appears to exceed 360 months. Verify that the loan is eligible for delivery.</t>
   </si>
   <si>
     <t>ConstructionLoanIndicator
 ConstructionLoanType
 ConstructionLoanTotalTermMonthsCount
 ConstructionPeriodNumberOfMonthsCount</t>
   </si>
   <si>
     <t>Cash to Borrower at Closing may not exceed the amount of the Borrower(s)' deposit.</t>
   </si>
   <si>
     <t>LoanPurposeType
 CashToBorrowerAtClosingAmount
 IntegratedDisclosureCashToCloseItemType
@@ -1032,2795 +1438,2456 @@
   </si>
   <si>
     <t>Closing costs paid by interested parties exceed the Borrower paid closing costs. Verify loan is eligible for delivery.</t>
   </si>
   <si>
     <t>LoanPurposeType 
 ConstructionLoanIndicator
 ConstructionLoanType
 IntegratedDisclosureSectionType
 IntegratedDiclsoureSectionTotalAmount
 FeePaidByType</t>
   </si>
   <si>
     <t>Seller Credit appears to exceed Cash to Close.  Verify that the loan is eligible for delivery.</t>
   </si>
   <si>
     <t>ClosingAdjustmentItemType
 ClosingAdjustmentItemAmount
 CashToCloseFromBorrower
 CashToCloseToBorrower</t>
   </si>
   <si>
     <t>UCD XML file is invalid.</t>
   </si>
   <si>
-    <t>Phase 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Subject Property Postal Code is required.</t>
   </si>
   <si>
     <t>PostalCode (For Subject Property)</t>
+  </si>
+  <si>
+    <t>If Amortization Type equals Adjustable Rate, then Interest Rate Increase Indicator must equal true.</t>
   </si>
   <si>
     <t>InterestRateIncreaseIndicator
 AmortizationType</t>
   </si>
   <si>
     <t>Phase 2</t>
   </si>
   <si>
+    <t>Interest Only Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Home Equity Loan Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>IntegratedDisclosureHomeEquityLoanIndicator</t>
   </si>
   <si>
+    <t>The Seasonal Payment Feature Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>SeasonalPaymentFeatureIndicator</t>
   </si>
   <si>
     <t>The Escrow Indicator is required. Provide the data as true or false.</t>
   </si>
   <si>
     <t>EscrowIndicator</t>
   </si>
   <si>
     <t>Closing Date is required. Data must be in the YYYY-MM-DD format.</t>
   </si>
   <si>
     <t>ClosingDate</t>
   </si>
   <si>
+    <t>If Loan Purpose Type equals Purchase, then Personal Property Included Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>PersonalPropertyIncludedIndicator</t>
+  </si>
+  <si>
+    <t>Mortgage Type is required and must be a valid enumeration. When Mortgage Type equals "Other", the Mortgage Type Other Description is required.</t>
   </si>
   <si>
     <t>MortgageType
 MortgageTypeOtherDescription</t>
   </si>
   <si>
     <t>1436
 1689</t>
   </si>
   <si>
     <t>MI Required Indicator is required. Provide the data as true or false.</t>
   </si>
   <si>
     <t>MIRequiredIndicator</t>
   </si>
   <si>
+    <t>Assumability Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>AssumabilityIndicator</t>
   </si>
   <si>
+    <t>Demand Feature Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>DemandFeatureIndicator</t>
   </si>
   <si>
+    <t>Partial Payment Allowed Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>PartialPaymentAllowedIndicator</t>
   </si>
   <si>
+    <t>Annual Percentage Rate is required and must be greater than 0.0%. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
     <t>APRPercent</t>
   </si>
   <si>
+    <t>Construction Loan Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>ConstructionLoanIndicator</t>
+  </si>
+  <si>
+    <t>Amortization Type is required and must be a valid enumeration.</t>
   </si>
   <si>
     <t>1318
 1647</t>
   </si>
   <si>
     <t>Note Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>NoteAmount</t>
   </si>
   <si>
+    <t>Loan Amount Increase Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>Buydown Temporary Subsidy Funding Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>BuydownTemporarySubsidyFundingIndicator</t>
   </si>
   <si>
     <t>PaymentFrequencyType</t>
   </si>
   <si>
     <t>1401
 1402</t>
   </si>
   <si>
+    <t>Payment Increase Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>PaymentIncreaseIndicator</t>
   </si>
   <si>
+    <t>Prepayment Penalty Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>Balloon Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>Projected Payment Estimated Taxes Insurance Assessment Total Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal points.</t>
   </si>
   <si>
     <t>ProjectedPaymentEstimatedTaxesInsuranceAssessmentTotalAmount</t>
   </si>
   <si>
+    <t>Ability to Repay Method Type is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>AbilityToRepayMethodType</t>
+  </si>
+  <si>
+    <t>Average Prime Offer Rate Percent is required and must be greater than 0.0%. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
     <t>AveragePrimeOfferRatePercent</t>
+  </si>
+  <si>
+    <t>Lien Priority Type is required and must be a valid enumeration.</t>
   </si>
   <si>
     <t>LienPriorityType</t>
   </si>
   <si>
     <t>1426
 1474</t>
   </si>
   <si>
+    <t>Regulation Z Total Loan Amount is required and must be greater than 0.0. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
     <t>RegulationZTotalLoanAmount</t>
+  </si>
+  <si>
+    <t>Current Rate Set Date is required. Provide the data in the YYYY-MM-DD format.</t>
   </si>
   <si>
     <t>CurrentRateSetDate</t>
   </si>
   <si>
     <t>Loan Purpose Type is required and must be a valid enumeration.</t>
   </si>
   <si>
     <t>LoanPurposeType</t>
   </si>
   <si>
     <t>1433
 1434</t>
   </si>
   <si>
     <t>If a street address exists, then Address Line Text for the subject property is required.</t>
   </si>
   <si>
     <t>AddressLineText (UCD)</t>
   </si>
   <si>
     <t>If a street address exists, then City Name for the subject property is required.</t>
   </si>
   <si>
     <t>CityName (UCD - Property)</t>
   </si>
   <si>
     <t>If a street address exists, then State Code for the subject property is required.</t>
   </si>
   <si>
     <t>StateCode (UCD - Property)</t>
   </si>
   <si>
-    <t xml:space="preserve">If the Borrower is an individual, then First Name of the Borrower is required. </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">If the Borrower is an individual, then Last Name of the Borrower is required. </t>
+    <t>If Loan Manual Underwriting Indicator is false, then Automated Underwriting System Type is required and must be a valid enumeration.</t>
   </si>
   <si>
     <t>AutomatedUnderwritingSystemType</t>
   </si>
   <si>
-    <t>InterestRateIncreaseIndicator
-PaymentIncreaseIndicator</t>
+    <t>Interest Rate Increase Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>InterestRateIncreaseIndicator</t>
+  </si>
+  <si>
+    <t>Payment Option Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>PaymentOptionIndicator</t>
+  </si>
+  <si>
+    <t>If Personal Property Included Indicator equals true then the Real Property Amount is required. Data must be numeric up to 9 digits with up to 2 decimal places.</t>
   </si>
   <si>
     <t>RealPropertyAmount
 LoanPurposeType
 PersonalPropertyIncludedIndicator</t>
   </si>
   <si>
+    <t>If Loan Purpose Type equals Purchase and Personal Property Included Indicator equals false, then Sales Contract Amount is required. Data must be numeric up to 9 digits with up to 2 decimal places.</t>
+  </si>
+  <si>
     <t>SalesContractAmount
 LoanPurposeType
 PersonalPropertyIncludedIndicator</t>
   </si>
   <si>
+    <t>If Loan Purpose Type equals Refinance, then either Property Valuation Amount or Property Estimated Value Amount is required. Data must be numeric up to 9 digits with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>PropertyValuationAmount
+LoanPurposeType
+PropertyEstimatedValueAmount</t>
+  </si>
+  <si>
+    <t>If Loan Purpose Type equals Refinance, then Refinance Same Lender Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>RefinanceSameLenderIndicator
 LoanPurposeType</t>
   </si>
   <si>
+    <t>If Construction Loan Indicator equals false, then Loan Maturity Period Count is required. Data must be numeric up to 3 digits, whole numbers only.</t>
+  </si>
+  <si>
     <t>LoanMaturityPeriodCount
 ConstructionLoanIndicator</t>
   </si>
   <si>
     <t>1396
 1708</t>
+  </si>
+  <si>
+    <t>If Mortgage Type equals Conventional and MI Required Indicator equals true, then MI Certificate Identifier is required.</t>
   </si>
   <si>
     <t>MICertificateIdentifier
 MortgageType
 MIRequiredIndicator</t>
   </si>
   <si>
     <t>Seller Credit is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>IntegratedDisclosureCashToCloseItemType
 IntegratedDisclosureCashToCloseItemFinalAmount</t>
   </si>
   <si>
     <t>Down Payment Amount is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>If Closing Adjustment Item Type is equal to Proceeds of Subordinate Liens, then Total Subordinate Financing Amount is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
-    <t>PrincipalAndInterestPaymentMaximumAmount
-[...4 lines deleted...]
-PaymentIncreaseIndicator</t>
+    <t>ClosingAdjustmentItemType
+TotalSubordinateFinancingAmount</t>
+  </si>
+  <si>
+    <t>If AmortizationType equal to AdjustableRate or GraduatedPaymentARM, then Index Type is required and must be a valid enumeration.</t>
   </si>
   <si>
     <t>IndexType
 InterestRateIncreaseIndicator</t>
   </si>
   <si>
     <t>If Amortization Type equals Adjustable Rate then Margin Rate Percent is required. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
   </si>
   <si>
     <t>MarginRatePercent
 AmortizationType</t>
   </si>
   <si>
     <t>The interest rate is required and must be 'NoteRatePercent', 'WeightedAverageInterestRate', 'DisclosedFullyIndexedRatePercent',  or 'BuydownInitialEffectiveInterestRatePercent’.</t>
   </si>
   <si>
     <t>NoteRatePercent
 DisclosedFullyIndexedRatePercent
 BuydownInitialEffectiveInterestRatePercent 
 WeightedAverageInterestRate</t>
   </si>
   <si>
+    <t>If Interest Rate Increase Indicator equals true, then Ceiling Rate Percent is required. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
     <t>CeilingRatePercent
 InterestRateIncreaseIndicator</t>
   </si>
   <si>
+    <t>If Interest Rate Increase Indicator equals true, then Floor Rate Percent is required. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
+    <t>FloorRatePercent
+InterestRateIncreaseIndicator</t>
+  </si>
+  <si>
+    <t>If Interest Rate Increase Indicator equals true, then Adjustment Rule Type for subsequent rate change is required.</t>
+  </si>
+  <si>
     <t>AdjustmentRuleType
 InterestRateIncreaseIndicator</t>
+  </si>
+  <si>
+    <t>If Interest Rate Increase Indicator equals true and Adjustment Rule Type equals First or Subsequent, then Per Change Maximum Increase Rate Percent is required. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
   </si>
   <si>
     <t>PerChangeMaximumIncreaseRatePercent
 InterestRateIncreaseIndicator
 AdjustmentRuleType</t>
   </si>
   <si>
-    <t>When Party Role Type equals Note Pay To, the License Identifier for the lender entity NMLS ID is required.</t>
-[...32 lines deleted...]
-    <t>When Amortization Type is Adjustable Rate, the interest rate is required and must be 'NoteRatePercent' or 'DisclosedFullyIndexedRatePercent'.</t>
+    <t>Phase 4</t>
+  </si>
+  <si>
+    <t>The First Name is required for the Lender contact (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>FirstName (Note Pay To INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Last Name is required for the Lender contact (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>LastName (Note Pay To INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Full Name of the legal entity is required for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>FullName (Mortgage Broker LEGAL_ENTITY)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The First Name is required for the Mortgage Broker contact.</t>
+  </si>
+  <si>
+    <t>FirstName (Mortgage Broker INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Last Name is required for the Mortgage Broker contact.</t>
+  </si>
+  <si>
+    <t>LastName (Mortgage Broker INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Full Name of the legal entity is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>FullName (Closing Agent LEGAL_ENTITY)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The First Name is required for the Settlement Agent contact (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>FirstName (Closing Agent INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Last Name is required for the Settlement Agent contact (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>LastName (Closing Agent INDIVIDUAL)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Full Name of the legal entity is required for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>FullName (Real Estate Agent - Selling LEGAL_ENTITY)
+RealEstateAgentType
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The First Name is required for the Borrower's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>FirstName (Real Estate Agent - Selling INDIVIDUAL)
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Last Name is required for the Borrower's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>LastName (Real Estate Agent - Selling INDIVIDUAL)
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Full Name of the legal entity is required for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>FullName (Mortgage Broker LEGAL_ENTITY)
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The First Name is required for the Seller's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>FirstName (Real Estate Agent - Listing INDIVIDUAL)
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Last Name is required for the Seller's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>LastName (Real Estate Agent - Listing INDIVIDUAL)
+PartyRoleType
+RealEstateAgentType</t>
   </si>
   <si>
     <t>DisclosedFullyIndexedRatePercent
 NoteRatePercent
 AmortizationType</t>
+  </si>
+  <si>
+    <t>When the Buydown Temporary Subsidy Funding Indicator is false, the interest rate is required and must be 'NoteRatePercent' or 'DisclosedFullyIndexedRatePercent' or 'WeightedAverageInterestRatePercent'.</t>
   </si>
   <si>
     <t>NoteRatePercent
 DisclosedFullyIndexedRatePercent
 WeightedAverageInterestRatePercent
 BuydownTemporarySubsidyFundingIndicator</t>
   </si>
   <si>
+    <t>If Interest Rate Increase Indicator equals true and AmortizationType equals to AdjustableRate, then Ceiling Rate Percent Earliest Effective Months Count is required. Data must be numeric up to 3 digits, whole numbers only.</t>
+  </si>
+  <si>
     <t>CeilingRatePercentEarliestEffectiveMonthsCount
 InterestRateIncreaseIndicator
 AmortizationtType</t>
   </si>
   <si>
     <t>First Rate Change Months Count is required when the Interest Rate Increase Indicator is true. Data must be numeric up to 3 digits, whole numbers only.</t>
   </si>
   <si>
     <t>InterestRateIncreaseIndicator
 FirstRateChangeMonthsCount</t>
   </si>
   <si>
     <t>If Disclosed Fully Indexed Rate Percent exists, then Fully Indexed Initial Principal and Interest Payment Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>FullyIndexedInitialPrincipalAndInterestPaymentAmount
 DisclosedFullyIndexedRatePercent</t>
   </si>
   <si>
     <t>Either Cash From Borrower At Closing Amount or Cash To Borrower at Closing Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places and must be greater than or equal to $0.00.</t>
   </si>
   <si>
     <t>CashToBorrowerAtClosingAmount
 CashFromBorrowerAtClosingAmount</t>
   </si>
   <si>
+    <t>If Ability to Repay Method Type equals Exempt, then Ability to Repay Exemption Reason Type is required and must be a valid enumeration.</t>
+  </si>
+  <si>
     <t>AbilityToRepayExemptionReasonType
 AbilityToRepayMethodType</t>
   </si>
   <si>
+    <t>If Regulation Z Excluded Bona Fide Discount Points indicator is true, then Loan Price Quote Interest Rate Percent is required and must be greater than 0.0%. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
     <t>LoanPriceQuoteInterestRatePercent
 RegulationZExcludedBonaFideDiscountPointsIndicator</t>
+  </si>
+  <si>
+    <t>If Mortgage Type equals Conventional and MI Required Indicator equals true, then MI Company Name Type is required and must be a valid enumeration. When MI Company Name Type equals "Other", the MI Company Name Type Other Description is required.</t>
   </si>
   <si>
     <t>MICompanyNameType
 MICompanyNameTypeOtherDescription
 MortgageType
 MIRequiredIndicator</t>
   </si>
   <si>
+    <t>If Loan Discount Points is greater than zero, then Regulation Z Excluded Bona Fide Discount Points Indicator is required. Provide the data as true or false.</t>
+  </si>
+  <si>
     <t>FeeType
 FeeTotalPercent
 RegulationZExcludedBonaFideDiscountPointsIndicator</t>
   </si>
   <si>
+    <t>If Regulation Z Excluded Bona Fide Discount Points Indicator is true, then Regulation Z Excluded Bona Fide Discount Points Percent is required and must be greater than 0.0%. Data must be numeric up to 3 digits with up to 4 decimal places.</t>
+  </si>
+  <si>
     <t>RegulationZExcludedBonaFideDiscountPointsPercent
 RegulationZExcludedBonaFideDiscountPointsIndicator</t>
   </si>
   <si>
-    <t xml:space="preserve">If Fee Type equals Loan Discount Points, then Regulation Z Points and Fees Indicator is required. Provide the data as true or false. </t>
-[...5 lines deleted...]
-  <si>
     <t>Regulation Z Total Points and Fees Amount is required, excluding Bona Fide Discount Points. Data should be numeric up to 9 digits, with up to 2 decimal places and cannot be negative.</t>
+  </si>
+  <si>
+    <t>RegulationZTotalPointsAndFeesAmount</t>
+  </si>
+  <si>
+    <t>If Interest Rate Increase Indicator equals true, then Payment Increase Indicator must also be true.</t>
+  </si>
+  <si>
+    <t>InterestRateIncreaseIndicator
+PaymentIncreaseIndicator</t>
   </si>
   <si>
     <t>If Note Rate Percent or Buydown Initial Effective Interest Rate Percent or Weighted Average Interest Rate Percent is known, then Initial Principal and Interest Payment Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
   </si>
   <si>
     <t>InitialPrincipalAndInterestPaymentAmount
 NoteRatePercent
 BuydownInitialEffectiveInterestRatePercent
 WeightedAverageInterestRatePercent</t>
   </si>
   <si>
-    <t>If the Borrower is a legal entity, then the Full Name of the legal entity is required, or if Borrower if an individual then first and last name is required.</t>
+    <t>Loan Manual Underwriting Indicator is required. Provide the data as true or false.</t>
   </si>
   <si>
     <t>LoanManualUnderwritingIndicator</t>
   </si>
   <si>
+    <t>If provided, Appraisal Document File Identifier must contain ten alpha-numeric characters. Provide the corrected data.</t>
+  </si>
+  <si>
     <t>AppraisalIdentifier</t>
+  </si>
+  <si>
+    <t>If Construction Loan Indicator equals false, then Loan Maturity Period Type is required &amp; must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>ConstructionLoanIndicator
+LoanMaturityPeriodType</t>
   </si>
   <si>
     <t>Seller Credit reported in Calculating Cash to Close does not match the amount reported in the Borrower's Summary of Transactions.</t>
   </si>
   <si>
     <t>IntegratedDisclsoureSectionType
 ClosingAdjustmentItemType
 ClosingAdjustmentItemAmount
 IntegratedDisclosureCashToCloseItemType
 IntegratedDisclosureCashToCloseItemFinalAmount</t>
   </si>
   <si>
     <t>Cash To Borrower At Closing Amount or Cash To Borrower At Closing Amount must match the Cash To Close Total Amount.</t>
   </si>
   <si>
+    <t>IntegratedDisclosureCashToCloseItemType
+IntegratedDisclosureCashToCloseItemFinalAmount
+CashFromBorrowerAtClosingAmount
+CashToBorrowerAtClosingAmount</t>
+  </si>
+  <si>
     <t>Borrower's Total Closing Costs Amount in Section J does not match what is reported in Calculating Cash to Close.</t>
+  </si>
+  <si>
+    <t>Subordinate Financing Is New Indicator is required.  Provide the data as true or false.</t>
+  </si>
+  <si>
+    <t>Per Change Maximum Increase Rate Percent is required for the subsequent adjustments when the Interest Rate Increase Indicator is true. Data must be numeric up to 3 digits, with up to 4 decimal places.</t>
+  </si>
+  <si>
+    <t>InterestRateIncreaseIndicator
+AdjustmentRuleType
+PerChangeMaximumIncreaseRatePercent</t>
+  </si>
+  <si>
+    <t>Total Payoffs and Payments in Section K must equal Total Payoffs and Payments in Calculating Cash To Close.</t>
   </si>
   <si>
     <t>IntegratedDisclosureSectionType
 IntegratedDisclosureSectionTotalAmount
 IntegratedDisclosureCashToCloseItemType
 IntegratedDisclosureCashToCloseItemFinalAmount</t>
   </si>
   <si>
-    <t>Subordinate Financing Is New Indicator is required.  Provide the data as true or false.</t>
-[...34 lines deleted...]
-    <t>When Party Role Type equals Closing Agent, the Phone number of the settlement agent's contact person is required.</t>
+    <t>The State Code is required  for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>StateCode
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>PostalCode
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Address Line Text is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>AddressLineText
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The City Name is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>CityName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The State Code is required  for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>StateCode
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>PostalCode
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>If the Property Seller is a legal entity, then the Full Name of the legal entity is required, or if Property Seller is an individual then last name is required.</t>
+  </si>
+  <si>
+    <t>LastName (PropertySeller)
+FullName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Address Line Text is required for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The City Name is required for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The State Code is required  for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Property Seller.</t>
   </si>
   <si>
     <t>No Fees, Prepaid Items, or Escrow Items paid by the Seller exist in the file.  Verify that the Seller is not responsible for paying any of these Closing Costs.</t>
   </si>
   <si>
     <t>PrepaidItemPaidByType
 EscrowItemPaidByType
 FeePaidByType</t>
   </si>
   <si>
-    <t>The Integrated Disclosure Subsection Type of Adjustments For Items Unpaid By Seller and/or Adjustments For Items Paid By Seller In Advance is missing from the file.  Verify that the subsection(s) are not part of the transaction.</t>
-[...11 lines deleted...]
-    <t>The Real Estate Commission Buyers Broker Fee is missing from the file.  Verify that the fee is not part of the transaction.</t>
+    <t>ARM Index Type should not equal LIBOR. LIBOR ARMs are not allowed for conventional mortgages with Application Received Dates on or after 10/1/2020. Please verify.</t>
   </si>
   <si>
     <t>IndexType</t>
   </si>
   <si>
+    <t>At least one instance of Party Role Type equal to 'PropertySeller' is required.</t>
+  </si>
+  <si>
     <t>PartyRoleType</t>
   </si>
   <si>
+    <t>At least one instance of Party Role Type equal to 'ClosingAgent'  is required.</t>
+  </si>
+  <si>
     <t>Disbursement Date provided is prior to the Closing Date. Please ensure the date provided is after the Closing Date.</t>
-  </si>
-[...930 lines deleted...]
-    <t>If the Property Seller is a legal entity, then the Full Name of the legal entity is required, or if Property Seller is an individual then last name is required.</t>
   </si>
   <si>
     <r>
       <t>DisbursementDate</t>
     </r>
     <r>
       <rPr>
         <strike/>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>ClosingDate</t>
     </r>
   </si>
   <si>
+    <t>CurrentRateSetDate
+ClosingDate</t>
+  </si>
+  <si>
+    <t>DocumentType is required and must be equal to Other.</t>
+  </si>
+  <si>
+    <t>DocumentType</t>
+  </si>
+  <si>
+    <t>Document Type Other Description is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>DocumentTypeOtherDescription</t>
+  </si>
+  <si>
+    <t>The MIMETypeIdentifier is required and must be equal to application/pdf.</t>
+  </si>
+  <si>
+    <t>MIMETypeIdentifier</t>
+  </si>
+  <si>
+    <t>The ObjectEncodingType is required and must be equal to Base64.</t>
+  </si>
+  <si>
+    <t>ObjectEncodingType</t>
+  </si>
+  <si>
+    <t>Integrated Disclosure Issued Date is required.  Data must be in the YYYY-MM-DD format.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureIssuedDate</t>
+  </si>
+  <si>
+    <t>If Late Charge Type equals Flat Dollar Amount, then Late Charge Amount is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
     <t>gse:LateChargeAmount
 gse:LateChargeType</t>
   </si>
   <si>
+    <t>If Late Charge Type does not equal No Late Charge, then Late Charge Grace Period is required.  Data must be numeric up to 3 digits, whole numbers only.</t>
+  </si>
+  <si>
     <t>gse:LateChargeGracePeriodDaysCount
 gse:LateChargeType</t>
   </si>
   <si>
     <t>gse:LateChargeRatePercent
 gse:LateChargeType</t>
+  </si>
+  <si>
+    <t>Late Charge Type is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>gse:LateChargeType</t>
+  </si>
+  <si>
+    <t>If Construction Loan Indicator equals true then Construction Total Term Months Count is required.  Data must be numeric up to 3 digits, whole numbers only.</t>
+  </si>
+  <si>
+    <t>ConstructionLoanTotalTermMonthsCount
+ConstructionLoanIndicator</t>
+  </si>
+  <si>
+    <t>Disbursement Date is required. Data must be in the YYYY-MM-DD format.</t>
+  </si>
+  <si>
+    <t>DisbursementDate</t>
+  </si>
+  <si>
+    <t>Regulation Z Total Affiliate Fees Amount is required and must be greater than or equal to $0.00.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>RegulationZTotalAffiliateFeesAmount</t>
+  </si>
+  <si>
+    <t>If LIABILITY has a gse:IntegratedDisclosureSectionType equal to PayoffsAndPayments then Liability Secured By Subject Property Indicator is required.</t>
   </si>
   <si>
     <t>LiabilityType
 gse:IntegratedDisclosureSectionType
 gse:LiabilitySecuredBySubjectPropertyIndicator</t>
+  </si>
+  <si>
+    <t>For Refinance transactions with the use of the Alternate Disclosure, at least one liability is required for PayoffsAndPayments.</t>
   </si>
   <si>
     <t>LoanPurposeType
 DocumentType
 DocumentTypeOtherDescription
 gse:IntegratedDisclosureSectionType = "PayoffsAndPayments"</t>
+  </si>
+  <si>
+    <t>If LIABILITY has a gse:IntegratedDisclosureSectionType equal to "PayoffsAndPayments" then Liability Type is required and must be a valid enumeration. When Liability Type equals "Other", the Liability Type Other Description is required.</t>
   </si>
   <si>
     <t>LoanPurposeType
 DocumentType
 DocumentTypeOtherDescription
 LiabilityType
 LiabilityTypeOtherDescription
 gse:IntegratedDisclosureSectionType = "PayoffsAndPayments"</t>
   </si>
   <si>
+    <t>For Refinance transactions, total payoffs and payments is required.</t>
+  </si>
+  <si>
     <t>LoanPurposeType
 DocumentType
 DocumentTypeOtherDescription
 IntegratedDisclosureSectionType = "PayoffsAndPayments"</t>
   </si>
   <si>
+    <t>Integrated Disclosure Section Total Amount is required when Integrated Disclosure Section Type is equal to Payoffs and Payments.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
     <t>IntegratedDisclosureSectionTotalAmount
 IntegratedDisclosureSectionType = "PayoffsAndPayments"</t>
+  </si>
+  <si>
+    <t>At least one Projected Payment Sequence Number must be equal to 1.</t>
+  </si>
+  <si>
+    <t>SequenceNumber</t>
+  </si>
+  <si>
+    <t>Projected Payment Estimated Total Maximum Payment Amount is required.</t>
+  </si>
+  <si>
+    <t>ProjectedPaymentEstimatedTotalMaximumPaymentAmount</t>
+  </si>
+  <si>
+    <t>Projected Payment Estimated Taxes and Insurance Component Type is required when ProjectedPaymentEstimatedTaxesInsuranceAssessmentTotalAmount greater than 0.</t>
   </si>
   <si>
     <t>ProjectedPaymentEstimatedTaxesInsuranceAssessmentComponentType
 ProjectedPaymentEstimatedTaxesInsuranceAssessmentComponentTypeOtherDescription
 ProjectedPaymentEstimatedTaxesInsuranceAssessmentTotalAmount</t>
   </si>
   <si>
+    <t>At least one Integrated Disclosure Cash To Close Item Type of CashToCloseTotal is required.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureCashToCloseItemType = "CashToCloseTotal"</t>
+  </si>
+  <si>
+    <t>A Cash to Close Total Final Amount is required.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureCashToCloseItemFinalAmount</t>
+  </si>
+  <si>
+    <t>When Loan Purpose Type is equal to Purchase, at least one Integrated Disclosure Section Type of DueFromBorrowerAtClosing must be provided.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "DueFromBorrowerAtClosing"</t>
+  </si>
+  <si>
+    <t>A total amount Due From Borrower At Closing is required and must be greater than or equal to $0.</t>
+  </si>
+  <si>
     <t>IntegratedDisclosureSectionType = "DueFromBorrowerAtClosing"
 IntegratedDisclosureSectionTotalAmount</t>
   </si>
   <si>
+    <t>When Loan Purpose Type is equal to Purchase, at least one Integrated Disclosure Section Type of PaidAlreadyByOrOnBehalfOfBorrowerAtClosing must be provided.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "PaidAlreadyByOrOnBehalfOfBorroweratClosing"</t>
+  </si>
+  <si>
+    <t>The Paid Already By Or On Behalf Of Borrower At Closing Amount is required and must be greater than or equal to $0.</t>
+  </si>
+  <si>
     <t>IntegratedDisclosureSectionType = "PaidAlreadyByOrOnBehalfOfBorroweratClosing"
 IntegratedDisclosureSectionTotalAmount</t>
   </si>
   <si>
+    <t>IntegratedDisclosureSectionType = "PaidAlreadyByOrOnBehalfOfBorrowerAtClosing"</t>
+  </si>
+  <si>
+    <t>ClosingAdjustmentItemType = "SellerCredit"</t>
+  </si>
+  <si>
+    <t>The Closing Adjustment Item Amount for Seller Credits is required and must be greater than or equal to $0.</t>
+  </si>
+  <si>
     <t>ClosingAdjustmentItemAmount
 ClosingAdjustmentItemType = "SellerCredit"</t>
+  </si>
+  <si>
+    <t>ClosingAdjustmentItemType = "Gift" OR "Grant" OR "Rebate Credit"
+FullName</t>
+  </si>
+  <si>
+    <t>The IntegratedDisclosureSectionType of PaidAlreadyByOrOnBehalfOfBorrowerAtClosing is required as part of Deposit on Sales Contract data (even if a 0 value) for all Purchase loans.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IntegratedDisclosureSectionType ="PaidAlreadyByOrOnBehalfOfBorrowerAtClosing"
+</t>
+  </si>
+  <si>
+    <t>The Closing Cost Fund Type and Fund Amount of the Deposit On Sales Contract are both required and must be greater than or equal to $0.00.</t>
   </si>
   <si>
     <t>IntegratedDisclosureSectionType ="PaidAlreadyByOrOnBehalfOfBorrowerAtClosing"
 ClosingCostFundAmount
 FundsType = "DepositOnSalesContract"</t>
   </si>
   <si>
+    <t>Phase 3A</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'OriginationCharges'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Origination Charges is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionTotalAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Phase 3B</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Fee Type equal to 'LoanDiscountPoints'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>FeeType</t>
+  </si>
+  <si>
+    <t>Fee Actual Payment Amount is required for Loan Discount Points.</t>
+  </si>
+  <si>
+    <t>FeeActualPaymentAmount
+FeeType</t>
+  </si>
+  <si>
+    <t>For Origination Charges, Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
     <t>FeeActualPaymentAmount
 FeeType
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
+    <t>An Integrated Disclosure Section Total Amount for Services Borrower Did Not Shop For is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>For Services Borrower Did Not Shop For, Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Services Borrower Did Shop For is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>For Services Borrower Did Shop For, Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Total Loan Costs (Borrower-Paid) is required.</t>
+  </si>
+  <si>
+    <t>FeeType
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>For Origination Charges, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point is required)
+FeePaidToTypeOtherDescription
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point must be a valid enumeration)
+FeePaidToTypeOtherDescription
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>For Origination Charges, when Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType 
+FeeActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For Origination Charges, Fee Payment Paid By Type must be a valid enumeration.
+</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>For Services Borrower Did Not Shop For, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType
+FeeActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For Services Borrower Did Not Shop For, Fee Payment Paid By Type must be a valid enumeration.
+</t>
+  </si>
+  <si>
+    <t>For Services Borrower Did Shop For, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>For Services Borrower Did Shop For, when Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For Services Borrower Did Shop For, Fee Payment Paid By Type must be a valid enumeration.
+</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'OriginationCharges' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "OriginationCharges"</t>
+  </si>
+  <si>
+    <t>Loan Discount Points must be provided, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>FeeType = "LoanDiscountPoints"</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'ServicesBorrowerDidNotShopFor' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "ServicesBorrowerDidNotShopFor"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'ServicesBorrowerDidNotShopFor'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'ServicesBorrowerDidShopFor' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "ServicesBorrowerDidShopFor"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'ServicesBorrowerDidShopFor'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'TotalLoanCosts' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "TotalLoanCosts"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'TotalLoanCosts'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>For Loan Discount Points, Integrated Disclosure Section Type must be equal to Origination Charges.</t>
+  </si>
+  <si>
+    <t>For Loan Discount Points, Fee Total Percent is required when Fee Actual Payment Amount is not equal to $0.</t>
+  </si>
+  <si>
+    <t>FeeTotalPercent
+FeeActualPaymentAmount
+FeeType</t>
+  </si>
+  <si>
+    <t>For Loan Discount Points, Fee Total Percent is equal to 0 when Fee Actual Payment Amount is not equal to $0.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point is required)
+FeePaidToTypeOtherDescription
+FeeTotalPercent
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType
+FeeTotalPercent
+FeeType</t>
+  </si>
+  <si>
+    <t>For Loan Discount Points, when Fee Total Percent is provided and not equal to 0, Fee Payment Paid By Type must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>When Fee Payment Paid By Type equals Seller, Loan Purpose must equal Purchase.</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType
+LoanPurposeType</t>
+  </si>
+  <si>
+    <t>Fee Type for Origination Charges is required and must be a valid enumeration. When FeeType equals "Other", the Fee Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeeType (Data point is required)
+FeeTypeOtherDescription
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Integrated Disclosure Section Type is required for all fees.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FeeType 
+ucd:FeeItemType
+IntegratedDisclosureSectionType </t>
+  </si>
+  <si>
+    <t>Fee Type for Services Borrower Did Not Shop For is required and must be a valid enumeration. When FeeType equals "Other", the Fee Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>For Recording Fees, Fee Actual Total Amount is required when a Fee Type of Recording Fee for Deed or Recording Fee for Mortgage is provided.</t>
+  </si>
+  <si>
+    <t>FeeActualTotalAmount
+FeeType</t>
+  </si>
+  <si>
+    <t>Fee Type for Taxes and Other Government Fees is required and must be a valid enumeration. When FeeType equals "Other", the Fee Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>Fee Payment Paid By Type for Taxes and Other Government Fees must be provided.</t>
+  </si>
+  <si>
+    <t>FeeActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Fee Payment Paid By Type for Taxes and Other Government Fees must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'TaxesAndOtherGovernmentFees' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "TaxesAndOtherGovernmentFees"</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'Prepaids' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "Prepaids"</t>
+  </si>
+  <si>
+    <t>PrepaidItemType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'TotalOtherCosts' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "TotalOtherCosts"</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'InitialEscrowPaymentAtClosing' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "InitialEscrowPaymentAtClosing"</t>
+  </si>
+  <si>
+    <t>Prepaid Item Per Diem Amount must be provided when Prepaid Item Actual Payment Amount for Prepaid Interest exists and does not equal $0.</t>
+  </si>
+  <si>
+    <t>PrepaidItemPerDiemAmount
+PrepaidItemActualPaymentAmount
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t>For Prepaid Interest, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point is required)
+FeePaidToTypeOtherDescription 
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Prepaids is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>For Prepaids, Prepaid Item Actual Payment Amount is required.</t>
+  </si>
+  <si>
+    <t>PrepaidItemActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Prepaid Item Paid From Date must be provided when Prepaid Item Actual Payment Amount for Prepaid Interest exists and does not equal $0.</t>
+  </si>
+  <si>
     <t>PrepaidItemPaidFromDate
 PrepaidItemActualPaymentAmount
 PrepaidItemType</t>
   </si>
   <si>
+    <t>When Prepaid Item Type is equal to 'PrepaidInterest', Prepaid Actual Payment Amount must be provided, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>PrepaidItemActualPaymentAmount
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t>For Other Costs, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point is required)
+FeePaidToTypeOtherDescription 
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>When Prepaid Item Payment Paid By Type equals Seller, Loan Purpose must equal Purchase.</t>
+  </si>
+  <si>
+    <t>PrepaidItemPaymentPaidByType
+LoanPurposeType</t>
+  </si>
+  <si>
+    <t>For each Prepaid item, Prepaid Item Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>PrepaidItemPaymentPaidByType
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Subsection Type of 'LenderCredits' is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSubsectionType = "LenderCredits"</t>
+  </si>
+  <si>
+    <t>Recording Fee Total must be provided when Recording Fee for Deed or Recording Fee for Mortgage exists and Fee Actual Total Amount does not equal $0.</t>
+  </si>
+  <si>
+    <t>FeeType = "RecordingFeeTotal"
+FeeActualTotalAmount</t>
+  </si>
+  <si>
+    <t>Phase 3B Postponed</t>
+  </si>
+  <si>
+    <t>Fee Types of 'RecordingFeeForDeed' and 'RecordingFeeForMortgage' are expected enumerations only in the Taxes and Other Government Fees section.</t>
+  </si>
+  <si>
+    <t>FeeType = "RecordingFeeForDeed" OR "RecordingFeeForMortgage"
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Section Type should be equal to Taxes and Other Government Fees when the Fee Type is equal to 'RecordingFeeTotal'.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType
+FeeType = "RecordingFeeTotal"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'TaxesAndOtherGovernmentFees'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>The submission should not have more than one occurrence of a Fee Type equal to 'RecordingFeeTotal'. Please verify the data and resubmit.</t>
+  </si>
+  <si>
+    <t>FeeType = "RecordingFeeTotal"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'Prepaids'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Prepaid Item Type equal to 'PrepaidInterest'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>PrepaidItemType = "PrepaidInterest"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'InitialEscrowPaymentAtClosing'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'TotalOtherCosts'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>For Recording Fee Total, a valid enumeration for 'FeePaymentPaidByType' must be provided.</t>
+  </si>
+  <si>
+    <t>FeePaymentPaidByType
+FeeType</t>
+  </si>
+  <si>
+    <t>For Prepaids, Prepaid Item Payment Paid By Type is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point must be a valid enumeration)
+FeePaidToTypeOtherDescription 
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t xml:space="preserve">For Other Costs, Fee Payment Paid By Type must be a valid enumeration.
+</t>
+  </si>
+  <si>
     <t>FeePaymentPaidByType
 FeeType
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>When Prepaid Item Type is equal to 'PrepaidInterest', Integrated Disclosure Section must equal 'Prepaids'.</t>
+  </si>
+  <si>
+    <t>PrepaidItemType = "PrepaidInterest"
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
     <t>FeePaidToType (Data point must be a valid enumeration)
 FeePaidToTypeOtherDescription
 PrepaidItemType 
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
+    <t>Prepaid Item Paid Through Date must be provided when Prepaid Item Actual Payment Amount for Prepaid Interest exists and does not equal $0.</t>
+  </si>
+  <si>
     <t>PrepaidItemPaidThroughDate
 PrepaidItemActualPaymentAmount
 PrepaidItemType</t>
   </si>
   <si>
+    <t>An Integrated Disclosure Section Total Amount for Initial Escrow Payment At Closing is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Other Costs is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>For Other Costs, Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>When an Integrated Disclosure Subsection Type of Lender Credits exists, an Integrated Disclosure Subsection Payment Amount must be provided, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSubsectionPaymentAmount
+IntegratedDisclosureSubsectionType</t>
+  </si>
+  <si>
+    <t>For Prepaids, Prepaid Item Type is required and must be a valid enumeration. When Prepaid Type equals "Other", the Prepaid Item Type Other Description is required.</t>
+  </si>
+  <si>
     <t>PrepaidItemType (Data point is required)
 PrepaidItemTypeOtherDescription
 IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType
+PrepaidItemType</t>
+  </si>
+  <si>
+    <t>For Prepaids, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>FeePaidToType (Data point is required)
+FeePaidToTypeOtherDescription 
+PrepaidItemType
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Total Other Costs is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Total Closing Costs is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>For Initial Escrow Payment At Closing, Escrow Item Type must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>EscrowItemType
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Escrow Monthly Payment Amount cannot be $0 when Escrow Item Actual Payment Amount exists and does not equal $0.</t>
+  </si>
+  <si>
+    <t>EscrowMonthlyPaymentAmount
+EscrowItemActualPaymentAmount
+EscrowItemType</t>
+  </si>
+  <si>
+    <t>When Escrow Item Payment Paid By Type equals Seller, Loan Purpose must equal Purchase.</t>
   </si>
   <si>
     <t>EscrowItemPaymentPaidByType
 LoanPurposeType
 EscrowItemType</t>
   </si>
   <si>
     <t>FeePaidToType (Data point must be a valid enumeration)
 FeePaidToTypeOtherDescription 
 IntegratedDisclosureSectionType
 EscrowItemType</t>
   </si>
   <si>
+    <t>For Initial Escrow Payment At Closing, Escrow Item Payment Paid By Type is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t>EscrowItemPaymentPaidByType
+IntegratedDisclosureSectionType
+EscrowItemType</t>
+  </si>
+  <si>
+    <t>For Initial Escrow Payment At Closing, Escrow Item Type is required and must be a valid enumeration. When Escrow Item Type equals "Other", the Escrow Item Type Other Description is required.</t>
+  </si>
+  <si>
     <t>EscrowItemType (Data point is required)
 EscrowItemTypeOtherDescription
 IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Escrow Monthly Payment Amount must be provided when Escrow Item Actual Payment Amount exists and does not equal $0.</t>
+  </si>
+  <si>
+    <t>For Initial Escrow Payment At Closing, Fee Paid to Type is required. When Fee Paid to Type equals "Other", the Fee Paid To Type Other Description is required.</t>
   </si>
   <si>
     <t>FeePaidToType (Data point is required)
 FeePaidToTypeOtherDescription
 IntegratedDisclosureSectionType
 EscrowItemType</t>
   </si>
   <si>
-    <t>FeeType (Data point is required)
-FeeTypeOtherDescription
+    <t>For Initial Escrow Payment At Closing, Escrow Item Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>EscrowItemActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Payment Frequency Type for Estimated Total Period Amount is required and must be a valid enumeration.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PaymentFrequencyType  </t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'OtherCosts' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "OtherCosts"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'OtherCosts'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>Fee Type for Other Costs is required and must be a valid enumeration. When FeeType equals "Other", the Fee Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>The Payment Frequency Type provided for Period Principal &amp; Interest must match the Payment Frequency Type provided for Estimated Total Period Amount.</t>
+  </si>
+  <si>
+    <t>When Prepaid Item Actual Payment Amount for Prepaid Interest is not equal to $0, Prepaid Item Per Diem Amount cannot be equal to $0.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Total Amount for Taxes And Other Government Fees is required in the submission, even if a $0 value.</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type of 'TotalClosingCosts' is required in the submission.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType = "TotalClosingCosts"</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of an Integrated Disclosure Section Type equal to 'TotalClosingCosts' with Integrated Disclosure Subsection Type of 'LenderCredits'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSubsectionType
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
     <t>For Lender Credits, when an Integrated Disclosure Subsection Payment Amount exists, a Lender Credit Tolerance Cure Amount must be provided, even if $0 value.</t>
   </si>
   <si>
     <t>LenderCreditToleranceCureAmount
 IntegratedDisclosureSubsectionPaymentAmount
 IntegratedDisclosureSubsectionType</t>
   </si>
   <si>
-    <t>ConstructionLoanTotalTermMonthsCount
-[...9 lines deleted...]
-    <t>©2025 Fannie Mae. Trademarks of Fannie Mae.</t>
+    <t>Integrated Disclosure Section Type is required for all Escrow Item Types.</t>
+  </si>
+  <si>
+    <t>EscrowItemType
+EscrowIndicator
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>When Amortization Type is equal to "Adjustable Rate" the First Rate Change Months Count must be provided.</t>
+  </si>
+  <si>
+    <t>FirstRateChangeMonthsCount
+AmortizationType</t>
+  </si>
+  <si>
+    <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent must be provided.</t>
+  </si>
+  <si>
+    <t>gse:QualifiedMortgageShortResetARM_APRPercent
+FirstRateChangeMonthsCount
+AmortizationType</t>
+  </si>
+  <si>
+    <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent must be greater than 0%.</t>
+  </si>
+  <si>
+    <t>For ARM loans with a first interest rate change within the first 5 years, the Qualified Mortgage Short Reset ARM APR Percent cannot be a negative value.</t>
+  </si>
+  <si>
+    <t>FeeType = "LoanDiscountPoints"
+FeeTotalPercent
+NoteRatePercent
+LoanPriceQuoteInterestRatePercent</t>
+  </si>
+  <si>
+    <t>The Closing Date of (|ClosingDate|) is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Closing Date of (|ClosingDate|) is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Current Rate Set Date of (|CurrentRateSetDate|) is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Disbursement Date of (|DisbursementDate|) is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Disbursement Date of (|DisbursementDate|) is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Issued Date of (|IntegratedDisclosureIssuedDate|) is more than 24 months in the past.</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Issued Date of (|IntegratedDisclosureIssuedDate|) is more than 24 months in the future.</t>
+  </si>
+  <si>
+    <t>At least one instance of Party Role Type equal to 'Borrower' is required.</t>
+  </si>
+  <si>
+    <t>The First Name of Borrower (|Borrower Number|) is missing. If Borrower is an individual, then the First Name of the Borrower is required.</t>
+  </si>
+  <si>
+    <t>FirstName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>If the Borrower is an individual then first and last name is required. If the Borrower is a legal entity, then the Full Name of the legal entity is required.</t>
+  </si>
+  <si>
+    <t>FullName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>No address information was provided for Borrower (|Borrower Number|). The ADDRESS container is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The Address Line Text for Borrower (|Borrower Number|) is missing. Address Line Text is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The City Name for Borrower (|Borrower Number|) is missing. City Name is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The Country Code for Borrower (|Borrower Number|) is missing. Country Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>CountryCode
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Country Code for Borrower (|Borrower Number|) is incorrect. The Country Code must be two capitalized alpha characters for the Borrower.</t>
+  </si>
+  <si>
+    <t>The Postal Code for Borrower (|Borrower Number|) is mssing. Country Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The State Code for Borrower (|Borrower Number|) is missing. State Code is required for all Borrowers.</t>
+  </si>
+  <si>
+    <t>The State Code for Borrower (|Borrower Number|) is incorrect. The State Code must be two capitalized alpha characters for the Borrower.</t>
+  </si>
+  <si>
+    <t>If the Property Seller is an individual, then the First Name of the Property Seller is required.</t>
+  </si>
+  <si>
+    <t>The Country Code is required for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The Country Code must be two capitalized alpha characters for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Property Seller.</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Property Seller.</t>
+  </si>
+  <si>
+    <t>At least one instance of Party Role Type equal to 'NotePayTo'  (Lender) is required.</t>
+  </si>
+  <si>
+    <t>The Full Name of the legal entity is required for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The Address Line Text is required for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The City Name is required for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Lender (Party Role Type = "'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The State Code is required  for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Lender (Party Role Type = 'NotePayTo').</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Settlement Agent (Party Role Type = 'ClosingAgent').</t>
+  </si>
+  <si>
+    <t>If any instance of Fee Paid To Type is equal to 'Broker', then at least one instance of Party Role Type equal to 'MortgageBroker'  is required.</t>
+  </si>
+  <si>
+    <t>FeePaidToType
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Address Line Text is required for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>The City Name is required for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>The State Code is required  for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Mortgage Broker.</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>The Postal Code is required for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent = 'Selling').</t>
+  </si>
+  <si>
+    <t>The State Code is required  for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Borrower's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Selling').</t>
+  </si>
+  <si>
+    <t>The Postal Code cannot exceed 9 digits for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+  </si>
+  <si>
+    <t>The State Code must be two capitalized alpha characters for the Seller's Real Estate Broker (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
   </si>
   <si>
     <t>The Liability Secured By Subject Property Indicator is required for all Liability Types provided with a gse:IntegratedDisclosureSectionType equal to PayoffsAndPayments or DueFromBorrowerAtClosing.</t>
   </si>
   <si>
+    <t>Liability Type is required and must be a valid enumeration when the gse:IntegratedDisclosureSectionType equal to PayoffsAndPayments or DueFromBorrowerAtClosing. When Liability Type equals 'Other', the Liability Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>LiabilityType
+LiabilityTypeOtherDescription
+gse:IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>LiabilityType</t>
+  </si>
+  <si>
     <t>The Full Name of the entity to which the liability is owed is required for all Liability Types provided with a gse:IntegratedDisclosureSectionType equal to PayoffsAndPayments or DueFromBorrowerAtClosing.</t>
   </si>
   <si>
+    <t>FullName
+LiabilityType
+gse:IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
     <t>A Payoff Amount is required for all Liability Types provided with a gse:IntegratedDisclosureSectionType equal to PayoffsAndPayments or DueFromBorrowerAtClosing.</t>
   </si>
   <si>
-    <t>At least one instance of Party Role Type equal to 'Borrower' is required.</t>
-[...191 lines deleted...]
-    <t>The Last Name is required for the Seller's Real Estate Broker contact (Party Role Type = 'RealEstateAgent' and Real Estate Agent Type = 'Listing').</t>
+    <t>PayoffAmount
+LiabilityType
+gse:IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>An Integrated Disclosure Section Type is required for all Liability Types.</t>
+  </si>
+  <si>
+    <t>LiabilityType
+gse:IntegratedDisclosureSectionType</t>
   </si>
   <si>
     <t>At least one instance of the Loan Delivery File Preparer Identifier is required.</t>
   </si>
   <si>
+    <t>An Automated Underwriting System Type of (|AutomatedUnderwritingSystemType|) is not a valid enumeration. A valid enumeration is required.</t>
+  </si>
+  <si>
+    <t>A Mortgage Type of (|MortgageType|) is not a valid enumeration. A valid enumeration is required.</t>
+  </si>
+  <si>
+    <t>MortgageType</t>
+  </si>
+  <si>
+    <t>A Payment Frequency Type of (|PaymentFrequencyType|) for Period Principal &amp; Interest is not a valid enumeration in the PAYMENT_RULE container. A valid enumeration is required.</t>
+  </si>
+  <si>
+    <t>The provided Payment Frequency Type for Estimated Total Period Amount is not a valid enumeration in the PROJECTED_PAYMENT container. A valid enumeration is required.</t>
+  </si>
+  <si>
+    <t>The interest rate is required and must be 'NoteRatePercent', 'DisclosedFullyIndexedRatePercent',  or 'BuydownInitialEffectiveInterestRatePercent'.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NoteRatePercent
+DisclosedFullyIndexedRatePercent
+BuydownInitialEffectiveInterestRatePercent </t>
+  </si>
+  <si>
+    <t>When the Buydown Temporary Subsidy Funding Indicator is false, the interest rate is required and must be 'NoteRatePercent' or 'DisclosedFullyIndexedRatePercent'.</t>
+  </si>
+  <si>
+    <t>NoteRatePercent
+DisclosedFullyIndexedRatePercent
+BuydownTemporarySubsidyFundingIndicator</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType
+FeeTotalPercent
+RegulationZExcludedBonaFideDiscountPointsIndicator</t>
+  </si>
+  <si>
+    <t>If Note Rate Percent or Buydown Initial Effective Interest Rate Percent is known, then Initial Principal and Interest Payment Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>InitialPrincipalAndInterestPaymentAmount
+NoteRatePercent
+BuydownInitialEffectiveInterestRatePercent</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Fee Type equal to 'RecordingFeeForDeed'.</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Fee Item Type equal to 'RecordingFeeForDeed'.</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Fee Type equal to 'RecordingFeeForMortgage'.</t>
+  </si>
+  <si>
+    <t>The submission cannot have more than one occurrence of a Fee Item Type equal to 'RecordingFeeForMortgage'.</t>
+  </si>
+  <si>
     <t>The submission cannot have more than one occurrence of a Fee Item Type equal to 'LoanDiscountPoints'. Please correct the data and resubmit.</t>
-  </si>
-[...35 lines deleted...]
-    <t>ucd:FeeItemType</t>
   </si>
   <si>
     <t>FeeActualPaymentAmount
 ucd:FeeItemType</t>
+  </si>
+  <si>
+    <t>In the Origination Charges Section, the Fee Item Type (|FeeItemType|) is missing Fee Actual Payment Amount. Fee Actual Payment Amount is required for all fees.</t>
   </si>
   <si>
     <t>FeeActualPaymentAmount
 ucd:FeeItemType
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
+    <t>In the Services Borrower Did Not Shop For Section, the Fee Item Type of (|FeeItemType|) is missing Fee Actual Payment Amount. Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Shop For Section, the Fee Item Type of (|FeeItemType|) is missing Fee Actual Payment Amount. Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>(|FeeItemType|) is not a valid Fee Item Type enumeration in the Origination Charges Section per the UCD Specification.</t>
+  </si>
+  <si>
     <t>ucd:FeeItemType
 IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>In the Origination Charges Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>In the Origination Charges Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
+  </si>
+  <si>
+    <t>In the Origination Charges Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. When Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>In the Origination Charges Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Not Shop For Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. When Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>In the Servies Borrower Did Not Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Shop For Section, the Fee Item Type (|FeeItemType) is missing Fee Paid To Type OR Fee Paid To Type Other Description.  When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Shop For Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
+  </si>
+  <si>
+    <t>In the Services Borrower Did Shop For Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
   </si>
   <si>
     <t>ucd:FeeItemType = "LoanDiscountPoints"</t>
   </si>
   <si>
     <t>FeeTotalPercent
 FeeActualPaymentAmount
 ucd:FeeItemType</t>
   </si>
   <si>
     <t>FeePaymentPaidByType
 FeeTotalPercent
 ucd:FeeItemType</t>
   </si>
   <si>
+    <t>Fee Item Type for Origination Charges is required and must be a valid enumeration. When FeeItemType equals 'Other', the Fee Item Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType (Data point is required)
+ucd:FeeItemTypeOtherDescription
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Fee Item Type for Services Borrower Did Not Shop For is required and must be a valid enumeration. When FeeItemType equals 'Other', the Fee Item Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>Fee Item Type for Services Borrower Did Shop For is required and must be a valid enumeration. When FeeItemType equals 'Other', the Fee Item Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>Fee Actual Total Amount is missing for (|FeeItemType|). When a Fee Item Type of "RecordingFeeForDeed" or "RecordingFeeForMortgage" is provided, Fee Actual Total Amount is required.</t>
+  </si>
+  <si>
     <t>FeeActualTotalAmount
 ucd:FeeItemType</t>
   </si>
   <si>
+    <t>Fee Item Type for Taxes and Other Government Fees is required and must be a valid enumeration. When FeeItemType equals 'Other', the Fee Item  Type Other Description is required.</t>
+  </si>
+  <si>
+    <t>In the Taxes and Other Government Fees Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
+    <t>In the Taxes and Other Government Fees Section, the Fee Item Type of (|FeeItemType|) is missing Fee Actual Payment Amount. Fee Actual Payment Amount is required for all fees except for "RecordingFeeForDeed" and "RecordingFeeForMortgage".</t>
+  </si>
+  <si>
+    <t>In the Taxes and Other Government Fees Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
+  </si>
+  <si>
+    <t>In the Other Costs Section, for (|FeeItemType|), the Fee Payment Paid By Type is missing. When Fee Actual Payment Amount is provided, Fee Payment Paid By Type is required.</t>
+  </si>
+  <si>
     <t>ucd:FeeItemType = "RecordingFeeTotal"
 FeeActualTotalAmount</t>
   </si>
   <si>
+    <t>Fee Item Type enumerations of 'RecordingFeeForDeed' and 'RecordingFeeForMortgage' are accepted only in the Taxes and Other Government Fees section.</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType = "RecordingFeeForDeed" OR "RecordingFeeForMortgage"
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>The Integrated Disclosure Section Type should be equal to Taxes and Other Government Fees when the Fee Item Type is equal to 'RecordingFeeTotal'.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionType
+ucd:FeeItemType = "RecordingFeeTotal"</t>
+  </si>
+  <si>
+    <t>The submission should not have more than one occurrence of a Fee Item Type equal to 'RecordingFeeTotal'. Please correct the data and resubmit.</t>
+  </si>
+  <si>
+    <t>ucd:FeeItemType = "RecordingFeeTotal"</t>
+  </si>
+  <si>
     <t>FeePaymentPaidByType
 ucd:FeeItemType</t>
+  </si>
+  <si>
+    <t>In the Other Costs Section, for (|FeeItemType), Fee Paid To Type OR Fee Paid To Type Other Description is not a valid enumeration. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description must be "BrokerAffiliate" or "LenderAffiliate".</t>
+  </si>
+  <si>
+    <t>In the Other Costs Section, for (|FeeItemType|), the Fee Payment Paid By Type is not a valid enumeration.</t>
   </si>
   <si>
     <t>FeePaymentPaidByType
 ucd:FeeItemType
 IntegratedDisclosureSectionType</t>
   </si>
   <si>
-    <t>ucd:FeeItemType
-[...120 lines deleted...]
-IntegratedDisclosureSectionType</t>
+    <t>In the Other Costs Section, the Fee Item Type of (|FeeItemType|) is missing Fee Actual Payment Amount. Fee Actual Payment Amount is required for all fees.</t>
+  </si>
+  <si>
+    <t>Fee Item Type for Other Costs is required and must be a valid enumeration. When FeeItemType equals "Other", the Fee Item Type Other Description is required.</t>
   </si>
   <si>
     <t>ucd:FeeItemType
 ucd:FeeItemTypeOtherDescription
 IntegratedDisclosureSectionType = "TotalLoanCosts"</t>
   </si>
   <si>
-    <t>FeePaidToType (Data point is required)
-[...191 lines deleted...]
-  <si>
     <t>ucd:FeeItemType = "LoanDiscountPoints"
 FeeTotalPercent
 LoanPriceQuoteInterestRatePercent</t>
   </si>
   <si>
+    <t>When the Regulation Z Excluded Bona Fide Discount Points Indicator is ‘true’ the Loan Price Quote Interest Rate Percent must be greater than the Note Rate Percent.</t>
+  </si>
+  <si>
     <t>RegulationZExcludedBonaFideDiscountPointsIndicator
 NoteRatePercent
 LoanPriceQuoteInterestRatePercent</t>
   </si>
   <si>
-    <t>An Integrated Disclosure Section Type is required for all Liability Types.</t>
-[...108 lines deleted...]
-    <t>If provided, Appraisal Document File Identifier must contain ten alpha-numeric characters. Provide the corrected data.</t>
+    <t>Schema Validation Edit - Message will appear with the error description.</t>
+  </si>
+  <si>
+    <t>All data points</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edit Removed Effective Date </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Severity</t>
+  </si>
+  <si>
+    <t>Associated Data Point(s)</t>
+  </si>
+  <si>
+    <t>If Payment Increase Indicator equals true, then Principal and Interest Payment Maximum Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>PrincipalAndInterestPaymentMaximumAmount
+PaymentIncreaseIndicator</t>
+  </si>
+  <si>
+    <t>If Payment Increase Indicator equals true, then Principal and Interest Payment Maximum Amount Earliest Effective Months Count is required. Data must be numeric up to 3 digits.</t>
+  </si>
+  <si>
+    <t>PrincipalAndInterestPaymentMaximumAmountEarliestEffectiveMonthsCount
+PaymentIncreaseIndicator</t>
   </si>
   <si>
     <t>First Principal And Interest Payment Change Months Count is required when the Payment Increase Indicator is true.  Data must be numeric up to 3 digits, whole numbers only.</t>
   </si>
   <si>
-    <t>DocumentType is required and must be equal to Other.</t>
-[...450 lines deleted...]
-    <t>TBA</t>
+    <t>PaymentIncreaseIndicator
+FirstPrincipalAndInterestPaymentChangeMonthsCount</t>
+  </si>
+  <si>
+    <t>When Real Estate Agent Type equals Listing, the Address Line Text of the broker's entity is required.</t>
+  </si>
+  <si>
+    <t>AddressLineText
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>When Real Estate Agent Type equals Listing, the City Name of the broker's entity is required.</t>
+  </si>
+  <si>
+    <t>CityName
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>LastName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>This appears to be a refinance transaction, therefore the Closing Disclosure Alternate form and data are requested.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If the Borrower is an individual, then First Name of the Borrower is required. </t>
+  </si>
+  <si>
+    <t>FirstName (Borrower INDIVIDUAL)
+FullName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If the Borrower is an individual, then Last Name of the Borrower is required. </t>
+  </si>
+  <si>
+    <t>LastName (Borrower INDIVIDUAL)
+FullName
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>FullName (Note Pay To LEGAL_ENTITY)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Note Pay To, the License Identifier for the lender entity NMLS ID is required.</t>
+  </si>
+  <si>
+    <t>LicenseIdentifier
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Note Pay To, the License Identifier URI for the lender's entity license is required.</t>
+  </si>
+  <si>
+    <t>IdentifierOwnerURI
+PartyRoleType</t>
+  </si>
+  <si>
+    <t xml:space="preserve">When Party Role Type equals Note Pay To, the License Identifier for the lender's contact person NMLS ID is required. </t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Note Pay To, the License Identifier URI for the license of the lender's contact person is required.</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Mortgage Broker, the License Identifier for the third party originator NMLS ID is required.</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Mortgage Broker, the License Identifier URI for the entity's license is required.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">When Party Role Type equals Mortgage Broker, the License Identifier for the broker's contact person NMLS ID is required. </t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Mortgage Broker, the License Identifier URI for the license of the third party originator contact person is required.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling, then the License Identifier for the real estate agent is required where available.</t>
+  </si>
+  <si>
+    <t>LicenseIdentifier
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling, the License Identifier for the contact person is required where available.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, then the License Identifier for the real estate agent is required where available.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, the License Identifier for the contact person is required where available.</t>
+  </si>
+  <si>
+    <t>If the Borrower is a legal entity, then the Full Name of the legal entity is required, or if Borrower if an individual then first and last name is required.</t>
+  </si>
+  <si>
+    <t>LastName (Borrower)
+FullName
+FirstName (Borrower)
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, the Email address of the broker's contact person is required.</t>
+  </si>
+  <si>
+    <t>ContactPointEmailValue
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, the Phone number of the broker's contact person is required.</t>
+  </si>
+  <si>
+    <t>ContactPointTelephoneValue
+PartyRoleType
+RealEstateAgentType</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Closing Agent, the Email address of the settlement agent's contact person is required.</t>
+  </si>
+  <si>
+    <t>ContactPointEmailValue
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>When Party Role Type equals Closing Agent, the Phone number of the settlement agent's contact person is required.</t>
+  </si>
+  <si>
+    <t>ContactPointTelephoneValue
+PartyRoleType</t>
+  </si>
+  <si>
+    <t>The Real Estate Commission Sellers Broker Fee is missing from the file.  Verify that the fee is not part of the transaction.</t>
+  </si>
+  <si>
+    <t>The Real Estate Commission Buyers Broker Fee is missing from the file.  Verify that the fee is not part of the transaction.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Fee Type provided in the Services Borrower Did Not Shop For section may not be a valid enumeration per that Integrated Disclosure Section Type. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Fee Type provided in the Services Borrower Did Shop For may not be a valid enumeration per that Integrated Disclosure Section Type. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Fee Type provided in the Other Costs section may not be a valid enumeration per that Integrated Disclosure Section Type. </t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSubsectionType</t>
+  </si>
+  <si>
+    <t>RegulationZPointsAndFeesIndicator
+FeeType</t>
+  </si>
+  <si>
+    <t>MICompanyNameType
+MICompanyNameTypeOtherDescription</t>
+  </si>
+  <si>
+    <t>EscrowItemType
+EscrowIndicator</t>
+  </si>
+  <si>
+    <t>FeeType = "RecordingFeeForDeed" OR "RecordingFeeForMortgage"
+FeeActualPaymentAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>PrepaidItemType
+PrepaidItemActualPaymentAmount</t>
+  </si>
+  <si>
+    <t>PrepaidItemType
+PrepaidItemTypeOtherDescription
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureCashToCloseItemType = "TotalClosingCosts"</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureCashToCloseItemType = "LoanAmount"</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureCashToCloseItemType = "TotalPayoffsAndPayments"</t>
+  </si>
+  <si>
+    <t>The Deposit On Sales Contract amount is required and must be greater than or equal to $0.00.</t>
+  </si>
+  <si>
+    <t>ClosingCostFundAmount</t>
+  </si>
+  <si>
+    <t>The reported APR appears to exceed the reported APOR by more than 150 BP. The loan may be ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
+    <t>AbilitytoRepayMethodType
+AveragePrimeOfferPercent
+APRPercent</t>
+  </si>
+  <si>
+    <t>Loan appears to be a HOEPA loan because the reported APR exceeds the reported APOR by more than 650 BP. HOEPA loans are ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
+    <t>Based on Note Amount, The reported Regulation Z Total Points And Fees Amount for this loan appears to be greater than the applicable Fannie Mae limit. The loan may be ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
+    <t>AbilityToRepayMethodType
+RegulationZTotalLoanAmount
+RegulationZTotalPointsAndFeesAmount</t>
+  </si>
+  <si>
+    <t>The reported Regulation Z Total Points and Fees for this loan appears to be greater than the applicable Fannie Mae limit. The loan may be ineligible for purchase by Fannie Mae.</t>
+  </si>
+  <si>
+    <t>The reported amount of Excluded Bona Fide Discount Points appears to exceed the applicable Regulation Z Limit for Exclusion from Points And Fees Calculation.</t>
+  </si>
+  <si>
+    <t>AbilityToRepayMethodType
+RegulationZExcludedBonaFideDiscountPointsPercent
+AveragePrimeOfferRatePercent</t>
+  </si>
+  <si>
+    <t>When Loan Purpose Type is equal to Purchase, and  Loan Closing Adjustment Item Section Type of PaidAlreadyByOrOnBehalfOfBorrowerAtClosing is provided, and Loan Closing Adjustment Item Amount is not equal to zero, the Loan Adjustment item Integrated Disclosure Subsection Type is required.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSubsectionType = “OtherCredits”</t>
+  </si>
+  <si>
+    <t>When Loan Purpose Type is equal to Purchase, and Loan Closing Adjustment Item Section Type of PaidAlreadyByOrOnBehalfOfBorrowerAtClosing is provided, and Loan Closing Adjustment Item SubSection Type is equal to OtherCredits, the Loan Closing Adjustment Item Amount is required.</t>
+  </si>
+  <si>
+    <t>ClosingAdjustmentItemAmount</t>
+  </si>
+  <si>
+    <t>Seller and Borrower documents are required for Split Disclosure.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling and a state license is submitted, then the License Issuing Authority State Code of the real estate agent is required.</t>
+  </si>
+  <si>
+    <t>LicenseIssuingAuthorityStateCode
+PartyRoleType
+RealEstateAgentType
+PartyType</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling, the License Identifier URI for the entity's license is required where available.</t>
+  </si>
+  <si>
+    <t>IdentifierOwnerURI
+PartyRoleType
+RealEstateAgentType
+PartyType</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling and a state license is submitted for the contact person, then the License Issuing Authority State Code for the contact person's license is required.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Selling, the License Identifier URI for the license of the contact person is required where available.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing and a state license exists, then the License Issuing Authority State Code of the real estate agent is required.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, the License Identifier URI for the entity's license is required where available.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing and a state license is submitted for the contact person, then the License Issuing Authority State Code is required.</t>
+  </si>
+  <si>
+    <t>If Real Estate Agent Type equals Listing, the License Identifier URI for the license of the contact person is required where available.</t>
+  </si>
+  <si>
+    <t>Two embedded pdfs are required for Split Disclosure.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">If Loan Purpose Type equals Refinance, then Property Valuation Method Type is required and must be a valid enumeration. </t>
+  </si>
+  <si>
+    <t>PropertyValuationMethodType
+LoanPurposeType</t>
+  </si>
+  <si>
+    <t>Seller Credit amount reported in the Borrower data does not match the Seller data.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclsoureSectionType
+ClosingAdjustmentItemType
+ClosingAdjustmentItemAmount
+IntegratedDisclosureSectionType</t>
+  </si>
+  <si>
+    <t>Sale Price reported in the Borrower data does not match  the Seller data.</t>
+  </si>
+  <si>
+    <t>DocumentType
+DocumentTypeOtherDescription
+SalesContractAmount
+RealPropertyAmount</t>
+  </si>
+  <si>
+    <t>Closing date reported in the Borrower data does not match the Seller data.</t>
+  </si>
+  <si>
+    <t>DocumentType
+DocumentTypeOtherDescription
+ClosingDate</t>
+  </si>
+  <si>
+    <t>Subject property postal code reported in Borrower data does not match the Seller data.</t>
+  </si>
+  <si>
+    <t>DocumentType
+DocumentTypeOtherDescription
+LoanPurposeType SUBJECT_PROPERTY/.../ADDRESS/PostalCode</t>
+  </si>
+  <si>
+    <t>AboutVersionIdentifier is required and must be equal to Retrievable.</t>
+  </si>
+  <si>
+    <t>AboutVersionIdentifier</t>
+  </si>
+  <si>
+    <t>CreatedDatetime is required and must be in the correct format (YYYY-MM-DDThh:mm:ssZ).</t>
+  </si>
+  <si>
+    <t>CreatedDatetime</t>
+  </si>
+  <si>
+    <t>DataVersionIdentifier is required.</t>
+  </si>
+  <si>
+    <t>DataVersionIdentifier</t>
+  </si>
+  <si>
+    <t>DocumentFormIssuingEntityNameType is required and must be equal to CFPB.</t>
+  </si>
+  <si>
+    <t>DocumentFormIssuingEntityNameType</t>
+  </si>
+  <si>
+    <t>DocumentFormIssuingEntityVersionIdentifier is required.</t>
+  </si>
+  <si>
+    <t>DocumentFormIssuingEntityVersionIdentifier</t>
+  </si>
+  <si>
+    <t>The IdentifierOwnerURI in the ABOUT_VERSION container for the MISMO Residential Reference Model is required and must be equal to http://www.mismo.org/residential/2009/SMARTDocProfile.</t>
+  </si>
+  <si>
+    <t>IdentifierOwnerURI</t>
+  </si>
+  <si>
+    <t>The MISMOReferenceModelIdentifier in the MESSAGE container is required.</t>
+  </si>
+  <si>
+    <t>MISMOReferenceModelIdentifier</t>
+  </si>
+  <si>
+    <t>The MISMOReferenceModelIdentifier in the DOCUMENT container is required.</t>
+  </si>
+  <si>
+    <t>The ObjectName is required.</t>
+  </si>
+  <si>
+    <t>ObjectName</t>
+  </si>
+  <si>
+    <t>The SequenceNumber in the VIEW container is required and must be in the correct format (up to 3 digits).</t>
+  </si>
+  <si>
+    <t>When Integrated Disclosure Section equals Total Closing Costs, the corresponding Integrated Disclosure Section Total Amount is required. Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>IntegratedDisclosureSectionTotalAmount</t>
+  </si>
+  <si>
+    <t>Cash to Close Total Amount is required.  Data must be numeric up to 9 digits, with up to 2 decimal places.</t>
+  </si>
+  <si>
+    <t>The Postal Code for Borrower (|Borrower Number|) is incorrect. The Postal Code cannot exceed 9 digits for the Borrower.</t>
+  </si>
+  <si>
+    <t>Modified edit message text for 24 UCD v2.0 Phase 3B edits to specify the specific Fee Item Type that has triggered the edit.
+Edits 4508, 4515, 4521, 4526, 4529, 4530, 4531, 4532, 4533, 4534, 4535, 4536, 4537, 4538, 4540, 4568, 4573, 4574, 4583, 4599, 4600, 4617, 4618, 4625.</t>
+  </si>
+  <si>
+    <t>Modified edit message text for 10 Phase 4 edits  to specify which Borrower (by number) has triggered the edit.
+Edits 3801, 3804, 3805, 3806, 3807, 3808,3809, 3810, 3811, 3812.</t>
+  </si>
+  <si>
+    <t>In the Other Costs Section, the Fee Item Type (|FeeItemType|) is missing Fee Paid To Type OR Fee Paid To Type Other Description. When Fee Paid To Type equals "Other", the Fee Paid To Type Other Description is required.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
   </numFmts>
-  <fonts count="30" x14ac:knownFonts="1">
+  <fonts count="31" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
@@ -3970,90 +4037,97 @@
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDEF0FE"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFEBF6FF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="21">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -4245,63 +4319,91 @@
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="142">
+  <cellXfs count="165">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -4572,119 +4674,186 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="2" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="4" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 11" xfId="5" xr:uid="{81212E14-C67B-4E4D-8ADB-456965C4EEC4}"/>
     <cellStyle name="Normal 2" xfId="4" xr:uid="{D4B38FEE-3EE2-48B9-BF5D-40C5EF91F90E}"/>
     <cellStyle name="Normal 2 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2 3" xfId="6" xr:uid="{E654E508-3B14-4226-9CCC-785619186D45}"/>
     <cellStyle name="Normal 24" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FF9966FF"/>
       <color rgb="FF0000FF"/>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFDEF9FE"/>
       <color rgb="FFFFCCFF"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FFEBF6FF"/>
       <color rgb="FFE0EBFC"/>
       <color rgb="FFDEF0FE"/>
@@ -5194,14860 +5363,14740 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{555AEEF8-BB52-4D1F-BA80-0E0540F68774}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:E37"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="13.5546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="99.88671875" customWidth="1"/>
+    <col min="1" max="1" width="13.5703125" customWidth="1"/>
+    <col min="2" max="2" width="26.5703125" customWidth="1"/>
+    <col min="3" max="3" width="99.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" s="1" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-    <row r="3" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" s="1" customFormat="1" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="133"/>
+      <c r="B1" s="133"/>
+      <c r="C1" s="133"/>
+    </row>
+    <row r="2" spans="1:5" s="2" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="134" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="135"/>
+      <c r="C2" s="136"/>
+      <c r="D2" s="148"/>
+      <c r="E2" s="124"/>
+    </row>
+    <row r="3" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A3" s="58" t="s">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="B3" s="59"/>
       <c r="C3" s="60"/>
     </row>
-    <row r="4" spans="1:5" s="3" customFormat="1" ht="41.1" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C4" s="133"/>
+    <row r="4" spans="1:5" s="3" customFormat="1" ht="41.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="137" t="s">
+        <v>2</v>
+      </c>
+      <c r="B4" s="138"/>
+      <c r="C4" s="139"/>
       <c r="E4" s="8"/>
     </row>
-    <row r="5" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:5" s="3" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A5" s="58" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="B5" s="61"/>
       <c r="C5" s="52"/>
     </row>
-    <row r="6" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="47" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="B6" s="65"/>
       <c r="C6" s="50"/>
     </row>
-    <row r="7" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="47" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="B7" s="65"/>
       <c r="C7" s="50"/>
     </row>
-    <row r="8" spans="1:5" s="3" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:5" s="3" customFormat="1" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="62" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="B8" s="51"/>
       <c r="C8" s="63"/>
     </row>
-    <row r="9" spans="1:5" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:5" ht="17.850000000000001" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="58" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B9" s="64"/>
       <c r="C9" s="56"/>
     </row>
-    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="40"/>
       <c r="C10" s="41"/>
     </row>
-    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="53" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B11" s="66"/>
       <c r="C11" s="54"/>
     </row>
-    <row r="12" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:5" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="45"/>
       <c r="B12" s="8"/>
       <c r="C12" s="46"/>
     </row>
-    <row r="13" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="47" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B13" s="8"/>
       <c r="C13" s="46"/>
     </row>
-    <row r="14" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="47" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B14" s="8"/>
       <c r="C14" s="46"/>
     </row>
-    <row r="15" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="47" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B15" s="8"/>
       <c r="C15" s="46"/>
     </row>
-    <row r="16" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:5" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="47" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B16" s="8"/>
       <c r="C16" s="46"/>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="45"/>
       <c r="B17" s="8"/>
       <c r="C17" s="46"/>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="53" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B18" s="66"/>
       <c r="C18" s="54"/>
     </row>
-    <row r="19" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="45"/>
       <c r="B19" s="8"/>
       <c r="C19" s="46"/>
     </row>
-    <row r="20" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="47" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B20" s="8"/>
       <c r="C20" s="46"/>
     </row>
-    <row r="21" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="47" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="46"/>
     </row>
-    <row r="22" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="47" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B22" s="8"/>
       <c r="C22" s="46"/>
     </row>
-    <row r="23" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-    <row r="25" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A23" s="140" t="s">
+        <v>17</v>
+      </c>
+      <c r="B23" s="141"/>
+      <c r="C23" s="142"/>
+    </row>
+    <row r="24" spans="1:3" s="49" customFormat="1" ht="38.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A24" s="143" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" s="144"/>
+      <c r="C24" s="145"/>
+    </row>
+    <row r="25" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="47" t="s">
-        <v>931</v>
+        <v>19</v>
       </c>
       <c r="B25" s="8"/>
       <c r="C25" s="46"/>
     </row>
-    <row r="26" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="47" t="s">
-        <v>932</v>
+        <v>20</v>
       </c>
       <c r="B26" s="8"/>
       <c r="C26" s="46"/>
     </row>
-    <row r="27" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="47" t="s">
-        <v>933</v>
+        <v>21</v>
       </c>
       <c r="B27" s="8"/>
       <c r="C27" s="46"/>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A28" s="45"/>
       <c r="B28" s="8"/>
       <c r="C28" s="46"/>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A29" s="55" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B29" s="66"/>
       <c r="C29" s="54"/>
     </row>
-    <row r="30" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:3" ht="8.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="42"/>
       <c r="B30" s="8"/>
       <c r="C30" s="46"/>
     </row>
-    <row r="31" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="43" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B31" s="8"/>
       <c r="C31" s="46"/>
     </row>
-    <row r="32" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:3" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="43" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="B32" s="8"/>
       <c r="C32" s="46"/>
     </row>
-    <row r="33" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="43" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B33" s="8"/>
       <c r="C33" s="46"/>
     </row>
-    <row r="34" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="43" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B34" s="8"/>
       <c r="C34" s="46"/>
     </row>
-    <row r="35" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:4" s="49" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="44" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B35" s="12"/>
       <c r="C35" s="48"/>
     </row>
-    <row r="36" spans="1:4" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:4" s="1" customFormat="1" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="5"/>
       <c r="D36"/>
     </row>
-    <row r="37" spans="1:4" s="1" customFormat="1" ht="17.399999999999999" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:4" s="1" customFormat="1" ht="18" x14ac:dyDescent="0.25">
       <c r="A37" s="100" t="s">
-        <v>614</v>
+        <v>28</v>
       </c>
       <c r="B37" s="6"/>
       <c r="C37" s="57"/>
       <c r="D37" s="2"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:C4"/>
     <mergeCell ref="A23:C23"/>
     <mergeCell ref="A24:C24"/>
   </mergeCells>
   <pageMargins left="0.55000000000000004" right="0.45" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:BW149"/>
+  <dimension ref="A1:BW154"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="1"/>
-    <col min="2" max="2" width="12.5546875" style="30" customWidth="1"/>
-    <col min="3" max="3" width="21.44140625" customWidth="1"/>
+    <col min="2" max="2" width="12.5703125" style="30" customWidth="1"/>
+    <col min="3" max="3" width="21.42578125" customWidth="1"/>
     <col min="4" max="4" width="102" customWidth="1"/>
-    <col min="5" max="5" width="10.5546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="13" width="9.109375" style="114"/>
+    <col min="5" max="5" width="44.7109375" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="114"/>
+    <col min="7" max="13" width="9.140625" style="114"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:33" s="8" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="D1" s="140"/>
+    <row r="1" spans="1:33" s="8" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="146"/>
+      <c r="B1" s="146"/>
+      <c r="C1" s="146"/>
+      <c r="D1" s="146"/>
+      <c r="E1" s="130"/>
       <c r="F1" s="110"/>
       <c r="G1" s="110"/>
       <c r="H1" s="110"/>
       <c r="I1" s="110"/>
       <c r="J1" s="110"/>
       <c r="K1" s="110"/>
       <c r="L1" s="110"/>
       <c r="M1" s="110"/>
     </row>
-    <row r="2" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="35" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B2" s="35" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="C2" s="35" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="D2" s="32" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
       <c r="H2" s="27"/>
       <c r="I2" s="27"/>
       <c r="J2" s="27"/>
       <c r="K2" s="27"/>
       <c r="L2" s="27"/>
       <c r="M2" s="27"/>
     </row>
-    <row r="3" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      </c>
+    <row r="3" spans="1:33" s="9" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A3" s="149">
+        <v>45978</v>
+      </c>
+      <c r="B3" s="150" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" s="150" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" s="151" t="s">
+        <v>967</v>
+      </c>
+      <c r="E3" s="128"/>
       <c r="F3" s="8"/>
       <c r="G3" s="27"/>
       <c r="H3" s="27"/>
       <c r="I3" s="27"/>
       <c r="J3" s="27"/>
       <c r="K3" s="27"/>
       <c r="L3" s="27"/>
       <c r="M3" s="27"/>
     </row>
-    <row r="4" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="F4" s="27"/>
+    <row r="4" spans="1:33" s="9" customFormat="1" ht="53.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A4" s="149">
+        <v>45978</v>
+      </c>
+      <c r="B4" s="150" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" s="150" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="152" t="s">
+        <v>966</v>
+      </c>
+      <c r="E4" s="129"/>
+      <c r="F4" s="8"/>
       <c r="G4" s="27"/>
       <c r="H4" s="27"/>
-      <c r="I4" s="103"/>
+      <c r="I4" s="27"/>
       <c r="J4" s="27"/>
       <c r="K4" s="27"/>
       <c r="L4" s="27"/>
       <c r="M4" s="27"/>
     </row>
-    <row r="5" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="F5" s="27"/>
+    <row r="5" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A5" s="149">
+        <v>45978</v>
+      </c>
+      <c r="B5" s="150">
+        <v>3114</v>
+      </c>
+      <c r="C5" s="150" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" s="153" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" s="8"/>
       <c r="G5" s="27"/>
       <c r="H5" s="27"/>
-      <c r="I5" s="103"/>
+      <c r="I5" s="27"/>
       <c r="J5" s="27"/>
       <c r="K5" s="27"/>
       <c r="L5" s="27"/>
       <c r="M5" s="27"/>
     </row>
-    <row r="6" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="F6" s="27"/>
+    <row r="6" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="149">
+        <v>45978</v>
+      </c>
+      <c r="B6" s="150">
+        <v>3836</v>
+      </c>
+      <c r="C6" s="150" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" s="153" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" s="8"/>
       <c r="G6" s="27"/>
       <c r="H6" s="27"/>
-      <c r="I6" s="103"/>
+      <c r="I6" s="27"/>
       <c r="J6" s="27"/>
       <c r="K6" s="27"/>
       <c r="L6" s="27"/>
       <c r="M6" s="27"/>
     </row>
-    <row r="7" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="F7" s="27"/>
+    <row r="7" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="149">
+        <v>45978</v>
+      </c>
+      <c r="B7" s="150">
+        <v>3841</v>
+      </c>
+      <c r="C7" s="150" t="s">
+        <v>34</v>
+      </c>
+      <c r="D7" s="153" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="8"/>
       <c r="G7" s="27"/>
       <c r="H7" s="27"/>
-      <c r="I7" s="103"/>
+      <c r="I7" s="27"/>
       <c r="J7" s="27"/>
       <c r="K7" s="27"/>
       <c r="L7" s="27"/>
       <c r="M7" s="27"/>
     </row>
-    <row r="8" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="72">
         <v>45929</v>
       </c>
-      <c r="B8" s="38">
-        <v>3904</v>
+      <c r="B8" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C8" s="38" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="F8" s="27"/>
+        <v>39</v>
+      </c>
+      <c r="D8" s="74" t="s">
+        <v>40</v>
+      </c>
+      <c r="F8" s="8"/>
       <c r="G8" s="27"/>
       <c r="H8" s="27"/>
-      <c r="I8" s="103"/>
+      <c r="I8" s="27"/>
       <c r="J8" s="27"/>
       <c r="K8" s="27"/>
       <c r="L8" s="27"/>
       <c r="M8" s="27"/>
     </row>
-    <row r="9" spans="1:33" s="9" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="72">
-        <v>45929</v>
+        <v>45924</v>
       </c>
       <c r="B9" s="38" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
       <c r="C9" s="38" t="s">
-        <v>915</v>
-[...4 lines deleted...]
-      <c r="E9" s="109"/>
+        <v>42</v>
+      </c>
+      <c r="D9" s="10" t="s">
+        <v>43</v>
+      </c>
       <c r="F9" s="27"/>
-      <c r="G9" s="103"/>
-      <c r="H9" s="103"/>
+      <c r="G9" s="27"/>
+      <c r="H9" s="27"/>
       <c r="I9" s="103"/>
-      <c r="J9" s="103"/>
-[...24 lines deleted...]
-    <row r="10" spans="1:33" s="9" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+      <c r="J9" s="27"/>
+      <c r="K9" s="27"/>
+      <c r="L9" s="27"/>
+      <c r="M9" s="27"/>
+    </row>
+    <row r="10" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="72">
         <v>45929</v>
       </c>
       <c r="B10" s="38" t="s">
-        <v>88</v>
+        <v>44</v>
       </c>
       <c r="C10" s="38" t="s">
-        <v>915</v>
-[...4 lines deleted...]
-      <c r="E10" s="109"/>
+        <v>45</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>46</v>
+      </c>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="27"/>
-      <c r="I10" s="27"/>
+      <c r="I10" s="103"/>
       <c r="J10" s="27"/>
       <c r="K10" s="27"/>
       <c r="L10" s="27"/>
       <c r="M10" s="27"/>
     </row>
-    <row r="11" spans="1:33" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
-      <c r="A11" s="24">
+    <row r="11" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="72">
         <v>45929</v>
       </c>
-      <c r="B11" s="11" t="s">
-[...8 lines deleted...]
-      <c r="E11" s="109"/>
+      <c r="B11" s="38">
+        <v>1003</v>
+      </c>
+      <c r="C11" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="10" t="s">
+        <v>48</v>
+      </c>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="27"/>
-      <c r="I11" s="27"/>
+      <c r="I11" s="103"/>
       <c r="J11" s="27"/>
       <c r="K11" s="27"/>
       <c r="L11" s="27"/>
       <c r="M11" s="27"/>
     </row>
-    <row r="12" spans="1:33" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-      <c r="A12" s="24">
+    <row r="12" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="72">
         <v>45929</v>
       </c>
-      <c r="B12" s="115">
-[...2 lines deleted...]
-      <c r="C12" s="11" t="s">
+      <c r="B12" s="38">
+        <v>3304</v>
+      </c>
+      <c r="C12" s="38" t="s">
         <v>47</v>
       </c>
-      <c r="D12" s="107" t="s">
-[...2 lines deleted...]
-      <c r="E12" s="109"/>
+      <c r="D12" s="10" t="s">
+        <v>49</v>
+      </c>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
-      <c r="I12" s="27"/>
+      <c r="I12" s="103"/>
       <c r="J12" s="27"/>
       <c r="K12" s="27"/>
       <c r="L12" s="27"/>
       <c r="M12" s="27"/>
     </row>
-    <row r="13" spans="1:33" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
-      <c r="A13" s="24">
+    <row r="13" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="72">
         <v>45929</v>
       </c>
-      <c r="B13" s="116">
-[...8 lines deleted...]
-      <c r="E13" s="109"/>
+      <c r="B13" s="38">
+        <v>3904</v>
+      </c>
+      <c r="C13" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="10" t="s">
+        <v>51</v>
+      </c>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
-      <c r="I13" s="27"/>
+      <c r="I13" s="103"/>
       <c r="J13" s="27"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27"/>
       <c r="M13" s="27"/>
     </row>
-    <row r="14" spans="1:33" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>916</v>
+    <row r="14" spans="1:33" s="9" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A14" s="72">
+        <v>45929</v>
+      </c>
+      <c r="B14" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" s="38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D14" s="74" t="s">
+        <v>53</v>
       </c>
       <c r="E14" s="109"/>
       <c r="F14" s="27"/>
-      <c r="G14" s="27"/>
-[...18 lines deleted...]
-        <v>919</v>
+      <c r="G14" s="103"/>
+      <c r="H14" s="103"/>
+      <c r="I14" s="103"/>
+      <c r="J14" s="103"/>
+      <c r="K14" s="103"/>
+      <c r="L14" s="103"/>
+      <c r="M14" s="103"/>
+      <c r="N14" s="103"/>
+      <c r="O14" s="103"/>
+      <c r="P14" s="103"/>
+      <c r="Q14" s="103"/>
+      <c r="R14" s="103"/>
+      <c r="S14" s="103"/>
+      <c r="T14" s="103"/>
+      <c r="U14" s="103"/>
+      <c r="V14" s="103"/>
+      <c r="W14" s="103"/>
+      <c r="X14" s="103"/>
+      <c r="Y14" s="103"/>
+      <c r="Z14" s="103"/>
+      <c r="AA14" s="103"/>
+      <c r="AB14" s="103"/>
+      <c r="AC14" s="103"/>
+      <c r="AD14" s="103"/>
+      <c r="AE14" s="103"/>
+      <c r="AF14" s="36"/>
+      <c r="AG14" s="36"/>
+    </row>
+    <row r="15" spans="1:33" s="9" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
+      <c r="A15" s="72">
+        <v>45929</v>
+      </c>
+      <c r="B15" s="38" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" s="38" t="s">
+        <v>52</v>
+      </c>
+      <c r="D15" s="74" t="s">
+        <v>54</v>
       </c>
       <c r="E15" s="109"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="27"/>
       <c r="J15" s="27"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27"/>
       <c r="M15" s="27"/>
     </row>
-    <row r="16" spans="1:33" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="16" spans="1:33" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="24">
+        <v>45929</v>
+      </c>
+      <c r="B16" s="11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D16" s="74" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" s="109"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="27"/>
       <c r="J16" s="27"/>
       <c r="K16" s="27"/>
       <c r="L16" s="27"/>
       <c r="M16" s="27"/>
     </row>
-    <row r="17" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="17" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="24">
+        <v>45929</v>
+      </c>
+      <c r="B17" s="115">
+        <v>4526</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="107" t="s">
+        <v>58</v>
+      </c>
+      <c r="E17" s="109"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="27"/>
       <c r="J17" s="27"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27"/>
       <c r="M17" s="27"/>
     </row>
-    <row r="18" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="18" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="24">
+        <v>45929</v>
+      </c>
+      <c r="B18" s="116">
+        <v>4590</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D18" s="108" t="s">
+        <v>59</v>
+      </c>
+      <c r="E18" s="109"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="27"/>
       <c r="J18" s="27"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27"/>
       <c r="M18" s="27"/>
     </row>
-    <row r="19" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="19" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A19" s="24">
+        <v>45866</v>
+      </c>
+      <c r="B19" s="115">
+        <v>3526</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="107" t="s">
+        <v>60</v>
+      </c>
+      <c r="E19" s="109"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="27"/>
       <c r="J19" s="27"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27"/>
       <c r="M19" s="27"/>
     </row>
-    <row r="20" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="20" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="24">
+        <v>45866</v>
+      </c>
+      <c r="B20" s="116">
+        <v>3590</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D20" s="108" t="s">
+        <v>61</v>
+      </c>
+      <c r="E20" s="109"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27"/>
       <c r="I20" s="27"/>
       <c r="J20" s="27"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27"/>
       <c r="M20" s="27"/>
     </row>
-    <row r="21" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="72">
         <v>45838</v>
       </c>
       <c r="B21" s="38">
-        <v>3802</v>
+        <v>3803</v>
       </c>
       <c r="C21" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>909</v>
+        <v>35</v>
+      </c>
+      <c r="D21" s="10" t="s">
+        <v>62</v>
       </c>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="27"/>
       <c r="J21" s="27"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27"/>
       <c r="M21" s="27"/>
     </row>
-    <row r="22" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="72">
         <v>45838</v>
       </c>
       <c r="B22" s="38" t="s">
-        <v>804</v>
+        <v>63</v>
       </c>
       <c r="C22" s="38" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D22" s="74" t="s">
-        <v>805</v>
+        <v>64</v>
       </c>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27"/>
       <c r="J22" s="27"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27"/>
       <c r="M22" s="27"/>
     </row>
-    <row r="23" spans="1:13" s="9" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="72">
         <v>45838</v>
       </c>
-      <c r="B23" s="38" t="s">
-        <v>88</v>
+      <c r="B23" s="38">
+        <v>3846</v>
       </c>
       <c r="C23" s="38" t="s">
-        <v>744</v>
-[...2 lines deleted...]
-        <v>748</v>
+        <v>34</v>
+      </c>
+      <c r="D23" s="106" t="s">
+        <v>65</v>
       </c>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="27"/>
       <c r="J23" s="27"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27"/>
       <c r="M23" s="27"/>
     </row>
-    <row r="24" spans="1:13" s="9" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="72">
         <v>45838</v>
       </c>
-      <c r="B24" s="38" t="s">
-        <v>88</v>
+      <c r="B24" s="38">
+        <v>4555</v>
       </c>
       <c r="C24" s="38" t="s">
-        <v>732</v>
-[...4 lines deleted...]
-      <c r="E24" s="109"/>
+        <v>34</v>
+      </c>
+      <c r="D24" s="10" t="s">
+        <v>66</v>
+      </c>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="27"/>
       <c r="J24" s="27"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27"/>
       <c r="M24" s="27"/>
     </row>
-    <row r="25" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="72">
         <v>45838</v>
       </c>
-      <c r="B25" s="38" t="s">
-        <v>742</v>
+      <c r="B25" s="38">
+        <v>3678</v>
       </c>
       <c r="C25" s="38" t="s">
-        <v>732</v>
-[...4 lines deleted...]
-      <c r="E25" s="109"/>
+        <v>34</v>
+      </c>
+      <c r="D25" s="107" t="s">
+        <v>67</v>
+      </c>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="27"/>
       <c r="J25" s="27"/>
       <c r="K25" s="27"/>
       <c r="L25" s="27"/>
       <c r="M25" s="27"/>
     </row>
-    <row r="26" spans="1:13" s="9" customFormat="1" ht="66" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="72">
         <v>45838</v>
       </c>
-      <c r="B26" s="38" t="s">
-        <v>743</v>
+      <c r="B26" s="38">
+        <v>3802</v>
       </c>
       <c r="C26" s="38" t="s">
-        <v>731</v>
-[...5 lines deleted...]
-      <c r="F26" s="111"/>
+        <v>34</v>
+      </c>
+      <c r="D26" s="106" t="s">
+        <v>68</v>
+      </c>
+      <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="27"/>
       <c r="K26" s="27"/>
       <c r="L26" s="27"/>
       <c r="M26" s="27"/>
     </row>
-    <row r="27" spans="1:13" s="9" customFormat="1" ht="66" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="72">
         <v>45838</v>
       </c>
       <c r="B27" s="38" t="s">
-        <v>88</v>
+        <v>55</v>
       </c>
       <c r="C27" s="38" t="s">
-        <v>732</v>
+        <v>56</v>
       </c>
       <c r="D27" s="74" t="s">
-        <v>755</v>
-[...1 lines deleted...]
-      <c r="E27" s="109"/>
+        <v>69</v>
+      </c>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="27"/>
       <c r="J27" s="27"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27"/>
       <c r="M27" s="27"/>
     </row>
-    <row r="28" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:13" s="9" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A28" s="72">
         <v>45838</v>
       </c>
-      <c r="B28" s="38">
-        <v>3674</v>
+      <c r="B28" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C28" s="38" t="s">
-        <v>733</v>
+        <v>70</v>
       </c>
       <c r="D28" s="74" t="s">
-        <v>747</v>
-[...1 lines deleted...]
-      <c r="E28" s="109"/>
+        <v>71</v>
+      </c>
       <c r="F28" s="27"/>
       <c r="G28" s="27"/>
       <c r="H28" s="27"/>
       <c r="I28" s="27"/>
       <c r="J28" s="27"/>
       <c r="K28" s="27"/>
       <c r="L28" s="27"/>
       <c r="M28" s="27"/>
     </row>
-    <row r="29" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:13" s="9" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A29" s="72">
         <v>45838</v>
       </c>
       <c r="B29" s="38" t="s">
-        <v>88</v>
+        <v>33</v>
       </c>
       <c r="C29" s="38" t="s">
-        <v>746</v>
+        <v>72</v>
       </c>
       <c r="D29" s="74" t="s">
-        <v>749</v>
-      </c>
+        <v>73</v>
+      </c>
+      <c r="E29" s="109"/>
       <c r="F29" s="27"/>
       <c r="G29" s="27"/>
       <c r="H29" s="27"/>
       <c r="I29" s="27"/>
       <c r="J29" s="27"/>
       <c r="K29" s="27"/>
       <c r="L29" s="27"/>
       <c r="M29" s="27"/>
     </row>
-    <row r="30" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="72">
         <v>45838</v>
       </c>
       <c r="B30" s="38" t="s">
-        <v>88</v>
+        <v>74</v>
       </c>
       <c r="C30" s="38" t="s">
-        <v>47</v>
+        <v>72</v>
       </c>
       <c r="D30" s="74" t="s">
-        <v>796</v>
-      </c>
+        <v>75</v>
+      </c>
+      <c r="E30" s="109"/>
       <c r="F30" s="27"/>
       <c r="G30" s="27"/>
       <c r="H30" s="27"/>
       <c r="I30" s="27"/>
       <c r="J30" s="27"/>
       <c r="K30" s="27"/>
       <c r="L30" s="27"/>
       <c r="M30" s="27"/>
     </row>
-    <row r="31" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:13" s="9" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A31" s="72">
-        <v>45835</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>45838</v>
+      </c>
+      <c r="B31" s="38" t="s">
+        <v>76</v>
       </c>
       <c r="C31" s="38" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="F31" s="27"/>
+        <v>77</v>
+      </c>
+      <c r="D31" s="74" t="s">
+        <v>78</v>
+      </c>
+      <c r="E31" s="109"/>
+      <c r="F31" s="111"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="27"/>
       <c r="J31" s="27"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27"/>
       <c r="M31" s="27"/>
     </row>
-    <row r="32" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:13" s="9" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A32" s="72">
-        <v>45643</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>45838</v>
+      </c>
+      <c r="B32" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C32" s="38" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="E32" s="27"/>
+        <v>72</v>
+      </c>
+      <c r="D32" s="74" t="s">
+        <v>79</v>
+      </c>
+      <c r="E32" s="109"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="27"/>
       <c r="J32" s="27"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27"/>
       <c r="M32" s="27"/>
     </row>
-    <row r="33" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A33" s="72">
-        <v>45643</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>45838</v>
+      </c>
+      <c r="B33" s="38">
+        <v>3674</v>
       </c>
       <c r="C33" s="38" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-      <c r="E33" s="27"/>
+        <v>80</v>
+      </c>
+      <c r="D33" s="74" t="s">
+        <v>81</v>
+      </c>
+      <c r="E33" s="109"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="27"/>
       <c r="J33" s="27"/>
       <c r="K33" s="27"/>
       <c r="L33" s="27"/>
       <c r="M33" s="27"/>
     </row>
-    <row r="34" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3163</v>
+    <row r="34" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A34" s="72">
+        <v>45838</v>
+      </c>
+      <c r="B34" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C34" s="38" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E34" s="27"/>
+        <v>45</v>
+      </c>
+      <c r="D34" s="74" t="s">
+        <v>82</v>
+      </c>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="27"/>
       <c r="J34" s="27"/>
       <c r="K34" s="27"/>
       <c r="L34" s="27"/>
       <c r="M34" s="27"/>
     </row>
-    <row r="35" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3141</v>
+    <row r="35" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A35" s="72">
+        <v>45838</v>
+      </c>
+      <c r="B35" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C35" s="38" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E35" s="27"/>
+        <v>34</v>
+      </c>
+      <c r="D35" s="74" t="s">
+        <v>83</v>
+      </c>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="27"/>
       <c r="J35" s="27"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27"/>
       <c r="M35" s="27"/>
     </row>
-    <row r="36" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3127</v>
+    <row r="36" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A36" s="72">
+        <v>45835</v>
+      </c>
+      <c r="B36" s="77" t="s">
+        <v>33</v>
       </c>
       <c r="C36" s="38" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E36" s="27"/>
+        <v>84</v>
+      </c>
+      <c r="D36" s="101" t="s">
+        <v>85</v>
+      </c>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="27"/>
       <c r="J36" s="27"/>
       <c r="K36" s="27"/>
       <c r="L36" s="27"/>
       <c r="M36" s="27"/>
     </row>
-    <row r="37" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="72">
-        <v>45593</v>
-[...2 lines deleted...]
-        <v>3675</v>
+        <v>45643</v>
+      </c>
+      <c r="B37" s="77" t="s">
+        <v>33</v>
       </c>
       <c r="C37" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D37" s="92" t="s">
-        <v>525</v>
+      <c r="D37" s="96" t="s">
+        <v>86</v>
       </c>
       <c r="E37" s="27"/>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="27"/>
       <c r="J37" s="27"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27"/>
       <c r="M37" s="27"/>
     </row>
-    <row r="38" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="72">
-        <v>45593</v>
-[...2 lines deleted...]
-        <v>3676</v>
+        <v>45643</v>
+      </c>
+      <c r="B38" s="77" t="s">
+        <v>33</v>
       </c>
       <c r="C38" s="38" t="s">
-        <v>34</v>
+        <v>84</v>
       </c>
       <c r="D38" s="91" t="s">
-        <v>526</v>
+        <v>87</v>
       </c>
       <c r="E38" s="27"/>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="27"/>
       <c r="I38" s="27"/>
       <c r="J38" s="27"/>
       <c r="K38" s="27"/>
       <c r="L38" s="27"/>
       <c r="M38" s="27"/>
     </row>
-    <row r="39" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3677</v>
+    <row r="39" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="24">
+        <v>45643</v>
+      </c>
+      <c r="B39" s="11">
+        <v>3163</v>
       </c>
       <c r="C39" s="38" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E39" s="94"/>
+        <v>35</v>
+      </c>
+      <c r="D39" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E39" s="27"/>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="27"/>
       <c r="J39" s="27"/>
       <c r="K39" s="27"/>
       <c r="L39" s="27"/>
       <c r="M39" s="27"/>
     </row>
-    <row r="40" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3678</v>
+    <row r="40" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="24">
+        <v>45643</v>
+      </c>
+      <c r="B40" s="11">
+        <v>3141</v>
       </c>
       <c r="C40" s="38" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E40" s="94"/>
+        <v>35</v>
+      </c>
+      <c r="D40" s="10" t="s">
+        <v>89</v>
+      </c>
+      <c r="E40" s="27"/>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="27"/>
       <c r="J40" s="27"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27"/>
       <c r="M40" s="27"/>
     </row>
-    <row r="41" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3679</v>
+    <row r="41" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="24">
+        <v>45643</v>
+      </c>
+      <c r="B41" s="11">
+        <v>3127</v>
       </c>
       <c r="C41" s="38" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E41" s="94"/>
+        <v>35</v>
+      </c>
+      <c r="D41" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E41" s="27"/>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="27"/>
       <c r="J41" s="27"/>
       <c r="K41" s="27"/>
       <c r="L41" s="27"/>
       <c r="M41" s="27"/>
     </row>
-    <row r="42" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="72">
         <v>45593</v>
       </c>
       <c r="B42" s="77">
-        <v>3680</v>
+        <v>3675</v>
       </c>
       <c r="C42" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>529</v>
+        <v>50</v>
+      </c>
+      <c r="D42" s="92" t="s">
+        <v>91</v>
       </c>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27"/>
       <c r="H42" s="27"/>
       <c r="I42" s="27"/>
       <c r="J42" s="27"/>
       <c r="K42" s="27"/>
       <c r="L42" s="27"/>
       <c r="M42" s="27"/>
     </row>
-    <row r="43" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="72">
         <v>45593</v>
       </c>
       <c r="B43" s="77">
-        <v>3681</v>
+        <v>3676</v>
       </c>
       <c r="C43" s="38" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="D43" s="91" t="s">
-        <v>530</v>
+        <v>92</v>
       </c>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="27"/>
       <c r="I43" s="27"/>
       <c r="J43" s="27"/>
       <c r="K43" s="27"/>
       <c r="L43" s="27"/>
       <c r="M43" s="27"/>
     </row>
-    <row r="44" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="72">
         <v>45593</v>
       </c>
       <c r="B44" s="77">
-        <v>3682</v>
+        <v>3677</v>
       </c>
       <c r="C44" s="38" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>50</v>
+      </c>
+      <c r="D44" s="95" t="s">
+        <v>93</v>
       </c>
       <c r="E44" s="94"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="27"/>
       <c r="I44" s="27"/>
       <c r="J44" s="27"/>
       <c r="K44" s="27"/>
       <c r="L44" s="27"/>
       <c r="M44" s="27"/>
     </row>
-    <row r="45" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="72">
         <v>45593</v>
       </c>
-      <c r="B45" s="38">
-        <v>2018</v>
+      <c r="B45" s="77">
+        <v>3678</v>
       </c>
       <c r="C45" s="38" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      <c r="E45" s="27"/>
+        <v>50</v>
+      </c>
+      <c r="D45" s="95" t="s">
+        <v>94</v>
+      </c>
+      <c r="E45" s="94"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="27"/>
       <c r="J45" s="27"/>
       <c r="K45" s="27"/>
       <c r="L45" s="27"/>
       <c r="M45" s="27"/>
     </row>
-    <row r="46" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="E46" s="27"/>
+    <row r="46" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="72">
+        <v>45593</v>
+      </c>
+      <c r="B46" s="77">
+        <v>3679</v>
+      </c>
+      <c r="C46" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D46" s="95" t="s">
+        <v>95</v>
+      </c>
+      <c r="E46" s="94"/>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27"/>
       <c r="J46" s="27"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27"/>
       <c r="M46" s="27"/>
     </row>
-    <row r="47" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>127</v>
+    <row r="47" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="72">
+        <v>45593</v>
+      </c>
+      <c r="B47" s="77">
+        <v>3680</v>
+      </c>
+      <c r="C47" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D47" s="91" t="s">
+        <v>96</v>
       </c>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27"/>
       <c r="J47" s="27"/>
       <c r="K47" s="27"/>
       <c r="L47" s="27"/>
       <c r="M47" s="27"/>
     </row>
-    <row r="48" spans="1:13" s="9" customFormat="1" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>524</v>
+    <row r="48" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="72">
+        <v>45593</v>
+      </c>
+      <c r="B48" s="77">
+        <v>3681</v>
+      </c>
+      <c r="C48" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D48" s="91" t="s">
+        <v>97</v>
       </c>
       <c r="E48" s="27"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="27"/>
       <c r="J48" s="27"/>
       <c r="K48" s="27"/>
       <c r="L48" s="27"/>
       <c r="M48" s="27"/>
     </row>
-    <row r="49" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="72">
-        <v>45175</v>
-[...10 lines deleted...]
-      <c r="E49" s="27"/>
+        <v>45593</v>
+      </c>
+      <c r="B49" s="77">
+        <v>3682</v>
+      </c>
+      <c r="C49" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D49" s="93" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" s="94"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27"/>
       <c r="J49" s="27"/>
       <c r="K49" s="27"/>
       <c r="L49" s="27"/>
       <c r="M49" s="27"/>
     </row>
-    <row r="50" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:13" s="9" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="72">
-        <v>45175</v>
+        <v>45593</v>
       </c>
       <c r="B50" s="38">
-        <v>3591</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>2018</v>
+      </c>
+      <c r="C50" s="38" t="s">
+        <v>35</v>
       </c>
       <c r="D50" s="10" t="s">
-        <v>28</v>
+        <v>99</v>
       </c>
       <c r="E50" s="27"/>
       <c r="F50" s="27"/>
       <c r="G50" s="27"/>
       <c r="H50" s="27"/>
       <c r="I50" s="27"/>
       <c r="J50" s="27"/>
       <c r="K50" s="27"/>
       <c r="L50" s="27"/>
       <c r="M50" s="27"/>
     </row>
-    <row r="51" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>29</v>
+    <row r="51" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="88">
+        <v>45236</v>
+      </c>
+      <c r="B51" s="88" t="s">
+        <v>100</v>
+      </c>
+      <c r="C51" s="87" t="s">
+        <v>101</v>
+      </c>
+      <c r="D51" s="19" t="s">
+        <v>102</v>
       </c>
       <c r="E51" s="27"/>
       <c r="F51" s="27"/>
       <c r="G51" s="27"/>
       <c r="H51" s="27"/>
       <c r="I51" s="27"/>
       <c r="J51" s="27"/>
       <c r="K51" s="27"/>
       <c r="L51" s="27"/>
       <c r="M51" s="27"/>
     </row>
-    <row r="52" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>30</v>
+    <row r="52" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="88">
+        <v>45227</v>
+      </c>
+      <c r="B52" s="87">
+        <v>3175</v>
+      </c>
+      <c r="C52" s="87" t="s">
+        <v>35</v>
+      </c>
+      <c r="D52" s="19" t="s">
+        <v>103</v>
       </c>
       <c r="E52" s="27"/>
       <c r="F52" s="27"/>
       <c r="G52" s="27"/>
       <c r="H52" s="27"/>
       <c r="I52" s="27"/>
       <c r="J52" s="27"/>
       <c r="K52" s="27"/>
       <c r="L52" s="27"/>
       <c r="M52" s="27"/>
     </row>
-    <row r="53" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>31</v>
+    <row r="53" spans="1:13" s="9" customFormat="1" ht="72.599999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="88">
+        <v>45226</v>
+      </c>
+      <c r="B53" s="87">
+        <v>3124</v>
+      </c>
+      <c r="C53" s="87" t="s">
+        <v>104</v>
+      </c>
+      <c r="D53" s="19" t="s">
+        <v>105</v>
       </c>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="27"/>
       <c r="M53" s="27"/>
     </row>
-    <row r="54" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="72">
         <v>45175</v>
       </c>
       <c r="B54" s="38">
-        <v>3674</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>3528</v>
+      </c>
+      <c r="C54" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D54" s="10" t="s">
+        <v>107</v>
       </c>
       <c r="E54" s="27"/>
       <c r="F54" s="27"/>
       <c r="G54" s="27"/>
       <c r="H54" s="27"/>
       <c r="I54" s="27"/>
       <c r="J54" s="27"/>
       <c r="K54" s="27"/>
       <c r="L54" s="27"/>
       <c r="M54" s="27"/>
     </row>
-    <row r="55" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="72">
-        <v>45124</v>
+        <v>45175</v>
       </c>
       <c r="B55" s="38">
-        <v>3674</v>
-[...6 lines deleted...]
-      </c>
+        <v>3591</v>
+      </c>
+      <c r="C55" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="D55" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="E55" s="27"/>
       <c r="F55" s="27"/>
       <c r="G55" s="27"/>
       <c r="H55" s="27"/>
       <c r="I55" s="27"/>
       <c r="J55" s="27"/>
       <c r="K55" s="27"/>
       <c r="L55" s="27"/>
       <c r="M55" s="27"/>
     </row>
-    <row r="56" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="72">
-        <v>45124</v>
+        <v>45175</v>
       </c>
       <c r="B56" s="38">
-        <v>3631</v>
+        <v>3606</v>
       </c>
       <c r="C56" s="11" t="s">
-        <v>32</v>
+        <v>106</v>
       </c>
       <c r="D56" s="10" t="s">
-        <v>36</v>
-      </c>
+        <v>109</v>
+      </c>
+      <c r="E56" s="27"/>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="27"/>
       <c r="J56" s="27"/>
       <c r="K56" s="27"/>
       <c r="L56" s="27"/>
       <c r="M56" s="27"/>
     </row>
-    <row r="57" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>37</v>
+    <row r="57" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="72">
+        <v>45175</v>
+      </c>
+      <c r="B57" s="38">
+        <v>3607</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>38</v>
+        <v>106</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>39</v>
-      </c>
+        <v>110</v>
+      </c>
+      <c r="E57" s="27"/>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="27"/>
       <c r="J57" s="27"/>
       <c r="K57" s="27"/>
       <c r="L57" s="27"/>
       <c r="M57" s="27"/>
     </row>
-    <row r="58" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3508</v>
+    <row r="58" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="72">
+        <v>45175</v>
+      </c>
+      <c r="B58" s="38">
+        <v>3609</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>40</v>
+        <v>106</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>41</v>
-      </c>
+        <v>111</v>
+      </c>
+      <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="27"/>
       <c r="J58" s="27"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27"/>
       <c r="M58" s="27"/>
     </row>
-    <row r="59" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="59" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="72">
+        <v>45175</v>
+      </c>
+      <c r="B59" s="38">
+        <v>3674</v>
+      </c>
+      <c r="C59" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="D59" s="74" t="s">
+        <v>112</v>
+      </c>
+      <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="27"/>
       <c r="J59" s="27"/>
       <c r="K59" s="27"/>
       <c r="L59" s="27"/>
       <c r="M59" s="27"/>
     </row>
-    <row r="60" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>43</v>
+    <row r="60" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="72">
+        <v>45124</v>
+      </c>
+      <c r="B60" s="38">
+        <v>3674</v>
+      </c>
+      <c r="C60" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D60" s="74" t="s">
+        <v>113</v>
       </c>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="27"/>
       <c r="J60" s="27"/>
       <c r="K60" s="27"/>
       <c r="L60" s="27"/>
       <c r="M60" s="27"/>
     </row>
-    <row r="61" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>45047</v>
+    <row r="61" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="72">
+        <v>45124</v>
       </c>
       <c r="B61" s="38">
-        <v>3555</v>
+        <v>3631</v>
       </c>
       <c r="C61" s="11" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>45</v>
+        <v>114</v>
       </c>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="27"/>
       <c r="J61" s="27"/>
       <c r="K61" s="27"/>
       <c r="L61" s="27"/>
       <c r="M61" s="27"/>
     </row>
-    <row r="62" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="62" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="24">
         <v>45047</v>
       </c>
-      <c r="B62" s="38">
-        <v>3596</v>
+      <c r="B62" s="24" t="s">
+        <v>115</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>46</v>
+        <v>116</v>
       </c>
       <c r="F62" s="27"/>
       <c r="G62" s="27"/>
       <c r="H62" s="27"/>
       <c r="I62" s="27"/>
       <c r="J62" s="27"/>
       <c r="K62" s="27"/>
       <c r="L62" s="27"/>
       <c r="M62" s="27"/>
     </row>
-    <row r="63" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A63" s="72">
+    <row r="63" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="24">
         <v>45047</v>
       </c>
-      <c r="B63" s="11">
-[...6 lines deleted...]
-        <v>48</v>
+      <c r="B63" s="79">
+        <v>3508</v>
+      </c>
+      <c r="C63" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D63" s="10" t="s">
+        <v>117</v>
       </c>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="27"/>
       <c r="J63" s="27"/>
       <c r="K63" s="27"/>
       <c r="L63" s="27"/>
       <c r="M63" s="27"/>
     </row>
-    <row r="64" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A64" s="72">
+    <row r="64" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="24">
         <v>45047</v>
       </c>
-      <c r="B64" s="11">
-[...6 lines deleted...]
-        <v>49</v>
+      <c r="B64" s="79">
+        <v>3515</v>
+      </c>
+      <c r="C64" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D64" s="10" t="s">
+        <v>118</v>
       </c>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="27"/>
       <c r="J64" s="27"/>
       <c r="K64" s="27"/>
       <c r="L64" s="27"/>
       <c r="M64" s="27"/>
     </row>
-    <row r="65" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A65" s="72">
+    <row r="65" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="24">
         <v>45047</v>
       </c>
-      <c r="B65" s="11">
-[...6 lines deleted...]
-        <v>50</v>
+      <c r="B65" s="79">
+        <v>3521</v>
+      </c>
+      <c r="C65" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>119</v>
       </c>
       <c r="F65" s="27"/>
       <c r="G65" s="27"/>
       <c r="H65" s="27"/>
       <c r="I65" s="27"/>
       <c r="J65" s="27"/>
       <c r="K65" s="27"/>
       <c r="L65" s="27"/>
       <c r="M65" s="27"/>
     </row>
-    <row r="66" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A66" s="72">
+    <row r="66" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="24">
         <v>45047</v>
       </c>
-      <c r="B66" s="11">
-[...6 lines deleted...]
-        <v>51</v>
+      <c r="B66" s="38">
+        <v>3555</v>
+      </c>
+      <c r="C66" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="D66" s="10" t="s">
+        <v>121</v>
       </c>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="27"/>
       <c r="J66" s="27"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27"/>
       <c r="M66" s="27"/>
     </row>
-    <row r="67" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A67" s="72">
+    <row r="67" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="24">
         <v>45047</v>
       </c>
-      <c r="B67" s="11">
-[...6 lines deleted...]
-        <v>52</v>
+      <c r="B67" s="38">
+        <v>3596</v>
+      </c>
+      <c r="C67" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D67" s="10" t="s">
+        <v>122</v>
       </c>
       <c r="F67" s="27"/>
       <c r="G67" s="27"/>
       <c r="H67" s="27"/>
       <c r="I67" s="27"/>
       <c r="J67" s="27"/>
       <c r="K67" s="27"/>
       <c r="L67" s="27"/>
       <c r="M67" s="27"/>
     </row>
-    <row r="68" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="72">
         <v>45047</v>
       </c>
       <c r="B68" s="11">
-        <v>3538</v>
+        <v>3529</v>
       </c>
       <c r="C68" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>34</v>
+      </c>
+      <c r="D68" s="80" t="s">
+        <v>123</v>
       </c>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="27"/>
       <c r="J68" s="27"/>
       <c r="K68" s="27"/>
       <c r="L68" s="27"/>
       <c r="M68" s="27"/>
     </row>
-    <row r="69" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="72">
         <v>45047</v>
       </c>
       <c r="B69" s="11">
-        <v>3554</v>
+        <v>3530</v>
       </c>
       <c r="C69" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>34</v>
+      </c>
+      <c r="D69" s="81" t="s">
+        <v>124</v>
       </c>
       <c r="F69" s="27"/>
       <c r="G69" s="27"/>
       <c r="H69" s="27"/>
       <c r="I69" s="27"/>
       <c r="J69" s="27"/>
       <c r="K69" s="27"/>
       <c r="L69" s="27"/>
       <c r="M69" s="27"/>
     </row>
-    <row r="70" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="72">
         <v>45047</v>
       </c>
       <c r="B70" s="11">
-        <v>3594</v>
+        <v>3533</v>
       </c>
       <c r="C70" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>34</v>
+      </c>
+      <c r="D70" s="82" t="s">
+        <v>125</v>
       </c>
       <c r="F70" s="27"/>
       <c r="G70" s="27"/>
       <c r="H70" s="27"/>
       <c r="I70" s="27"/>
       <c r="J70" s="27"/>
       <c r="K70" s="27"/>
       <c r="L70" s="27"/>
       <c r="M70" s="27"/>
     </row>
-    <row r="71" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="71" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="72">
         <v>45047</v>
       </c>
       <c r="B71" s="11">
-        <v>3599</v>
+        <v>3534</v>
       </c>
       <c r="C71" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>34</v>
+      </c>
+      <c r="D71" s="81" t="s">
+        <v>126</v>
       </c>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
       <c r="I71" s="27"/>
       <c r="J71" s="27"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27"/>
       <c r="M71" s="27"/>
     </row>
-    <row r="72" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="72" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="72">
         <v>45047</v>
       </c>
       <c r="B72" s="11">
-        <v>3616</v>
+        <v>3537</v>
       </c>
       <c r="C72" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>34</v>
+      </c>
+      <c r="D72" s="83" t="s">
+        <v>127</v>
       </c>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="27"/>
       <c r="J72" s="27"/>
       <c r="K72" s="27"/>
       <c r="L72" s="27"/>
       <c r="M72" s="27"/>
     </row>
-    <row r="73" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="73" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="72">
         <v>45047</v>
       </c>
       <c r="B73" s="11">
-        <v>3617</v>
+        <v>3538</v>
       </c>
       <c r="C73" s="38" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D73" s="81" t="s">
-        <v>58</v>
+        <v>128</v>
       </c>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="27"/>
       <c r="J73" s="27"/>
       <c r="K73" s="27"/>
       <c r="L73" s="27"/>
       <c r="M73" s="27"/>
     </row>
-    <row r="74" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="74" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="72">
         <v>45047</v>
       </c>
       <c r="B74" s="11">
-        <v>3620</v>
+        <v>3554</v>
       </c>
       <c r="C74" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>34</v>
+      </c>
+      <c r="D74" s="84" t="s">
+        <v>129</v>
       </c>
       <c r="F74" s="27"/>
       <c r="G74" s="27"/>
       <c r="H74" s="27"/>
       <c r="I74" s="27"/>
       <c r="J74" s="27"/>
       <c r="K74" s="27"/>
       <c r="L74" s="27"/>
       <c r="M74" s="27"/>
     </row>
-    <row r="75" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="75" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="72">
         <v>45047</v>
       </c>
       <c r="B75" s="11">
-        <v>3629</v>
+        <v>3594</v>
       </c>
       <c r="C75" s="38" t="s">
-        <v>47</v>
+        <v>34</v>
       </c>
       <c r="D75" s="85" t="s">
-        <v>60</v>
+        <v>130</v>
       </c>
       <c r="F75" s="27"/>
       <c r="G75" s="27"/>
       <c r="H75" s="27"/>
       <c r="I75" s="27"/>
       <c r="J75" s="27"/>
       <c r="K75" s="27"/>
       <c r="L75" s="27"/>
       <c r="M75" s="27"/>
     </row>
-    <row r="76" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="76" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="72">
         <v>45047</v>
       </c>
       <c r="B76" s="11">
-        <v>3636</v>
+        <v>3599</v>
       </c>
       <c r="C76" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>34</v>
+      </c>
+      <c r="D76" s="85" t="s">
+        <v>131</v>
       </c>
       <c r="F76" s="27"/>
       <c r="G76" s="27"/>
       <c r="H76" s="27"/>
       <c r="I76" s="27"/>
       <c r="J76" s="27"/>
       <c r="K76" s="27"/>
       <c r="L76" s="27"/>
       <c r="M76" s="27"/>
     </row>
-    <row r="77" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="72">
         <v>45047</v>
       </c>
       <c r="B77" s="11">
-        <v>3640</v>
+        <v>3616</v>
       </c>
       <c r="C77" s="38" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>34</v>
+      </c>
+      <c r="D77" s="81" t="s">
+        <v>132</v>
       </c>
       <c r="F77" s="27"/>
       <c r="G77" s="27"/>
       <c r="H77" s="27"/>
       <c r="I77" s="27"/>
       <c r="J77" s="27"/>
       <c r="K77" s="27"/>
       <c r="L77" s="27"/>
       <c r="M77" s="27"/>
     </row>
-    <row r="78" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="72">
-        <v>45036</v>
-[...2 lines deleted...]
-        <v>3527</v>
+        <v>45047</v>
+      </c>
+      <c r="B78" s="11">
+        <v>3617</v>
       </c>
       <c r="C78" s="38" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>64</v>
+        <v>34</v>
+      </c>
+      <c r="D78" s="81" t="s">
+        <v>133</v>
       </c>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="27"/>
       <c r="J78" s="27"/>
       <c r="K78" s="27"/>
       <c r="L78" s="27"/>
       <c r="M78" s="27"/>
     </row>
-    <row r="79" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="72">
-        <v>45036</v>
-[...2 lines deleted...]
-        <v>3528</v>
+        <v>45047</v>
+      </c>
+      <c r="B79" s="11">
+        <v>3620</v>
       </c>
       <c r="C79" s="38" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>34</v>
+      </c>
+      <c r="D79" s="81" t="s">
+        <v>134</v>
       </c>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="27"/>
       <c r="J79" s="27"/>
       <c r="K79" s="27"/>
       <c r="L79" s="27"/>
       <c r="M79" s="27"/>
     </row>
-    <row r="80" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="72">
-        <v>45036</v>
-[...2 lines deleted...]
-        <v>3642</v>
+        <v>45047</v>
+      </c>
+      <c r="B80" s="11">
+        <v>3629</v>
       </c>
       <c r="C80" s="38" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>66</v>
+        <v>34</v>
+      </c>
+      <c r="D80" s="85" t="s">
+        <v>135</v>
       </c>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
       <c r="I80" s="27"/>
       <c r="J80" s="27"/>
       <c r="K80" s="27"/>
       <c r="L80" s="27"/>
       <c r="M80" s="27"/>
     </row>
-    <row r="81" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>68</v>
+    <row r="81" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="72">
+        <v>45047</v>
+      </c>
+      <c r="B81" s="11">
+        <v>3636</v>
+      </c>
+      <c r="C81" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D81" s="81" t="s">
+        <v>136</v>
       </c>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="27"/>
       <c r="J81" s="27"/>
       <c r="K81" s="27"/>
       <c r="L81" s="27"/>
       <c r="M81" s="27"/>
     </row>
-    <row r="82" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>71</v>
+    <row r="82" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="72">
+        <v>45047</v>
+      </c>
+      <c r="B82" s="11">
+        <v>3640</v>
+      </c>
+      <c r="C82" s="38" t="s">
+        <v>34</v>
+      </c>
+      <c r="D82" s="85" t="s">
+        <v>137</v>
       </c>
       <c r="F82" s="27"/>
       <c r="G82" s="27"/>
       <c r="H82" s="27"/>
       <c r="I82" s="27"/>
       <c r="J82" s="27"/>
       <c r="K82" s="27"/>
       <c r="L82" s="27"/>
       <c r="M82" s="27"/>
     </row>
-    <row r="83" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>63</v>
+    <row r="83" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="72">
+        <v>45036</v>
+      </c>
+      <c r="B83" s="38">
+        <v>3527</v>
+      </c>
+      <c r="C83" s="38" t="s">
+        <v>104</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>72</v>
+        <v>138</v>
       </c>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="27"/>
       <c r="J83" s="27"/>
       <c r="K83" s="27"/>
       <c r="L83" s="27"/>
       <c r="M83" s="27"/>
     </row>
-    <row r="84" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>63</v>
+    <row r="84" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="72">
+        <v>45036</v>
+      </c>
+      <c r="B84" s="38">
+        <v>3528</v>
+      </c>
+      <c r="C84" s="38" t="s">
+        <v>104</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>73</v>
+        <v>139</v>
       </c>
       <c r="F84" s="27"/>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="27"/>
       <c r="J84" s="27"/>
       <c r="K84" s="27"/>
       <c r="L84" s="27"/>
       <c r="M84" s="27"/>
     </row>
-    <row r="85" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>63</v>
+    <row r="85" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="72">
+        <v>45036</v>
+      </c>
+      <c r="B85" s="38">
+        <v>3642</v>
+      </c>
+      <c r="C85" s="38" t="s">
+        <v>104</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>74</v>
+        <v>140</v>
       </c>
       <c r="F85" s="27"/>
       <c r="G85" s="27"/>
       <c r="H85" s="27"/>
       <c r="I85" s="27"/>
       <c r="J85" s="27"/>
       <c r="K85" s="27"/>
       <c r="L85" s="27"/>
       <c r="M85" s="27"/>
     </row>
-    <row r="86" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="24">
         <v>45027</v>
       </c>
-      <c r="B86" s="11">
-        <v>3669</v>
+      <c r="B86" s="24" t="s">
+        <v>141</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>75</v>
+        <v>142</v>
       </c>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
       <c r="I86" s="27"/>
       <c r="J86" s="27"/>
       <c r="K86" s="27"/>
       <c r="L86" s="27"/>
       <c r="M86" s="27"/>
     </row>
-    <row r="87" spans="1:13" s="9" customFormat="1" ht="58.35" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="24">
         <v>45027</v>
       </c>
-      <c r="B87" s="11">
-        <v>3551</v>
+      <c r="B87" s="24" t="s">
+        <v>143</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>76</v>
+        <v>144</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>77</v>
+        <v>145</v>
       </c>
       <c r="F87" s="27"/>
       <c r="G87" s="27"/>
       <c r="H87" s="27"/>
       <c r="I87" s="27"/>
       <c r="J87" s="27"/>
       <c r="K87" s="27"/>
       <c r="L87" s="27"/>
       <c r="M87" s="27"/>
     </row>
-    <row r="88" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>2050</v>
+    <row r="88" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B88" s="11">
+        <v>3642</v>
       </c>
       <c r="C88" s="11" t="s">
-        <v>34</v>
+        <v>104</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
       <c r="I88" s="27"/>
       <c r="J88" s="27"/>
       <c r="K88" s="27"/>
       <c r="L88" s="27"/>
       <c r="M88" s="27"/>
     </row>
-    <row r="89" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
-[...7 lines deleted...]
-        <v>47</v>
+    <row r="89" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B89" s="11">
+        <v>3527</v>
+      </c>
+      <c r="C89" s="11" t="s">
+        <v>104</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>79</v>
+        <v>147</v>
       </c>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="27"/>
       <c r="J89" s="27"/>
       <c r="K89" s="27"/>
       <c r="L89" s="27"/>
       <c r="M89" s="27"/>
     </row>
-    <row r="90" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>80</v>
+    <row r="90" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B90" s="11">
+        <v>3528</v>
+      </c>
+      <c r="C90" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="D90" s="10" t="s">
+        <v>148</v>
       </c>
       <c r="F90" s="27"/>
       <c r="G90" s="27"/>
       <c r="H90" s="27"/>
       <c r="I90" s="27"/>
       <c r="J90" s="27"/>
       <c r="K90" s="27"/>
       <c r="L90" s="27"/>
       <c r="M90" s="27"/>
     </row>
-    <row r="91" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-        <v>81</v>
+    <row r="91" spans="1:13" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B91" s="11">
+        <v>3669</v>
+      </c>
+      <c r="C91" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D91" s="10" t="s">
+        <v>149</v>
       </c>
       <c r="F91" s="27"/>
       <c r="G91" s="27"/>
       <c r="H91" s="27"/>
       <c r="I91" s="27"/>
       <c r="J91" s="27"/>
       <c r="K91" s="27"/>
       <c r="L91" s="27"/>
       <c r="M91" s="27"/>
     </row>
-    <row r="92" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-        <v>3669</v>
+    <row r="92" spans="1:13" s="9" customFormat="1" ht="58.35" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="24">
+        <v>45027</v>
+      </c>
+      <c r="B92" s="11">
+        <v>3551</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="E92" s="27"/>
+        <v>150</v>
+      </c>
+      <c r="D92" s="10" t="s">
+        <v>151</v>
+      </c>
       <c r="F92" s="27"/>
       <c r="G92" s="27"/>
       <c r="H92" s="27"/>
       <c r="I92" s="27"/>
       <c r="J92" s="27"/>
       <c r="K92" s="27"/>
       <c r="L92" s="27"/>
       <c r="M92" s="27"/>
     </row>
-    <row r="93" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A93" s="72">
-        <v>44949</v>
-[...2 lines deleted...]
-        <v>3670</v>
+        <v>44984</v>
+      </c>
+      <c r="B93" s="38">
+        <v>2050</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="E93" s="27"/>
+        <v>152</v>
+      </c>
       <c r="F93" s="27"/>
       <c r="G93" s="27"/>
       <c r="H93" s="27"/>
       <c r="I93" s="27"/>
       <c r="J93" s="27"/>
       <c r="K93" s="27"/>
       <c r="L93" s="27"/>
       <c r="M93" s="27"/>
     </row>
-    <row r="94" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A94" s="72">
-        <v>44949</v>
-[...4 lines deleted...]
-      <c r="C94" s="11" t="s">
+        <v>44984</v>
+      </c>
+      <c r="B94" s="38">
+        <v>2018</v>
+      </c>
+      <c r="C94" s="38" t="s">
         <v>34</v>
       </c>
       <c r="D94" s="10" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="E94" s="27"/>
+        <v>99</v>
+      </c>
       <c r="F94" s="27"/>
       <c r="G94" s="27"/>
       <c r="H94" s="27"/>
       <c r="I94" s="27"/>
       <c r="J94" s="27"/>
       <c r="K94" s="27"/>
       <c r="L94" s="27"/>
       <c r="M94" s="27"/>
     </row>
-    <row r="95" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A95" s="72">
-        <v>44949</v>
-[...4 lines deleted...]
-      <c r="C95" s="11" t="s">
+        <v>44984</v>
+      </c>
+      <c r="B95" s="38">
+        <v>3591</v>
+      </c>
+      <c r="C95" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D95" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="27"/>
+      <c r="D95" s="75" t="s">
+        <v>153</v>
+      </c>
       <c r="F95" s="27"/>
       <c r="G95" s="27"/>
       <c r="H95" s="27"/>
       <c r="I95" s="27"/>
       <c r="J95" s="27"/>
       <c r="K95" s="27"/>
       <c r="L95" s="27"/>
       <c r="M95" s="27"/>
     </row>
-    <row r="96" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A96" s="72">
-        <v>44949</v>
-[...4 lines deleted...]
-      <c r="C96" s="11" t="s">
+        <v>44984</v>
+      </c>
+      <c r="B96" s="38">
+        <v>3587</v>
+      </c>
+      <c r="C96" s="38" t="s">
         <v>34</v>
       </c>
-      <c r="D96" s="10" t="s">
-[...2 lines deleted...]
-      <c r="E96" s="27"/>
+      <c r="D96" s="75" t="s">
+        <v>154</v>
+      </c>
       <c r="F96" s="27"/>
       <c r="G96" s="27"/>
       <c r="H96" s="27"/>
       <c r="I96" s="27"/>
       <c r="J96" s="27"/>
       <c r="K96" s="27"/>
       <c r="L96" s="27"/>
       <c r="M96" s="27"/>
     </row>
-    <row r="97" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A97" s="72">
         <v>44949</v>
       </c>
-      <c r="B97" s="78">
-[...6 lines deleted...]
-        <v>87</v>
+      <c r="B97" s="77">
+        <v>3669</v>
+      </c>
+      <c r="C97" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D97" s="75" t="s">
+        <v>155</v>
       </c>
       <c r="E97" s="27"/>
       <c r="F97" s="27"/>
       <c r="G97" s="27"/>
       <c r="H97" s="27"/>
       <c r="I97" s="27"/>
       <c r="J97" s="27"/>
       <c r="K97" s="27"/>
       <c r="L97" s="27"/>
       <c r="M97" s="27"/>
     </row>
-    <row r="98" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A98" s="72">
         <v>44949</v>
       </c>
-      <c r="B98" s="38" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B98" s="77">
+        <v>3670</v>
+      </c>
+      <c r="C98" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D98" s="10" t="s">
+        <v>156</v>
+      </c>
+      <c r="E98" s="27"/>
       <c r="F98" s="27"/>
       <c r="G98" s="27"/>
       <c r="H98" s="27"/>
       <c r="I98" s="27"/>
       <c r="J98" s="27"/>
       <c r="K98" s="27"/>
       <c r="L98" s="27"/>
       <c r="M98" s="27"/>
     </row>
-    <row r="99" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A99" s="72">
         <v>44949</v>
       </c>
-      <c r="B99" s="38">
-[...7 lines deleted...]
-      </c>
+      <c r="B99" s="77">
+        <v>3671</v>
+      </c>
+      <c r="C99" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D99" s="10" t="s">
+        <v>157</v>
+      </c>
+      <c r="E99" s="27"/>
       <c r="F99" s="27"/>
       <c r="G99" s="27"/>
       <c r="H99" s="27"/>
       <c r="I99" s="27"/>
       <c r="J99" s="27"/>
       <c r="K99" s="27"/>
       <c r="L99" s="27"/>
       <c r="M99" s="27"/>
     </row>
-    <row r="100" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A100" s="72">
-        <v>44907</v>
-[...9 lines deleted...]
-      </c>
+        <v>44949</v>
+      </c>
+      <c r="B100" s="77">
+        <v>3672</v>
+      </c>
+      <c r="C100" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D100" s="10" t="s">
+        <v>158</v>
+      </c>
+      <c r="E100" s="27"/>
       <c r="F100" s="27"/>
       <c r="G100" s="27"/>
       <c r="H100" s="27"/>
       <c r="I100" s="27"/>
       <c r="J100" s="27"/>
       <c r="K100" s="27"/>
       <c r="L100" s="27"/>
       <c r="M100" s="27"/>
     </row>
-    <row r="101" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A101" s="72">
-        <v>44907</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>44949</v>
+      </c>
+      <c r="B101" s="77">
+        <v>3673</v>
+      </c>
+      <c r="C101" s="11" t="s">
+        <v>50</v>
       </c>
       <c r="D101" s="10" t="s">
-        <v>94</v>
-      </c>
+        <v>159</v>
+      </c>
+      <c r="E101" s="27"/>
       <c r="F101" s="27"/>
       <c r="G101" s="27"/>
       <c r="H101" s="27"/>
       <c r="I101" s="27"/>
       <c r="J101" s="27"/>
       <c r="K101" s="27"/>
       <c r="L101" s="27"/>
       <c r="M101" s="27"/>
     </row>
-    <row r="102" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A102" s="72">
-        <v>44907</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>44949</v>
+      </c>
+      <c r="B102" s="78">
+        <v>3553</v>
       </c>
       <c r="C102" s="38" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="D102" s="10" t="s">
+        <v>160</v>
+      </c>
+      <c r="E102" s="27"/>
       <c r="F102" s="27"/>
       <c r="G102" s="27"/>
       <c r="H102" s="27"/>
       <c r="I102" s="27"/>
       <c r="J102" s="27"/>
       <c r="K102" s="27"/>
       <c r="L102" s="27"/>
       <c r="M102" s="27"/>
     </row>
-    <row r="103" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A103" s="72">
-        <v>44907</v>
-[...2 lines deleted...]
-        <v>3628</v>
+        <v>44949</v>
+      </c>
+      <c r="B103" s="38" t="s">
+        <v>33</v>
       </c>
       <c r="C103" s="38" t="s">
-        <v>92</v>
+        <v>84</v>
       </c>
       <c r="D103" s="74" t="s">
-        <v>96</v>
+        <v>161</v>
       </c>
       <c r="F103" s="27"/>
       <c r="G103" s="27"/>
       <c r="H103" s="27"/>
       <c r="I103" s="27"/>
       <c r="J103" s="27"/>
       <c r="K103" s="27"/>
       <c r="L103" s="27"/>
       <c r="M103" s="27"/>
     </row>
-    <row r="104" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A104" s="72">
-        <v>44907</v>
+        <v>44949</v>
       </c>
       <c r="B104" s="38">
-        <v>3632</v>
+        <v>3010</v>
       </c>
       <c r="C104" s="38" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>84</v>
+      </c>
+      <c r="D104" s="74" t="s">
+        <v>162</v>
       </c>
       <c r="F104" s="27"/>
       <c r="G104" s="27"/>
       <c r="H104" s="27"/>
       <c r="I104" s="27"/>
       <c r="J104" s="27"/>
       <c r="K104" s="27"/>
       <c r="L104" s="27"/>
       <c r="M104" s="27"/>
     </row>
-    <row r="105" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A105" s="72">
         <v>44907</v>
       </c>
       <c r="B105" s="38">
-        <v>3604</v>
+        <v>1003</v>
       </c>
       <c r="C105" s="38" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>163</v>
+      </c>
+      <c r="D105" s="74" t="s">
+        <v>164</v>
       </c>
       <c r="F105" s="27"/>
       <c r="G105" s="27"/>
       <c r="H105" s="27"/>
       <c r="I105" s="27"/>
       <c r="J105" s="27"/>
       <c r="K105" s="27"/>
       <c r="L105" s="27"/>
       <c r="M105" s="27"/>
     </row>
-    <row r="106" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A106" s="72">
         <v>44907</v>
       </c>
       <c r="B106" s="38">
-        <v>3585</v>
+        <v>2001</v>
       </c>
       <c r="C106" s="38" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="D106" s="10" t="s">
-        <v>99</v>
+        <v>165</v>
       </c>
       <c r="F106" s="27"/>
       <c r="G106" s="27"/>
       <c r="H106" s="27"/>
       <c r="I106" s="27"/>
       <c r="J106" s="27"/>
       <c r="K106" s="27"/>
       <c r="L106" s="27"/>
       <c r="M106" s="27"/>
     </row>
-    <row r="107" spans="1:13" s="9" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A107" s="72">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="B107" s="38">
-        <v>1003</v>
+        <v>2003</v>
       </c>
       <c r="C107" s="38" t="s">
-        <v>92</v>
+        <v>163</v>
       </c>
       <c r="D107" s="74" t="s">
-        <v>100</v>
+        <v>166</v>
       </c>
       <c r="F107" s="27"/>
       <c r="G107" s="27"/>
       <c r="H107" s="27"/>
       <c r="I107" s="27"/>
       <c r="J107" s="27"/>
       <c r="K107" s="27"/>
       <c r="L107" s="27"/>
       <c r="M107" s="27"/>
     </row>
-    <row r="108" spans="1:13" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A108" s="72">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="B108" s="38">
-        <v>2003</v>
+        <v>3628</v>
       </c>
       <c r="C108" s="38" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>101</v>
+        <v>163</v>
+      </c>
+      <c r="D108" s="74" t="s">
+        <v>167</v>
       </c>
       <c r="F108" s="27"/>
       <c r="G108" s="27"/>
       <c r="H108" s="27"/>
       <c r="I108" s="27"/>
       <c r="J108" s="27"/>
       <c r="K108" s="27"/>
       <c r="L108" s="27"/>
       <c r="M108" s="27"/>
     </row>
-    <row r="109" spans="1:13" s="36" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A109" s="72">
-        <v>44886</v>
+        <v>44907</v>
       </c>
       <c r="B109" s="38">
-        <v>3021</v>
+        <v>3632</v>
       </c>
       <c r="C109" s="38" t="s">
-        <v>92</v>
-[...13 lines deleted...]
-    <row r="110" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>104</v>
+      </c>
+      <c r="D109" s="10" t="s">
+        <v>168</v>
+      </c>
+      <c r="F109" s="27"/>
+      <c r="G109" s="27"/>
+      <c r="H109" s="27"/>
+      <c r="I109" s="27"/>
+      <c r="J109" s="27"/>
+      <c r="K109" s="27"/>
+      <c r="L109" s="27"/>
+      <c r="M109" s="27"/>
+    </row>
+    <row r="110" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A110" s="72">
-        <v>44886</v>
-[...2 lines deleted...]
-        <v>3565</v>
+        <v>44907</v>
+      </c>
+      <c r="B110" s="38">
+        <v>3604</v>
       </c>
       <c r="C110" s="38" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D110" s="10" t="s">
-        <v>103</v>
+        <v>169</v>
       </c>
       <c r="F110" s="27"/>
       <c r="G110" s="27"/>
       <c r="H110" s="27"/>
       <c r="I110" s="27"/>
       <c r="J110" s="27"/>
       <c r="K110" s="27"/>
       <c r="L110" s="27"/>
       <c r="M110" s="27"/>
     </row>
-    <row r="111" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A111" s="72">
-        <v>44886</v>
-[...2 lines deleted...]
-        <v>3655</v>
+        <v>44907</v>
+      </c>
+      <c r="B111" s="38">
+        <v>3585</v>
       </c>
       <c r="C111" s="38" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D111" s="10" t="s">
-        <v>104</v>
+        <v>170</v>
       </c>
       <c r="F111" s="27"/>
       <c r="G111" s="27"/>
       <c r="H111" s="27"/>
       <c r="I111" s="27"/>
       <c r="J111" s="27"/>
       <c r="K111" s="27"/>
       <c r="L111" s="27"/>
       <c r="M111" s="27"/>
     </row>
-    <row r="112" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:13" s="9" customFormat="1" ht="26.1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A112" s="72">
         <v>44886</v>
       </c>
-      <c r="B112" s="11">
-        <v>3574</v>
+      <c r="B112" s="38">
+        <v>1003</v>
       </c>
       <c r="C112" s="38" t="s">
-        <v>105</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>163</v>
+      </c>
+      <c r="D112" s="74" t="s">
+        <v>171</v>
       </c>
       <c r="F112" s="27"/>
       <c r="G112" s="27"/>
       <c r="H112" s="27"/>
       <c r="I112" s="27"/>
       <c r="J112" s="27"/>
       <c r="K112" s="27"/>
       <c r="L112" s="27"/>
       <c r="M112" s="27"/>
     </row>
-    <row r="113" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A113" s="72">
         <v>44886</v>
       </c>
-      <c r="B113" s="11">
-        <v>3656</v>
+      <c r="B113" s="38">
+        <v>2003</v>
       </c>
       <c r="C113" s="38" t="s">
-        <v>105</v>
+        <v>163</v>
       </c>
       <c r="D113" s="10" t="s">
-        <v>107</v>
+        <v>172</v>
       </c>
       <c r="F113" s="27"/>
       <c r="G113" s="27"/>
       <c r="H113" s="27"/>
       <c r="I113" s="27"/>
       <c r="J113" s="27"/>
       <c r="K113" s="27"/>
       <c r="L113" s="27"/>
       <c r="M113" s="27"/>
     </row>
-    <row r="114" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:13" s="36" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A114" s="72">
         <v>44886</v>
       </c>
       <c r="B114" s="38">
-        <v>3657</v>
-[...16 lines deleted...]
-    <row r="115" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>3021</v>
+      </c>
+      <c r="C114" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D114" s="74" t="s">
+        <v>173</v>
+      </c>
+      <c r="F114" s="112"/>
+      <c r="G114" s="112"/>
+      <c r="H114" s="112"/>
+      <c r="I114" s="112"/>
+      <c r="J114" s="112"/>
+      <c r="K114" s="112"/>
+      <c r="L114" s="112"/>
+      <c r="M114" s="112"/>
+    </row>
+    <row r="115" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A115" s="72">
         <v>44886</v>
       </c>
-      <c r="B115" s="38">
-        <v>3528</v>
+      <c r="B115" s="11">
+        <v>3565</v>
       </c>
       <c r="C115" s="38" t="s">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="D115" s="10" t="s">
-        <v>109</v>
+        <v>174</v>
       </c>
       <c r="F115" s="27"/>
       <c r="G115" s="27"/>
       <c r="H115" s="27"/>
       <c r="I115" s="27"/>
       <c r="J115" s="27"/>
       <c r="K115" s="27"/>
       <c r="L115" s="27"/>
       <c r="M115" s="27"/>
     </row>
-    <row r="116" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A116" s="72">
         <v>44886</v>
       </c>
-      <c r="B116" s="38">
-        <v>3556</v>
+      <c r="B116" s="11">
+        <v>3655</v>
       </c>
       <c r="C116" s="38" t="s">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="D116" s="10" t="s">
-        <v>110</v>
+        <v>175</v>
       </c>
       <c r="F116" s="27"/>
       <c r="G116" s="27"/>
       <c r="H116" s="27"/>
       <c r="I116" s="27"/>
       <c r="J116" s="27"/>
       <c r="K116" s="27"/>
       <c r="L116" s="27"/>
       <c r="M116" s="27"/>
     </row>
-    <row r="117" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D117" s="10"/>
+    <row r="117" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A117" s="72">
+        <v>44886</v>
+      </c>
+      <c r="B117" s="11">
+        <v>3574</v>
+      </c>
+      <c r="C117" s="38" t="s">
+        <v>176</v>
+      </c>
+      <c r="D117" s="10" t="s">
+        <v>177</v>
+      </c>
       <c r="F117" s="27"/>
       <c r="G117" s="27"/>
       <c r="H117" s="27"/>
       <c r="I117" s="27"/>
       <c r="J117" s="27"/>
       <c r="K117" s="27"/>
       <c r="L117" s="27"/>
       <c r="M117" s="27"/>
     </row>
-    <row r="118" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A118" s="72">
         <v>44886</v>
       </c>
-      <c r="B118" s="38">
-        <v>3632</v>
+      <c r="B118" s="11">
+        <v>3656</v>
       </c>
       <c r="C118" s="38" t="s">
-        <v>63</v>
+        <v>176</v>
       </c>
       <c r="D118" s="10" t="s">
-        <v>111</v>
+        <v>178</v>
       </c>
       <c r="F118" s="27"/>
       <c r="G118" s="27"/>
       <c r="H118" s="27"/>
       <c r="I118" s="27"/>
       <c r="J118" s="27"/>
       <c r="K118" s="27"/>
       <c r="L118" s="27"/>
       <c r="M118" s="27"/>
     </row>
-    <row r="119" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A119" s="72">
         <v>44886</v>
       </c>
-      <c r="B119" s="11">
-[...3 lines deleted...]
-        <v>32</v>
+      <c r="B119" s="38">
+        <v>3657</v>
+      </c>
+      <c r="C119" s="11" t="s">
+        <v>50</v>
       </c>
       <c r="D119" s="10" t="s">
-        <v>112</v>
+        <v>179</v>
       </c>
       <c r="F119" s="27"/>
       <c r="G119" s="27"/>
       <c r="H119" s="27"/>
       <c r="I119" s="27"/>
       <c r="J119" s="27"/>
       <c r="K119" s="27"/>
       <c r="L119" s="27"/>
       <c r="M119" s="27"/>
     </row>
-    <row r="120" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A120" s="72">
         <v>44886</v>
       </c>
-      <c r="B120" s="11">
-        <v>3121</v>
+      <c r="B120" s="38">
+        <v>3528</v>
       </c>
       <c r="C120" s="38" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="D120" s="10" t="s">
-        <v>113</v>
+        <v>180</v>
       </c>
       <c r="F120" s="27"/>
       <c r="G120" s="27"/>
       <c r="H120" s="27"/>
       <c r="I120" s="27"/>
       <c r="J120" s="27"/>
       <c r="K120" s="27"/>
       <c r="L120" s="27"/>
       <c r="M120" s="27"/>
     </row>
-    <row r="121" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A121" s="72">
         <v>44886</v>
       </c>
       <c r="B121" s="38">
-        <v>3621</v>
+        <v>3556</v>
       </c>
       <c r="C121" s="38" t="s">
-        <v>32</v>
+        <v>104</v>
       </c>
       <c r="D121" s="10" t="s">
-        <v>114</v>
+        <v>181</v>
       </c>
       <c r="F121" s="27"/>
       <c r="G121" s="27"/>
       <c r="H121" s="27"/>
       <c r="I121" s="27"/>
       <c r="J121" s="27"/>
       <c r="K121" s="27"/>
       <c r="L121" s="27"/>
       <c r="M121" s="27"/>
     </row>
-    <row r="122" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...11 lines deleted...]
-      </c>
+    <row r="122" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A122" s="72"/>
+      <c r="B122" s="38"/>
+      <c r="C122" s="38"/>
+      <c r="D122" s="10"/>
       <c r="F122" s="27"/>
       <c r="G122" s="27"/>
       <c r="H122" s="27"/>
       <c r="I122" s="27"/>
       <c r="J122" s="27"/>
       <c r="K122" s="27"/>
       <c r="L122" s="27"/>
       <c r="M122" s="27"/>
     </row>
-    <row r="123" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:13" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A123" s="72">
-        <v>44872</v>
-[...2 lines deleted...]
-        <v>3535</v>
+        <v>44886</v>
+      </c>
+      <c r="B123" s="38">
+        <v>3632</v>
       </c>
       <c r="C123" s="38" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="D123" s="10" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="F123" s="27"/>
       <c r="G123" s="27"/>
       <c r="H123" s="27"/>
       <c r="I123" s="27"/>
       <c r="J123" s="27"/>
       <c r="K123" s="27"/>
       <c r="L123" s="27"/>
       <c r="M123" s="27"/>
     </row>
-    <row r="124" spans="1:13" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A124" s="72">
-        <v>44872</v>
+        <v>44886</v>
       </c>
       <c r="B124" s="11">
-        <v>3539</v>
+        <v>3120</v>
       </c>
       <c r="C124" s="38" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D124" s="10" t="s">
-        <v>117</v>
+        <v>183</v>
       </c>
       <c r="F124" s="27"/>
       <c r="G124" s="27"/>
       <c r="H124" s="27"/>
       <c r="I124" s="27"/>
       <c r="J124" s="27"/>
       <c r="K124" s="27"/>
       <c r="L124" s="27"/>
       <c r="M124" s="27"/>
     </row>
-    <row r="125" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A125" s="72">
-        <v>44872</v>
+        <v>44886</v>
       </c>
       <c r="B125" s="11">
-        <v>3585</v>
+        <v>3121</v>
       </c>
       <c r="C125" s="38" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D125" s="10" t="s">
-        <v>99</v>
-[...10 lines deleted...]
-    <row r="126" spans="1:13" s="33" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+        <v>184</v>
+      </c>
+      <c r="F125" s="27"/>
+      <c r="G125" s="27"/>
+      <c r="H125" s="27"/>
+      <c r="I125" s="27"/>
+      <c r="J125" s="27"/>
+      <c r="K125" s="27"/>
+      <c r="L125" s="27"/>
+      <c r="M125" s="27"/>
+    </row>
+    <row r="126" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A126" s="72">
-        <v>44872</v>
-[...2 lines deleted...]
-        <v>3600</v>
+        <v>44886</v>
+      </c>
+      <c r="B126" s="38">
+        <v>3621</v>
       </c>
       <c r="C126" s="38" t="s">
-        <v>92</v>
+        <v>35</v>
       </c>
       <c r="D126" s="10" t="s">
-        <v>118</v>
-[...10 lines deleted...]
-    <row r="127" spans="1:13" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
+        <v>185</v>
+      </c>
+      <c r="F126" s="27"/>
+      <c r="G126" s="27"/>
+      <c r="H126" s="27"/>
+      <c r="I126" s="27"/>
+      <c r="J126" s="27"/>
+      <c r="K126" s="27"/>
+      <c r="L126" s="27"/>
+      <c r="M126" s="27"/>
+    </row>
+    <row r="127" spans="1:13" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A127" s="72">
         <v>44872</v>
       </c>
-      <c r="B127" s="38">
-        <v>3570</v>
+      <c r="B127" s="11">
+        <v>3531</v>
       </c>
       <c r="C127" s="38" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="D127" s="10" t="s">
-        <v>119</v>
-[...10 lines deleted...]
-    <row r="128" spans="1:13" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>186</v>
+      </c>
+      <c r="F127" s="27"/>
+      <c r="G127" s="27"/>
+      <c r="H127" s="27"/>
+      <c r="I127" s="27"/>
+      <c r="J127" s="27"/>
+      <c r="K127" s="27"/>
+      <c r="L127" s="27"/>
+      <c r="M127" s="27"/>
+    </row>
+    <row r="128" spans="1:13" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A128" s="72">
         <v>44872</v>
       </c>
-      <c r="B128" s="38">
-        <v>3571</v>
+      <c r="B128" s="11">
+        <v>3535</v>
       </c>
       <c r="C128" s="38" t="s">
-        <v>32</v>
+        <v>163</v>
       </c>
       <c r="D128" s="10" t="s">
-        <v>120</v>
+        <v>187</v>
       </c>
       <c r="F128" s="27"/>
       <c r="G128" s="27"/>
       <c r="H128" s="27"/>
       <c r="I128" s="27"/>
       <c r="J128" s="27"/>
       <c r="K128" s="27"/>
       <c r="L128" s="27"/>
       <c r="M128" s="27"/>
     </row>
-    <row r="129" spans="1:75" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:75" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A129" s="72">
         <v>44872</v>
       </c>
-      <c r="B129" s="38">
-        <v>3574</v>
+      <c r="B129" s="11">
+        <v>3539</v>
       </c>
       <c r="C129" s="38" t="s">
-        <v>63</v>
+        <v>163</v>
       </c>
       <c r="D129" s="10" t="s">
-        <v>121</v>
+        <v>188</v>
       </c>
       <c r="F129" s="27"/>
       <c r="G129" s="27"/>
       <c r="H129" s="27"/>
       <c r="I129" s="27"/>
       <c r="J129" s="27"/>
       <c r="K129" s="27"/>
       <c r="L129" s="27"/>
       <c r="M129" s="27"/>
     </row>
-    <row r="130" spans="1:75" s="39" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
-      <c r="A130" s="24">
+    <row r="130" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A130" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B130" s="11">
+        <v>3585</v>
+      </c>
+      <c r="C130" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D130" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="F130" s="113"/>
+      <c r="G130" s="113"/>
+      <c r="H130" s="113"/>
+      <c r="I130" s="113"/>
+      <c r="J130" s="113"/>
+      <c r="K130" s="113"/>
+      <c r="L130" s="113"/>
+      <c r="M130" s="113"/>
+    </row>
+    <row r="131" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A131" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B131" s="11">
+        <v>3600</v>
+      </c>
+      <c r="C131" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>189</v>
+      </c>
+      <c r="F131" s="113"/>
+      <c r="G131" s="113"/>
+      <c r="H131" s="113"/>
+      <c r="I131" s="113"/>
+      <c r="J131" s="113"/>
+      <c r="K131" s="113"/>
+      <c r="L131" s="113"/>
+      <c r="M131" s="113"/>
+    </row>
+    <row r="132" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A132" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B132" s="38">
+        <v>3570</v>
+      </c>
+      <c r="C132" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="D132" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="F132" s="113"/>
+      <c r="G132" s="113"/>
+      <c r="H132" s="113"/>
+      <c r="I132" s="113"/>
+      <c r="J132" s="113"/>
+      <c r="K132" s="113"/>
+      <c r="L132" s="113"/>
+      <c r="M132" s="113"/>
+    </row>
+    <row r="133" spans="1:75" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A133" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B133" s="38">
+        <v>3571</v>
+      </c>
+      <c r="C133" s="38" t="s">
+        <v>35</v>
+      </c>
+      <c r="D133" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="F133" s="27"/>
+      <c r="G133" s="27"/>
+      <c r="H133" s="27"/>
+      <c r="I133" s="27"/>
+      <c r="J133" s="27"/>
+      <c r="K133" s="27"/>
+      <c r="L133" s="27"/>
+      <c r="M133" s="27"/>
+    </row>
+    <row r="134" spans="1:75" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A134" s="72">
+        <v>44872</v>
+      </c>
+      <c r="B134" s="38">
+        <v>3574</v>
+      </c>
+      <c r="C134" s="38" t="s">
+        <v>104</v>
+      </c>
+      <c r="D134" s="10" t="s">
+        <v>192</v>
+      </c>
+      <c r="F134" s="27"/>
+      <c r="G134" s="27"/>
+      <c r="H134" s="27"/>
+      <c r="I134" s="27"/>
+      <c r="J134" s="27"/>
+      <c r="K134" s="27"/>
+      <c r="L134" s="27"/>
+      <c r="M134" s="27"/>
+    </row>
+    <row r="135" spans="1:75" s="39" customFormat="1" ht="51" x14ac:dyDescent="0.2">
+      <c r="A135" s="24">
         <v>44858</v>
       </c>
-      <c r="B130" s="11" t="s">
-[...18 lines deleted...]
-      <c r="A131" s="24">
+      <c r="B135" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C135" s="11" t="s">
+        <v>193</v>
+      </c>
+      <c r="D135" s="10" t="s">
+        <v>194</v>
+      </c>
+      <c r="F135" s="110"/>
+      <c r="G135" s="110"/>
+      <c r="H135" s="110"/>
+      <c r="I135" s="110"/>
+      <c r="J135" s="110"/>
+      <c r="K135" s="110"/>
+      <c r="L135" s="110"/>
+      <c r="M135" s="110"/>
+    </row>
+    <row r="136" spans="1:75" s="36" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A136" s="24">
         <v>44830</v>
       </c>
-      <c r="B131" s="11">
+      <c r="B136" s="11">
         <v>3425</v>
       </c>
-      <c r="C131" s="11" t="s">
-[...15 lines deleted...]
-      <c r="A132" s="24">
+      <c r="C136" s="11" t="s">
+        <v>101</v>
+      </c>
+      <c r="D136" s="10" t="s">
+        <v>195</v>
+      </c>
+      <c r="F136" s="112"/>
+      <c r="G136" s="112"/>
+      <c r="H136" s="112"/>
+      <c r="I136" s="112"/>
+      <c r="J136" s="112"/>
+      <c r="K136" s="112"/>
+      <c r="L136" s="112"/>
+      <c r="M136" s="112"/>
+    </row>
+    <row r="137" spans="1:75" s="36" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A137" s="24">
         <v>44830</v>
       </c>
-      <c r="B132" s="11">
+      <c r="B137" s="11">
         <v>3317</v>
       </c>
-      <c r="C132" s="11" t="s">
-[...15 lines deleted...]
-      <c r="A133" s="24">
+      <c r="C137" s="11" t="s">
+        <v>196</v>
+      </c>
+      <c r="D137" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="F137" s="112"/>
+      <c r="G137" s="112"/>
+      <c r="H137" s="112"/>
+      <c r="I137" s="112"/>
+      <c r="J137" s="112"/>
+      <c r="K137" s="112"/>
+      <c r="L137" s="112"/>
+      <c r="M137" s="112"/>
+    </row>
+    <row r="138" spans="1:75" s="36" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A138" s="24">
         <v>44739</v>
       </c>
-      <c r="B133" s="11">
+      <c r="B138" s="11">
         <v>3175</v>
       </c>
-      <c r="C133" s="11" t="s">
-[...15 lines deleted...]
-      <c r="A134" s="24">
+      <c r="C138" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D138" s="73" t="s">
+        <v>103</v>
+      </c>
+      <c r="F138" s="112"/>
+      <c r="G138" s="112"/>
+      <c r="H138" s="112"/>
+      <c r="I138" s="112"/>
+      <c r="J138" s="112"/>
+      <c r="K138" s="112"/>
+      <c r="L138" s="112"/>
+      <c r="M138" s="112"/>
+    </row>
+    <row r="139" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A139" s="24">
         <v>44739</v>
       </c>
-      <c r="B134" s="11">
+      <c r="B139" s="11">
         <v>3176</v>
       </c>
-      <c r="C134" s="11" t="s">
-[...110 lines deleted...]
-        <v>92</v>
+      <c r="C139" s="11" t="s">
+        <v>50</v>
       </c>
       <c r="D139" s="73" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="E139" s="33"/>
+        <v>198</v>
+      </c>
       <c r="F139" s="113"/>
       <c r="G139" s="113"/>
       <c r="H139" s="113"/>
       <c r="I139" s="113"/>
       <c r="J139" s="113"/>
       <c r="K139" s="113"/>
       <c r="L139" s="113"/>
       <c r="M139" s="113"/>
-      <c r="N139" s="33"/>
-[...62 lines deleted...]
-    <row r="140" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    </row>
+    <row r="140" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A140" s="24">
-        <v>44704</v>
+        <v>44739</v>
       </c>
       <c r="B140" s="11">
-        <v>3417</v>
+        <v>3029</v>
       </c>
       <c r="C140" s="38" t="s">
-        <v>92</v>
+        <v>163</v>
       </c>
       <c r="D140" s="73" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="E140" s="33"/>
+        <v>199</v>
+      </c>
       <c r="F140" s="113"/>
       <c r="G140" s="113"/>
       <c r="H140" s="113"/>
       <c r="I140" s="113"/>
       <c r="J140" s="113"/>
       <c r="K140" s="113"/>
       <c r="L140" s="113"/>
       <c r="M140" s="113"/>
-      <c r="N140" s="33"/>
-[...62 lines deleted...]
-    <row r="141" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    </row>
+    <row r="141" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A141" s="24">
-        <v>44704</v>
+        <v>44712</v>
       </c>
       <c r="B141" s="11">
-        <v>3421</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>2006</v>
+      </c>
+      <c r="C141" s="11" t="s">
+        <v>200</v>
       </c>
       <c r="D141" s="73" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="E141" s="33"/>
+        <v>201</v>
+      </c>
       <c r="F141" s="113"/>
       <c r="G141" s="113"/>
       <c r="H141" s="113"/>
       <c r="I141" s="113"/>
       <c r="J141" s="113"/>
       <c r="K141" s="113"/>
       <c r="L141" s="113"/>
       <c r="M141" s="113"/>
-      <c r="N141" s="33"/>
-[...62 lines deleted...]
-    <row r="142" spans="1:75" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    </row>
+    <row r="142" spans="1:75" s="33" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A142" s="24">
-        <v>44704</v>
+        <v>44712</v>
       </c>
       <c r="B142" s="11">
-        <v>3422</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>3004</v>
+      </c>
+      <c r="C142" s="11" t="s">
+        <v>202</v>
       </c>
       <c r="D142" s="73" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="E142" s="33"/>
+        <v>203</v>
+      </c>
       <c r="F142" s="113"/>
       <c r="G142" s="113"/>
       <c r="H142" s="113"/>
       <c r="I142" s="113"/>
       <c r="J142" s="113"/>
       <c r="K142" s="113"/>
       <c r="L142" s="113"/>
       <c r="M142" s="113"/>
-      <c r="N142" s="33"/>
-[...62 lines deleted...]
-    <row r="143" spans="1:75" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    </row>
+    <row r="143" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="A143" s="24">
+        <v>44712</v>
+      </c>
+      <c r="B143" s="38">
+        <v>3069</v>
+      </c>
+      <c r="C143" s="11" t="s">
+        <v>200</v>
+      </c>
+      <c r="D143" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="F143" s="113"/>
+      <c r="G143" s="113"/>
+      <c r="H143" s="113"/>
+      <c r="I143" s="113"/>
+      <c r="J143" s="113"/>
+      <c r="K143" s="113"/>
+      <c r="L143" s="113"/>
+      <c r="M143" s="113"/>
+    </row>
+    <row r="144" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A144" s="24">
         <v>44704</v>
       </c>
-      <c r="B143" s="11">
-[...12 lines deleted...]
-      </c>
       <c r="B144" s="11">
-        <v>3404</v>
-[...8 lines deleted...]
-    <row r="145" spans="1:13" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
+        <v>3416</v>
+      </c>
+      <c r="C144" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D144" s="73" t="s">
+        <v>205</v>
+      </c>
+      <c r="E144" s="33"/>
+      <c r="F144" s="113"/>
+      <c r="G144" s="113"/>
+      <c r="H144" s="113"/>
+      <c r="I144" s="113"/>
+      <c r="J144" s="113"/>
+      <c r="K144" s="113"/>
+      <c r="L144" s="113"/>
+      <c r="M144" s="113"/>
+      <c r="N144" s="33"/>
+      <c r="O144" s="33"/>
+      <c r="P144" s="33"/>
+      <c r="Q144" s="33"/>
+      <c r="R144" s="33"/>
+      <c r="S144" s="33"/>
+      <c r="T144" s="33"/>
+      <c r="U144" s="33"/>
+      <c r="V144" s="33"/>
+      <c r="W144" s="33"/>
+      <c r="X144" s="33"/>
+      <c r="Y144" s="33"/>
+      <c r="Z144" s="33"/>
+      <c r="AA144" s="33"/>
+      <c r="AB144" s="33"/>
+      <c r="AC144" s="33"/>
+      <c r="AD144" s="33"/>
+      <c r="AE144" s="33"/>
+      <c r="AF144" s="33"/>
+      <c r="AG144" s="33"/>
+      <c r="AH144" s="33"/>
+      <c r="AI144" s="33"/>
+      <c r="AJ144" s="33"/>
+      <c r="AK144" s="33"/>
+      <c r="AL144" s="33"/>
+      <c r="AM144" s="33"/>
+      <c r="AN144" s="33"/>
+      <c r="AO144" s="33"/>
+      <c r="AP144" s="33"/>
+      <c r="AQ144" s="33"/>
+      <c r="AR144" s="33"/>
+      <c r="AS144" s="33"/>
+      <c r="AT144" s="33"/>
+      <c r="AU144" s="33"/>
+      <c r="AV144" s="33"/>
+      <c r="AW144" s="33"/>
+      <c r="AX144" s="33"/>
+      <c r="AY144" s="33"/>
+      <c r="AZ144" s="33"/>
+      <c r="BA144" s="33"/>
+      <c r="BB144" s="33"/>
+      <c r="BC144" s="33"/>
+      <c r="BD144" s="33"/>
+      <c r="BE144" s="33"/>
+      <c r="BF144" s="33"/>
+      <c r="BG144" s="33"/>
+      <c r="BH144" s="33"/>
+      <c r="BI144" s="33"/>
+      <c r="BJ144" s="33"/>
+      <c r="BK144" s="33"/>
+      <c r="BL144" s="33"/>
+      <c r="BM144" s="33"/>
+      <c r="BN144" s="33"/>
+      <c r="BO144" s="33"/>
+      <c r="BP144" s="33"/>
+      <c r="BQ144" s="33"/>
+      <c r="BR144" s="33"/>
+      <c r="BS144" s="33"/>
+      <c r="BT144" s="33"/>
+      <c r="BU144" s="33"/>
+      <c r="BV144" s="33"/>
+      <c r="BW144" s="33"/>
+    </row>
+    <row r="145" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A145" s="24">
-        <v>44629</v>
+        <v>44704</v>
       </c>
       <c r="B145" s="11">
-        <v>3405</v>
-[...6 lines deleted...]
-      </c>
+        <v>3417</v>
+      </c>
+      <c r="C145" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D145" s="73" t="s">
+        <v>206</v>
+      </c>
+      <c r="E145" s="33"/>
       <c r="F145" s="113"/>
       <c r="G145" s="113"/>
       <c r="H145" s="113"/>
       <c r="I145" s="113"/>
       <c r="J145" s="113"/>
       <c r="K145" s="113"/>
       <c r="L145" s="113"/>
       <c r="M145" s="113"/>
-    </row>
-    <row r="146" spans="1:13" s="33" customFormat="1" ht="13.2" x14ac:dyDescent="0.25">
+      <c r="N145" s="33"/>
+      <c r="O145" s="33"/>
+      <c r="P145" s="33"/>
+      <c r="Q145" s="33"/>
+      <c r="R145" s="33"/>
+      <c r="S145" s="33"/>
+      <c r="T145" s="33"/>
+      <c r="U145" s="33"/>
+      <c r="V145" s="33"/>
+      <c r="W145" s="33"/>
+      <c r="X145" s="33"/>
+      <c r="Y145" s="33"/>
+      <c r="Z145" s="33"/>
+      <c r="AA145" s="33"/>
+      <c r="AB145" s="33"/>
+      <c r="AC145" s="33"/>
+      <c r="AD145" s="33"/>
+      <c r="AE145" s="33"/>
+      <c r="AF145" s="33"/>
+      <c r="AG145" s="33"/>
+      <c r="AH145" s="33"/>
+      <c r="AI145" s="33"/>
+      <c r="AJ145" s="33"/>
+      <c r="AK145" s="33"/>
+      <c r="AL145" s="33"/>
+      <c r="AM145" s="33"/>
+      <c r="AN145" s="33"/>
+      <c r="AO145" s="33"/>
+      <c r="AP145" s="33"/>
+      <c r="AQ145" s="33"/>
+      <c r="AR145" s="33"/>
+      <c r="AS145" s="33"/>
+      <c r="AT145" s="33"/>
+      <c r="AU145" s="33"/>
+      <c r="AV145" s="33"/>
+      <c r="AW145" s="33"/>
+      <c r="AX145" s="33"/>
+      <c r="AY145" s="33"/>
+      <c r="AZ145" s="33"/>
+      <c r="BA145" s="33"/>
+      <c r="BB145" s="33"/>
+      <c r="BC145" s="33"/>
+      <c r="BD145" s="33"/>
+      <c r="BE145" s="33"/>
+      <c r="BF145" s="33"/>
+      <c r="BG145" s="33"/>
+      <c r="BH145" s="33"/>
+      <c r="BI145" s="33"/>
+      <c r="BJ145" s="33"/>
+      <c r="BK145" s="33"/>
+      <c r="BL145" s="33"/>
+      <c r="BM145" s="33"/>
+      <c r="BN145" s="33"/>
+      <c r="BO145" s="33"/>
+      <c r="BP145" s="33"/>
+      <c r="BQ145" s="33"/>
+      <c r="BR145" s="33"/>
+      <c r="BS145" s="33"/>
+      <c r="BT145" s="33"/>
+      <c r="BU145" s="33"/>
+      <c r="BV145" s="33"/>
+      <c r="BW145" s="33"/>
+    </row>
+    <row r="146" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A146" s="24">
-        <v>44629</v>
+        <v>44704</v>
       </c>
       <c r="B146" s="11">
-        <v>3406</v>
-[...6 lines deleted...]
-      </c>
+        <v>3421</v>
+      </c>
+      <c r="C146" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D146" s="73" t="s">
+        <v>207</v>
+      </c>
+      <c r="E146" s="33"/>
       <c r="F146" s="113"/>
       <c r="G146" s="113"/>
       <c r="H146" s="113"/>
       <c r="I146" s="113"/>
       <c r="J146" s="113"/>
       <c r="K146" s="113"/>
       <c r="L146" s="113"/>
       <c r="M146" s="113"/>
-    </row>
-    <row r="147" spans="1:13" x14ac:dyDescent="0.3">
+      <c r="N146" s="33"/>
+      <c r="O146" s="33"/>
+      <c r="P146" s="33"/>
+      <c r="Q146" s="33"/>
+      <c r="R146" s="33"/>
+      <c r="S146" s="33"/>
+      <c r="T146" s="33"/>
+      <c r="U146" s="33"/>
+      <c r="V146" s="33"/>
+      <c r="W146" s="33"/>
+      <c r="X146" s="33"/>
+      <c r="Y146" s="33"/>
+      <c r="Z146" s="33"/>
+      <c r="AA146" s="33"/>
+      <c r="AB146" s="33"/>
+      <c r="AC146" s="33"/>
+      <c r="AD146" s="33"/>
+      <c r="AE146" s="33"/>
+      <c r="AF146" s="33"/>
+      <c r="AG146" s="33"/>
+      <c r="AH146" s="33"/>
+      <c r="AI146" s="33"/>
+      <c r="AJ146" s="33"/>
+      <c r="AK146" s="33"/>
+      <c r="AL146" s="33"/>
+      <c r="AM146" s="33"/>
+      <c r="AN146" s="33"/>
+      <c r="AO146" s="33"/>
+      <c r="AP146" s="33"/>
+      <c r="AQ146" s="33"/>
+      <c r="AR146" s="33"/>
+      <c r="AS146" s="33"/>
+      <c r="AT146" s="33"/>
+      <c r="AU146" s="33"/>
+      <c r="AV146" s="33"/>
+      <c r="AW146" s="33"/>
+      <c r="AX146" s="33"/>
+      <c r="AY146" s="33"/>
+      <c r="AZ146" s="33"/>
+      <c r="BA146" s="33"/>
+      <c r="BB146" s="33"/>
+      <c r="BC146" s="33"/>
+      <c r="BD146" s="33"/>
+      <c r="BE146" s="33"/>
+      <c r="BF146" s="33"/>
+      <c r="BG146" s="33"/>
+      <c r="BH146" s="33"/>
+      <c r="BI146" s="33"/>
+      <c r="BJ146" s="33"/>
+      <c r="BK146" s="33"/>
+      <c r="BL146" s="33"/>
+      <c r="BM146" s="33"/>
+      <c r="BN146" s="33"/>
+      <c r="BO146" s="33"/>
+      <c r="BP146" s="33"/>
+      <c r="BQ146" s="33"/>
+      <c r="BR146" s="33"/>
+      <c r="BS146" s="33"/>
+      <c r="BT146" s="33"/>
+      <c r="BU146" s="33"/>
+      <c r="BV146" s="33"/>
+      <c r="BW146" s="33"/>
+    </row>
+    <row r="147" spans="1:75" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A147" s="24">
-        <v>44629</v>
+        <v>44704</v>
       </c>
       <c r="B147" s="11">
-        <v>3407</v>
-[...8 lines deleted...]
-    <row r="148" spans="1:13" ht="26.4" x14ac:dyDescent="0.3">
+        <v>3422</v>
+      </c>
+      <c r="C147" s="38" t="s">
+        <v>163</v>
+      </c>
+      <c r="D147" s="73" t="s">
+        <v>208</v>
+      </c>
+      <c r="E147" s="33"/>
+      <c r="F147" s="113"/>
+      <c r="G147" s="113"/>
+      <c r="H147" s="113"/>
+      <c r="I147" s="113"/>
+      <c r="J147" s="113"/>
+      <c r="K147" s="113"/>
+      <c r="L147" s="113"/>
+      <c r="M147" s="113"/>
+      <c r="N147" s="33"/>
+      <c r="O147" s="33"/>
+      <c r="P147" s="33"/>
+      <c r="Q147" s="33"/>
+      <c r="R147" s="33"/>
+      <c r="S147" s="33"/>
+      <c r="T147" s="33"/>
+      <c r="U147" s="33"/>
+      <c r="V147" s="33"/>
+      <c r="W147" s="33"/>
+      <c r="X147" s="33"/>
+      <c r="Y147" s="33"/>
+      <c r="Z147" s="33"/>
+      <c r="AA147" s="33"/>
+      <c r="AB147" s="33"/>
+      <c r="AC147" s="33"/>
+      <c r="AD147" s="33"/>
+      <c r="AE147" s="33"/>
+      <c r="AF147" s="33"/>
+      <c r="AG147" s="33"/>
+      <c r="AH147" s="33"/>
+      <c r="AI147" s="33"/>
+      <c r="AJ147" s="33"/>
+      <c r="AK147" s="33"/>
+      <c r="AL147" s="33"/>
+      <c r="AM147" s="33"/>
+      <c r="AN147" s="33"/>
+      <c r="AO147" s="33"/>
+      <c r="AP147" s="33"/>
+      <c r="AQ147" s="33"/>
+      <c r="AR147" s="33"/>
+      <c r="AS147" s="33"/>
+      <c r="AT147" s="33"/>
+      <c r="AU147" s="33"/>
+      <c r="AV147" s="33"/>
+      <c r="AW147" s="33"/>
+      <c r="AX147" s="33"/>
+      <c r="AY147" s="33"/>
+      <c r="AZ147" s="33"/>
+      <c r="BA147" s="33"/>
+      <c r="BB147" s="33"/>
+      <c r="BC147" s="33"/>
+      <c r="BD147" s="33"/>
+      <c r="BE147" s="33"/>
+      <c r="BF147" s="33"/>
+      <c r="BG147" s="33"/>
+      <c r="BH147" s="33"/>
+      <c r="BI147" s="33"/>
+      <c r="BJ147" s="33"/>
+      <c r="BK147" s="33"/>
+      <c r="BL147" s="33"/>
+      <c r="BM147" s="33"/>
+      <c r="BN147" s="33"/>
+      <c r="BO147" s="33"/>
+      <c r="BP147" s="33"/>
+      <c r="BQ147" s="33"/>
+      <c r="BR147" s="33"/>
+      <c r="BS147" s="33"/>
+      <c r="BT147" s="33"/>
+      <c r="BU147" s="33"/>
+      <c r="BV147" s="33"/>
+      <c r="BW147" s="33"/>
+    </row>
+    <row r="148" spans="1:75" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A148" s="24">
-        <v>44629</v>
+        <v>44704</v>
       </c>
       <c r="B148" s="11">
-        <v>3408</v>
+        <v>3425</v>
       </c>
       <c r="C148" s="11" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="D148" s="10" t="s">
-        <v>143</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:13" x14ac:dyDescent="0.3">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="149" spans="1:75" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A149" s="24">
         <v>44629</v>
       </c>
       <c r="B149" s="11">
+        <v>3404</v>
+      </c>
+      <c r="C149" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D149" s="10" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="150" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A150" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B150" s="11">
+        <v>3405</v>
+      </c>
+      <c r="C150" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D150" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="F150" s="113"/>
+      <c r="G150" s="113"/>
+      <c r="H150" s="113"/>
+      <c r="I150" s="113"/>
+      <c r="J150" s="113"/>
+      <c r="K150" s="113"/>
+      <c r="L150" s="113"/>
+      <c r="M150" s="113"/>
+    </row>
+    <row r="151" spans="1:75" s="33" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A151" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B151" s="11">
+        <v>3406</v>
+      </c>
+      <c r="C151" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D151" s="10" t="s">
+        <v>211</v>
+      </c>
+      <c r="F151" s="113"/>
+      <c r="G151" s="113"/>
+      <c r="H151" s="113"/>
+      <c r="I151" s="113"/>
+      <c r="J151" s="113"/>
+      <c r="K151" s="113"/>
+      <c r="L151" s="113"/>
+      <c r="M151" s="113"/>
+    </row>
+    <row r="152" spans="1:75" x14ac:dyDescent="0.25">
+      <c r="A152" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B152" s="11">
+        <v>3407</v>
+      </c>
+      <c r="C152" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D152" s="10" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="153" spans="1:75" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A153" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B153" s="11">
+        <v>3408</v>
+      </c>
+      <c r="C153" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D153" s="10" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="154" spans="1:75" x14ac:dyDescent="0.25">
+      <c r="A154" s="24">
+        <v>44629</v>
+      </c>
+      <c r="B154" s="11">
         <v>3409</v>
       </c>
-      <c r="C149" s="11" t="s">
-[...3 lines deleted...]
-        <v>144</v>
+      <c r="C154" s="11" t="s">
+        <v>35</v>
+      </c>
+      <c r="D154" s="10" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A2:D149" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}"/>
-[...2 lines deleted...]
-    <sortCondition ref="B107:B118"/>
+  <autoFilter ref="A2:D154" xr:uid="{52CCA23D-EE7A-4E39-9854-F89B177903B5}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A112:D123">
+    <sortCondition ref="C112:C123"/>
+    <sortCondition ref="B112:B123"/>
   </sortState>
   <mergeCells count="1">
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="59" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA90C1BA-70C4-4383-BF6C-D1771836C3A7}">
-  <dimension ref="A1:H418"/>
+  <dimension ref="A1:H417"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A6" sqref="A6:C6"/>
       <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" style="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="8" max="8" width="14.88671875" style="7" customWidth="1"/>
+    <col min="1" max="1" width="12.5703125" style="7" customWidth="1"/>
+    <col min="2" max="2" width="21.140625" style="99" customWidth="1"/>
+    <col min="3" max="3" width="16.5703125" style="7" customWidth="1"/>
+    <col min="4" max="5" width="20.5703125" style="7" customWidth="1"/>
+    <col min="6" max="6" width="100.5703125" style="13" customWidth="1"/>
+    <col min="7" max="7" width="70.5703125" style="14" customWidth="1"/>
+    <col min="8" max="8" width="14.85546875" style="7" customWidth="1"/>
     <col min="9" max="16384" width="9" style="15"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:8" ht="60" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:8" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="25" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B2" s="25" t="s">
-        <v>145</v>
+        <v>215</v>
       </c>
       <c r="C2" s="25" t="s">
-        <v>146</v>
+        <v>216</v>
       </c>
       <c r="D2" s="25" t="s">
-        <v>926</v>
+        <v>217</v>
       </c>
       <c r="E2" s="25" t="s">
-        <v>927</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>218</v>
+      </c>
+      <c r="F2" s="125" t="s">
+        <v>32</v>
       </c>
       <c r="G2" s="26" t="s">
-        <v>148</v>
+        <v>219</v>
       </c>
       <c r="H2" s="25" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>1003</v>
       </c>
       <c r="B3" s="11"/>
       <c r="C3" s="22"/>
       <c r="D3" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E3" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>942</v>
+        <v>221</v>
+      </c>
+      <c r="F3" s="126" t="s">
+        <v>48</v>
       </c>
       <c r="G3" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H3" s="11"/>
     </row>
-    <row r="4" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A4" s="11">
         <v>1005</v>
       </c>
       <c r="B4" s="11"/>
       <c r="C4" s="22"/>
       <c r="D4" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E4" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>724</v>
+        <v>221</v>
+      </c>
+      <c r="F4" s="126" t="s">
+        <v>222</v>
       </c>
       <c r="G4" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H4" s="11"/>
     </row>
-    <row r="5" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
         <v>1007</v>
       </c>
       <c r="B5" s="11"/>
       <c r="C5" s="22"/>
       <c r="D5" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E5" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>750</v>
+        <v>221</v>
+      </c>
+      <c r="F5" s="126" t="s">
+        <v>223</v>
       </c>
       <c r="G5" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H5" s="11"/>
     </row>
-    <row r="6" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
         <v>1008</v>
       </c>
       <c r="B6" s="11"/>
       <c r="C6" s="22"/>
       <c r="D6" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E6" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>221</v>
+      </c>
+      <c r="F6" s="126" t="s">
+        <v>224</v>
       </c>
       <c r="G6" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H6" s="11"/>
     </row>
-    <row r="7" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
         <v>1009</v>
       </c>
       <c r="B7" s="11"/>
       <c r="C7" s="22"/>
       <c r="D7" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E7" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>221</v>
+      </c>
+      <c r="F7" s="126" t="s">
+        <v>225</v>
       </c>
       <c r="G7" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H7" s="11"/>
     </row>
-    <row r="8" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A8" s="11">
         <v>1010</v>
       </c>
       <c r="B8" s="11"/>
       <c r="C8" s="22"/>
       <c r="D8" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E8" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>725</v>
+        <v>221</v>
+      </c>
+      <c r="F8" s="126" t="s">
+        <v>226</v>
       </c>
       <c r="G8" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H8" s="11"/>
     </row>
-    <row r="9" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A9" s="11">
         <v>1011</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="24"/>
       <c r="D9" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E9" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>808</v>
+        <v>221</v>
+      </c>
+      <c r="F9" s="126" t="s">
+        <v>227</v>
       </c>
       <c r="G9" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H9" s="23"/>
     </row>
-    <row r="10" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A10" s="23">
         <v>1020</v>
       </c>
       <c r="B10" s="11" t="s">
-        <v>689</v>
+        <v>228</v>
       </c>
       <c r="C10" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D10" s="24" t="s">
-        <v>303</v>
+        <v>230</v>
       </c>
       <c r="E10" s="24" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>922</v>
+        <v>231</v>
+      </c>
+      <c r="F10" s="126" t="s">
+        <v>232</v>
       </c>
       <c r="G10" s="10" t="s">
-        <v>690</v>
+        <v>233</v>
       </c>
       <c r="H10" s="23"/>
     </row>
-    <row r="11" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A11" s="23">
         <v>1021</v>
       </c>
       <c r="B11" s="11" t="s">
-        <v>689</v>
+        <v>228</v>
       </c>
       <c r="C11" s="24">
         <v>45929</v>
       </c>
       <c r="D11" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E11" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>741</v>
+        <v>221</v>
+      </c>
+      <c r="F11" s="126" t="s">
+        <v>234</v>
       </c>
       <c r="G11" s="10" t="s">
-        <v>690</v>
+        <v>233</v>
       </c>
       <c r="H11" s="23"/>
     </row>
-    <row r="12" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A12" s="23">
         <v>1022</v>
       </c>
       <c r="B12" s="11" t="s">
-        <v>689</v>
+        <v>228</v>
       </c>
       <c r="C12" s="24">
         <v>45929</v>
       </c>
       <c r="D12" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E12" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>730</v>
+        <v>221</v>
+      </c>
+      <c r="F12" s="126" t="s">
+        <v>235</v>
       </c>
       <c r="G12" s="10" t="s">
-        <v>690</v>
+        <v>233</v>
       </c>
       <c r="H12" s="23"/>
     </row>
-    <row r="13" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A13" s="23">
         <v>1023</v>
       </c>
       <c r="B13" s="11" t="s">
-        <v>689</v>
+        <v>228</v>
       </c>
       <c r="C13" s="24">
         <v>45929</v>
       </c>
       <c r="D13" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E13" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>751</v>
+        <v>221</v>
+      </c>
+      <c r="F13" s="126" t="s">
+        <v>236</v>
       </c>
       <c r="G13" s="10" t="s">
-        <v>690</v>
+        <v>233</v>
       </c>
       <c r="H13" s="23"/>
     </row>
-    <row r="14" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
         <v>2000</v>
       </c>
       <c r="B14" s="11"/>
       <c r="C14" s="22"/>
       <c r="D14" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E14" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>809</v>
+        <v>221</v>
+      </c>
+      <c r="F14" s="126" t="s">
+        <v>237</v>
       </c>
       <c r="G14" s="10" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H14" s="11"/>
     </row>
-    <row r="15" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
         <v>2001</v>
       </c>
       <c r="B15" s="11"/>
       <c r="C15" s="22"/>
       <c r="D15" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E15" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>221</v>
+      </c>
+      <c r="F15" s="126" t="s">
+        <v>239</v>
       </c>
       <c r="G15" s="10" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H15" s="11"/>
     </row>
-    <row r="16" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A16" s="11">
         <v>2002</v>
       </c>
       <c r="B16" s="11"/>
       <c r="C16" s="22"/>
       <c r="D16" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E16" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>811</v>
+        <v>221</v>
+      </c>
+      <c r="F16" s="126" t="s">
+        <v>240</v>
       </c>
       <c r="G16" s="98" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H16" s="11"/>
     </row>
-    <row r="17" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
         <v>2003</v>
       </c>
       <c r="B17" s="11"/>
       <c r="C17" s="22"/>
       <c r="D17" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E17" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>95</v>
+        <v>221</v>
+      </c>
+      <c r="F17" s="126" t="s">
+        <v>166</v>
       </c>
       <c r="G17" s="10" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H17" s="11"/>
     </row>
-    <row r="18" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
         <v>2004</v>
       </c>
       <c r="B18" s="11"/>
       <c r="C18" s="22"/>
       <c r="D18" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E18" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>812</v>
+        <v>221</v>
+      </c>
+      <c r="F18" s="126" t="s">
+        <v>241</v>
       </c>
       <c r="G18" s="10" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H18" s="11"/>
     </row>
-    <row r="19" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
         <v>2005</v>
       </c>
       <c r="B19" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C19" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D19" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E19" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>221</v>
+      </c>
+      <c r="F19" s="131" t="s">
+        <v>244</v>
       </c>
       <c r="G19" s="98" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="H19" s="11">
         <v>2008</v>
       </c>
     </row>
-    <row r="20" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
         <v>2006</v>
       </c>
       <c r="B20" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C20" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D20" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E20" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>131</v>
+        <v>221</v>
+      </c>
+      <c r="F20" s="131" t="s">
+        <v>201</v>
       </c>
       <c r="G20" s="98" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="H20" s="11">
         <v>1924</v>
       </c>
     </row>
-    <row r="21" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
         <v>2007</v>
       </c>
       <c r="B21" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D21" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E21" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>157</v>
+        <v>221</v>
+      </c>
+      <c r="F21" s="126" t="s">
+        <v>246</v>
       </c>
       <c r="G21" s="98" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="H21" s="11">
         <v>1879</v>
       </c>
     </row>
-    <row r="22" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
         <v>2008</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="22"/>
       <c r="D22" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E22" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>247</v>
+      </c>
+      <c r="F22" s="126" t="s">
+        <v>248</v>
       </c>
       <c r="G22" s="10" t="s">
-        <v>159</v>
+        <v>249</v>
       </c>
       <c r="H22" s="11"/>
     </row>
-    <row r="23" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A23" s="11">
         <v>2009</v>
       </c>
       <c r="B23" s="11"/>
       <c r="C23" s="22"/>
       <c r="D23" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E23" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>247</v>
+      </c>
+      <c r="F23" s="126" t="s">
+        <v>250</v>
       </c>
       <c r="G23" s="10" t="s">
-        <v>161</v>
+        <v>251</v>
       </c>
       <c r="H23" s="11"/>
     </row>
-    <row r="24" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A24" s="11">
         <v>2010</v>
       </c>
       <c r="B24" s="11"/>
       <c r="C24" s="22"/>
       <c r="D24" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E24" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>247</v>
+      </c>
+      <c r="F24" s="131" t="s">
+        <v>252</v>
       </c>
       <c r="G24" s="98" t="s">
-        <v>163</v>
+        <v>253</v>
       </c>
       <c r="H24" s="11">
         <v>2006</v>
       </c>
     </row>
-    <row r="25" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
         <v>2011</v>
       </c>
       <c r="B25" s="11"/>
       <c r="C25" s="22"/>
       <c r="D25" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E25" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>542</v>
+        <v>221</v>
+      </c>
+      <c r="F25" s="126" t="s">
+        <v>254</v>
       </c>
       <c r="G25" s="10" t="s">
-        <v>164</v>
+        <v>255</v>
       </c>
       <c r="H25" s="11"/>
     </row>
-    <row r="26" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
         <v>2015</v>
       </c>
       <c r="B26" s="11"/>
       <c r="C26" s="22"/>
       <c r="D26" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E26" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>247</v>
+      </c>
+      <c r="F26" s="131" t="s">
+        <v>256</v>
       </c>
       <c r="G26" s="98" t="s">
-        <v>166</v>
+        <v>257</v>
       </c>
       <c r="H26" s="11"/>
     </row>
-    <row r="27" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
         <v>2016</v>
       </c>
       <c r="B27" s="11"/>
       <c r="C27" s="22"/>
       <c r="D27" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E27" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>247</v>
+      </c>
+      <c r="F27" s="126" t="s">
+        <v>258</v>
       </c>
       <c r="G27" s="10" t="s">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="H27" s="11">
         <v>1926</v>
       </c>
     </row>
-    <row r="28" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
         <v>2017</v>
       </c>
       <c r="B28" s="11"/>
       <c r="C28" s="22"/>
       <c r="D28" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E28" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>247</v>
+      </c>
+      <c r="F28" s="126" t="s">
+        <v>260</v>
       </c>
       <c r="G28" s="10" t="s">
-        <v>170</v>
+        <v>261</v>
       </c>
       <c r="H28" s="11">
         <v>1927</v>
       </c>
     </row>
-    <row r="29" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
         <v>2020</v>
       </c>
       <c r="B29" s="11"/>
       <c r="C29" s="22"/>
       <c r="D29" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E29" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>247</v>
+      </c>
+      <c r="F29" s="126" t="s">
+        <v>262</v>
       </c>
       <c r="G29" s="10" t="s">
-        <v>173</v>
+        <v>263</v>
       </c>
       <c r="H29" s="11">
         <v>1929</v>
       </c>
     </row>
-    <row r="30" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
         <v>2032</v>
       </c>
       <c r="B30" s="11"/>
       <c r="C30" s="22"/>
       <c r="D30" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E30" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>544</v>
+        <v>247</v>
+      </c>
+      <c r="F30" s="126" t="s">
+        <v>264</v>
       </c>
       <c r="G30" s="10" t="s">
-        <v>543</v>
+        <v>265</v>
       </c>
       <c r="H30" s="11"/>
     </row>
-    <row r="31" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A31" s="11">
         <v>2034</v>
       </c>
       <c r="B31" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C31" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D31" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E31" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>221</v>
+      </c>
+      <c r="F31" s="126" t="s">
+        <v>266</v>
       </c>
       <c r="G31" s="98" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="H31" s="11">
         <v>1956</v>
       </c>
     </row>
-    <row r="32" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A32" s="11">
         <v>2035</v>
       </c>
       <c r="B32" s="11"/>
       <c r="C32" s="22"/>
       <c r="D32" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E32" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>813</v>
+        <v>221</v>
+      </c>
+      <c r="F32" s="126" t="s">
+        <v>267</v>
       </c>
       <c r="G32" s="98" t="s">
-        <v>543</v>
+        <v>265</v>
       </c>
       <c r="H32" s="11"/>
     </row>
-    <row r="33" spans="1:8" s="17" customFormat="1" ht="92.4" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:8" s="17" customFormat="1" ht="89.25" x14ac:dyDescent="0.25">
       <c r="A33" s="11">
         <v>2036</v>
       </c>
       <c r="B33" s="11"/>
       <c r="C33" s="22"/>
       <c r="D33" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E33" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>247</v>
+      </c>
+      <c r="F33" s="126" t="s">
+        <v>268</v>
       </c>
       <c r="G33" s="10" t="s">
-        <v>178</v>
+        <v>269</v>
       </c>
       <c r="H33" s="11"/>
     </row>
-    <row r="34" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A34" s="11">
         <v>2037</v>
       </c>
       <c r="B34" s="11"/>
       <c r="C34" s="22"/>
       <c r="D34" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E34" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>247</v>
+      </c>
+      <c r="F34" s="126" t="s">
+        <v>270</v>
       </c>
       <c r="G34" s="10" t="s">
-        <v>179</v>
+        <v>271</v>
       </c>
       <c r="H34" s="11"/>
     </row>
-    <row r="35" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
         <v>2038</v>
       </c>
       <c r="B35" s="11"/>
       <c r="C35" s="22"/>
       <c r="D35" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E35" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>247</v>
+      </c>
+      <c r="F35" s="126" t="s">
+        <v>272</v>
       </c>
       <c r="G35" s="10" t="s">
-        <v>181</v>
+        <v>273</v>
       </c>
       <c r="H35" s="11"/>
     </row>
-    <row r="36" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A36" s="11">
         <v>2039</v>
       </c>
       <c r="B36" s="11"/>
       <c r="C36" s="22"/>
       <c r="D36" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E36" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>182</v>
+        <v>247</v>
+      </c>
+      <c r="F36" s="126" t="s">
+        <v>274</v>
       </c>
       <c r="G36" s="10" t="s">
-        <v>183</v>
+        <v>275</v>
       </c>
       <c r="H36" s="11"/>
     </row>
-    <row r="37" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A37" s="11">
         <v>2040</v>
       </c>
       <c r="B37" s="11"/>
       <c r="C37" s="22"/>
       <c r="D37" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E37" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>247</v>
+      </c>
+      <c r="F37" s="126" t="s">
+        <v>276</v>
       </c>
       <c r="G37" s="10" t="s">
-        <v>185</v>
+        <v>277</v>
       </c>
       <c r="H37" s="11"/>
     </row>
-    <row r="38" spans="1:8" s="17" customFormat="1" ht="79.2" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:8" s="17" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A38" s="11">
         <v>2041</v>
       </c>
       <c r="B38" s="11"/>
       <c r="C38" s="22"/>
       <c r="D38" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E38" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>247</v>
+      </c>
+      <c r="F38" s="126" t="s">
+        <v>278</v>
       </c>
       <c r="G38" s="10" t="s">
-        <v>187</v>
+        <v>279</v>
       </c>
       <c r="H38" s="11"/>
     </row>
-    <row r="39" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A39" s="11">
         <v>2042</v>
       </c>
       <c r="B39" s="11"/>
       <c r="C39" s="22"/>
       <c r="D39" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E39" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>247</v>
+      </c>
+      <c r="F39" s="126" t="s">
+        <v>280</v>
       </c>
       <c r="G39" s="10" t="s">
-        <v>189</v>
+        <v>281</v>
       </c>
       <c r="H39" s="11"/>
     </row>
-    <row r="40" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A40" s="11">
         <v>2050</v>
       </c>
       <c r="B40" s="11"/>
       <c r="C40" s="22"/>
       <c r="D40" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E40" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>247</v>
+      </c>
+      <c r="F40" s="126" t="s">
+        <v>152</v>
       </c>
       <c r="G40" s="10" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="H40" s="11"/>
     </row>
-    <row r="41" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A41" s="11">
         <v>3001</v>
       </c>
       <c r="B41" s="11"/>
       <c r="C41" s="22"/>
       <c r="D41" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E41" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>221</v>
+      </c>
+      <c r="F41" s="126" t="s">
+        <v>282</v>
       </c>
       <c r="G41" s="10" t="s">
-        <v>151</v>
+        <v>41</v>
       </c>
       <c r="H41" s="11"/>
     </row>
-    <row r="42" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A42" s="23">
         <v>3002</v>
       </c>
       <c r="B42" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C42" s="22"/>
       <c r="D42" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E42" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>221</v>
+      </c>
+      <c r="F42" s="126" t="s">
+        <v>283</v>
       </c>
       <c r="G42" s="10" t="s">
-        <v>193</v>
+        <v>284</v>
       </c>
       <c r="H42" s="11">
         <v>1776</v>
       </c>
     </row>
-    <row r="43" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A43" s="11">
         <v>3003</v>
       </c>
       <c r="B43" s="11"/>
       <c r="C43" s="22"/>
       <c r="D43" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E43" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>782</v>
+        <v>247</v>
+      </c>
+      <c r="F43" s="131" t="s">
+        <v>285</v>
       </c>
       <c r="G43" s="98" t="s">
-        <v>194</v>
+        <v>286</v>
       </c>
       <c r="H43" s="11"/>
     </row>
-    <row r="44" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A44" s="11">
         <v>3004</v>
       </c>
       <c r="B44" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C44" s="22">
         <v>44651</v>
       </c>
       <c r="D44" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E44" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>815</v>
+        <v>221</v>
+      </c>
+      <c r="F44" s="126" t="s">
+        <v>288</v>
       </c>
       <c r="G44" s="10" t="s">
-        <v>168</v>
+        <v>259</v>
       </c>
       <c r="H44" s="23">
         <v>1380</v>
       </c>
     </row>
-    <row r="45" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A45" s="11">
         <v>3005</v>
       </c>
       <c r="B45" s="11"/>
       <c r="C45" s="22"/>
       <c r="D45" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E45" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>768</v>
+        <v>247</v>
+      </c>
+      <c r="F45" s="126" t="s">
+        <v>289</v>
       </c>
       <c r="G45" s="10" t="s">
-        <v>196</v>
+        <v>290</v>
       </c>
       <c r="H45" s="11"/>
     </row>
-    <row r="46" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A46" s="11">
         <v>3006</v>
       </c>
       <c r="B46" s="11"/>
       <c r="C46" s="22"/>
       <c r="D46" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E46" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>769</v>
+        <v>247</v>
+      </c>
+      <c r="F46" s="126" t="s">
+        <v>291</v>
       </c>
       <c r="G46" s="10" t="s">
-        <v>197</v>
+        <v>292</v>
       </c>
       <c r="H46" s="11"/>
     </row>
-    <row r="47" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A47" s="23">
         <v>3007</v>
       </c>
       <c r="B47" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C47" s="22">
         <v>44408</v>
       </c>
       <c r="D47" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E47" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>198</v>
+        <v>221</v>
+      </c>
+      <c r="F47" s="126" t="s">
+        <v>293</v>
       </c>
       <c r="G47" s="10" t="s">
-        <v>199</v>
+        <v>294</v>
       </c>
       <c r="H47" s="11">
         <v>1376</v>
       </c>
     </row>
-    <row r="48" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A48" s="23">
         <v>3008</v>
       </c>
       <c r="B48" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C48" s="22">
         <v>44408</v>
       </c>
       <c r="D48" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E48" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>221</v>
+      </c>
+      <c r="F48" s="126" t="s">
+        <v>295</v>
       </c>
       <c r="G48" s="10" t="s">
-        <v>201</v>
+        <v>296</v>
       </c>
       <c r="H48" s="23"/>
     </row>
-    <row r="49" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A49" s="23">
         <v>3009</v>
       </c>
       <c r="B49" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C49" s="22">
         <v>44408</v>
       </c>
       <c r="D49" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E49" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>816</v>
+        <v>221</v>
+      </c>
+      <c r="F49" s="126" t="s">
+        <v>297</v>
       </c>
       <c r="G49" s="10" t="s">
-        <v>202</v>
+        <v>298</v>
       </c>
       <c r="H49" s="23"/>
     </row>
-    <row r="50" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A50" s="23">
         <v>3010</v>
       </c>
       <c r="B50" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C50" s="22">
         <v>44408</v>
       </c>
       <c r="D50" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E50" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>923</v>
+        <v>221</v>
+      </c>
+      <c r="F50" s="126" t="s">
+        <v>299</v>
       </c>
       <c r="G50" s="10" t="s">
-        <v>203</v>
+        <v>300</v>
       </c>
       <c r="H50" s="11" t="s">
-        <v>204</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A51" s="23">
         <v>3011</v>
       </c>
       <c r="B51" s="11"/>
       <c r="C51" s="22"/>
       <c r="D51" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E51" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>247</v>
+      </c>
+      <c r="F51" s="126" t="s">
+        <v>302</v>
       </c>
       <c r="G51" s="10" t="s">
-        <v>206</v>
+        <v>303</v>
       </c>
       <c r="H51" s="23"/>
     </row>
-    <row r="52" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A52" s="23">
         <v>3012</v>
       </c>
       <c r="B52" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C52" s="22">
         <v>44408</v>
       </c>
       <c r="D52" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E52" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>221</v>
+      </c>
+      <c r="F52" s="126" t="s">
+        <v>304</v>
       </c>
       <c r="G52" s="10" t="s">
-        <v>207</v>
+        <v>305</v>
       </c>
       <c r="H52" s="11">
         <v>1358</v>
       </c>
     </row>
-    <row r="53" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A53" s="11">
         <v>3013</v>
       </c>
       <c r="B53" s="11"/>
       <c r="C53" s="22"/>
       <c r="D53" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E53" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>770</v>
+        <v>247</v>
+      </c>
+      <c r="F53" s="126" t="s">
+        <v>306</v>
       </c>
       <c r="G53" s="10" t="s">
-        <v>208</v>
+        <v>307</v>
       </c>
       <c r="H53" s="11"/>
     </row>
-    <row r="54" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A54" s="11">
         <v>3014</v>
       </c>
       <c r="B54" s="11"/>
       <c r="C54" s="22"/>
       <c r="D54" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E54" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>771</v>
+        <v>247</v>
+      </c>
+      <c r="F54" s="126" t="s">
+        <v>308</v>
       </c>
       <c r="G54" s="10" t="s">
-        <v>209</v>
+        <v>309</v>
       </c>
       <c r="H54" s="23"/>
     </row>
-    <row r="55" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A55" s="11">
         <v>3015</v>
       </c>
       <c r="B55" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C55" s="22">
         <v>44408</v>
       </c>
       <c r="D55" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E55" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>818</v>
+        <v>221</v>
+      </c>
+      <c r="F55" s="126" t="s">
+        <v>310</v>
       </c>
       <c r="G55" s="10" t="s">
-        <v>210</v>
+        <v>311</v>
       </c>
       <c r="H55" s="23"/>
     </row>
-    <row r="56" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A56" s="23">
         <v>3016</v>
       </c>
       <c r="B56" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C56" s="22">
         <v>44408</v>
       </c>
       <c r="D56" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E56" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>819</v>
+        <v>221</v>
+      </c>
+      <c r="F56" s="126" t="s">
+        <v>312</v>
       </c>
       <c r="G56" s="10" t="s">
-        <v>211</v>
+        <v>313</v>
       </c>
       <c r="H56" s="11">
         <v>1367</v>
       </c>
     </row>
-    <row r="57" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A57" s="11">
         <v>3017</v>
       </c>
       <c r="B57" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C57" s="22">
         <v>44408</v>
       </c>
       <c r="D57" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E57" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>820</v>
+        <v>221</v>
+      </c>
+      <c r="F57" s="126" t="s">
+        <v>314</v>
       </c>
       <c r="G57" s="10" t="s">
-        <v>156</v>
+        <v>245</v>
       </c>
       <c r="H57" s="11" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A58" s="11">
         <v>3018</v>
       </c>
       <c r="B58" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C58" s="22">
         <v>44651</v>
       </c>
       <c r="D58" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E58" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>221</v>
+      </c>
+      <c r="F58" s="126" t="s">
+        <v>316</v>
       </c>
       <c r="G58" s="10" t="s">
-        <v>214</v>
+        <v>317</v>
       </c>
       <c r="H58" s="11">
         <v>115</v>
       </c>
     </row>
-    <row r="59" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A59" s="11">
         <v>3019</v>
       </c>
       <c r="B59" s="11"/>
       <c r="C59" s="22"/>
       <c r="D59" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E59" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>247</v>
+      </c>
+      <c r="F59" s="126" t="s">
+        <v>318</v>
       </c>
       <c r="G59" s="10" t="s">
-        <v>159</v>
+        <v>249</v>
       </c>
       <c r="H59" s="117"/>
     </row>
-    <row r="60" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A60" s="11">
         <v>3020</v>
       </c>
       <c r="B60" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C60" s="22">
         <v>44651</v>
       </c>
       <c r="D60" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E60" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>773</v>
+        <v>221</v>
+      </c>
+      <c r="F60" s="126" t="s">
+        <v>319</v>
       </c>
       <c r="G60" s="10" t="s">
-        <v>215</v>
+        <v>320</v>
       </c>
       <c r="H60" s="11">
         <v>1363</v>
       </c>
     </row>
-    <row r="61" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A61" s="11">
         <v>3021</v>
       </c>
       <c r="B61" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C61" s="22">
         <v>44651</v>
       </c>
       <c r="D61" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E61" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>221</v>
+      </c>
+      <c r="F61" s="126" t="s">
+        <v>173</v>
       </c>
       <c r="G61" s="10" t="s">
-        <v>216</v>
+        <v>321</v>
       </c>
       <c r="H61" s="11" t="s">
-        <v>217</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A62" s="11">
         <v>3022</v>
       </c>
       <c r="B62" s="11"/>
       <c r="C62" s="22"/>
       <c r="D62" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E62" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>774</v>
+        <v>247</v>
+      </c>
+      <c r="F62" s="126" t="s">
+        <v>323</v>
       </c>
       <c r="G62" s="10" t="s">
-        <v>218</v>
+        <v>324</v>
       </c>
       <c r="H62" s="23"/>
     </row>
-    <row r="63" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A63" s="11">
         <v>3023</v>
       </c>
       <c r="B63" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C63" s="22">
         <v>44651</v>
       </c>
       <c r="D63" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E63" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>775</v>
+        <v>221</v>
+      </c>
+      <c r="F63" s="126" t="s">
+        <v>325</v>
       </c>
       <c r="G63" s="10" t="s">
-        <v>161</v>
+        <v>251</v>
       </c>
       <c r="H63" s="11">
         <v>1383</v>
       </c>
     </row>
-    <row r="64" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A64" s="11">
         <v>3024</v>
       </c>
       <c r="B64" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C64" s="22">
         <v>44651</v>
       </c>
       <c r="D64" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E64" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>221</v>
+      </c>
+      <c r="F64" s="126" t="s">
+        <v>326</v>
       </c>
       <c r="G64" s="10" t="s">
-        <v>163</v>
+        <v>253</v>
       </c>
       <c r="H64" s="11">
         <v>1360</v>
       </c>
     </row>
-    <row r="65" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A65" s="11">
         <v>3025</v>
       </c>
       <c r="B65" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C65" s="22">
         <v>44651</v>
       </c>
       <c r="D65" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E65" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>221</v>
+      </c>
+      <c r="F65" s="126" t="s">
+        <v>327</v>
       </c>
       <c r="G65" s="10" t="s">
-        <v>220</v>
+        <v>328</v>
       </c>
       <c r="H65" s="23"/>
     </row>
-    <row r="66" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A66" s="23">
         <v>3026</v>
       </c>
       <c r="B66" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C66" s="22">
         <v>44408</v>
       </c>
       <c r="D66" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E66" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>821</v>
+        <v>221</v>
+      </c>
+      <c r="F66" s="126" t="s">
+        <v>329</v>
       </c>
       <c r="G66" s="10" t="s">
-        <v>171</v>
+        <v>330</v>
       </c>
       <c r="H66" s="11"/>
     </row>
-    <row r="67" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A67" s="23">
         <v>3027</v>
       </c>
       <c r="B67" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C67" s="22">
         <v>44408</v>
       </c>
       <c r="D67" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E67" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>221</v>
+      </c>
+      <c r="F67" s="126" t="s">
+        <v>331</v>
       </c>
       <c r="G67" s="10" t="s">
-        <v>221</v>
+        <v>332</v>
       </c>
       <c r="H67" s="11"/>
     </row>
-    <row r="68" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A68" s="23">
         <v>3028</v>
       </c>
       <c r="B68" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C68" s="22">
         <v>44408</v>
       </c>
       <c r="D68" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E68" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>823</v>
+        <v>221</v>
+      </c>
+      <c r="F68" s="126" t="s">
+        <v>333</v>
       </c>
       <c r="G68" s="10" t="s">
-        <v>222</v>
+        <v>334</v>
       </c>
       <c r="H68" s="11" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A69" s="23">
         <v>3029</v>
       </c>
       <c r="B69" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C69" s="22">
         <v>44408</v>
       </c>
       <c r="D69" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E69" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>824</v>
+        <v>221</v>
+      </c>
+      <c r="F69" s="126" t="s">
+        <v>336</v>
       </c>
       <c r="G69" s="10" t="s">
-        <v>224</v>
+        <v>337</v>
       </c>
       <c r="H69" s="11"/>
     </row>
-    <row r="70" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A70" s="23">
         <v>3030</v>
       </c>
       <c r="B70" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C70" s="22">
         <v>44408</v>
       </c>
       <c r="D70" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E70" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>825</v>
+        <v>221</v>
+      </c>
+      <c r="F70" s="126" t="s">
+        <v>338</v>
       </c>
       <c r="G70" s="10" t="s">
-        <v>225</v>
+        <v>339</v>
       </c>
       <c r="H70" s="23"/>
     </row>
-    <row r="71" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A71" s="23">
         <v>3031</v>
       </c>
       <c r="B71" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C71" s="22"/>
       <c r="D71" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E71" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>221</v>
+      </c>
+      <c r="F71" s="126" t="s">
+        <v>340</v>
       </c>
       <c r="G71" s="10" t="s">
-        <v>227</v>
+        <v>341</v>
       </c>
       <c r="H71" s="11" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A72" s="11">
         <v>3032</v>
       </c>
       <c r="B72" s="11"/>
       <c r="C72" s="22"/>
       <c r="D72" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E72" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>229</v>
+        <v>247</v>
+      </c>
+      <c r="F72" s="131" t="s">
+        <v>343</v>
       </c>
       <c r="G72" s="98" t="s">
-        <v>230</v>
+        <v>344</v>
       </c>
       <c r="H72" s="11">
         <v>64</v>
       </c>
     </row>
-    <row r="73" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A73" s="11">
         <v>3033</v>
       </c>
       <c r="B73" s="11"/>
       <c r="C73" s="22"/>
       <c r="D73" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E73" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>247</v>
+      </c>
+      <c r="F73" s="126" t="s">
+        <v>345</v>
       </c>
       <c r="G73" s="10" t="s">
-        <v>232</v>
+        <v>346</v>
       </c>
       <c r="H73" s="11">
         <v>65</v>
       </c>
     </row>
-    <row r="74" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A74" s="11">
         <v>3034</v>
       </c>
       <c r="B74" s="11"/>
       <c r="C74" s="22"/>
       <c r="D74" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E74" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>247</v>
+      </c>
+      <c r="F74" s="131" t="s">
+        <v>347</v>
       </c>
       <c r="G74" s="98" t="s">
-        <v>234</v>
+        <v>348</v>
       </c>
       <c r="H74" s="11">
         <v>66</v>
       </c>
     </row>
-    <row r="75" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A75" s="23">
         <v>3039</v>
       </c>
       <c r="B75" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C75" s="22">
         <v>44408</v>
       </c>
       <c r="D75" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E75" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>826</v>
+        <v>221</v>
+      </c>
+      <c r="F75" s="126" t="s">
+        <v>349</v>
       </c>
       <c r="G75" s="10" t="s">
-        <v>237</v>
+        <v>350</v>
       </c>
       <c r="H75" s="11">
         <v>1452</v>
       </c>
     </row>
-    <row r="76" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A76" s="11">
         <v>3040</v>
       </c>
       <c r="B76" s="11"/>
       <c r="C76" s="22"/>
       <c r="D76" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E76" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>777</v>
+        <v>247</v>
+      </c>
+      <c r="F76" s="131" t="s">
+        <v>351</v>
       </c>
       <c r="G76" s="98" t="s">
-        <v>545</v>
+        <v>352</v>
       </c>
       <c r="H76" s="11"/>
     </row>
-    <row r="77" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A77" s="11">
         <v>3041</v>
       </c>
       <c r="B77" s="11"/>
       <c r="C77" s="22"/>
       <c r="D77" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E77" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>778</v>
+        <v>247</v>
+      </c>
+      <c r="F77" s="126" t="s">
+        <v>353</v>
       </c>
       <c r="G77" s="10" t="s">
-        <v>546</v>
+        <v>354</v>
       </c>
       <c r="H77" s="11"/>
     </row>
-    <row r="78" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A78" s="23">
         <v>3042</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C78" s="22">
         <v>44408</v>
       </c>
       <c r="D78" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E78" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>221</v>
+      </c>
+      <c r="F78" s="126" t="s">
+        <v>355</v>
       </c>
       <c r="G78" s="10" t="s">
-        <v>239</v>
+        <v>356</v>
       </c>
       <c r="H78" s="11"/>
     </row>
-    <row r="79" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A79" s="23">
         <v>3043</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C79" s="22">
         <v>44408</v>
       </c>
       <c r="D79" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E79" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>828</v>
+        <v>221</v>
+      </c>
+      <c r="F79" s="126" t="s">
+        <v>357</v>
       </c>
       <c r="G79" s="10" t="s">
-        <v>240</v>
+        <v>358</v>
       </c>
       <c r="H79" s="11"/>
     </row>
-    <row r="80" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A80" s="23">
         <v>3044</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C80" s="22">
         <v>44408</v>
       </c>
       <c r="D80" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E80" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>829</v>
+        <v>221</v>
+      </c>
+      <c r="F80" s="126" t="s">
+        <v>359</v>
       </c>
       <c r="G80" s="10" t="s">
-        <v>547</v>
+        <v>360</v>
       </c>
       <c r="H80" s="11">
         <v>1270</v>
       </c>
     </row>
-    <row r="81" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A81" s="11">
         <v>3046</v>
       </c>
       <c r="B81" s="11"/>
       <c r="C81" s="22"/>
       <c r="D81" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E81" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>247</v>
+      </c>
+      <c r="F81" s="126" t="s">
+        <v>361</v>
       </c>
       <c r="G81" s="10" t="s">
-        <v>241</v>
+        <v>362</v>
       </c>
       <c r="H81" s="11"/>
     </row>
-    <row r="82" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A82" s="23">
         <v>3047</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C82" s="22">
         <v>44408</v>
       </c>
       <c r="D82" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E82" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>221</v>
+      </c>
+      <c r="F82" s="126" t="s">
+        <v>363</v>
       </c>
       <c r="G82" s="98" t="s">
-        <v>242</v>
+        <v>364</v>
       </c>
       <c r="H82" s="11" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="83" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A83" s="11">
         <v>3048</v>
       </c>
       <c r="B83" s="11"/>
       <c r="C83" s="22"/>
       <c r="D83" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E83" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>247</v>
+      </c>
+      <c r="F83" s="126" t="s">
+        <v>366</v>
       </c>
       <c r="G83" s="10" t="s">
-        <v>244</v>
+        <v>367</v>
       </c>
       <c r="H83" s="11"/>
     </row>
-    <row r="84" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A84" s="11">
         <v>3050</v>
       </c>
       <c r="B84" s="11"/>
       <c r="C84" s="22"/>
       <c r="D84" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E84" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>245</v>
+        <v>247</v>
+      </c>
+      <c r="F84" s="126" t="s">
+        <v>368</v>
       </c>
       <c r="G84" s="10" t="s">
-        <v>246</v>
+        <v>369</v>
       </c>
       <c r="H84" s="11"/>
     </row>
-    <row r="85" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A85" s="11">
         <v>3051</v>
       </c>
       <c r="B85" s="11"/>
       <c r="C85" s="22"/>
       <c r="D85" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E85" s="23" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="F85" s="10" t="s">
         <v>247</v>
       </c>
+      <c r="F85" s="126" t="s">
+        <v>370</v>
+      </c>
       <c r="G85" s="10" t="s">
-        <v>246</v>
+        <v>369</v>
       </c>
       <c r="H85" s="11"/>
     </row>
-    <row r="86" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A86" s="11">
         <v>3052</v>
       </c>
       <c r="B86" s="11"/>
       <c r="C86" s="22"/>
       <c r="D86" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E86" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>247</v>
+      </c>
+      <c r="F86" s="126" t="s">
+        <v>371</v>
       </c>
       <c r="G86" s="10" t="s">
-        <v>548</v>
+        <v>372</v>
       </c>
       <c r="H86" s="11"/>
     </row>
-    <row r="87" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A87" s="11">
         <v>3060</v>
       </c>
       <c r="B87" s="11"/>
       <c r="C87" s="22"/>
       <c r="D87" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E87" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>767</v>
+        <v>247</v>
+      </c>
+      <c r="F87" s="126" t="s">
+        <v>373</v>
       </c>
       <c r="G87" s="10" t="s">
-        <v>251</v>
+        <v>374</v>
       </c>
       <c r="H87" s="23"/>
     </row>
-    <row r="88" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A88" s="11">
         <v>3061</v>
       </c>
       <c r="B88" s="11"/>
       <c r="C88" s="22"/>
       <c r="D88" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E88" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>247</v>
+      </c>
+      <c r="F88" s="126" t="s">
+        <v>375</v>
       </c>
       <c r="G88" s="10" t="s">
-        <v>253</v>
+        <v>376</v>
       </c>
       <c r="H88" s="11">
         <v>168</v>
       </c>
     </row>
-    <row r="89" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A89" s="11">
         <v>3062</v>
       </c>
       <c r="B89" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C89" s="22">
         <v>44651</v>
       </c>
       <c r="D89" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E89" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>221</v>
+      </c>
+      <c r="F89" s="126" t="s">
+        <v>377</v>
       </c>
       <c r="G89" s="10" t="s">
-        <v>255</v>
+        <v>378</v>
       </c>
       <c r="H89" s="23"/>
     </row>
-    <row r="90" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A90" s="11">
         <v>3063</v>
       </c>
       <c r="B90" s="11"/>
       <c r="C90" s="22"/>
       <c r="D90" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E90" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>785</v>
+        <v>247</v>
+      </c>
+      <c r="F90" s="131" t="s">
+        <v>379</v>
       </c>
       <c r="G90" s="98" t="s">
-        <v>256</v>
+        <v>380</v>
       </c>
       <c r="H90" s="11">
         <v>1841</v>
       </c>
     </row>
-    <row r="91" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A91" s="11">
         <v>3064</v>
       </c>
       <c r="B91" s="11"/>
       <c r="C91" s="22"/>
       <c r="D91" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E91" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>247</v>
+      </c>
+      <c r="F91" s="126" t="s">
+        <v>381</v>
       </c>
       <c r="G91" s="10" t="s">
-        <v>549</v>
+        <v>382</v>
       </c>
       <c r="H91" s="11"/>
     </row>
-    <row r="92" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A92" s="11">
         <v>3066</v>
       </c>
       <c r="B92" s="11"/>
       <c r="C92" s="22"/>
       <c r="D92" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E92" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>787</v>
+        <v>247</v>
+      </c>
+      <c r="F92" s="126" t="s">
+        <v>383</v>
       </c>
       <c r="G92" s="10" t="s">
-        <v>257</v>
+        <v>384</v>
       </c>
       <c r="H92" s="117"/>
     </row>
-    <row r="93" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A93" s="11">
         <v>3068</v>
       </c>
       <c r="B93" s="11"/>
       <c r="C93" s="22"/>
       <c r="D93" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E93" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>780</v>
+        <v>247</v>
+      </c>
+      <c r="F93" s="126" t="s">
+        <v>385</v>
       </c>
       <c r="G93" s="10" t="s">
-        <v>258</v>
+        <v>386</v>
       </c>
       <c r="H93" s="11"/>
     </row>
-    <row r="94" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A94" s="11">
         <v>3073</v>
       </c>
       <c r="B94" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C94" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D94" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E94" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>647</v>
+        <v>243</v>
+      </c>
+      <c r="F94" s="126" t="s">
+        <v>388</v>
       </c>
       <c r="G94" s="98" t="s">
-        <v>552</v>
+        <v>389</v>
       </c>
       <c r="H94" s="11"/>
     </row>
-    <row r="95" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A95" s="11">
         <v>3074</v>
       </c>
       <c r="B95" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C95" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D95" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E95" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>243</v>
+      </c>
+      <c r="F95" s="126" t="s">
+        <v>390</v>
       </c>
       <c r="G95" s="10" t="s">
-        <v>553</v>
+        <v>391</v>
       </c>
       <c r="H95" s="11"/>
     </row>
-    <row r="96" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A96" s="11">
         <v>3078</v>
       </c>
       <c r="B96" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C96" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D96" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E96" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>243</v>
+      </c>
+      <c r="F96" s="126" t="s">
+        <v>392</v>
       </c>
       <c r="G96" s="10" t="s">
-        <v>554</v>
+        <v>393</v>
       </c>
       <c r="H96" s="11"/>
     </row>
-    <row r="97" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A97" s="11">
         <v>3082</v>
       </c>
       <c r="B97" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C97" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D97" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E97" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>657</v>
+        <v>243</v>
+      </c>
+      <c r="F97" s="126" t="s">
+        <v>394</v>
       </c>
       <c r="G97" s="10" t="s">
-        <v>555</v>
+        <v>395</v>
       </c>
       <c r="H97" s="11"/>
     </row>
-    <row r="98" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A98" s="11">
         <v>3083</v>
       </c>
       <c r="B98" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C98" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D98" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E98" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>243</v>
+      </c>
+      <c r="F98" s="126" t="s">
+        <v>396</v>
       </c>
       <c r="G98" s="10" t="s">
-        <v>556</v>
+        <v>397</v>
       </c>
       <c r="H98" s="11"/>
     </row>
-    <row r="99" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A99" s="11">
         <v>3087</v>
       </c>
       <c r="B99" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C99" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D99" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E99" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>243</v>
+      </c>
+      <c r="F99" s="126" t="s">
+        <v>398</v>
       </c>
       <c r="G99" s="10" t="s">
-        <v>557</v>
+        <v>399</v>
       </c>
       <c r="H99" s="11"/>
     </row>
-    <row r="100" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A100" s="11">
         <v>3091</v>
       </c>
       <c r="B100" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C100" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D100" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E100" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>666</v>
+        <v>243</v>
+      </c>
+      <c r="F100" s="126" t="s">
+        <v>400</v>
       </c>
       <c r="G100" s="10" t="s">
-        <v>558</v>
+        <v>401</v>
       </c>
       <c r="H100" s="11"/>
     </row>
-    <row r="101" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A101" s="11">
         <v>3092</v>
       </c>
       <c r="B101" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C101" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D101" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E101" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>667</v>
+        <v>243</v>
+      </c>
+      <c r="F101" s="126" t="s">
+        <v>402</v>
       </c>
       <c r="G101" s="10" t="s">
-        <v>559</v>
+        <v>403</v>
       </c>
       <c r="H101" s="11"/>
     </row>
-    <row r="102" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A102" s="11">
         <v>3096</v>
       </c>
       <c r="B102" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C102" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D102" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E102" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>669</v>
+        <v>243</v>
+      </c>
+      <c r="F102" s="126" t="s">
+        <v>404</v>
       </c>
       <c r="G102" s="10" t="s">
-        <v>560</v>
+        <v>405</v>
       </c>
       <c r="H102" s="11"/>
     </row>
-    <row r="103" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A103" s="11">
         <v>3100</v>
       </c>
       <c r="B103" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C103" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D103" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E103" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>243</v>
+      </c>
+      <c r="F103" s="126" t="s">
+        <v>406</v>
       </c>
       <c r="G103" s="10" t="s">
-        <v>562</v>
+        <v>407</v>
       </c>
       <c r="H103" s="11"/>
     </row>
-    <row r="104" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A104" s="11">
         <v>3101</v>
       </c>
       <c r="B104" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C104" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D104" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E104" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>675</v>
+        <v>243</v>
+      </c>
+      <c r="F104" s="126" t="s">
+        <v>408</v>
       </c>
       <c r="G104" s="10" t="s">
-        <v>563</v>
+        <v>409</v>
       </c>
       <c r="H104" s="11"/>
     </row>
-    <row r="105" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A105" s="11">
         <v>3105</v>
       </c>
       <c r="B105" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C105" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D105" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E105" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>243</v>
+      </c>
+      <c r="F105" s="126" t="s">
+        <v>410</v>
       </c>
       <c r="G105" s="10" t="s">
-        <v>564</v>
+        <v>411</v>
       </c>
       <c r="H105" s="11"/>
     </row>
-    <row r="106" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A106" s="11">
         <v>3109</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C106" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D106" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E106" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>243</v>
+      </c>
+      <c r="F106" s="126" t="s">
+        <v>412</v>
       </c>
       <c r="G106" s="10" t="s">
-        <v>565</v>
+        <v>413</v>
       </c>
       <c r="H106" s="11"/>
     </row>
-    <row r="107" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A107" s="11">
         <v>3110</v>
       </c>
       <c r="B107" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C107" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D107" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E107" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>682</v>
+        <v>243</v>
+      </c>
+      <c r="F107" s="126" t="s">
+        <v>414</v>
       </c>
       <c r="G107" s="10" t="s">
-        <v>566</v>
+        <v>415</v>
       </c>
       <c r="H107" s="11"/>
     </row>
-    <row r="108" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:8" s="68" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A108" s="11">
-        <v>3114</v>
+        <v>3115</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C108" s="22">
         <v>44651</v>
       </c>
-      <c r="D108" s="23" t="s">
-[...9 lines deleted...]
-        <v>271</v>
+      <c r="D108" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E108" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F108" s="126" t="s">
+        <v>417</v>
+      </c>
+      <c r="G108" s="10" t="s">
+        <v>418</v>
       </c>
       <c r="H108" s="11"/>
     </row>
-    <row r="109" spans="1:8" s="68" customFormat="1" ht="52.8" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A109" s="11">
-        <v>3115</v>
-[...17 lines deleted...]
-        <v>272</v>
+        <v>3116</v>
+      </c>
+      <c r="B109" s="11"/>
+      <c r="C109" s="22"/>
+      <c r="D109" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="E109" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F109" s="131" t="s">
+        <v>419</v>
+      </c>
+      <c r="G109" s="98" t="s">
+        <v>420</v>
       </c>
       <c r="H109" s="11"/>
     </row>
-    <row r="110" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A110" s="11">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="B110" s="11"/>
       <c r="C110" s="22"/>
       <c r="D110" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E110" s="23" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>273</v>
+        <v>247</v>
+      </c>
+      <c r="F110" s="126" t="s">
+        <v>421</v>
+      </c>
+      <c r="G110" s="10" t="s">
+        <v>422</v>
       </c>
       <c r="H110" s="11"/>
     </row>
-    <row r="111" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A111" s="11">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="B111" s="11"/>
       <c r="C111" s="22"/>
       <c r="D111" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E111" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>247</v>
+      </c>
+      <c r="F111" s="126" t="s">
+        <v>423</v>
       </c>
       <c r="G111" s="10" t="s">
-        <v>275</v>
+        <v>424</v>
       </c>
       <c r="H111" s="11"/>
     </row>
-    <row r="112" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A112" s="11">
-        <v>3118</v>
-[...2 lines deleted...]
-      <c r="C112" s="22"/>
+        <v>3119</v>
+      </c>
+      <c r="B112" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="C112" s="22">
+        <v>44651</v>
+      </c>
       <c r="D112" s="23" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="E112" s="23" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>277</v>
+        <v>221</v>
+      </c>
+      <c r="F112" s="131" t="s">
+        <v>425</v>
+      </c>
+      <c r="G112" s="98" t="s">
+        <v>426</v>
       </c>
       <c r="H112" s="11"/>
     </row>
-    <row r="113" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>3119</v>
+    <row r="113" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A113" s="23">
+        <v>3122</v>
       </c>
       <c r="B113" s="11" t="s">
-        <v>195</v>
+        <v>242</v>
       </c>
       <c r="C113" s="22">
-        <v>44651</v>
+        <v>44408</v>
       </c>
       <c r="D113" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E113" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>221</v>
+      </c>
+      <c r="F113" s="126" t="s">
+        <v>427</v>
       </c>
       <c r="G113" s="98" t="s">
-        <v>279</v>
+        <v>428</v>
       </c>
       <c r="H113" s="11"/>
     </row>
-    <row r="114" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:8" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A114" s="23">
-        <v>3122</v>
+        <v>3123</v>
       </c>
       <c r="B114" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C114" s="22">
         <v>44408</v>
       </c>
       <c r="D114" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E114" s="23" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>221</v>
+      </c>
+      <c r="F114" s="126" t="s">
+        <v>429</v>
+      </c>
+      <c r="G114" s="10" t="s">
+        <v>430</v>
       </c>
       <c r="H114" s="11"/>
     </row>
-    <row r="115" spans="1:8" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:8" s="68" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A115" s="23">
-        <v>3123</v>
-[...4 lines deleted...]
-      <c r="C115" s="22">
+        <v>3124</v>
+      </c>
+      <c r="B115" s="11"/>
+      <c r="C115" s="22"/>
+      <c r="D115" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="E115" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F115" s="126" t="s">
+        <v>431</v>
+      </c>
+      <c r="G115" s="10" t="s">
+        <v>432</v>
+      </c>
+      <c r="H115" s="11">
+        <v>1535</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A116" s="23">
+        <v>3125</v>
+      </c>
+      <c r="B116" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="C116" s="22">
         <v>44408</v>
       </c>
-      <c r="D115" s="23" t="s">
-[...26 lines deleted...]
-        <v>788</v>
+      <c r="D116" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E116" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F116" s="126" t="s">
+        <v>433</v>
       </c>
       <c r="G116" s="10" t="s">
-        <v>282</v>
-[...5 lines deleted...]
-    <row r="117" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+        <v>434</v>
+      </c>
+      <c r="H116" s="23"/>
+    </row>
+    <row r="117" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A117" s="23">
-        <v>3125</v>
+        <v>3126</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C117" s="22">
         <v>44408</v>
       </c>
-      <c r="D117" s="22" t="s">
-[...6 lines deleted...]
-        <v>834</v>
+      <c r="D117" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E117" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F117" s="126" t="s">
+        <v>435</v>
       </c>
       <c r="G117" s="10" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-    <row r="118" spans="1:8" s="68" customFormat="1" ht="39.6" x14ac:dyDescent="0.25">
+        <v>436</v>
+      </c>
+      <c r="H117" s="11"/>
+    </row>
+    <row r="118" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A118" s="23">
-        <v>3126</v>
+        <v>3128</v>
       </c>
       <c r="B118" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C118" s="22">
         <v>44408</v>
       </c>
       <c r="D118" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E118" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>835</v>
+        <v>221</v>
+      </c>
+      <c r="F118" s="126" t="s">
+        <v>437</v>
       </c>
       <c r="G118" s="10" t="s">
-        <v>284</v>
-[...12 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="H118" s="23"/>
+    </row>
+    <row r="119" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A119" s="11">
+        <v>3130</v>
+      </c>
+      <c r="B119" s="11"/>
+      <c r="C119" s="22"/>
       <c r="D119" s="23" t="s">
-        <v>150</v>
+        <v>247</v>
       </c>
       <c r="E119" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>247</v>
+      </c>
+      <c r="F119" s="126" t="s">
+        <v>439</v>
       </c>
       <c r="G119" s="10" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-    <row r="120" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>440</v>
+      </c>
+      <c r="H119" s="11"/>
+    </row>
+    <row r="120" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A120" s="11">
-        <v>3130</v>
+        <v>3131</v>
       </c>
       <c r="B120" s="11"/>
       <c r="C120" s="22"/>
       <c r="D120" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E120" s="23" t="s">
-        <v>154</v>
-[...14 lines deleted...]
-      <c r="C121" s="22"/>
+        <v>247</v>
+      </c>
+      <c r="F120" s="132" t="s">
+        <v>441</v>
+      </c>
+      <c r="G120" s="98" t="s">
+        <v>442</v>
+      </c>
+      <c r="H120" s="23"/>
+    </row>
+    <row r="121" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A121" s="23">
+        <v>3133</v>
+      </c>
+      <c r="B121" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="C121" s="22">
+        <v>44408</v>
+      </c>
       <c r="D121" s="23" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="E121" s="23" t="s">
-        <v>154</v>
-[...9 lines deleted...]
-    <row r="122" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>221</v>
+      </c>
+      <c r="F121" s="126" t="s">
+        <v>443</v>
+      </c>
+      <c r="G121" s="10" t="s">
+        <v>444</v>
+      </c>
+      <c r="H121" s="11">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A122" s="23">
-        <v>3133</v>
-[...6 lines deleted...]
-      </c>
+        <v>3134</v>
+      </c>
+      <c r="B122" s="11"/>
+      <c r="C122" s="22"/>
       <c r="D122" s="23" t="s">
-        <v>150</v>
+        <v>247</v>
       </c>
       <c r="E122" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>247</v>
+      </c>
+      <c r="F122" s="126" t="s">
+        <v>445</v>
       </c>
       <c r="G122" s="10" t="s">
-        <v>291</v>
+        <v>446</v>
       </c>
       <c r="H122" s="11">
-        <v>1457</v>
-[...4 lines deleted...]
-        <v>3134</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A123" s="11">
+        <v>3135</v>
       </c>
       <c r="B123" s="11"/>
       <c r="C123" s="22"/>
       <c r="D123" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E123" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>837</v>
+        <v>247</v>
+      </c>
+      <c r="F123" s="126" t="s">
+        <v>447</v>
       </c>
       <c r="G123" s="10" t="s">
-        <v>292</v>
+        <v>448</v>
       </c>
       <c r="H123" s="11">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8" s="17" customFormat="1" ht="63.75" x14ac:dyDescent="0.25">
       <c r="A124" s="11">
-        <v>3135</v>
+        <v>3137</v>
       </c>
       <c r="B124" s="11"/>
       <c r="C124" s="22"/>
       <c r="D124" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E124" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>791</v>
+        <v>247</v>
+      </c>
+      <c r="F124" s="126" t="s">
+        <v>449</v>
       </c>
       <c r="G124" s="10" t="s">
-        <v>569</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:8" s="17" customFormat="1" ht="66" x14ac:dyDescent="0.3">
+        <v>450</v>
+      </c>
+      <c r="H124" s="23"/>
+    </row>
+    <row r="125" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A125" s="11">
-        <v>3137</v>
+        <v>3138</v>
       </c>
       <c r="B125" s="11"/>
       <c r="C125" s="22"/>
       <c r="D125" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E125" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>293</v>
+        <v>247</v>
+      </c>
+      <c r="F125" s="126" t="s">
+        <v>451</v>
       </c>
       <c r="G125" s="10" t="s">
-        <v>294</v>
+        <v>452</v>
       </c>
       <c r="H125" s="23"/>
     </row>
-    <row r="126" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A126" s="11">
-        <v>3138</v>
+        <v>3139</v>
       </c>
       <c r="B126" s="11"/>
-      <c r="C126" s="22"/>
+      <c r="C126" s="23"/>
       <c r="D126" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E126" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>295</v>
+        <v>247</v>
+      </c>
+      <c r="F126" s="126" t="s">
+        <v>453</v>
       </c>
       <c r="G126" s="10" t="s">
-        <v>537</v>
-[...3 lines deleted...]
-    <row r="127" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>369</v>
+      </c>
+      <c r="H126" s="11"/>
+    </row>
+    <row r="127" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A127" s="11">
-        <v>3139</v>
+        <v>3140</v>
       </c>
       <c r="B127" s="11"/>
-      <c r="C127" s="23"/>
+      <c r="C127" s="22"/>
       <c r="D127" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E127" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>296</v>
+        <v>247</v>
+      </c>
+      <c r="F127" s="126" t="s">
+        <v>454</v>
       </c>
       <c r="G127" s="10" t="s">
-        <v>246</v>
+        <v>271</v>
       </c>
       <c r="H127" s="11"/>
     </row>
-    <row r="128" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A128" s="11">
-        <v>3140</v>
+        <v>3143</v>
       </c>
       <c r="B128" s="11"/>
       <c r="C128" s="22"/>
       <c r="D128" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E128" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>298</v>
+        <v>247</v>
+      </c>
+      <c r="F128" s="126" t="s">
+        <v>455</v>
       </c>
       <c r="G128" s="10" t="s">
-        <v>179</v>
-[...3 lines deleted...]
-    <row r="129" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>456</v>
+      </c>
+      <c r="H128" s="23"/>
+    </row>
+    <row r="129" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A129" s="11">
-        <v>3143</v>
+        <v>3144</v>
       </c>
       <c r="B129" s="11"/>
-      <c r="C129" s="22"/>
+      <c r="C129" s="23"/>
       <c r="D129" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E129" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>300</v>
+        <v>247</v>
+      </c>
+      <c r="F129" s="126" t="s">
+        <v>457</v>
       </c>
       <c r="G129" s="10" t="s">
-        <v>301</v>
+        <v>458</v>
       </c>
       <c r="H129" s="23"/>
     </row>
-    <row r="130" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A130" s="11">
-        <v>3144</v>
-[...13 lines deleted...]
-        <v>297</v>
+        <v>3147</v>
+      </c>
+      <c r="B130" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C130" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D130" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E130" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F130" s="126" t="s">
+        <v>459</v>
+      </c>
+      <c r="G130" s="118" t="s">
+        <v>460</v>
       </c>
       <c r="H130" s="23"/>
     </row>
-    <row r="131" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A131" s="11">
-        <v>3147</v>
+        <v>3148</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C131" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D131" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E131" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>243</v>
+      </c>
+      <c r="F131" s="126" t="s">
+        <v>461</v>
+      </c>
+      <c r="G131" s="118" t="s">
+        <v>462</v>
       </c>
       <c r="H131" s="23"/>
     </row>
-    <row r="132" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A132" s="11">
-        <v>3148</v>
+        <v>3151</v>
       </c>
       <c r="B132" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C132" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D132" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E132" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>574</v>
+        <v>243</v>
+      </c>
+      <c r="F132" s="126" t="s">
+        <v>463</v>
+      </c>
+      <c r="G132" s="118" t="s">
+        <v>464</v>
       </c>
       <c r="H132" s="23"/>
     </row>
-    <row r="133" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A133" s="11">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="B133" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C133" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D133" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E133" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>577</v>
+        <v>243</v>
+      </c>
+      <c r="F133" s="126" t="s">
+        <v>465</v>
+      </c>
+      <c r="G133" s="118" t="s">
+        <v>466</v>
       </c>
       <c r="H133" s="23"/>
     </row>
-    <row r="134" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A134" s="11">
-        <v>3152</v>
+        <v>3153</v>
       </c>
       <c r="B134" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C134" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D134" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E134" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>578</v>
+        <v>243</v>
+      </c>
+      <c r="F134" s="126" t="s">
+        <v>467</v>
+      </c>
+      <c r="G134" s="118" t="s">
+        <v>468</v>
       </c>
       <c r="H134" s="23"/>
     </row>
-    <row r="135" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A135" s="11">
-        <v>3153</v>
+        <v>3154</v>
       </c>
       <c r="B135" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C135" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D135" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E135" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>579</v>
+        <v>243</v>
+      </c>
+      <c r="F135" s="126" t="s">
+        <v>469</v>
+      </c>
+      <c r="G135" s="118" t="s">
+        <v>470</v>
       </c>
       <c r="H135" s="23"/>
     </row>
-    <row r="136" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A136" s="11">
-        <v>3154</v>
+        <v>3157</v>
       </c>
       <c r="B136" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C136" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D136" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E136" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>243</v>
+      </c>
+      <c r="F136" s="126" t="s">
+        <v>471</v>
+      </c>
+      <c r="G136" s="118" t="s">
+        <v>472</v>
       </c>
       <c r="H136" s="23"/>
     </row>
-    <row r="137" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A137" s="11">
-        <v>3157</v>
+        <v>3158</v>
       </c>
       <c r="B137" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C137" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D137" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E137" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>713</v>
+        <v>243</v>
+      </c>
+      <c r="F137" s="126" t="s">
+        <v>473</v>
+      </c>
+      <c r="G137" s="118" t="s">
+        <v>464</v>
       </c>
       <c r="H137" s="23"/>
     </row>
-    <row r="138" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A138" s="11">
-        <v>3158</v>
+        <v>3159</v>
       </c>
       <c r="B138" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C138" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D138" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E138" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>577</v>
+        <v>243</v>
+      </c>
+      <c r="F138" s="126" t="s">
+        <v>474</v>
+      </c>
+      <c r="G138" s="118" t="s">
+        <v>466</v>
       </c>
       <c r="H138" s="23"/>
     </row>
-    <row r="139" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A139" s="11">
-        <v>3159</v>
+        <v>3160</v>
       </c>
       <c r="B139" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C139" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D139" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E139" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>578</v>
+        <v>243</v>
+      </c>
+      <c r="F139" s="126" t="s">
+        <v>475</v>
+      </c>
+      <c r="G139" s="118" t="s">
+        <v>468</v>
       </c>
       <c r="H139" s="23"/>
     </row>
-    <row r="140" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A140" s="11">
-        <v>3160</v>
+        <v>3161</v>
       </c>
       <c r="B140" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C140" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D140" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E140" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>579</v>
+        <v>243</v>
+      </c>
+      <c r="F140" s="126" t="s">
+        <v>476</v>
+      </c>
+      <c r="G140" s="118" t="s">
+        <v>470</v>
       </c>
       <c r="H140" s="23"/>
     </row>
-    <row r="141" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A141" s="11">
-        <v>3161</v>
-[...17 lines deleted...]
-        <v>580</v>
+        <v>3162</v>
+      </c>
+      <c r="B141" s="11"/>
+      <c r="C141" s="22"/>
+      <c r="D141" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="E141" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F141" s="97" t="s">
+        <v>477</v>
+      </c>
+      <c r="G141" s="118" t="s">
+        <v>478</v>
       </c>
       <c r="H141" s="23"/>
     </row>
-    <row r="142" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>3162</v>
+    <row r="142" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A142" s="23">
+        <v>3170</v>
       </c>
       <c r="B142" s="11"/>
-      <c r="C142" s="22"/>
+      <c r="C142" s="24"/>
       <c r="D142" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E142" s="23" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>311</v>
+        <v>247</v>
+      </c>
+      <c r="F142" s="126" t="s">
+        <v>479</v>
+      </c>
+      <c r="G142" s="75" t="s">
+        <v>480</v>
       </c>
       <c r="H142" s="23"/>
     </row>
-    <row r="143" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A143" s="23">
-        <v>3170</v>
-[...10 lines deleted...]
-        <v>795</v>
+        <v>3171</v>
+      </c>
+      <c r="B143" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C143" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D143" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E143" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F143" s="126" t="s">
+        <v>481</v>
       </c>
       <c r="G143" s="75" t="s">
-        <v>317</v>
+        <v>482</v>
       </c>
       <c r="H143" s="23"/>
     </row>
-    <row r="144" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A144" s="23">
-        <v>3171</v>
+        <v>3172</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C144" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D144" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E144" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>629</v>
+        <v>243</v>
+      </c>
+      <c r="F144" s="126" t="s">
+        <v>483</v>
       </c>
       <c r="G144" s="75" t="s">
-        <v>318</v>
+        <v>482</v>
       </c>
       <c r="H144" s="23"/>
     </row>
-    <row r="145" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A145" s="23">
-        <v>3172</v>
-[...17 lines deleted...]
-        <v>318</v>
+        <v>3174</v>
+      </c>
+      <c r="B145" s="11"/>
+      <c r="C145" s="22"/>
+      <c r="D145" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="E145" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F145" s="126" t="s">
+        <v>484</v>
+      </c>
+      <c r="G145" s="10" t="s">
+        <v>485</v>
       </c>
       <c r="H145" s="23"/>
     </row>
-    <row r="146" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A146" s="23">
-        <v>3174</v>
+        <v>3176</v>
       </c>
       <c r="B146" s="11"/>
       <c r="C146" s="22"/>
       <c r="D146" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E146" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>247</v>
+      </c>
+      <c r="F146" s="126" t="s">
+        <v>198</v>
       </c>
       <c r="G146" s="10" t="s">
-        <v>584</v>
+        <v>486</v>
       </c>
       <c r="H146" s="23"/>
     </row>
-    <row r="147" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>3176</v>
+    <row r="147" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A147" s="11">
+        <v>3206</v>
       </c>
       <c r="B147" s="11"/>
       <c r="C147" s="22"/>
       <c r="D147" s="23" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="E147" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>128</v>
+        <v>221</v>
+      </c>
+      <c r="F147" s="126" t="s">
+        <v>487</v>
       </c>
       <c r="G147" s="10" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-    <row r="148" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>488</v>
+      </c>
+      <c r="H147" s="11"/>
+    </row>
+    <row r="148" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A148" s="11">
-        <v>3206</v>
+        <v>3207</v>
       </c>
       <c r="B148" s="11"/>
       <c r="C148" s="22"/>
       <c r="D148" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E148" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>839</v>
+        <v>221</v>
+      </c>
+      <c r="F148" s="126" t="s">
+        <v>489</v>
       </c>
       <c r="G148" s="10" t="s">
-        <v>322</v>
+        <v>490</v>
       </c>
       <c r="H148" s="11"/>
     </row>
-    <row r="149" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A149" s="11">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="B149" s="11"/>
       <c r="C149" s="22"/>
       <c r="D149" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E149" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>840</v>
+        <v>221</v>
+      </c>
+      <c r="F149" s="126" t="s">
+        <v>491</v>
       </c>
       <c r="G149" s="10" t="s">
-        <v>176</v>
+        <v>492</v>
       </c>
       <c r="H149" s="11"/>
     </row>
-    <row r="150" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A150" s="11">
-        <v>3209</v>
+        <v>3212</v>
       </c>
       <c r="B150" s="11"/>
       <c r="C150" s="22"/>
       <c r="D150" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E150" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>841</v>
+        <v>221</v>
+      </c>
+      <c r="F150" s="126" t="s">
+        <v>493</v>
       </c>
       <c r="G150" s="10" t="s">
-        <v>323</v>
+        <v>494</v>
       </c>
       <c r="H150" s="11"/>
     </row>
-    <row r="151" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C151" s="22"/>
+    <row r="151" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A151" s="23">
+        <v>3301</v>
+      </c>
+      <c r="B151" s="11" t="s">
+        <v>242</v>
+      </c>
+      <c r="C151" s="22">
+        <v>44408</v>
+      </c>
       <c r="D151" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E151" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>221</v>
+      </c>
+      <c r="F151" s="126" t="s">
+        <v>495</v>
       </c>
       <c r="G151" s="10" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-    <row r="152" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>496</v>
+      </c>
+      <c r="H151" s="23"/>
+    </row>
+    <row r="152" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A152" s="23">
-        <v>3301</v>
+        <v>3302</v>
       </c>
       <c r="B152" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C152" s="22">
         <v>44408</v>
       </c>
       <c r="D152" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E152" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>221</v>
+      </c>
+      <c r="F152" s="126" t="s">
+        <v>497</v>
       </c>
       <c r="G152" s="10" t="s">
-        <v>325</v>
+        <v>498</v>
       </c>
       <c r="H152" s="23"/>
     </row>
-    <row r="153" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A153" s="23">
-        <v>3302</v>
+        <v>3303</v>
       </c>
       <c r="B153" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C153" s="22">
         <v>44408</v>
       </c>
       <c r="D153" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E153" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>844</v>
+        <v>221</v>
+      </c>
+      <c r="F153" s="126" t="s">
+        <v>499</v>
       </c>
       <c r="G153" s="10" t="s">
-        <v>585</v>
+        <v>500</v>
       </c>
       <c r="H153" s="23"/>
     </row>
-    <row r="154" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A154" s="23">
-        <v>3303</v>
+        <v>3304</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C154" s="22">
         <v>44408</v>
       </c>
       <c r="D154" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E154" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>845</v>
+        <v>221</v>
+      </c>
+      <c r="F154" s="126" t="s">
+        <v>49</v>
       </c>
       <c r="G154" s="10" t="s">
-        <v>586</v>
+        <v>501</v>
       </c>
       <c r="H154" s="23"/>
     </row>
-    <row r="155" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A155" s="23">
-        <v>3304</v>
+        <v>3305</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C155" s="22">
         <v>44408</v>
       </c>
       <c r="D155" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E155" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>929</v>
+        <v>221</v>
+      </c>
+      <c r="F155" s="126" t="s">
+        <v>502</v>
       </c>
       <c r="G155" s="10" t="s">
-        <v>587</v>
-[...3 lines deleted...]
-    <row r="156" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>503</v>
+      </c>
+      <c r="H155" s="11"/>
+    </row>
+    <row r="156" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A156" s="23">
-        <v>3305</v>
+        <v>3306</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C156" s="22">
         <v>44408</v>
       </c>
       <c r="D156" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E156" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>846</v>
+        <v>221</v>
+      </c>
+      <c r="F156" s="126" t="s">
+        <v>504</v>
       </c>
       <c r="G156" s="10" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-    <row r="157" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>505</v>
+      </c>
+      <c r="H156" s="23"/>
+    </row>
+    <row r="157" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A157" s="23">
-        <v>3306</v>
+        <v>3307</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C157" s="22">
         <v>44408</v>
       </c>
       <c r="D157" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E157" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>847</v>
+        <v>221</v>
+      </c>
+      <c r="F157" s="126" t="s">
+        <v>506</v>
       </c>
       <c r="G157" s="10" t="s">
-        <v>611</v>
+        <v>507</v>
       </c>
       <c r="H157" s="23"/>
     </row>
-    <row r="158" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A158" s="23">
-        <v>3307</v>
+        <v>3311</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C158" s="22">
         <v>44408</v>
       </c>
       <c r="D158" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E158" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>848</v>
+        <v>221</v>
+      </c>
+      <c r="F158" s="126" t="s">
+        <v>508</v>
       </c>
       <c r="G158" s="10" t="s">
-        <v>327</v>
+        <v>509</v>
       </c>
       <c r="H158" s="23"/>
     </row>
-    <row r="159" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A159" s="23">
-        <v>3311</v>
+        <v>3312</v>
       </c>
       <c r="B159" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C159" s="22">
         <v>44408</v>
       </c>
       <c r="D159" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E159" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>849</v>
+        <v>221</v>
+      </c>
+      <c r="F159" s="126" t="s">
+        <v>510</v>
       </c>
       <c r="G159" s="10" t="s">
-        <v>328</v>
+        <v>511</v>
       </c>
       <c r="H159" s="23"/>
     </row>
-    <row r="160" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A160" s="23">
-        <v>3312</v>
+        <v>3313</v>
       </c>
       <c r="B160" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C160" s="22">
         <v>44408</v>
       </c>
       <c r="D160" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E160" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>850</v>
+        <v>221</v>
+      </c>
+      <c r="F160" s="126" t="s">
+        <v>512</v>
       </c>
       <c r="G160" s="10" t="s">
-        <v>588</v>
+        <v>513</v>
       </c>
       <c r="H160" s="23"/>
     </row>
-    <row r="161" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:8" s="17" customFormat="1" ht="76.5" x14ac:dyDescent="0.25">
       <c r="A161" s="23">
-        <v>3313</v>
+        <v>3314</v>
       </c>
       <c r="B161" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C161" s="22">
         <v>44408</v>
       </c>
       <c r="D161" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E161" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>806</v>
+        <v>221</v>
+      </c>
+      <c r="F161" s="126" t="s">
+        <v>514</v>
       </c>
       <c r="G161" s="10" t="s">
-        <v>589</v>
-[...3 lines deleted...]
-    <row r="162" spans="1:8" s="17" customFormat="1" ht="79.2" x14ac:dyDescent="0.3">
+        <v>515</v>
+      </c>
+      <c r="H161" s="11"/>
+    </row>
+    <row r="162" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A162" s="23">
-        <v>3314</v>
+        <v>3315</v>
       </c>
       <c r="B162" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C162" s="22">
         <v>44408</v>
       </c>
       <c r="D162" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E162" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>221</v>
+      </c>
+      <c r="F162" s="126" t="s">
+        <v>516</v>
       </c>
       <c r="G162" s="10" t="s">
-        <v>590</v>
-[...3 lines deleted...]
-    <row r="163" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>517</v>
+      </c>
+      <c r="H162" s="23"/>
+    </row>
+    <row r="163" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A163" s="23">
-        <v>3315</v>
+        <v>3316</v>
       </c>
       <c r="B163" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C163" s="22">
         <v>44408</v>
       </c>
       <c r="D163" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E163" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>852</v>
+        <v>221</v>
+      </c>
+      <c r="F163" s="126" t="s">
+        <v>518</v>
       </c>
       <c r="G163" s="10" t="s">
-        <v>591</v>
+        <v>519</v>
       </c>
       <c r="H163" s="23"/>
     </row>
-    <row r="164" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A164" s="23">
-        <v>3316</v>
+        <v>3317</v>
       </c>
       <c r="B164" s="11" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="C164" s="22"/>
       <c r="D164" s="23" t="s">
-        <v>150</v>
+        <v>247</v>
       </c>
       <c r="E164" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>853</v>
+        <v>247</v>
+      </c>
+      <c r="F164" s="126" t="s">
+        <v>197</v>
       </c>
       <c r="G164" s="10" t="s">
-        <v>592</v>
-[...3 lines deleted...]
-    <row r="165" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>438</v>
+      </c>
+      <c r="H164" s="119"/>
+    </row>
+    <row r="165" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A165" s="23">
-        <v>3317</v>
+        <v>3401</v>
       </c>
       <c r="B165" s="11" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="C165" s="22"/>
+        <v>287</v>
+      </c>
+      <c r="C165" s="22">
+        <v>44651</v>
+      </c>
       <c r="D165" s="23" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="E165" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>221</v>
+      </c>
+      <c r="F165" s="126" t="s">
+        <v>520</v>
       </c>
       <c r="G165" s="10" t="s">
-        <v>567</v>
-[...3 lines deleted...]
-    <row r="166" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>521</v>
+      </c>
+      <c r="H165" s="23"/>
+    </row>
+    <row r="166" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A166" s="23">
-        <v>3401</v>
+        <v>3402</v>
       </c>
       <c r="B166" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C166" s="22">
         <v>44651</v>
       </c>
       <c r="D166" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E166" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>330</v>
+        <v>221</v>
+      </c>
+      <c r="F166" s="126" t="s">
+        <v>522</v>
       </c>
       <c r="G166" s="10" t="s">
-        <v>331</v>
+        <v>523</v>
       </c>
       <c r="H166" s="23"/>
     </row>
-    <row r="167" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A167" s="23">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="B167" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C167" s="22">
         <v>44651</v>
       </c>
       <c r="D167" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E167" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>332</v>
+        <v>221</v>
+      </c>
+      <c r="F167" s="126" t="s">
+        <v>524</v>
       </c>
       <c r="G167" s="10" t="s">
-        <v>333</v>
+        <v>525</v>
       </c>
       <c r="H167" s="23"/>
     </row>
-    <row r="168" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A168" s="23">
-        <v>3403</v>
+        <v>3410</v>
       </c>
       <c r="B168" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C168" s="22">
         <v>44651</v>
       </c>
       <c r="D168" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E168" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>854</v>
+        <v>221</v>
+      </c>
+      <c r="F168" s="126" t="s">
+        <v>526</v>
       </c>
       <c r="G168" s="10" t="s">
-        <v>593</v>
+        <v>527</v>
       </c>
       <c r="H168" s="23"/>
     </row>
-    <row r="169" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A169" s="23">
-        <v>3410</v>
+        <v>3411</v>
       </c>
       <c r="B169" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C169" s="22">
         <v>44651</v>
       </c>
       <c r="D169" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E169" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>221</v>
+      </c>
+      <c r="F169" s="126" t="s">
+        <v>528</v>
       </c>
       <c r="G169" s="10" t="s">
-        <v>335</v>
+        <v>529</v>
       </c>
       <c r="H169" s="23"/>
     </row>
-    <row r="170" spans="1:8" s="17" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A170" s="23">
-        <v>3411</v>
+        <v>3412</v>
       </c>
       <c r="B170" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C170" s="22">
         <v>44651</v>
       </c>
       <c r="D170" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E170" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>336</v>
+        <v>221</v>
+      </c>
+      <c r="F170" s="126" t="s">
+        <v>530</v>
       </c>
       <c r="G170" s="10" t="s">
-        <v>337</v>
+        <v>531</v>
       </c>
       <c r="H170" s="23"/>
     </row>
-    <row r="171" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A171" s="23">
-        <v>3412</v>
+        <v>3413</v>
       </c>
       <c r="B171" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C171" s="22">
         <v>44651</v>
       </c>
       <c r="D171" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E171" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>221</v>
+      </c>
+      <c r="F171" s="126" t="s">
+        <v>532</v>
       </c>
       <c r="G171" s="10" t="s">
-        <v>339</v>
+        <v>533</v>
       </c>
       <c r="H171" s="23"/>
     </row>
-    <row r="172" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A172" s="23">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="B172" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C172" s="22">
         <v>44651</v>
       </c>
       <c r="D172" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E172" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>221</v>
+      </c>
+      <c r="F172" s="126" t="s">
+        <v>534</v>
       </c>
       <c r="G172" s="10" t="s">
-        <v>594</v>
+        <v>535</v>
       </c>
       <c r="H172" s="23"/>
     </row>
-    <row r="173" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A173" s="23">
-        <v>3414</v>
+        <v>3415</v>
       </c>
       <c r="B173" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C173" s="22">
         <v>44651</v>
       </c>
       <c r="D173" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E173" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>221</v>
+      </c>
+      <c r="F173" s="126" t="s">
+        <v>536</v>
       </c>
       <c r="G173" s="10" t="s">
-        <v>342</v>
+        <v>537</v>
       </c>
       <c r="H173" s="23"/>
     </row>
-    <row r="174" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A174" s="23">
-        <v>3415</v>
+        <v>3416</v>
       </c>
       <c r="B174" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C174" s="22">
         <v>44651</v>
       </c>
       <c r="D174" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E174" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>221</v>
+      </c>
+      <c r="F174" s="126" t="s">
+        <v>205</v>
       </c>
       <c r="G174" s="10" t="s">
-        <v>595</v>
+        <v>538</v>
       </c>
       <c r="H174" s="23"/>
     </row>
-    <row r="175" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A175" s="23">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="B175" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C175" s="22">
         <v>44651</v>
       </c>
       <c r="D175" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E175" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>221</v>
+      </c>
+      <c r="F175" s="126" t="s">
+        <v>206</v>
       </c>
       <c r="G175" s="10" t="s">
-        <v>344</v>
+        <v>539</v>
       </c>
       <c r="H175" s="23"/>
     </row>
-    <row r="176" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A176" s="23">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="B176" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C176" s="22">
         <v>44651</v>
       </c>
       <c r="D176" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E176" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>221</v>
+      </c>
+      <c r="F176" s="126" t="s">
+        <v>540</v>
       </c>
       <c r="G176" s="10" t="s">
-        <v>345</v>
+        <v>541</v>
       </c>
       <c r="H176" s="23"/>
     </row>
-    <row r="177" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:8" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A177" s="23">
-        <v>3418</v>
+        <v>3421</v>
       </c>
       <c r="B177" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C177" s="22">
         <v>44651</v>
       </c>
       <c r="D177" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E177" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>346</v>
+        <v>221</v>
+      </c>
+      <c r="F177" s="126" t="s">
+        <v>207</v>
       </c>
       <c r="G177" s="10" t="s">
-        <v>596</v>
+        <v>542</v>
       </c>
       <c r="H177" s="23"/>
     </row>
-    <row r="178" spans="1:8" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:8" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A178" s="23">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C178" s="22">
         <v>44651</v>
       </c>
       <c r="D178" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E178" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>221</v>
+      </c>
+      <c r="F178" s="126" t="s">
+        <v>543</v>
       </c>
       <c r="G178" s="10" t="s">
-        <v>752</v>
+        <v>544</v>
       </c>
       <c r="H178" s="23"/>
     </row>
-    <row r="179" spans="1:8" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:8" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A179" s="23">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C179" s="22">
         <v>44651</v>
       </c>
       <c r="D179" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E179" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>855</v>
+        <v>221</v>
+      </c>
+      <c r="F179" s="126" t="s">
+        <v>545</v>
       </c>
       <c r="G179" s="10" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="H179" s="23"/>
     </row>
-    <row r="180" spans="1:8" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:8" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A180" s="23">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="B180" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="C180" s="22">
+        <v>44830</v>
+      </c>
+      <c r="D180" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E180" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F180" s="126" t="s">
         <v>195</v>
       </c>
-      <c r="C180" s="22">
-[...10 lines deleted...]
-      </c>
       <c r="G180" s="10" t="s">
-        <v>597</v>
+        <v>539</v>
       </c>
       <c r="H180" s="23"/>
     </row>
-    <row r="181" spans="1:8" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>3425</v>
+    <row r="181" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A181" s="11">
+        <v>3501</v>
       </c>
       <c r="B181" s="11" t="s">
-        <v>195</v>
+        <v>547</v>
       </c>
       <c r="C181" s="22">
-        <v>44830</v>
+        <v>45047</v>
       </c>
       <c r="D181" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E181" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>221</v>
+      </c>
+      <c r="F181" s="126" t="s">
+        <v>548</v>
       </c>
       <c r="G181" s="10" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-    <row r="182" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>549</v>
+      </c>
+      <c r="H181" s="75"/>
+    </row>
+    <row r="182" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A182" s="11">
-        <v>3501</v>
+        <v>3502</v>
       </c>
       <c r="B182" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C182" s="22">
         <v>45047</v>
       </c>
       <c r="D182" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E182" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>221</v>
+      </c>
+      <c r="F182" s="126" t="s">
+        <v>550</v>
       </c>
       <c r="G182" s="10" t="s">
-        <v>351</v>
+        <v>551</v>
       </c>
       <c r="H182" s="75"/>
     </row>
-    <row r="183" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:8" s="105" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A183" s="11">
-        <v>3502</v>
+        <v>3505</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C183" s="22">
-        <v>45047</v>
-[...8 lines deleted...]
-        <v>352</v>
+        <v>45236</v>
+      </c>
+      <c r="D183" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E183" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F183" s="126" t="s">
+        <v>553</v>
       </c>
       <c r="G183" s="10" t="s">
-        <v>353</v>
+        <v>554</v>
       </c>
       <c r="H183" s="75"/>
     </row>
-    <row r="184" spans="1:8" s="105" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A184" s="11">
-        <v>3505</v>
+        <v>3506</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C184" s="22">
         <v>45236</v>
       </c>
       <c r="D184" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E184" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>231</v>
+      </c>
+      <c r="F184" s="126" t="s">
+        <v>555</v>
       </c>
       <c r="G184" s="10" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-    <row r="185" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>556</v>
+      </c>
+      <c r="H184" s="120"/>
+    </row>
+    <row r="185" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A185" s="11">
-        <v>3506</v>
+        <v>3508</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C185" s="22">
         <v>45236</v>
       </c>
       <c r="D185" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E185" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>231</v>
+      </c>
+      <c r="F185" s="126" t="s">
+        <v>557</v>
       </c>
       <c r="G185" s="10" t="s">
-        <v>357</v>
-[...3 lines deleted...]
-    <row r="186" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>558</v>
+      </c>
+      <c r="H185" s="120"/>
+    </row>
+    <row r="186" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A186" s="11">
-        <v>3508</v>
+        <v>3512</v>
       </c>
       <c r="B186" s="11" t="s">
-        <v>354</v>
+        <v>547</v>
       </c>
       <c r="C186" s="22">
+        <v>45047</v>
+      </c>
+      <c r="D186" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E186" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F186" s="126" t="s">
+        <v>559</v>
+      </c>
+      <c r="G186" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="H186" s="120"/>
+    </row>
+    <row r="187" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A187" s="23">
+        <v>3515</v>
+      </c>
+      <c r="B187" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C187" s="22">
         <v>45236</v>
       </c>
-      <c r="D186" s="22" t="s">
-[...20 lines deleted...]
-      <c r="C187" s="22">
+      <c r="D187" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E187" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F187" s="126" t="s">
+        <v>560</v>
+      </c>
+      <c r="G187" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="H187" s="120"/>
+    </row>
+    <row r="188" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A188" s="23">
+        <v>3518</v>
+      </c>
+      <c r="B188" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C188" s="22">
         <v>45047</v>
       </c>
-      <c r="D187" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C188" s="22">
+      <c r="D188" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E188" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F188" s="126" t="s">
+        <v>561</v>
+      </c>
+      <c r="G188" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="H188" s="120"/>
+    </row>
+    <row r="189" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A189" s="11">
+        <v>3521</v>
+      </c>
+      <c r="B189" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C189" s="22">
         <v>45236</v>
       </c>
-      <c r="D188" s="22" t="s">
-[...20 lines deleted...]
-      <c r="C189" s="22">
+      <c r="D189" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E189" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F189" s="126" t="s">
+        <v>562</v>
+      </c>
+      <c r="G189" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="H189" s="120"/>
+    </row>
+    <row r="190" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A190" s="11">
+        <v>3524</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C190" s="22">
         <v>45047</v>
       </c>
-      <c r="D189" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C190" s="22">
+      <c r="D190" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E190" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F190" s="126" t="s">
+        <v>563</v>
+      </c>
+      <c r="G190" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="H190" s="120"/>
+    </row>
+    <row r="191" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A191" s="11">
+        <v>3526</v>
+      </c>
+      <c r="B191" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C191" s="22">
         <v>45236</v>
       </c>
-      <c r="D190" s="22" t="s">
-[...30 lines deleted...]
-        <v>361</v>
+      <c r="D191" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E191" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F191" s="126" t="s">
+        <v>60</v>
       </c>
       <c r="G191" s="10" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-    <row r="192" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>564</v>
+      </c>
+      <c r="H191" s="120"/>
+    </row>
+    <row r="192" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A192" s="11">
-        <v>3526</v>
+        <v>3529</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C192" s="22">
         <v>45236</v>
       </c>
       <c r="D192" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E192" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>916</v>
+        <v>231</v>
+      </c>
+      <c r="F192" s="126" t="s">
+        <v>565</v>
       </c>
       <c r="G192" s="10" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-    <row r="193" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>566</v>
+      </c>
+      <c r="H192" s="120"/>
+    </row>
+    <row r="193" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A193" s="11">
-        <v>3529</v>
+        <v>3530</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C193" s="22">
         <v>45236</v>
       </c>
       <c r="D193" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E193" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>231</v>
+      </c>
+      <c r="F193" s="126" t="s">
+        <v>124</v>
       </c>
       <c r="G193" s="10" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-    <row r="194" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>567</v>
+      </c>
+      <c r="H193" s="120"/>
+    </row>
+    <row r="194" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A194" s="11">
-        <v>3530</v>
+        <v>3531</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>354</v>
+        <v>547</v>
       </c>
       <c r="C194" s="22">
-        <v>45236</v>
+        <v>45047</v>
       </c>
       <c r="D194" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E194" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>231</v>
+      </c>
+      <c r="F194" s="126" t="s">
+        <v>568</v>
       </c>
       <c r="G194" s="10" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-    <row r="195" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>569</v>
+      </c>
+      <c r="H194" s="120"/>
+    </row>
+    <row r="195" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A195" s="11">
-        <v>3531</v>
+        <v>3532</v>
       </c>
       <c r="B195" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C195" s="22">
         <v>45047</v>
       </c>
       <c r="D195" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E195" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>231</v>
+      </c>
+      <c r="F195" s="126" t="s">
+        <v>570</v>
       </c>
       <c r="G195" s="10" t="s">
-        <v>366</v>
-[...3 lines deleted...]
-    <row r="196" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>571</v>
+      </c>
+      <c r="H195" s="120"/>
+    </row>
+    <row r="196" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A196" s="11">
-        <v>3532</v>
+        <v>3533</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C196" s="22">
-        <v>45047</v>
+        <v>45236</v>
       </c>
       <c r="D196" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E196" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>231</v>
+      </c>
+      <c r="F196" s="126" t="s">
+        <v>572</v>
       </c>
       <c r="G196" s="10" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-    <row r="197" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>566</v>
+      </c>
+      <c r="H196" s="120"/>
+    </row>
+    <row r="197" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A197" s="11">
-        <v>3533</v>
+        <v>3534</v>
       </c>
       <c r="B197" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C197" s="22">
         <v>45236</v>
       </c>
       <c r="D197" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E197" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>231</v>
+      </c>
+      <c r="F197" s="126" t="s">
+        <v>126</v>
       </c>
       <c r="G197" s="10" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-    <row r="198" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>567</v>
+      </c>
+      <c r="H197" s="120"/>
+    </row>
+    <row r="198" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A198" s="11">
-        <v>3534</v>
+        <v>3535</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>354</v>
+        <v>547</v>
       </c>
       <c r="C198" s="22">
-        <v>45236</v>
+        <v>45047</v>
       </c>
       <c r="D198" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E198" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>231</v>
+      </c>
+      <c r="F198" s="126" t="s">
+        <v>187</v>
       </c>
       <c r="G198" s="10" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-    <row r="199" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>573</v>
+      </c>
+      <c r="H198" s="120"/>
+    </row>
+    <row r="199" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A199" s="11">
-        <v>3535</v>
+        <v>3536</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C199" s="22">
         <v>45047</v>
       </c>
       <c r="D199" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E199" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>231</v>
+      </c>
+      <c r="F199" s="126" t="s">
+        <v>574</v>
       </c>
       <c r="G199" s="10" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-    <row r="200" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>571</v>
+      </c>
+      <c r="H199" s="120"/>
+    </row>
+    <row r="200" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A200" s="11">
-        <v>3536</v>
+        <v>3537</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C200" s="22">
-        <v>45047</v>
+        <v>45236</v>
       </c>
       <c r="D200" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E200" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>231</v>
+      </c>
+      <c r="F200" s="126" t="s">
+        <v>575</v>
       </c>
       <c r="G200" s="10" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-    <row r="201" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>566</v>
+      </c>
+      <c r="H200" s="120"/>
+    </row>
+    <row r="201" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A201" s="11">
-        <v>3537</v>
+        <v>3538</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C201" s="22">
         <v>45236</v>
       </c>
       <c r="D201" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E201" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>231</v>
+      </c>
+      <c r="F201" s="126" t="s">
+        <v>128</v>
       </c>
       <c r="G201" s="10" t="s">
-        <v>734</v>
-[...3 lines deleted...]
-    <row r="202" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>567</v>
+      </c>
+      <c r="H201" s="120"/>
+    </row>
+    <row r="202" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A202" s="11">
-        <v>3538</v>
+        <v>3539</v>
       </c>
       <c r="B202" s="11" t="s">
-        <v>354</v>
+        <v>547</v>
       </c>
       <c r="C202" s="22">
-        <v>45236</v>
+        <v>45047</v>
       </c>
       <c r="D202" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E202" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>231</v>
+      </c>
+      <c r="F202" s="126" t="s">
+        <v>576</v>
       </c>
       <c r="G202" s="10" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-    <row r="203" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>573</v>
+      </c>
+      <c r="H202" s="120"/>
+    </row>
+    <row r="203" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A203" s="11">
-        <v>3539</v>
+        <v>3540</v>
       </c>
       <c r="B203" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C203" s="22">
         <v>45047</v>
       </c>
       <c r="D203" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E203" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>231</v>
+      </c>
+      <c r="F203" s="126" t="s">
+        <v>577</v>
       </c>
       <c r="G203" s="10" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-    <row r="204" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>571</v>
+      </c>
+      <c r="H203" s="120"/>
+    </row>
+    <row r="204" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A204" s="11">
-        <v>3540</v>
+        <v>3541</v>
       </c>
       <c r="B204" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C204" s="22">
         <v>45047</v>
       </c>
-      <c r="D204" s="22" t="s">
-[...6 lines deleted...]
-        <v>866</v>
+      <c r="D204" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E204" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F204" s="126" t="s">
+        <v>578</v>
       </c>
       <c r="G204" s="10" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-    <row r="205" spans="1:8" x14ac:dyDescent="0.3">
+        <v>579</v>
+      </c>
+      <c r="H204" s="120"/>
+    </row>
+    <row r="205" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A205" s="11">
-        <v>3541</v>
+        <v>3542</v>
       </c>
       <c r="B205" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C205" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D205" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E205" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F205" s="126" t="s">
+        <v>580</v>
+      </c>
+      <c r="G205" s="10" t="s">
+        <v>581</v>
+      </c>
+      <c r="H205" s="120"/>
+    </row>
+    <row r="206" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A206" s="11">
+        <v>3543</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C206" s="22">
         <v>45047</v>
       </c>
-      <c r="D205" s="23" t="s">
-[...30 lines deleted...]
-        <v>867</v>
+      <c r="D206" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E206" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F206" s="126" t="s">
+        <v>582</v>
       </c>
       <c r="G206" s="10" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-    <row r="207" spans="1:8" x14ac:dyDescent="0.3">
+        <v>583</v>
+      </c>
+      <c r="H206" s="120"/>
+    </row>
+    <row r="207" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A207" s="11">
-        <v>3543</v>
+        <v>3544</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C207" s="22">
         <v>45047</v>
       </c>
       <c r="D207" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E207" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>221</v>
+      </c>
+      <c r="F207" s="126" t="s">
+        <v>584</v>
       </c>
       <c r="G207" s="10" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-    <row r="208" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>583</v>
+      </c>
+      <c r="H207" s="120"/>
+    </row>
+    <row r="208" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A208" s="11">
-        <v>3544</v>
+        <v>3545</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C208" s="22">
         <v>45047</v>
       </c>
       <c r="D208" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E208" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>221</v>
+      </c>
+      <c r="F208" s="126" t="s">
+        <v>585</v>
       </c>
       <c r="G208" s="10" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-    <row r="209" spans="1:8" x14ac:dyDescent="0.3">
+        <v>586</v>
+      </c>
+      <c r="H208" s="120"/>
+    </row>
+    <row r="209" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A209" s="11">
-        <v>3545</v>
+        <v>3546</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C209" s="22">
         <v>45047</v>
       </c>
       <c r="D209" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E209" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>221</v>
+      </c>
+      <c r="F209" s="126" t="s">
+        <v>587</v>
       </c>
       <c r="G209" s="10" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-    <row r="210" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>586</v>
+      </c>
+      <c r="H209" s="120"/>
+    </row>
+    <row r="210" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A210" s="11">
-        <v>3546</v>
+        <v>3547</v>
       </c>
       <c r="B210" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C210" s="22">
         <v>45047</v>
       </c>
       <c r="D210" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E210" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>378</v>
+        <v>221</v>
+      </c>
+      <c r="F210" s="126" t="s">
+        <v>588</v>
       </c>
       <c r="G210" s="10" t="s">
-        <v>377</v>
-[...3 lines deleted...]
-    <row r="211" spans="1:8" x14ac:dyDescent="0.3">
+        <v>589</v>
+      </c>
+      <c r="H210" s="120"/>
+    </row>
+    <row r="211" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A211" s="11">
-        <v>3547</v>
+        <v>3548</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C211" s="22">
         <v>45047</v>
       </c>
       <c r="D211" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E211" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>221</v>
+      </c>
+      <c r="F211" s="126" t="s">
+        <v>590</v>
       </c>
       <c r="G211" s="10" t="s">
-        <v>380</v>
-[...3 lines deleted...]
-    <row r="212" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>589</v>
+      </c>
+      <c r="H211" s="120"/>
+    </row>
+    <row r="212" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A212" s="11">
-        <v>3548</v>
+        <v>3549</v>
       </c>
       <c r="B212" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C212" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D212" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E212" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F212" s="126" t="s">
+        <v>591</v>
+      </c>
+      <c r="G212" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="H212" s="120"/>
+    </row>
+    <row r="213" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A213" s="11">
+        <v>3550</v>
+      </c>
+      <c r="B213" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C213" s="22">
         <v>45047</v>
       </c>
-      <c r="D212" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D213" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E213" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>231</v>
+      </c>
+      <c r="F213" s="126" t="s">
+        <v>592</v>
       </c>
       <c r="G213" s="10" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-    <row r="214" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>593</v>
+      </c>
+      <c r="H213" s="120"/>
+    </row>
+    <row r="214" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A214" s="11">
-        <v>3550</v>
+        <v>3551</v>
       </c>
       <c r="B214" s="11" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="C214" s="22">
+        <v>547</v>
+      </c>
+      <c r="C214" s="22"/>
+      <c r="D214" s="22" t="s">
+        <v>247</v>
+      </c>
+      <c r="E214" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F214" s="126" t="s">
+        <v>594</v>
+      </c>
+      <c r="G214" s="10" t="s">
+        <v>593</v>
+      </c>
+      <c r="H214" s="120"/>
+    </row>
+    <row r="215" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="A215" s="11">
+        <v>3553</v>
+      </c>
+      <c r="B215" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C215" s="22">
         <v>45047</v>
       </c>
-      <c r="D214" s="22" t="s">
-[...20 lines deleted...]
-      <c r="C215" s="22"/>
       <c r="D215" s="22" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="E215" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>457</v>
+        <v>231</v>
+      </c>
+      <c r="F215" s="126" t="s">
+        <v>160</v>
       </c>
       <c r="G215" s="10" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-    <row r="216" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
+        <v>595</v>
+      </c>
+      <c r="H215" s="120"/>
+    </row>
+    <row r="216" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A216" s="11">
-        <v>3553</v>
+        <v>3554</v>
       </c>
       <c r="B216" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C216" s="22">
         <v>45047</v>
       </c>
       <c r="D216" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E216" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>231</v>
+      </c>
+      <c r="F216" s="126" t="s">
+        <v>129</v>
       </c>
       <c r="G216" s="10" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-    <row r="217" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>567</v>
+      </c>
+      <c r="H216" s="120"/>
+    </row>
+    <row r="217" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A217" s="11">
-        <v>3554</v>
+        <v>3555</v>
       </c>
       <c r="B217" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C217" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D217" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E217" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F217" s="126" t="s">
+        <v>66</v>
+      </c>
+      <c r="G217" s="10" t="s">
+        <v>596</v>
+      </c>
+      <c r="H217" s="120"/>
+    </row>
+    <row r="218" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A218" s="11">
+        <v>3556</v>
+      </c>
+      <c r="B218" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C218" s="22">
         <v>45047</v>
       </c>
-      <c r="D217" s="22" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D218" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E218" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>868</v>
+        <v>231</v>
+      </c>
+      <c r="F218" s="126" t="s">
+        <v>597</v>
       </c>
       <c r="G218" s="10" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-    <row r="219" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>596</v>
+      </c>
+      <c r="H218" s="120"/>
+    </row>
+    <row r="219" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A219" s="11">
-        <v>3556</v>
+        <v>3557</v>
       </c>
       <c r="B219" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C219" s="22">
         <v>45047</v>
       </c>
-      <c r="D219" s="22" t="s">
-[...6 lines deleted...]
-        <v>869</v>
+      <c r="D219" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E219" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F219" s="126" t="s">
+        <v>598</v>
       </c>
       <c r="G219" s="10" t="s">
-        <v>385</v>
-[...3 lines deleted...]
-    <row r="220" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>599</v>
+      </c>
+      <c r="H219" s="120"/>
+    </row>
+    <row r="220" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A220" s="11">
-        <v>3557</v>
+        <v>3560</v>
       </c>
       <c r="B220" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C220" s="22">
         <v>45047</v>
       </c>
-      <c r="D220" s="23" t="s">
-[...6 lines deleted...]
-        <v>870</v>
+      <c r="D220" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E220" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F220" s="126" t="s">
+        <v>600</v>
       </c>
       <c r="G220" s="10" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-    <row r="221" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>601</v>
+      </c>
+      <c r="H220" s="120"/>
+    </row>
+    <row r="221" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A221" s="11">
-        <v>3560</v>
+        <v>3561</v>
       </c>
       <c r="B221" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C221" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D221" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E221" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F221" s="126" t="s">
+        <v>602</v>
+      </c>
+      <c r="G221" s="10" t="s">
+        <v>603</v>
+      </c>
+      <c r="H221" s="120"/>
+    </row>
+    <row r="222" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A222" s="11">
+        <v>3563</v>
+      </c>
+      <c r="B222" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C222" s="22">
         <v>45047</v>
       </c>
-      <c r="D221" s="22" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D222" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E222" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>872</v>
+        <v>231</v>
+      </c>
+      <c r="F222" s="126" t="s">
+        <v>604</v>
       </c>
       <c r="G222" s="10" t="s">
-        <v>937</v>
-[...3 lines deleted...]
-    <row r="223" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>601</v>
+      </c>
+      <c r="H222" s="120"/>
+    </row>
+    <row r="223" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A223" s="11">
-        <v>3563</v>
+        <v>3565</v>
       </c>
       <c r="B223" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C223" s="22">
         <v>45047</v>
       </c>
       <c r="D223" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E223" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>873</v>
+        <v>231</v>
+      </c>
+      <c r="F223" s="126" t="s">
+        <v>174</v>
       </c>
       <c r="G223" s="10" t="s">
-        <v>608</v>
-[...3 lines deleted...]
-    <row r="224" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>601</v>
+      </c>
+      <c r="H223" s="120"/>
+    </row>
+    <row r="224" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A224" s="11">
-        <v>3565</v>
+        <v>3568</v>
       </c>
       <c r="B224" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C224" s="22">
         <v>45047</v>
       </c>
       <c r="D224" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E224" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>103</v>
+        <v>231</v>
+      </c>
+      <c r="F224" s="126" t="s">
+        <v>605</v>
       </c>
       <c r="G224" s="10" t="s">
+        <v>606</v>
+      </c>
+      <c r="H224" s="120"/>
+    </row>
+    <row r="225" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A225" s="11">
+        <v>3572</v>
+      </c>
+      <c r="B225" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C225" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D225" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E225" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F225" s="126" t="s">
+        <v>607</v>
+      </c>
+      <c r="G225" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="H225" s="120"/>
+    </row>
+    <row r="226" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A226" s="11">
+        <v>3573</v>
+      </c>
+      <c r="B226" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C226" s="22">
+        <v>45047</v>
+      </c>
+      <c r="D226" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E226" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F226" s="126" t="s">
         <v>608</v>
       </c>
-      <c r="H224" s="121"/>
-[...8 lines deleted...]
-      <c r="C225" s="22">
+      <c r="G226" s="10" t="s">
+        <v>571</v>
+      </c>
+      <c r="H226" s="120"/>
+    </row>
+    <row r="227" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A227" s="11">
+        <v>3574</v>
+      </c>
+      <c r="B227" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C227" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D227" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E227" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F227" s="126" t="s">
+        <v>177</v>
+      </c>
+      <c r="G227" s="10" t="s">
+        <v>609</v>
+      </c>
+      <c r="H227" s="120"/>
+    </row>
+    <row r="228" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A228" s="11">
+        <v>3583</v>
+      </c>
+      <c r="B228" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C228" s="22">
         <v>45047</v>
       </c>
-      <c r="D225" s="22" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="D228" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E228" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>231</v>
+      </c>
+      <c r="F228" s="126" t="s">
+        <v>610</v>
       </c>
       <c r="G228" s="10" t="s">
-        <v>359</v>
-[...3 lines deleted...]
-    <row r="229" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>571</v>
+      </c>
+      <c r="H228" s="120"/>
+    </row>
+    <row r="229" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A229" s="11">
-        <v>3583</v>
+        <v>3584</v>
       </c>
       <c r="B229" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C229" s="22">
         <v>45047</v>
       </c>
-      <c r="D229" s="22" t="s">
-[...6 lines deleted...]
-        <v>875</v>
+      <c r="D229" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E229" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F229" s="126" t="s">
+        <v>611</v>
       </c>
       <c r="G229" s="10" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-    <row r="230" spans="1:8" x14ac:dyDescent="0.3">
+        <v>612</v>
+      </c>
+      <c r="H229" s="120"/>
+    </row>
+    <row r="230" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A230" s="11">
-        <v>3584</v>
+        <v>3586</v>
       </c>
       <c r="B230" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C230" s="22">
         <v>45047</v>
       </c>
       <c r="D230" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E230" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>390</v>
+        <v>221</v>
+      </c>
+      <c r="F230" s="126" t="s">
+        <v>613</v>
       </c>
       <c r="G230" s="10" t="s">
-        <v>391</v>
-[...3 lines deleted...]
-    <row r="231" spans="1:8" x14ac:dyDescent="0.3">
+        <v>614</v>
+      </c>
+      <c r="H230" s="120"/>
+    </row>
+    <row r="231" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A231" s="11">
-        <v>3586</v>
+        <v>3587</v>
       </c>
       <c r="B231" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C231" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D231" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E231" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F231" s="127" t="s">
+        <v>154</v>
+      </c>
+      <c r="G231" s="10" t="s">
+        <v>615</v>
+      </c>
+      <c r="H231" s="120"/>
+    </row>
+    <row r="232" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A232" s="11">
+        <v>3588</v>
+      </c>
+      <c r="B232" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C232" s="22">
         <v>45047</v>
       </c>
-      <c r="D231" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C232" s="22">
+      <c r="D232" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E232" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F232" s="126" t="s">
+        <v>616</v>
+      </c>
+      <c r="G232" s="10" t="s">
+        <v>617</v>
+      </c>
+      <c r="H232" s="120"/>
+    </row>
+    <row r="233" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A233" s="11">
+        <v>3590</v>
+      </c>
+      <c r="B233" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C233" s="22">
         <v>45236</v>
       </c>
-      <c r="D232" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C233" s="22">
+      <c r="D233" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E233" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F233" s="126" t="s">
+        <v>61</v>
+      </c>
+      <c r="G233" s="10" t="s">
+        <v>564</v>
+      </c>
+      <c r="H233" s="120"/>
+    </row>
+    <row r="234" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A234" s="11">
+        <v>3592</v>
+      </c>
+      <c r="B234" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C234" s="22">
         <v>45047</v>
       </c>
-      <c r="D233" s="23" t="s">
-[...30 lines deleted...]
-        <v>919</v>
+      <c r="D234" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E234" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F234" s="126" t="s">
+        <v>618</v>
       </c>
       <c r="G234" s="10" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-    <row r="235" spans="1:8" x14ac:dyDescent="0.3">
+        <v>619</v>
+      </c>
+      <c r="H234" s="120"/>
+    </row>
+    <row r="235" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A235" s="11">
-        <v>3592</v>
+        <v>3593</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C235" s="22">
         <v>45047</v>
       </c>
       <c r="D235" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E235" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>398</v>
+        <v>221</v>
+      </c>
+      <c r="F235" s="126" t="s">
+        <v>620</v>
       </c>
       <c r="G235" s="10" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-    <row r="236" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>621</v>
+      </c>
+      <c r="H235" s="120"/>
+    </row>
+    <row r="236" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A236" s="11">
-        <v>3593</v>
+        <v>3594</v>
       </c>
       <c r="B236" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C236" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D236" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E236" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F236" s="126" t="s">
+        <v>622</v>
+      </c>
+      <c r="G236" s="10" t="s">
+        <v>623</v>
+      </c>
+      <c r="H236" s="120"/>
+    </row>
+    <row r="237" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A237" s="11">
+        <v>3595</v>
+      </c>
+      <c r="B237" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C237" s="22">
         <v>45047</v>
       </c>
-      <c r="D236" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C237" s="22">
+      <c r="D237" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E237" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F237" s="126" t="s">
+        <v>624</v>
+      </c>
+      <c r="G237" s="10" t="s">
+        <v>551</v>
+      </c>
+      <c r="H237" s="120"/>
+    </row>
+    <row r="238" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A238" s="11">
+        <v>3596</v>
+      </c>
+      <c r="B238" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C238" s="22">
         <v>45236</v>
       </c>
-      <c r="D237" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C238" s="22">
+      <c r="D238" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E238" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F238" s="126" t="s">
+        <v>625</v>
+      </c>
+      <c r="G238" s="10" t="s">
+        <v>626</v>
+      </c>
+      <c r="H238" s="120"/>
+    </row>
+    <row r="239" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A239" s="11">
+        <v>3597</v>
+      </c>
+      <c r="B239" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C239" s="22">
         <v>45047</v>
       </c>
-      <c r="D238" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D239" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E239" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>877</v>
+        <v>221</v>
+      </c>
+      <c r="F239" s="126" t="s">
+        <v>627</v>
       </c>
       <c r="G239" s="10" t="s">
-        <v>403</v>
-[...3 lines deleted...]
-    <row r="240" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>628</v>
+      </c>
+      <c r="H239" s="120"/>
+    </row>
+    <row r="240" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A240" s="11">
-        <v>3597</v>
+        <v>3598</v>
       </c>
       <c r="B240" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C240" s="22">
         <v>45047</v>
       </c>
       <c r="D240" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E240" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>404</v>
+        <v>221</v>
+      </c>
+      <c r="F240" s="126" t="s">
+        <v>629</v>
       </c>
       <c r="G240" s="10" t="s">
-        <v>599</v>
-[...3 lines deleted...]
-    <row r="241" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>630</v>
+      </c>
+      <c r="H240" s="120"/>
+    </row>
+    <row r="241" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A241" s="11">
-        <v>3598</v>
+        <v>3599</v>
       </c>
       <c r="B241" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C241" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D241" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E241" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F241" s="126" t="s">
+        <v>631</v>
+      </c>
+      <c r="G241" s="10" t="s">
+        <v>632</v>
+      </c>
+      <c r="H241" s="120"/>
+    </row>
+    <row r="242" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A242" s="11">
+        <v>3600</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C242" s="22">
         <v>45047</v>
       </c>
-      <c r="D241" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D242" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E242" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>231</v>
+      </c>
+      <c r="F242" s="126" t="s">
+        <v>189</v>
       </c>
       <c r="G242" s="10" t="s">
-        <v>740</v>
-[...3 lines deleted...]
-    <row r="243" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>573</v>
+      </c>
+      <c r="H242" s="120"/>
+    </row>
+    <row r="243" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A243" s="11">
-        <v>3600</v>
+        <v>3601</v>
       </c>
       <c r="B243" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C243" s="22">
         <v>45047</v>
       </c>
-      <c r="D243" s="22" t="s">
-[...6 lines deleted...]
-        <v>118</v>
+      <c r="D243" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E243" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F243" s="126" t="s">
+        <v>633</v>
       </c>
       <c r="G243" s="10" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-    <row r="244" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>634</v>
+      </c>
+      <c r="H243" s="120"/>
+    </row>
+    <row r="244" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A244" s="11">
-        <v>3601</v>
+        <v>3602</v>
       </c>
       <c r="B244" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C244" s="22">
         <v>45047</v>
       </c>
       <c r="D244" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E244" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>880</v>
+        <v>221</v>
+      </c>
+      <c r="F244" s="126" t="s">
+        <v>635</v>
       </c>
       <c r="G244" s="10" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-    <row r="245" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>636</v>
+      </c>
+      <c r="H244" s="120"/>
+    </row>
+    <row r="245" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A245" s="11">
-        <v>3602</v>
+        <v>3603</v>
       </c>
       <c r="B245" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C245" s="22">
-        <v>45047</v>
-[...15 lines deleted...]
-    <row r="246" spans="1:8" x14ac:dyDescent="0.3">
+        <v>45236</v>
+      </c>
+      <c r="D245" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E245" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F245" s="126" t="s">
+        <v>637</v>
+      </c>
+      <c r="G245" s="75" t="s">
+        <v>638</v>
+      </c>
+      <c r="H245" s="120"/>
+    </row>
+    <row r="246" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A246" s="11">
-        <v>3603</v>
+        <v>3605</v>
       </c>
       <c r="B246" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C246" s="22">
         <v>45236</v>
       </c>
       <c r="D246" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E246" s="22" t="s">
-        <v>928</v>
-[...9 lines deleted...]
-    <row r="247" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>231</v>
+      </c>
+      <c r="F246" s="126" t="s">
+        <v>639</v>
+      </c>
+      <c r="G246" s="10" t="s">
+        <v>640</v>
+      </c>
+      <c r="H246" s="120"/>
+    </row>
+    <row r="247" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A247" s="11">
-        <v>3605</v>
+        <v>3606</v>
       </c>
       <c r="B247" s="11" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="C247" s="22">
+        <v>641</v>
+      </c>
+      <c r="C247" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D247" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="E247" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F247" s="126" t="s">
+        <v>642</v>
+      </c>
+      <c r="G247" s="10" t="s">
+        <v>643</v>
+      </c>
+      <c r="H247" s="120"/>
+    </row>
+    <row r="248" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A248" s="11">
+        <v>3607</v>
+      </c>
+      <c r="B248" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C248" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D248" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="E248" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F248" s="126" t="s">
+        <v>644</v>
+      </c>
+      <c r="G248" s="10" t="s">
+        <v>645</v>
+      </c>
+      <c r="H248" s="120"/>
+    </row>
+    <row r="249" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A249" s="11">
+        <v>3608</v>
+      </c>
+      <c r="B249" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C249" s="22">
+        <v>45047</v>
+      </c>
+      <c r="D249" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E249" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F249" s="126" t="s">
+        <v>646</v>
+      </c>
+      <c r="G249" s="10" t="s">
+        <v>612</v>
+      </c>
+      <c r="H249" s="120"/>
+    </row>
+    <row r="250" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A250" s="11">
+        <v>3609</v>
+      </c>
+      <c r="B250" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C250" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D250" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="E250" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F250" s="126" t="s">
+        <v>647</v>
+      </c>
+      <c r="G250" s="10" t="s">
+        <v>648</v>
+      </c>
+      <c r="H250" s="120"/>
+    </row>
+    <row r="251" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A251" s="11">
+        <v>3610</v>
+      </c>
+      <c r="B251" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C251" s="22">
+        <v>45047</v>
+      </c>
+      <c r="D251" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E251" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F251" s="126" t="s">
+        <v>649</v>
+      </c>
+      <c r="G251" s="10" t="s">
+        <v>614</v>
+      </c>
+      <c r="H251" s="120"/>
+    </row>
+    <row r="252" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A252" s="11">
+        <v>3611</v>
+      </c>
+      <c r="B252" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C252" s="22">
         <v>45236</v>
       </c>
-      <c r="D247" s="22" t="s">
-[...68 lines deleted...]
-      <c r="C250" s="22">
+      <c r="D252" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E252" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F252" s="126" t="s">
+        <v>650</v>
+      </c>
+      <c r="G252" s="10" t="s">
+        <v>651</v>
+      </c>
+      <c r="H252" s="120"/>
+    </row>
+    <row r="253" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A253" s="11">
+        <v>3612</v>
+      </c>
+      <c r="B253" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C253" s="22">
         <v>45047</v>
       </c>
-      <c r="D250" s="23" t="s">
-[...70 lines deleted...]
-      </c>
       <c r="D253" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E253" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>418</v>
+        <v>221</v>
+      </c>
+      <c r="F253" s="126" t="s">
+        <v>652</v>
       </c>
       <c r="G253" s="10" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-    <row r="254" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>619</v>
+      </c>
+      <c r="H253" s="120"/>
+    </row>
+    <row r="254" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A254" s="11">
-        <v>3612</v>
+        <v>3613</v>
       </c>
       <c r="B254" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C254" s="22">
         <v>45047</v>
       </c>
       <c r="D254" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E254" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>221</v>
+      </c>
+      <c r="F254" s="126" t="s">
+        <v>653</v>
       </c>
       <c r="G254" s="10" t="s">
-        <v>399</v>
-[...3 lines deleted...]
-    <row r="255" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>617</v>
+      </c>
+      <c r="H254" s="120"/>
+    </row>
+    <row r="255" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A255" s="11">
-        <v>3613</v>
+        <v>3614</v>
       </c>
       <c r="B255" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C255" s="22">
         <v>45047</v>
       </c>
-      <c r="D255" s="23" t="s">
-[...6 lines deleted...]
-        <v>421</v>
+      <c r="D255" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E255" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F255" s="126" t="s">
+        <v>654</v>
       </c>
       <c r="G255" s="10" t="s">
-        <v>396</v>
-[...3 lines deleted...]
-    <row r="256" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>655</v>
+      </c>
+      <c r="H255" s="120"/>
+    </row>
+    <row r="256" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A256" s="11">
-        <v>3614</v>
+        <v>3615</v>
       </c>
       <c r="B256" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C256" s="22">
         <v>45047</v>
       </c>
-      <c r="D256" s="22" t="s">
-[...6 lines deleted...]
-        <v>883</v>
+      <c r="D256" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E256" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F256" s="126" t="s">
+        <v>656</v>
       </c>
       <c r="G256" s="10" t="s">
-        <v>422</v>
-[...3 lines deleted...]
-    <row r="257" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>636</v>
+      </c>
+      <c r="H256" s="120"/>
+    </row>
+    <row r="257" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A257" s="11">
-        <v>3615</v>
+        <v>3616</v>
       </c>
       <c r="B257" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C257" s="22">
-        <v>45047</v>
+        <v>45236</v>
       </c>
       <c r="D257" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E257" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>884</v>
+        <v>221</v>
+      </c>
+      <c r="F257" s="126" t="s">
+        <v>132</v>
       </c>
       <c r="G257" s="10" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-    <row r="258" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>657</v>
+      </c>
+      <c r="H257" s="120"/>
+    </row>
+    <row r="258" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A258" s="11">
-        <v>3616</v>
+        <v>3617</v>
       </c>
       <c r="B258" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C258" s="22">
         <v>45236</v>
       </c>
-      <c r="D258" s="23" t="s">
-[...6 lines deleted...]
-        <v>57</v>
+      <c r="D258" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E258" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F258" s="126" t="s">
+        <v>133</v>
       </c>
       <c r="G258" s="10" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-    <row r="259" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>567</v>
+      </c>
+      <c r="H258" s="120"/>
+    </row>
+    <row r="259" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A259" s="11">
-        <v>3617</v>
+        <v>3618</v>
       </c>
       <c r="B259" s="11" t="s">
-        <v>354</v>
+        <v>547</v>
       </c>
       <c r="C259" s="22">
-        <v>45236</v>
+        <v>45047</v>
       </c>
       <c r="D259" s="22" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E259" s="22" t="s">
-        <v>928</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>231</v>
+      </c>
+      <c r="F259" s="126" t="s">
+        <v>658</v>
       </c>
       <c r="G259" s="10" t="s">
-        <v>365</v>
-[...3 lines deleted...]
-    <row r="260" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>659</v>
+      </c>
+      <c r="H259" s="120"/>
+    </row>
+    <row r="260" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A260" s="11">
-        <v>3618</v>
+        <v>3619</v>
       </c>
       <c r="B260" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C260" s="22">
         <v>45047</v>
       </c>
-      <c r="D260" s="22" t="s">
-[...6 lines deleted...]
-        <v>885</v>
+      <c r="D260" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E260" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F260" s="126" t="s">
+        <v>660</v>
       </c>
       <c r="G260" s="10" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-    <row r="261" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>661</v>
+      </c>
+      <c r="H260" s="120"/>
+    </row>
+    <row r="261" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A261" s="11">
-        <v>3619</v>
+        <v>3620</v>
       </c>
       <c r="B261" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C261" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D261" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E261" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F261" s="126" t="s">
+        <v>134</v>
+      </c>
+      <c r="G261" s="10" t="s">
+        <v>662</v>
+      </c>
+      <c r="H261" s="120"/>
+    </row>
+    <row r="262" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A262" s="11">
+        <v>3622</v>
+      </c>
+      <c r="B262" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C262" s="22">
         <v>45047</v>
       </c>
-      <c r="D261" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D262" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E262" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>221</v>
+      </c>
+      <c r="F262" s="126" t="s">
+        <v>663</v>
       </c>
       <c r="G262" s="10" t="s">
-        <v>601</v>
-[...3 lines deleted...]
-    <row r="263" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>664</v>
+      </c>
+      <c r="H262" s="120"/>
+    </row>
+    <row r="263" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A263" s="11">
-        <v>3622</v>
+        <v>3623</v>
       </c>
       <c r="B263" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C263" s="22">
         <v>45047</v>
       </c>
       <c r="D263" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E263" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>425</v>
+        <v>221</v>
+      </c>
+      <c r="F263" s="126" t="s">
+        <v>665</v>
       </c>
       <c r="G263" s="10" t="s">
-        <v>602</v>
-[...3 lines deleted...]
-    <row r="264" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>551</v>
+      </c>
+      <c r="H263" s="120"/>
+    </row>
+    <row r="264" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A264" s="11">
-        <v>3623</v>
+        <v>3624</v>
       </c>
       <c r="B264" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C264" s="22">
         <v>45047</v>
       </c>
       <c r="D264" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E264" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>221</v>
+      </c>
+      <c r="F264" s="126" t="s">
+        <v>666</v>
       </c>
       <c r="G264" s="10" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-    <row r="265" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>551</v>
+      </c>
+      <c r="H264" s="120"/>
+    </row>
+    <row r="265" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A265" s="11">
-        <v>3624</v>
+        <v>3625</v>
       </c>
       <c r="B265" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C265" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D265" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E265" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F265" s="126" t="s">
+        <v>667</v>
+      </c>
+      <c r="G265" s="10" t="s">
+        <v>558</v>
+      </c>
+      <c r="H265" s="120"/>
+    </row>
+    <row r="266" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A266" s="23">
+        <v>3626</v>
+      </c>
+      <c r="B266" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C266" s="22">
         <v>45047</v>
       </c>
-      <c r="D265" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C266" s="22">
+      <c r="D266" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E266" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F266" s="126" t="s">
+        <v>668</v>
+      </c>
+      <c r="G266" s="10" t="s">
+        <v>669</v>
+      </c>
+      <c r="H266" s="120"/>
+    </row>
+    <row r="267" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A267" s="11">
+        <v>3627</v>
+      </c>
+      <c r="B267" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C267" s="22">
         <v>45236</v>
       </c>
-      <c r="D266" s="22" t="s">
-[...20 lines deleted...]
-      <c r="C267" s="22">
+      <c r="D267" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E267" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F267" s="126" t="s">
+        <v>670</v>
+      </c>
+      <c r="G267" s="10" t="s">
+        <v>671</v>
+      </c>
+      <c r="H267" s="120"/>
+    </row>
+    <row r="268" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A268" s="11">
+        <v>3628</v>
+      </c>
+      <c r="B268" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C268" s="22">
         <v>45047</v>
       </c>
-      <c r="D267" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C268" s="22">
+      <c r="D268" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E268" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F268" s="126" t="s">
+        <v>167</v>
+      </c>
+      <c r="G268" s="10" t="s">
+        <v>672</v>
+      </c>
+      <c r="H268" s="120"/>
+    </row>
+    <row r="269" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="A269" s="11">
+        <v>3629</v>
+      </c>
+      <c r="B269" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C269" s="22">
         <v>45236</v>
       </c>
-      <c r="D268" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C269" s="22">
+      <c r="D269" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E269" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F269" s="126" t="s">
+        <v>673</v>
+      </c>
+      <c r="G269" s="10" t="s">
+        <v>674</v>
+      </c>
+      <c r="H269" s="120"/>
+    </row>
+    <row r="270" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A270" s="11">
+        <v>3630</v>
+      </c>
+      <c r="B270" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C270" s="22">
         <v>45047</v>
       </c>
-      <c r="D269" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D270" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E270" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>889</v>
+        <v>221</v>
+      </c>
+      <c r="F270" s="126" t="s">
+        <v>675</v>
       </c>
       <c r="G270" s="10" t="s">
-        <v>738</v>
-[...3 lines deleted...]
-    <row r="271" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>551</v>
+      </c>
+      <c r="H270" s="120"/>
+    </row>
+    <row r="271" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A271" s="11">
-        <v>3630</v>
+        <v>3632</v>
       </c>
       <c r="B271" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C271" s="22">
         <v>45047</v>
       </c>
       <c r="D271" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E271" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>430</v>
+        <v>221</v>
+      </c>
+      <c r="F271" s="126" t="s">
+        <v>676</v>
       </c>
       <c r="G271" s="10" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-    <row r="272" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>551</v>
+      </c>
+      <c r="H271" s="120"/>
+    </row>
+    <row r="272" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A272" s="11">
-        <v>3632</v>
+        <v>3633</v>
       </c>
       <c r="B272" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C272" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D272" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E272" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F272" s="126" t="s">
+        <v>677</v>
+      </c>
+      <c r="G272" s="10" t="s">
+        <v>678</v>
+      </c>
+      <c r="H272" s="120"/>
+    </row>
+    <row r="273" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A273" s="11">
+        <v>3634</v>
+      </c>
+      <c r="B273" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C273" s="22">
         <v>45047</v>
       </c>
-      <c r="D272" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D273" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E273" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>221</v>
+      </c>
+      <c r="F273" s="126" t="s">
+        <v>679</v>
       </c>
       <c r="G273" s="10" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-    <row r="274" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>680</v>
+      </c>
+      <c r="H273" s="120"/>
+    </row>
+    <row r="274" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A274" s="11">
-        <v>3634</v>
+        <v>3635</v>
       </c>
       <c r="B274" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C274" s="22">
         <v>45047</v>
       </c>
       <c r="D274" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E274" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>221</v>
+      </c>
+      <c r="F274" s="126" t="s">
+        <v>681</v>
       </c>
       <c r="G274" s="10" t="s">
-        <v>539</v>
-[...3 lines deleted...]
-    <row r="275" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>682</v>
+      </c>
+      <c r="H274" s="120"/>
+    </row>
+    <row r="275" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A275" s="11">
-        <v>3635</v>
+        <v>3636</v>
       </c>
       <c r="B275" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C275" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D275" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E275" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F275" s="126" t="s">
+        <v>136</v>
+      </c>
+      <c r="G275" s="10" t="s">
+        <v>683</v>
+      </c>
+      <c r="H275" s="120"/>
+    </row>
+    <row r="276" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A276" s="11">
+        <v>3637</v>
+      </c>
+      <c r="B276" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C276" s="22">
         <v>45047</v>
       </c>
-      <c r="D275" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C276" s="22">
+      <c r="D276" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E276" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F276" s="126" t="s">
+        <v>684</v>
+      </c>
+      <c r="G276" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="H276" s="120"/>
+    </row>
+    <row r="277" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A277" s="11">
+        <v>3638</v>
+      </c>
+      <c r="B277" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C277" s="22">
         <v>45236</v>
       </c>
-      <c r="D276" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C277" s="22">
+      <c r="D277" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E277" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F277" s="126" t="s">
+        <v>686</v>
+      </c>
+      <c r="G277" s="10" t="s">
+        <v>687</v>
+      </c>
+      <c r="H277" s="120"/>
+    </row>
+    <row r="278" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A278" s="11">
+        <v>3639</v>
+      </c>
+      <c r="B278" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C278" s="22">
         <v>45047</v>
       </c>
-      <c r="D277" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C278" s="22">
+      <c r="D278" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E278" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F278" s="126" t="s">
+        <v>688</v>
+      </c>
+      <c r="G278" s="10" t="s">
+        <v>680</v>
+      </c>
+      <c r="H278" s="120"/>
+    </row>
+    <row r="279" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="A279" s="11">
+        <v>3640</v>
+      </c>
+      <c r="B279" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C279" s="22">
         <v>45236</v>
       </c>
-      <c r="D278" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C279" s="22">
+      <c r="D279" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E279" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F279" s="126" t="s">
+        <v>689</v>
+      </c>
+      <c r="G279" s="10" t="s">
+        <v>690</v>
+      </c>
+      <c r="H279" s="120"/>
+    </row>
+    <row r="280" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A280" s="11">
+        <v>3641</v>
+      </c>
+      <c r="B280" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C280" s="22">
         <v>45047</v>
       </c>
-      <c r="D279" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C280" s="22">
+      <c r="D280" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E280" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F280" s="126" t="s">
+        <v>691</v>
+      </c>
+      <c r="G280" s="10" t="s">
+        <v>685</v>
+      </c>
+      <c r="H280" s="120"/>
+    </row>
+    <row r="281" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A281" s="11">
+        <v>3642</v>
+      </c>
+      <c r="B281" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C281" s="22">
         <v>45236</v>
       </c>
-      <c r="D280" s="23" t="s">
-[...20 lines deleted...]
-      <c r="C281" s="22">
+      <c r="D281" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E281" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F281" s="126" t="s">
+        <v>140</v>
+      </c>
+      <c r="G281" s="10" t="s">
+        <v>692</v>
+      </c>
+      <c r="H281" s="120"/>
+    </row>
+    <row r="282" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A282" s="23">
+        <v>3643</v>
+      </c>
+      <c r="B282" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C282" s="22">
         <v>45047</v>
       </c>
-      <c r="D281" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D282" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E282" s="23" t="s">
-        <v>150</v>
-[...11 lines deleted...]
-        <v>3643</v>
+        <v>221</v>
+      </c>
+      <c r="F282" s="126" t="s">
+        <v>693</v>
+      </c>
+      <c r="G282" s="75" t="s">
+        <v>694</v>
+      </c>
+      <c r="H282" s="120"/>
+    </row>
+    <row r="283" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A283" s="11">
+        <v>3644</v>
       </c>
       <c r="B283" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C283" s="22">
         <v>45047</v>
       </c>
       <c r="D283" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E283" s="23" t="s">
-        <v>150</v>
-[...9 lines deleted...]
-    <row r="284" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>221</v>
+      </c>
+      <c r="F283" s="126" t="s">
+        <v>656</v>
+      </c>
+      <c r="G283" s="10" t="s">
+        <v>636</v>
+      </c>
+      <c r="H283" s="120"/>
+    </row>
+    <row r="284" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A284" s="11">
-        <v>3644</v>
+        <v>3645</v>
       </c>
       <c r="B284" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C284" s="22">
         <v>45047</v>
       </c>
       <c r="D284" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E284" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>884</v>
+        <v>221</v>
+      </c>
+      <c r="F284" s="126" t="s">
+        <v>695</v>
       </c>
       <c r="G284" s="10" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-    <row r="285" spans="1:8" x14ac:dyDescent="0.3">
+        <v>696</v>
+      </c>
+      <c r="H284" s="120"/>
+    </row>
+    <row r="285" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A285" s="11">
-        <v>3645</v>
+        <v>3646</v>
       </c>
       <c r="B285" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C285" s="22">
         <v>45047</v>
       </c>
       <c r="D285" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E285" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>221</v>
+      </c>
+      <c r="F285" s="126" t="s">
+        <v>697</v>
       </c>
       <c r="G285" s="10" t="s">
-        <v>440</v>
-[...3 lines deleted...]
-    <row r="286" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>696</v>
+      </c>
+      <c r="H285" s="120"/>
+    </row>
+    <row r="286" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A286" s="11">
-        <v>3646</v>
+        <v>3647</v>
       </c>
       <c r="B286" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C286" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D286" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="E286" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="F286" s="126" t="s">
+        <v>698</v>
+      </c>
+      <c r="G286" s="10" t="s">
+        <v>601</v>
+      </c>
+      <c r="H286" s="120"/>
+    </row>
+    <row r="287" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A287" s="23">
+        <v>3649</v>
+      </c>
+      <c r="B287" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C287" s="22">
         <v>45047</v>
       </c>
-      <c r="D286" s="23" t="s">
-[...39 lines deleted...]
-        <v>3649</v>
+      <c r="D287" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E287" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F287" s="126" t="s">
+        <v>699</v>
+      </c>
+      <c r="G287" s="75" t="s">
+        <v>321</v>
+      </c>
+      <c r="H287" s="120"/>
+    </row>
+    <row r="288" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A288" s="11">
+        <v>3650</v>
       </c>
       <c r="B288" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C288" s="22">
         <v>45047</v>
       </c>
       <c r="D288" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E288" s="23" t="s">
-        <v>150</v>
-[...9 lines deleted...]
-    <row r="289" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>221</v>
+      </c>
+      <c r="F288" s="126" t="s">
+        <v>700</v>
+      </c>
+      <c r="G288" s="10" t="s">
+        <v>621</v>
+      </c>
+      <c r="H288" s="120"/>
+    </row>
+    <row r="289" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A289" s="11">
-        <v>3650</v>
+        <v>3653</v>
       </c>
       <c r="B289" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C289" s="22">
         <v>45047</v>
       </c>
       <c r="D289" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E289" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>896</v>
+        <v>221</v>
+      </c>
+      <c r="F289" s="126" t="s">
+        <v>701</v>
       </c>
       <c r="G289" s="10" t="s">
-        <v>401</v>
-[...3 lines deleted...]
-    <row r="290" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>551</v>
+      </c>
+      <c r="H289" s="120"/>
+    </row>
+    <row r="290" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A290" s="11">
-        <v>3653</v>
+        <v>3654</v>
       </c>
       <c r="B290" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C290" s="22">
         <v>45047</v>
       </c>
       <c r="D290" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E290" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>443</v>
+        <v>221</v>
+      </c>
+      <c r="F290" s="126" t="s">
+        <v>702</v>
       </c>
       <c r="G290" s="10" t="s">
-        <v>353</v>
-[...3 lines deleted...]
-    <row r="291" spans="1:8" x14ac:dyDescent="0.3">
+        <v>703</v>
+      </c>
+      <c r="H290" s="120"/>
+    </row>
+    <row r="291" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A291" s="11">
-        <v>3654</v>
+        <v>3655</v>
       </c>
       <c r="B291" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C291" s="22">
         <v>45047</v>
       </c>
       <c r="D291" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E291" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>444</v>
+        <v>221</v>
+      </c>
+      <c r="F291" s="126" t="s">
+        <v>704</v>
       </c>
       <c r="G291" s="10" t="s">
-        <v>445</v>
-[...3 lines deleted...]
-    <row r="292" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>705</v>
+      </c>
+      <c r="H291" s="120"/>
+    </row>
+    <row r="292" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A292" s="11">
-        <v>3655</v>
+        <v>3656</v>
       </c>
       <c r="B292" s="11" t="s">
-        <v>349</v>
+        <v>552</v>
       </c>
       <c r="C292" s="22">
+        <v>45236</v>
+      </c>
+      <c r="D292" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E292" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F292" s="126" t="s">
+        <v>706</v>
+      </c>
+      <c r="G292" s="10" t="s">
+        <v>707</v>
+      </c>
+      <c r="H292" s="120"/>
+    </row>
+    <row r="293" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A293" s="11">
+        <v>3657</v>
+      </c>
+      <c r="B293" s="11" t="s">
+        <v>547</v>
+      </c>
+      <c r="C293" s="22">
         <v>45047</v>
       </c>
-      <c r="D292" s="23" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="D293" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E293" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>609</v>
+        <v>221</v>
+      </c>
+      <c r="F293" s="126" t="s">
+        <v>708</v>
       </c>
       <c r="G293" s="10" t="s">
-        <v>610</v>
-[...5 lines deleted...]
-        <v>3657</v>
+        <v>709</v>
+      </c>
+      <c r="H293" s="120"/>
+    </row>
+    <row r="294" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A294" s="23">
+        <v>3670</v>
       </c>
       <c r="B294" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C294" s="22">
         <v>45047</v>
       </c>
       <c r="D294" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E294" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>897</v>
+        <v>221</v>
+      </c>
+      <c r="F294" s="126" t="s">
+        <v>710</v>
       </c>
       <c r="G294" s="10" t="s">
-        <v>447</v>
-[...3 lines deleted...]
-    <row r="295" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+        <v>711</v>
+      </c>
+      <c r="H294" s="120"/>
+    </row>
+    <row r="295" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A295" s="23">
-        <v>3670</v>
+        <v>3671</v>
       </c>
       <c r="B295" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C295" s="22">
         <v>45047</v>
       </c>
       <c r="D295" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E295" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>221</v>
+      </c>
+      <c r="F295" s="126" t="s">
+        <v>712</v>
       </c>
       <c r="G295" s="10" t="s">
-        <v>449</v>
-[...3 lines deleted...]
-    <row r="296" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>713</v>
+      </c>
+      <c r="H295" s="120"/>
+    </row>
+    <row r="296" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A296" s="23">
-        <v>3671</v>
+        <v>3672</v>
       </c>
       <c r="B296" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C296" s="22">
         <v>45047</v>
       </c>
       <c r="D296" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E296" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>221</v>
+      </c>
+      <c r="F296" s="126" t="s">
+        <v>714</v>
       </c>
       <c r="G296" s="10" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-    <row r="297" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>713</v>
+      </c>
+      <c r="H296" s="120"/>
+    </row>
+    <row r="297" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A297" s="23">
-        <v>3672</v>
+        <v>3673</v>
       </c>
       <c r="B297" s="11" t="s">
-        <v>349</v>
+        <v>547</v>
       </c>
       <c r="C297" s="22">
         <v>45047</v>
       </c>
       <c r="D297" s="23" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="E297" s="23" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>452</v>
+        <v>221</v>
+      </c>
+      <c r="F297" s="126" t="s">
+        <v>715</v>
       </c>
       <c r="G297" s="10" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-    <row r="298" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+        <v>713</v>
+      </c>
+      <c r="H297" s="120"/>
+    </row>
+    <row r="298" spans="1:8" ht="51" x14ac:dyDescent="0.25">
       <c r="A298" s="23">
-        <v>3673</v>
+        <v>3674</v>
       </c>
       <c r="B298" s="11" t="s">
-        <v>349</v>
-[...2 lines deleted...]
-        <v>45047</v>
+        <v>387</v>
+      </c>
+      <c r="C298" s="24" t="s">
+        <v>229</v>
       </c>
       <c r="D298" s="23" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>453</v>
+        <v>243</v>
+      </c>
+      <c r="E298" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F298" s="126" t="s">
+        <v>64</v>
       </c>
       <c r="G298" s="10" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-    <row r="299" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
+        <v>716</v>
+      </c>
+      <c r="H298" s="77"/>
+    </row>
+    <row r="299" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A299" s="23">
-        <v>3674</v>
-[...6 lines deleted...]
-      </c>
+        <v>3675</v>
+      </c>
+      <c r="B299" s="11"/>
+      <c r="C299" s="22"/>
       <c r="D299" s="23" t="s">
-        <v>355</v>
-[...12 lines deleted...]
-    <row r="300" spans="1:8" x14ac:dyDescent="0.3">
+        <v>247</v>
+      </c>
+      <c r="E299" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F299" s="107" t="s">
+        <v>717</v>
+      </c>
+      <c r="G299" s="75" t="s">
+        <v>296</v>
+      </c>
+      <c r="H299" s="120"/>
+    </row>
+    <row r="300" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A300" s="23">
-        <v>3675</v>
+        <v>3676</v>
       </c>
       <c r="B300" s="11"/>
       <c r="C300" s="22"/>
       <c r="D300" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E300" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F300" s="107" t="s">
-        <v>757</v>
+        <v>718</v>
       </c>
       <c r="G300" s="75" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-    <row r="301" spans="1:8" x14ac:dyDescent="0.3">
+        <v>296</v>
+      </c>
+      <c r="H300" s="120"/>
+    </row>
+    <row r="301" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A301" s="23">
-        <v>3676</v>
+        <v>3677</v>
       </c>
       <c r="B301" s="11"/>
       <c r="C301" s="22"/>
       <c r="D301" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E301" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F301" s="107" t="s">
-        <v>758</v>
+        <v>719</v>
       </c>
       <c r="G301" s="75" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-    <row r="302" spans="1:8" x14ac:dyDescent="0.3">
+        <v>339</v>
+      </c>
+      <c r="H301" s="120"/>
+    </row>
+    <row r="302" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A302" s="23">
-        <v>3677</v>
+        <v>3678</v>
       </c>
       <c r="B302" s="11"/>
       <c r="C302" s="22"/>
       <c r="D302" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E302" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F302" s="107" t="s">
-        <v>759</v>
+        <v>67</v>
       </c>
       <c r="G302" s="75" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-    <row r="303" spans="1:8" x14ac:dyDescent="0.3">
+        <v>339</v>
+      </c>
+      <c r="H302" s="120"/>
+    </row>
+    <row r="303" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A303" s="23">
-        <v>3678</v>
+        <v>3679</v>
       </c>
       <c r="B303" s="11"/>
       <c r="C303" s="22"/>
       <c r="D303" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E303" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F303" s="107" t="s">
-        <v>911</v>
+        <v>720</v>
       </c>
       <c r="G303" s="75" t="s">
-        <v>225</v>
-[...3 lines deleted...]
-    <row r="304" spans="1:8" x14ac:dyDescent="0.3">
+        <v>507</v>
+      </c>
+      <c r="H303" s="120"/>
+    </row>
+    <row r="304" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A304" s="23">
-        <v>3679</v>
+        <v>3680</v>
       </c>
       <c r="B304" s="11"/>
       <c r="C304" s="22"/>
       <c r="D304" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E304" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F304" s="107" t="s">
-        <v>760</v>
+        <v>721</v>
       </c>
       <c r="G304" s="75" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-    <row r="305" spans="1:8" x14ac:dyDescent="0.3">
+        <v>507</v>
+      </c>
+      <c r="H304" s="120"/>
+    </row>
+    <row r="305" spans="1:8" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A305" s="23">
-        <v>3680</v>
+        <v>3681</v>
       </c>
       <c r="B305" s="11"/>
-      <c r="C305" s="22"/>
+      <c r="C305" s="11"/>
       <c r="D305" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E305" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F305" s="107" t="s">
-        <v>761</v>
+        <v>722</v>
       </c>
       <c r="G305" s="75" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-    <row r="306" spans="1:8" s="9" customFormat="1" ht="13.2" x14ac:dyDescent="0.3">
+        <v>496</v>
+      </c>
+      <c r="H305" s="101"/>
+    </row>
+    <row r="306" spans="1:8" s="9" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
       <c r="A306" s="23">
-        <v>3681</v>
+        <v>3682</v>
       </c>
       <c r="B306" s="11"/>
       <c r="C306" s="11"/>
       <c r="D306" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="E306" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="F306" s="107" t="s">
+        <v>723</v>
+      </c>
+      <c r="G306" s="75" t="s">
+        <v>496</v>
+      </c>
+      <c r="H306" s="101"/>
+    </row>
+    <row r="307" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A307" s="23">
+        <v>3800</v>
+      </c>
+      <c r="B307" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C307" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D307" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E307" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F307" s="126" t="s">
+        <v>724</v>
+      </c>
+      <c r="G307" s="75" t="s">
+        <v>482</v>
+      </c>
+      <c r="H307" s="108"/>
+    </row>
+    <row r="308" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A308" s="23">
+        <v>3801</v>
+      </c>
+      <c r="B308" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C308" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D308" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E308" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F308" s="154" t="s">
+        <v>725</v>
+      </c>
+      <c r="G308" s="10" t="s">
+        <v>726</v>
+      </c>
+      <c r="H308" s="108"/>
+    </row>
+    <row r="309" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A309" s="23">
+        <v>3802</v>
+      </c>
+      <c r="B309" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C309" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D309" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E309" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F309" s="153" t="s">
+        <v>727</v>
+      </c>
+      <c r="G309" s="10" t="s">
+        <v>728</v>
+      </c>
+      <c r="H309" s="108"/>
+    </row>
+    <row r="310" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A310" s="23">
+        <v>3804</v>
+      </c>
+      <c r="B310" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C310" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D310" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E310" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F310" s="154" t="s">
+        <v>729</v>
+      </c>
+      <c r="G310" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="H310" s="108"/>
+    </row>
+    <row r="311" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A311" s="23">
+        <v>3805</v>
+      </c>
+      <c r="B311" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C311" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D311" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E311" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F311" s="154" t="s">
+        <v>730</v>
+      </c>
+      <c r="G311" s="118" t="s">
+        <v>464</v>
+      </c>
+      <c r="H311" s="108"/>
+    </row>
+    <row r="312" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A312" s="23">
+        <v>3806</v>
+      </c>
+      <c r="B312" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C312" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D312" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E312" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F312" s="154" t="s">
+        <v>731</v>
+      </c>
+      <c r="G312" s="118" t="s">
+        <v>466</v>
+      </c>
+      <c r="H312" s="108"/>
+    </row>
+    <row r="313" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A313" s="23">
+        <v>3807</v>
+      </c>
+      <c r="B313" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C313" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D313" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E313" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F313" s="154" t="s">
+        <v>732</v>
+      </c>
+      <c r="G313" s="118" t="s">
+        <v>733</v>
+      </c>
+      <c r="H313" s="108"/>
+    </row>
+    <row r="314" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A314" s="23">
+        <v>3808</v>
+      </c>
+      <c r="B314" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C314" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D314" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E314" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F314" s="154" t="s">
+        <v>734</v>
+      </c>
+      <c r="G314" s="118" t="s">
+        <v>733</v>
+      </c>
+      <c r="H314" s="108"/>
+    </row>
+    <row r="315" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A315" s="23">
+        <v>3809</v>
+      </c>
+      <c r="B315" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C315" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D315" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E315" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F315" s="154" t="s">
+        <v>735</v>
+      </c>
+      <c r="G315" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H315" s="108"/>
+    </row>
+    <row r="316" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A316" s="23">
+        <v>3810</v>
+      </c>
+      <c r="B316" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C316" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D316" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E316" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F316" s="155" t="s">
+        <v>965</v>
+      </c>
+      <c r="G316" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H316" s="108"/>
+    </row>
+    <row r="317" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A317" s="23">
+        <v>3811</v>
+      </c>
+      <c r="B317" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C317" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D317" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E317" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F317" s="154" t="s">
+        <v>736</v>
+      </c>
+      <c r="G317" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H317" s="108"/>
+    </row>
+    <row r="318" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A318" s="23">
+        <v>3812</v>
+      </c>
+      <c r="B318" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C318" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D318" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E318" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F318" s="154" t="s">
+        <v>737</v>
+      </c>
+      <c r="G318" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H318" s="108"/>
+    </row>
+    <row r="319" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A319" s="23">
+        <v>3813</v>
+      </c>
+      <c r="B319" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C319" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D319" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E319" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F319" s="153" t="s">
+        <v>738</v>
+      </c>
+      <c r="G319" s="10" t="s">
+        <v>726</v>
+      </c>
+      <c r="H319" s="108"/>
+    </row>
+    <row r="320" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A320" s="23">
+        <v>3814</v>
+      </c>
+      <c r="B320" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C320" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D320" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E320" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F320" s="153" t="s">
+        <v>739</v>
+      </c>
+      <c r="G320" s="10" t="s">
+        <v>733</v>
+      </c>
+      <c r="H320" s="108"/>
+    </row>
+    <row r="321" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A321" s="23">
+        <v>3815</v>
+      </c>
+      <c r="B321" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C321" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D321" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E321" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F321" s="153" t="s">
+        <v>740</v>
+      </c>
+      <c r="G321" s="10" t="s">
+        <v>733</v>
+      </c>
+      <c r="H321" s="108"/>
+    </row>
+    <row r="322" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A322" s="23">
+        <v>3816</v>
+      </c>
+      <c r="B322" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C322" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D322" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E322" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F322" s="153" t="s">
+        <v>741</v>
+      </c>
+      <c r="G322" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H322" s="108"/>
+    </row>
+    <row r="323" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A323" s="23">
+        <v>3817</v>
+      </c>
+      <c r="B323" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C323" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D323" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E323" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F323" s="153" t="s">
+        <v>742</v>
+      </c>
+      <c r="G323" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H323" s="108"/>
+    </row>
+    <row r="324" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A324" s="23">
+        <v>3818</v>
+      </c>
+      <c r="B324" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C324" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D324" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E324" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F324" s="153" t="s">
+        <v>743</v>
+      </c>
+      <c r="G324" s="75" t="s">
+        <v>482</v>
+      </c>
+      <c r="H324" s="108"/>
+    </row>
+    <row r="325" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A325" s="23">
+        <v>3819</v>
+      </c>
+      <c r="B325" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C325" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D325" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E325" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F325" s="153" t="s">
+        <v>744</v>
+      </c>
+      <c r="G325" s="10" t="s">
+        <v>728</v>
+      </c>
+      <c r="H325" s="108"/>
+    </row>
+    <row r="326" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A326" s="23">
+        <v>3820</v>
+      </c>
+      <c r="B326" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C326" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D326" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E326" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F326" s="153" t="s">
+        <v>745</v>
+      </c>
+      <c r="G326" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="H326" s="108"/>
+    </row>
+    <row r="327" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A327" s="23">
+        <v>3821</v>
+      </c>
+      <c r="B327" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C327" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D327" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E327" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F327" s="153" t="s">
+        <v>746</v>
+      </c>
+      <c r="G327" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="H327" s="108"/>
+    </row>
+    <row r="328" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A328" s="23">
+        <v>3822</v>
+      </c>
+      <c r="B328" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C328" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D328" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E328" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F328" s="153" t="s">
+        <v>747</v>
+      </c>
+      <c r="G328" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H328" s="108"/>
+    </row>
+    <row r="329" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A329" s="23">
+        <v>3823</v>
+      </c>
+      <c r="B329" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C329" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D329" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E329" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F329" s="153" t="s">
+        <v>748</v>
+      </c>
+      <c r="G329" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H329" s="108"/>
+    </row>
+    <row r="330" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A330" s="23">
+        <v>3824</v>
+      </c>
+      <c r="B330" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C330" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D330" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E330" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F330" s="153" t="s">
+        <v>749</v>
+      </c>
+      <c r="G330" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H330" s="108"/>
+    </row>
+    <row r="331" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A331" s="23">
+        <v>3825</v>
+      </c>
+      <c r="B331" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C331" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D331" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E331" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F331" s="153" t="s">
+        <v>750</v>
+      </c>
+      <c r="G331" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H331" s="108"/>
+    </row>
+    <row r="332" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A332" s="23">
+        <v>3826</v>
+      </c>
+      <c r="B332" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C332" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D332" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E332" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F332" s="153" t="s">
+        <v>751</v>
+      </c>
+      <c r="G332" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H332" s="108"/>
+    </row>
+    <row r="333" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A333" s="23">
+        <v>3827</v>
+      </c>
+      <c r="B333" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C333" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D333" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E333" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F333" s="153" t="s">
+        <v>752</v>
+      </c>
+      <c r="G333" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H333" s="108"/>
+    </row>
+    <row r="334" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A334" s="23">
+        <v>3828</v>
+      </c>
+      <c r="B334" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C334" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D334" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E334" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F334" s="153" t="s">
+        <v>753</v>
+      </c>
+      <c r="G334" s="118" t="s">
+        <v>754</v>
+      </c>
+      <c r="H334" s="108"/>
+    </row>
+    <row r="335" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A335" s="23">
+        <v>3829</v>
+      </c>
+      <c r="B335" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C335" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D335" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E335" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F335" s="153" t="s">
+        <v>755</v>
+      </c>
+      <c r="G335" s="10" t="s">
+        <v>464</v>
+      </c>
+      <c r="H335" s="108"/>
+    </row>
+    <row r="336" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A336" s="23">
+        <v>3830</v>
+      </c>
+      <c r="B336" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C336" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D336" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E336" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F336" s="153" t="s">
+        <v>756</v>
+      </c>
+      <c r="G336" s="10" t="s">
+        <v>466</v>
+      </c>
+      <c r="H336" s="108"/>
+    </row>
+    <row r="337" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A337" s="23">
+        <v>3831</v>
+      </c>
+      <c r="B337" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C337" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D337" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E337" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F337" s="153" t="s">
+        <v>757</v>
+      </c>
+      <c r="G337" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H337" s="108"/>
+    </row>
+    <row r="338" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A338" s="23">
+        <v>3832</v>
+      </c>
+      <c r="B338" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C338" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D338" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E338" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F338" s="153" t="s">
+        <v>758</v>
+      </c>
+      <c r="G338" s="118" t="s">
+        <v>470</v>
+      </c>
+      <c r="H338" s="108"/>
+    </row>
+    <row r="339" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A339" s="23">
+        <v>3833</v>
+      </c>
+      <c r="B339" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C339" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D339" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E339" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F339" s="153" t="s">
+        <v>759</v>
+      </c>
+      <c r="G339" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H339" s="108"/>
+    </row>
+    <row r="340" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A340" s="23">
+        <v>3834</v>
+      </c>
+      <c r="B340" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C340" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D340" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E340" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F340" s="153" t="s">
+        <v>760</v>
+      </c>
+      <c r="G340" s="118" t="s">
+        <v>468</v>
+      </c>
+      <c r="H340" s="108"/>
+    </row>
+    <row r="341" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A341" s="23">
+        <v>3836</v>
+      </c>
+      <c r="B341" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C341" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D341" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="E341" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F341" s="153" t="s">
+        <v>37</v>
+      </c>
+      <c r="G341" s="118" t="s">
+        <v>761</v>
+      </c>
+      <c r="H341" s="108"/>
+    </row>
+    <row r="342" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A342" s="23">
+        <v>3837</v>
+      </c>
+      <c r="B342" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C342" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D342" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E342" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F342" s="153" t="s">
         <v>762</v>
       </c>
-      <c r="G306" s="75" t="s">
-[...16 lines deleted...]
-      <c r="F307" s="107" t="s">
+      <c r="G342" s="118" t="s">
+        <v>462</v>
+      </c>
+      <c r="H342" s="108"/>
+    </row>
+    <row r="343" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A343" s="23">
+        <v>3838</v>
+      </c>
+      <c r="B343" s="11" t="s">
+        <v>387</v>
+      </c>
+      <c r="C343" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D343" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E343" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F343" s="153" t="s">
         <v>763</v>
       </c>
-      <c r="G307" s="75" t="s">
-[...864 lines deleted...]
-        <v>574</v>
+      <c r="G343" s="118" t="s">
+        <v>462</v>
       </c>
       <c r="H343" s="108"/>
     </row>
-    <row r="344" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="344" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A344" s="23">
-        <v>3838</v>
+        <v>3839</v>
       </c>
       <c r="B344" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C344" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D344" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E344" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>574</v>
+        <v>243</v>
+      </c>
+      <c r="F344" s="153" t="s">
+        <v>764</v>
+      </c>
+      <c r="G344" s="118" t="s">
+        <v>460</v>
       </c>
       <c r="H344" s="108"/>
     </row>
-    <row r="345" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="345" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A345" s="23">
-        <v>3839</v>
+        <v>3840</v>
       </c>
       <c r="B345" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C345" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D345" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E345" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>243</v>
+      </c>
+      <c r="F345" s="153" t="s">
+        <v>765</v>
+      </c>
+      <c r="G345" s="118" t="s">
+        <v>460</v>
       </c>
       <c r="H345" s="108"/>
     </row>
-    <row r="346" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="346" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A346" s="23">
-        <v>3840</v>
+        <v>3841</v>
       </c>
       <c r="B346" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C346" s="24" t="s">
-        <v>946</v>
-[...11 lines deleted...]
-        <v>573</v>
+        <v>229</v>
+      </c>
+      <c r="D346" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="E346" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F346" s="156" t="s">
+        <v>38</v>
+      </c>
+      <c r="G346" s="118" t="s">
+        <v>761</v>
       </c>
       <c r="H346" s="108"/>
     </row>
-    <row r="347" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="347" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A347" s="23">
-        <v>3841</v>
+        <v>3842</v>
       </c>
       <c r="B347" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C347" s="24" t="s">
-        <v>946</v>
-[...11 lines deleted...]
-        <v>716</v>
+        <v>229</v>
+      </c>
+      <c r="D347" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E347" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F347" s="153" t="s">
+        <v>766</v>
+      </c>
+      <c r="G347" s="118" t="s">
+        <v>462</v>
       </c>
       <c r="H347" s="108"/>
     </row>
-    <row r="348" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="348" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A348" s="23">
-        <v>3842</v>
+        <v>3843</v>
       </c>
       <c r="B348" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C348" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D348" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E348" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>574</v>
+        <v>243</v>
+      </c>
+      <c r="F348" s="153" t="s">
+        <v>767</v>
+      </c>
+      <c r="G348" s="118" t="s">
+        <v>460</v>
       </c>
       <c r="H348" s="108"/>
     </row>
-    <row r="349" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="349" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A349" s="23">
-        <v>3843</v>
+        <v>3844</v>
       </c>
       <c r="B349" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C349" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D349" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E349" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>573</v>
+        <v>243</v>
+      </c>
+      <c r="F349" s="153" t="s">
+        <v>768</v>
+      </c>
+      <c r="G349" s="10" t="s">
+        <v>511</v>
       </c>
       <c r="H349" s="108"/>
     </row>
-    <row r="350" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="350" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A350" s="23">
-        <v>3844</v>
+        <v>3845</v>
       </c>
       <c r="B350" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C350" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D350" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E350" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>615</v>
+        <v>243</v>
+      </c>
+      <c r="F350" s="153" t="s">
+        <v>769</v>
       </c>
       <c r="G350" s="10" t="s">
-        <v>588</v>
+        <v>770</v>
       </c>
       <c r="H350" s="108"/>
     </row>
-    <row r="351" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="351" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A351" s="23">
-        <v>3845</v>
+        <v>3846</v>
       </c>
       <c r="B351" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C351" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D351" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E351" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>720</v>
+        <v>243</v>
+      </c>
+      <c r="F351" s="157" t="s">
+        <v>65</v>
+      </c>
+      <c r="G351" s="75" t="s">
+        <v>771</v>
       </c>
       <c r="H351" s="108"/>
     </row>
-    <row r="352" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="352" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A352" s="23">
-        <v>3846</v>
+        <v>3847</v>
       </c>
       <c r="B352" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C352" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D352" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E352" s="102" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>712</v>
+        <v>243</v>
+      </c>
+      <c r="F352" s="153" t="s">
+        <v>772</v>
+      </c>
+      <c r="G352" s="10" t="s">
+        <v>773</v>
       </c>
       <c r="H352" s="108"/>
     </row>
-    <row r="353" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="353" spans="1:8" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A353" s="23">
-        <v>3847</v>
+        <v>3848</v>
       </c>
       <c r="B353" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C353" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D353" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E353" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>616</v>
+        <v>243</v>
+      </c>
+      <c r="F353" s="153" t="s">
+        <v>774</v>
       </c>
       <c r="G353" s="10" t="s">
-        <v>721</v>
+        <v>775</v>
       </c>
       <c r="H353" s="108"/>
     </row>
-    <row r="354" spans="1:8" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="354" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A354" s="23">
-        <v>3848</v>
+        <v>3849</v>
       </c>
       <c r="B354" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C354" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D354" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E354" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>617</v>
+        <v>243</v>
+      </c>
+      <c r="F354" s="155" t="s">
+        <v>776</v>
       </c>
       <c r="G354" s="10" t="s">
-        <v>722</v>
+        <v>777</v>
       </c>
       <c r="H354" s="108"/>
     </row>
-    <row r="355" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="355" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A355" s="23">
-        <v>3849</v>
+        <v>3900</v>
       </c>
       <c r="B355" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C355" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D355" s="102" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E355" s="102" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-        <v>801</v>
+        <v>243</v>
+      </c>
+      <c r="F355" s="153" t="s">
+        <v>778</v>
       </c>
       <c r="G355" s="10" t="s">
-        <v>803</v>
+        <v>482</v>
       </c>
       <c r="H355" s="108"/>
     </row>
-    <row r="356" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="356" spans="1:8" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A356" s="23">
-        <v>3900</v>
+        <v>3901</v>
       </c>
       <c r="B356" s="11" t="s">
-        <v>691</v>
+        <v>242</v>
       </c>
       <c r="C356" s="24" t="s">
-        <v>946</v>
-[...11 lines deleted...]
-        <v>318</v>
+        <v>229</v>
+      </c>
+      <c r="D356" s="22" t="s">
+        <v>243</v>
+      </c>
+      <c r="E356" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F356" s="158" t="s">
+        <v>779</v>
+      </c>
+      <c r="G356" s="75" t="s">
+        <v>350</v>
       </c>
       <c r="H356" s="108"/>
     </row>
-    <row r="357" spans="1:8" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="357" spans="1:8" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A357" s="23">
-        <v>3901</v>
+        <v>3902</v>
       </c>
       <c r="B357" s="11" t="s">
-        <v>191</v>
+        <v>242</v>
       </c>
       <c r="C357" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D357" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E357" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>764</v>
+        <v>221</v>
+      </c>
+      <c r="F357" s="158" t="s">
+        <v>780</v>
       </c>
       <c r="G357" s="75" t="s">
-        <v>237</v>
+        <v>781</v>
       </c>
       <c r="H357" s="108"/>
     </row>
-    <row r="358" spans="1:8" customFormat="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>3902</v>
+    <row r="358" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A358" s="11">
+        <v>3903</v>
       </c>
       <c r="B358" s="11" t="s">
-        <v>191</v>
+        <v>287</v>
       </c>
       <c r="C358" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D358" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E358" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>765</v>
+        <v>221</v>
+      </c>
+      <c r="F358" s="158" t="s">
+        <v>782</v>
       </c>
       <c r="G358" s="75" t="s">
-        <v>711</v>
-[...8 lines deleted...]
-        <v>195</v>
+        <v>321</v>
+      </c>
+      <c r="H358" s="77"/>
+    </row>
+    <row r="359" spans="1:8" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A359" s="121">
+        <v>3904</v>
+      </c>
+      <c r="B359" s="122" t="s">
+        <v>547</v>
       </c>
       <c r="C359" s="24" t="s">
-        <v>946</v>
+        <v>229</v>
       </c>
       <c r="D359" s="22" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="E359" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>925</v>
+        <v>221</v>
+      </c>
+      <c r="F359" s="159" t="s">
+        <v>783</v>
       </c>
       <c r="G359" s="75" t="s">
-        <v>216</v>
+        <v>321</v>
       </c>
       <c r="H359" s="77"/>
     </row>
-    <row r="360" spans="1:8" ht="27" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-        <v>946</v>
+    <row r="360" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A360" s="123">
+        <v>4062</v>
+      </c>
+      <c r="B360" s="11" t="s">
+        <v>287</v>
+      </c>
+      <c r="C360" s="22">
+        <v>45929</v>
       </c>
       <c r="D360" s="22" t="s">
-        <v>355</v>
+        <v>231</v>
       </c>
       <c r="E360" s="22" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>216</v>
+        <v>221</v>
+      </c>
+      <c r="F360" s="153" t="s">
+        <v>784</v>
+      </c>
+      <c r="G360" s="10" t="s">
+        <v>785</v>
       </c>
       <c r="H360" s="77"/>
     </row>
-    <row r="361" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4062</v>
+    <row r="361" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A361" s="11">
+        <v>4115</v>
       </c>
       <c r="B361" s="11" t="s">
-        <v>195</v>
+        <v>287</v>
       </c>
       <c r="C361" s="22">
         <v>45929</v>
       </c>
       <c r="D361" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E361" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>723</v>
+        <v>221</v>
+      </c>
+      <c r="F361" s="153" t="s">
+        <v>786</v>
       </c>
       <c r="G361" s="10" t="s">
-        <v>707</v>
+        <v>787</v>
       </c>
       <c r="H361" s="77"/>
     </row>
-    <row r="362" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4115</v>
+    <row r="362" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A362" s="23">
+        <v>4125</v>
       </c>
       <c r="B362" s="11" t="s">
-        <v>195</v>
+        <v>242</v>
       </c>
       <c r="C362" s="22">
         <v>45929</v>
       </c>
       <c r="D362" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E362" s="22" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="F362" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="F362" s="153" t="s">
+        <v>433</v>
+      </c>
+      <c r="G362" s="10" t="s">
+        <v>788</v>
+      </c>
+      <c r="H362" s="23"/>
+    </row>
+    <row r="363" spans="1:8" s="68" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="A363" s="23">
+        <v>4131</v>
+      </c>
+      <c r="B363" s="11"/>
+      <c r="C363" s="22"/>
+      <c r="D363" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E363" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F363" s="153" t="s">
+        <v>789</v>
+      </c>
+      <c r="G363" s="98" t="s">
+        <v>790</v>
+      </c>
+      <c r="H363" s="23"/>
+    </row>
+    <row r="364" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A364" s="23">
+        <v>4301</v>
+      </c>
+      <c r="B364" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C364" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D364" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="E364" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F364" s="153" t="s">
+        <v>791</v>
+      </c>
+      <c r="G364" s="75" t="s">
+        <v>554</v>
+      </c>
+      <c r="H364" s="77"/>
+    </row>
+    <row r="365" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A365" s="11">
+        <v>4302</v>
+      </c>
+      <c r="B365" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C365" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D365" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E365" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F365" s="153" t="s">
         <v>792</v>
       </c>
-      <c r="G362" s="10" t="s">
-[...11 lines deleted...]
-      <c r="C363" s="22">
+      <c r="G365" s="75" t="s">
+        <v>793</v>
+      </c>
+      <c r="H365" s="77"/>
+    </row>
+    <row r="366" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A366" s="23">
+        <v>4303</v>
+      </c>
+      <c r="B366" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C366" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D366" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="E366" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="F366" s="153" t="s">
+        <v>794</v>
+      </c>
+      <c r="G366" s="75" t="s">
+        <v>554</v>
+      </c>
+      <c r="H366" s="77"/>
+    </row>
+    <row r="367" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A367" s="11">
+        <v>4304</v>
+      </c>
+      <c r="B367" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C367" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D367" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E367" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F367" s="153" t="s">
+        <v>795</v>
+      </c>
+      <c r="G367" s="75" t="s">
+        <v>793</v>
+      </c>
+      <c r="H367" s="77"/>
+    </row>
+    <row r="368" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A368" s="11">
+        <v>4505</v>
+      </c>
+      <c r="B368" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C368" s="22">
         <v>45929</v>
       </c>
-      <c r="D363" s="22" t="s">
-[...122 lines deleted...]
-        <v>686</v>
+      <c r="D368" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="E368" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F368" s="153" t="s">
+        <v>796</v>
       </c>
       <c r="G368" s="75" t="s">
-        <v>695</v>
+        <v>793</v>
       </c>
       <c r="H368" s="77"/>
     </row>
-    <row r="369" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="369" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A369" s="11">
-        <v>4505</v>
+        <v>4506</v>
       </c>
       <c r="B369" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C369" s="22">
         <v>45929</v>
       </c>
       <c r="D369" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E369" s="22" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>695</v>
+        <v>221</v>
+      </c>
+      <c r="F369" s="153" t="s">
+        <v>555</v>
+      </c>
+      <c r="G369" s="10" t="s">
+        <v>797</v>
       </c>
       <c r="H369" s="77"/>
     </row>
-    <row r="370" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="370" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A370" s="11">
-        <v>4506</v>
+        <v>4508</v>
       </c>
       <c r="B370" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C370" s="22">
         <v>45929</v>
       </c>
       <c r="D370" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E370" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>856</v>
+        <v>221</v>
+      </c>
+      <c r="F370" s="154" t="s">
+        <v>798</v>
       </c>
       <c r="G370" s="10" t="s">
-        <v>696</v>
+        <v>799</v>
       </c>
       <c r="H370" s="77"/>
     </row>
-    <row r="371" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="371" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A371" s="11">
-        <v>4508</v>
+        <v>4515</v>
       </c>
       <c r="B371" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C371" s="22">
         <v>45929</v>
       </c>
       <c r="D371" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E371" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>857</v>
+        <v>221</v>
+      </c>
+      <c r="F371" s="154" t="s">
+        <v>800</v>
       </c>
       <c r="G371" s="10" t="s">
-        <v>697</v>
+        <v>799</v>
       </c>
       <c r="H371" s="77"/>
     </row>
-    <row r="372" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="372" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A372" s="11">
-        <v>4515</v>
+        <v>4521</v>
       </c>
       <c r="B372" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C372" s="22">
         <v>45929</v>
       </c>
       <c r="D372" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E372" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>858</v>
+        <v>221</v>
+      </c>
+      <c r="F372" s="154" t="s">
+        <v>801</v>
       </c>
       <c r="G372" s="10" t="s">
-        <v>697</v>
+        <v>799</v>
       </c>
       <c r="H372" s="77"/>
     </row>
-    <row r="373" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="373" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A373" s="11">
-        <v>4521</v>
+        <v>4526</v>
       </c>
       <c r="B373" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C373" s="22">
         <v>45929</v>
       </c>
       <c r="D373" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E373" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>221</v>
+      </c>
+      <c r="F373" s="154" t="s">
+        <v>802</v>
       </c>
       <c r="G373" s="10" t="s">
-        <v>697</v>
+        <v>803</v>
       </c>
       <c r="H373" s="77"/>
     </row>
-    <row r="374" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="374" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A374" s="11">
-        <v>4526</v>
+        <v>4529</v>
       </c>
       <c r="B374" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C374" s="22">
         <v>45929</v>
       </c>
       <c r="D374" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E374" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>221</v>
+      </c>
+      <c r="F374" s="154" t="s">
+        <v>804</v>
       </c>
       <c r="G374" s="10" t="s">
-        <v>698</v>
+        <v>566</v>
       </c>
       <c r="H374" s="77"/>
     </row>
-    <row r="375" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="375" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A375" s="11">
-        <v>4529</v>
+        <v>4530</v>
       </c>
       <c r="B375" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C375" s="22">
         <v>45929</v>
       </c>
       <c r="D375" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E375" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>860</v>
+        <v>221</v>
+      </c>
+      <c r="F375" s="154" t="s">
+        <v>805</v>
       </c>
       <c r="G375" s="10" t="s">
-        <v>734</v>
+        <v>567</v>
       </c>
       <c r="H375" s="77"/>
     </row>
-    <row r="376" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="376" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A376" s="11">
-        <v>4530</v>
+        <v>4531</v>
       </c>
       <c r="B376" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C376" s="22">
         <v>45929</v>
       </c>
       <c r="D376" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E376" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>221</v>
+      </c>
+      <c r="F376" s="154" t="s">
+        <v>806</v>
       </c>
       <c r="G376" s="10" t="s">
-        <v>365</v>
+        <v>569</v>
       </c>
       <c r="H376" s="77"/>
     </row>
-    <row r="377" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="377" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A377" s="11">
-        <v>4531</v>
+        <v>4532</v>
       </c>
       <c r="B377" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C377" s="22">
         <v>45929</v>
       </c>
       <c r="D377" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E377" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>861</v>
+        <v>221</v>
+      </c>
+      <c r="F377" s="154" t="s">
+        <v>807</v>
       </c>
       <c r="G377" s="10" t="s">
-        <v>366</v>
+        <v>571</v>
       </c>
       <c r="H377" s="77"/>
     </row>
-    <row r="378" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="378" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A378" s="11">
-        <v>4532</v>
+        <v>4533</v>
       </c>
       <c r="B378" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C378" s="22">
         <v>45929</v>
       </c>
       <c r="D378" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E378" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>221</v>
+      </c>
+      <c r="F378" s="154" t="s">
+        <v>808</v>
       </c>
       <c r="G378" s="10" t="s">
-        <v>367</v>
+        <v>566</v>
       </c>
       <c r="H378" s="77"/>
     </row>
-    <row r="379" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="379" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A379" s="11">
-        <v>4533</v>
+        <v>4534</v>
       </c>
       <c r="B379" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C379" s="22">
         <v>45929</v>
       </c>
       <c r="D379" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E379" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>221</v>
+      </c>
+      <c r="F379" s="154" t="s">
+        <v>809</v>
       </c>
       <c r="G379" s="10" t="s">
-        <v>734</v>
+        <v>567</v>
       </c>
       <c r="H379" s="77"/>
     </row>
-    <row r="380" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="380" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A380" s="11">
-        <v>4534</v>
+        <v>4535</v>
       </c>
       <c r="B380" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C380" s="22">
         <v>45929</v>
       </c>
       <c r="D380" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E380" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>221</v>
+      </c>
+      <c r="F380" s="154" t="s">
+        <v>810</v>
       </c>
       <c r="G380" s="10" t="s">
-        <v>365</v>
+        <v>573</v>
       </c>
       <c r="H380" s="77"/>
     </row>
-    <row r="381" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="381" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A381" s="11">
-        <v>4535</v>
+        <v>4536</v>
       </c>
       <c r="B381" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C381" s="22">
         <v>45929</v>
       </c>
       <c r="D381" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E381" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>221</v>
+      </c>
+      <c r="F381" s="154" t="s">
+        <v>811</v>
       </c>
       <c r="G381" s="10" t="s">
-        <v>368</v>
+        <v>571</v>
       </c>
       <c r="H381" s="77"/>
     </row>
-    <row r="382" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="382" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A382" s="11">
-        <v>4536</v>
+        <v>4537</v>
       </c>
       <c r="B382" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C382" s="22">
         <v>45929</v>
       </c>
       <c r="D382" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E382" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>221</v>
+      </c>
+      <c r="F382" s="154" t="s">
+        <v>812</v>
       </c>
       <c r="G382" s="10" t="s">
-        <v>367</v>
+        <v>566</v>
       </c>
       <c r="H382" s="77"/>
     </row>
-    <row r="383" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="383" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A383" s="11">
-        <v>4537</v>
+        <v>4538</v>
       </c>
       <c r="B383" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C383" s="22">
         <v>45929</v>
       </c>
       <c r="D383" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E383" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>864</v>
+        <v>221</v>
+      </c>
+      <c r="F383" s="154" t="s">
+        <v>813</v>
       </c>
       <c r="G383" s="10" t="s">
-        <v>734</v>
+        <v>567</v>
       </c>
       <c r="H383" s="77"/>
     </row>
-    <row r="384" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="384" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A384" s="11">
-        <v>4538</v>
+        <v>4539</v>
       </c>
       <c r="B384" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C384" s="22">
         <v>45929</v>
       </c>
       <c r="D384" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E384" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>221</v>
+      </c>
+      <c r="F384" s="153" t="s">
+        <v>576</v>
       </c>
       <c r="G384" s="10" t="s">
-        <v>365</v>
+        <v>573</v>
       </c>
       <c r="H384" s="77"/>
     </row>
-    <row r="385" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="385" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A385" s="11">
-        <v>4539</v>
+        <v>4540</v>
       </c>
       <c r="B385" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C385" s="22">
         <v>45929</v>
       </c>
       <c r="D385" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E385" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>865</v>
+        <v>221</v>
+      </c>
+      <c r="F385" s="154" t="s">
+        <v>814</v>
       </c>
       <c r="G385" s="10" t="s">
-        <v>368</v>
+        <v>571</v>
       </c>
       <c r="H385" s="77"/>
     </row>
-    <row r="386" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="386" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A386" s="11">
-        <v>4540</v>
+        <v>4542</v>
       </c>
       <c r="B386" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C386" s="22">
         <v>45929</v>
       </c>
       <c r="D386" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E386" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>866</v>
+        <v>221</v>
+      </c>
+      <c r="F386" s="153" t="s">
+        <v>580</v>
       </c>
       <c r="G386" s="10" t="s">
-        <v>367</v>
+        <v>815</v>
       </c>
       <c r="H386" s="77"/>
     </row>
-    <row r="387" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="387" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A387" s="11">
-        <v>4542</v>
+        <v>4549</v>
       </c>
       <c r="B387" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C387" s="22">
         <v>45929</v>
       </c>
       <c r="D387" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E387" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>867</v>
+        <v>221</v>
+      </c>
+      <c r="F387" s="153" t="s">
+        <v>591</v>
       </c>
       <c r="G387" s="10" t="s">
-        <v>699</v>
+        <v>803</v>
       </c>
       <c r="H387" s="77"/>
     </row>
-    <row r="388" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="388" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A388" s="11">
-        <v>4549</v>
+        <v>4550</v>
       </c>
       <c r="B388" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C388" s="22">
         <v>45929</v>
       </c>
       <c r="D388" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E388" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>382</v>
+        <v>221</v>
+      </c>
+      <c r="F388" s="153" t="s">
+        <v>592</v>
       </c>
       <c r="G388" s="10" t="s">
-        <v>698</v>
+        <v>816</v>
       </c>
       <c r="H388" s="77"/>
     </row>
-    <row r="389" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="389" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A389" s="11">
-        <v>4550</v>
+        <v>4551</v>
       </c>
       <c r="B389" s="11" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="C389" s="22">
+        <v>547</v>
+      </c>
+      <c r="C389" s="22"/>
+      <c r="D389" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E389" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="F389" s="153" t="s">
+        <v>594</v>
+      </c>
+      <c r="G389" s="10" t="s">
+        <v>816</v>
+      </c>
+      <c r="H389" s="77"/>
+    </row>
+    <row r="390" spans="1:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="A390" s="11">
+        <v>4553</v>
+      </c>
+      <c r="B390" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C390" s="22">
         <v>45929</v>
       </c>
-      <c r="D389" s="22" t="s">
-[...28 lines deleted...]
-        <v>457</v>
+      <c r="D390" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="E390" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F390" s="153" t="s">
+        <v>160</v>
       </c>
       <c r="G390" s="10" t="s">
-        <v>700</v>
+        <v>595</v>
       </c>
       <c r="H390" s="77"/>
     </row>
-    <row r="391" spans="1:8" ht="52.8" x14ac:dyDescent="0.3">
+    <row r="391" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A391" s="11">
-        <v>4553</v>
+        <v>4554</v>
       </c>
       <c r="B391" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C391" s="22">
         <v>45929</v>
       </c>
       <c r="D391" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E391" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>87</v>
+        <v>221</v>
+      </c>
+      <c r="F391" s="153" t="s">
+        <v>129</v>
       </c>
       <c r="G391" s="10" t="s">
-        <v>735</v>
+        <v>567</v>
       </c>
       <c r="H391" s="77"/>
     </row>
-    <row r="392" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="392" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A392" s="11">
-        <v>4554</v>
+        <v>4555</v>
       </c>
       <c r="B392" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C392" s="22">
         <v>45929</v>
       </c>
       <c r="D392" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E392" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>221</v>
+      </c>
+      <c r="F392" s="153" t="s">
+        <v>66</v>
       </c>
       <c r="G392" s="10" t="s">
-        <v>365</v>
+        <v>817</v>
       </c>
       <c r="H392" s="77"/>
     </row>
-    <row r="393" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="393" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A393" s="11">
-        <v>4555</v>
+        <v>4556</v>
       </c>
       <c r="B393" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C393" s="22">
         <v>45929</v>
       </c>
       <c r="D393" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E393" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>868</v>
+        <v>221</v>
+      </c>
+      <c r="F393" s="153" t="s">
+        <v>597</v>
       </c>
       <c r="G393" s="10" t="s">
-        <v>701</v>
+        <v>817</v>
       </c>
       <c r="H393" s="77"/>
     </row>
-    <row r="394" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="394" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A394" s="11">
-        <v>4556</v>
+        <v>4560</v>
       </c>
       <c r="B394" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C394" s="22">
         <v>45929</v>
       </c>
       <c r="D394" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E394" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>221</v>
+      </c>
+      <c r="F394" s="153" t="s">
+        <v>818</v>
       </c>
       <c r="G394" s="10" t="s">
-        <v>701</v>
+        <v>819</v>
       </c>
       <c r="H394" s="77"/>
     </row>
-    <row r="395" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="395" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A395" s="11">
-        <v>4560</v>
+        <v>4563</v>
       </c>
       <c r="B395" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C395" s="22">
         <v>45929</v>
       </c>
       <c r="D395" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E395" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>903</v>
+        <v>221</v>
+      </c>
+      <c r="F395" s="153" t="s">
+        <v>820</v>
       </c>
       <c r="G395" s="10" t="s">
-        <v>736</v>
+        <v>819</v>
       </c>
       <c r="H395" s="77"/>
     </row>
-    <row r="396" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="396" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A396" s="11">
-        <v>4563</v>
+        <v>4565</v>
       </c>
       <c r="B396" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C396" s="22">
         <v>45929</v>
       </c>
       <c r="D396" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E396" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>904</v>
+        <v>221</v>
+      </c>
+      <c r="F396" s="153" t="s">
+        <v>821</v>
       </c>
       <c r="G396" s="10" t="s">
-        <v>736</v>
+        <v>819</v>
       </c>
       <c r="H396" s="77"/>
     </row>
-    <row r="397" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="397" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A397" s="11">
-        <v>4565</v>
+        <v>4568</v>
       </c>
       <c r="B397" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C397" s="22">
         <v>45929</v>
       </c>
       <c r="D397" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E397" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>729</v>
+        <v>221</v>
+      </c>
+      <c r="F397" s="154" t="s">
+        <v>822</v>
       </c>
       <c r="G397" s="10" t="s">
-        <v>736</v>
+        <v>823</v>
       </c>
       <c r="H397" s="77"/>
     </row>
-    <row r="398" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="398" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A398" s="11">
-        <v>4568</v>
+        <v>4572</v>
       </c>
       <c r="B398" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C398" s="22">
         <v>45929</v>
       </c>
       <c r="D398" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E398" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>221</v>
+      </c>
+      <c r="F398" s="153" t="s">
+        <v>824</v>
       </c>
       <c r="G398" s="10" t="s">
-        <v>702</v>
+        <v>819</v>
       </c>
       <c r="H398" s="77"/>
     </row>
-    <row r="399" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="399" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A399" s="11">
-        <v>4572</v>
+        <v>4573</v>
       </c>
       <c r="B399" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C399" s="22">
         <v>45929</v>
       </c>
       <c r="D399" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E399" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>905</v>
+        <v>221</v>
+      </c>
+      <c r="F399" s="154" t="s">
+        <v>825</v>
       </c>
       <c r="G399" s="10" t="s">
-        <v>736</v>
+        <v>571</v>
       </c>
       <c r="H399" s="77"/>
     </row>
-    <row r="400" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="400" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A400" s="11">
-        <v>4573</v>
+        <v>4574</v>
       </c>
       <c r="B400" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C400" s="22">
         <v>45929</v>
       </c>
       <c r="D400" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E400" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>221</v>
+      </c>
+      <c r="F400" s="154" t="s">
+        <v>826</v>
       </c>
       <c r="G400" s="10" t="s">
-        <v>367</v>
+        <v>609</v>
       </c>
       <c r="H400" s="77"/>
     </row>
-    <row r="401" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="401" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A401" s="11">
-        <v>4574</v>
+        <v>4583</v>
       </c>
       <c r="B401" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C401" s="22">
         <v>45929</v>
       </c>
       <c r="D401" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E401" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>221</v>
+      </c>
+      <c r="F401" s="154" t="s">
+        <v>827</v>
       </c>
       <c r="G401" s="10" t="s">
-        <v>359</v>
+        <v>571</v>
       </c>
       <c r="H401" s="77"/>
     </row>
-    <row r="402" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="402" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A402" s="11">
-        <v>4583</v>
+        <v>4590</v>
       </c>
       <c r="B402" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C402" s="22">
         <v>45929</v>
       </c>
       <c r="D402" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E402" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>875</v>
+        <v>221</v>
+      </c>
+      <c r="F402" s="153" t="s">
+        <v>59</v>
       </c>
       <c r="G402" s="10" t="s">
-        <v>367</v>
+        <v>803</v>
       </c>
       <c r="H402" s="77"/>
     </row>
-    <row r="403" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="403" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A403" s="11">
-        <v>4590</v>
+        <v>4599</v>
       </c>
       <c r="B403" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C403" s="22">
         <v>45929</v>
       </c>
       <c r="D403" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E403" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>918</v>
+        <v>221</v>
+      </c>
+      <c r="F403" s="154" t="s">
+        <v>968</v>
       </c>
       <c r="G403" s="10" t="s">
-        <v>698</v>
+        <v>566</v>
       </c>
       <c r="H403" s="77"/>
     </row>
-    <row r="404" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="404" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A404" s="11">
-        <v>4599</v>
+        <v>4600</v>
       </c>
       <c r="B404" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C404" s="22">
         <v>45929</v>
       </c>
       <c r="D404" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E404" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>221</v>
+      </c>
+      <c r="F404" s="154" t="s">
+        <v>828</v>
       </c>
       <c r="G404" s="10" t="s">
-        <v>734</v>
+        <v>573</v>
       </c>
       <c r="H404" s="77"/>
     </row>
-    <row r="405" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="405" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A405" s="11">
-        <v>4600</v>
+        <v>4603</v>
       </c>
       <c r="B405" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C405" s="22">
         <v>45929</v>
       </c>
       <c r="D405" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E405" s="22" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>368</v>
+        <v>221</v>
+      </c>
+      <c r="F405" s="153" t="s">
+        <v>637</v>
+      </c>
+      <c r="G405" s="75" t="s">
+        <v>638</v>
       </c>
       <c r="H405" s="77"/>
     </row>
-    <row r="406" spans="1:8" x14ac:dyDescent="0.3">
+    <row r="406" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A406" s="11">
-        <v>4603</v>
+        <v>4605</v>
       </c>
       <c r="B406" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C406" s="22">
         <v>45929</v>
       </c>
       <c r="D406" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E406" s="22" t="s">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>408</v>
+        <v>221</v>
+      </c>
+      <c r="F406" s="153" t="s">
+        <v>639</v>
+      </c>
+      <c r="G406" s="10" t="s">
+        <v>829</v>
       </c>
       <c r="H406" s="77"/>
     </row>
-    <row r="407" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="407" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A407" s="11">
-        <v>4605</v>
+        <v>4606</v>
       </c>
       <c r="B407" s="11" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="C407" s="22">
+        <v>641</v>
+      </c>
+      <c r="C407" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D407" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E407" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F407" s="153" t="s">
+        <v>830</v>
+      </c>
+      <c r="G407" s="10" t="s">
+        <v>831</v>
+      </c>
+      <c r="H407" s="77"/>
+    </row>
+    <row r="408" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A408" s="11">
+        <v>4607</v>
+      </c>
+      <c r="B408" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C408" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D408" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E408" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F408" s="160" t="s">
+        <v>832</v>
+      </c>
+      <c r="G408" s="10" t="s">
+        <v>833</v>
+      </c>
+      <c r="H408" s="77"/>
+    </row>
+    <row r="409" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A409" s="11">
+        <v>4609</v>
+      </c>
+      <c r="B409" s="11" t="s">
+        <v>641</v>
+      </c>
+      <c r="C409" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D409" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E409" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F409" s="160" t="s">
+        <v>834</v>
+      </c>
+      <c r="G409" s="75" t="s">
+        <v>835</v>
+      </c>
+      <c r="H409" s="77"/>
+    </row>
+    <row r="410" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A410" s="11">
+        <v>4614</v>
+      </c>
+      <c r="B410" s="11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C410" s="22">
         <v>45929</v>
       </c>
-      <c r="D407" s="22" t="s">
-[...81 lines deleted...]
-        <v>694</v>
+      <c r="D410" s="22" t="s">
+        <v>231</v>
+      </c>
+      <c r="E410" s="22" t="s">
+        <v>221</v>
+      </c>
+      <c r="F410" s="153" t="s">
+        <v>654</v>
+      </c>
+      <c r="G410" s="10" t="s">
+        <v>836</v>
       </c>
       <c r="H410" s="77"/>
     </row>
-    <row r="411" spans="1:8" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="411" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A411" s="11">
-        <v>4614</v>
+        <v>4617</v>
       </c>
       <c r="B411" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C411" s="22">
         <v>45929</v>
       </c>
       <c r="D411" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E411" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>883</v>
+        <v>221</v>
+      </c>
+      <c r="F411" s="154" t="s">
+        <v>837</v>
       </c>
       <c r="G411" s="10" t="s">
-        <v>704</v>
+        <v>567</v>
       </c>
       <c r="H411" s="77"/>
     </row>
-    <row r="412" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="412" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A412" s="11">
-        <v>4617</v>
+        <v>4618</v>
       </c>
       <c r="B412" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C412" s="22">
         <v>45929</v>
       </c>
       <c r="D412" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E412" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>221</v>
+      </c>
+      <c r="F412" s="154" t="s">
+        <v>838</v>
       </c>
       <c r="G412" s="10" t="s">
-        <v>365</v>
+        <v>839</v>
       </c>
       <c r="H412" s="77"/>
     </row>
-    <row r="413" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="413" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A413" s="11">
-        <v>4618</v>
+        <v>4625</v>
       </c>
       <c r="B413" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C413" s="22">
         <v>45929</v>
       </c>
       <c r="D413" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E413" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>906</v>
+        <v>221</v>
+      </c>
+      <c r="F413" s="154" t="s">
+        <v>840</v>
       </c>
       <c r="G413" s="10" t="s">
-        <v>705</v>
+        <v>799</v>
       </c>
       <c r="H413" s="77"/>
     </row>
-    <row r="414" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="414" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A414" s="11">
-        <v>4625</v>
+        <v>4647</v>
       </c>
       <c r="B414" s="11" t="s">
-        <v>354</v>
+        <v>552</v>
       </c>
       <c r="C414" s="22">
         <v>45929</v>
       </c>
       <c r="D414" s="22" t="s">
-        <v>928</v>
+        <v>231</v>
       </c>
       <c r="E414" s="22" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>887</v>
+        <v>221</v>
+      </c>
+      <c r="F414" s="153" t="s">
+        <v>841</v>
       </c>
       <c r="G414" s="10" t="s">
-        <v>697</v>
+        <v>842</v>
       </c>
       <c r="H414" s="77"/>
     </row>
-    <row r="415" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>4647</v>
+    <row r="415" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A415" s="23">
+        <v>4674</v>
       </c>
       <c r="B415" s="11" t="s">
-        <v>354</v>
-[...11 lines deleted...]
-        <v>907</v>
+        <v>387</v>
+      </c>
+      <c r="C415" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="D415" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E415" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="F415" s="153" t="s">
+        <v>64</v>
       </c>
       <c r="G415" s="10" t="s">
-        <v>737</v>
+        <v>843</v>
       </c>
       <c r="H415" s="77"/>
     </row>
-    <row r="416" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="416" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A416" s="23">
-        <v>4674</v>
+        <v>4675</v>
       </c>
       <c r="B416" s="11" t="s">
-        <v>691</v>
+        <v>387</v>
       </c>
       <c r="C416" s="24" t="s">
-        <v>946</v>
-[...8 lines deleted...]
-        <v>910</v>
+        <v>229</v>
+      </c>
+      <c r="D416" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="E416" s="102" t="s">
+        <v>243</v>
+      </c>
+      <c r="F416" s="153" t="s">
+        <v>844</v>
       </c>
       <c r="G416" s="10" t="s">
-        <v>799</v>
+        <v>845</v>
       </c>
       <c r="H416" s="77"/>
     </row>
-    <row r="417" spans="1:8" ht="39.6" x14ac:dyDescent="0.3">
-[...16 lines deleted...]
-        <v>798</v>
+    <row r="417" spans="1:8" s="17" customFormat="1" ht="12.75" x14ac:dyDescent="0.25">
+      <c r="A417" s="11">
+        <v>9999</v>
+      </c>
+      <c r="B417" s="11"/>
+      <c r="C417" s="22"/>
+      <c r="D417" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="E417" s="23" t="s">
+        <v>221</v>
+      </c>
+      <c r="F417" s="153" t="s">
+        <v>846</v>
       </c>
       <c r="G417" s="10" t="s">
-        <v>800</v>
-[...21 lines deleted...]
-      <c r="H418" s="23"/>
+        <v>847</v>
+      </c>
+      <c r="H417" s="23"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:H418" xr:uid="{DA90C1BA-70C4-4383-BF6C-D1771836C3A7}"/>
+  <autoFilter ref="A2:H417" xr:uid="{DA90C1BA-70C4-4383-BF6C-D1771836C3A7}"/>
   <phoneticPr fontId="27" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="55" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="A1:HG94"/>
+  <dimension ref="A1:HG95"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.5546875" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="12.5546875" style="9" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="8.5546875" style="8"/>
+    <col min="1" max="1" width="12.5703125" style="9" customWidth="1"/>
+    <col min="2" max="2" width="14.42578125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="15.42578125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="100.5703125" style="13" customWidth="1"/>
+    <col min="5" max="5" width="65.42578125" style="13" customWidth="1"/>
+    <col min="6" max="16384" width="8.5703125" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:36" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="E1" s="141"/>
+    <row r="1" spans="1:36" s="12" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="147"/>
+      <c r="B1" s="147"/>
+      <c r="C1" s="147"/>
+      <c r="D1" s="147"/>
+      <c r="E1" s="147"/>
       <c r="F1" s="8"/>
       <c r="G1" s="8"/>
       <c r="H1" s="8"/>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
       <c r="K1" s="8"/>
       <c r="L1" s="8"/>
       <c r="M1" s="8"/>
       <c r="N1" s="8"/>
       <c r="O1" s="8"/>
       <c r="P1" s="8"/>
       <c r="Q1" s="8"/>
       <c r="R1" s="8"/>
       <c r="S1" s="8"/>
       <c r="T1" s="8"/>
       <c r="U1" s="8"/>
       <c r="V1" s="8"/>
       <c r="W1" s="8"/>
       <c r="X1" s="8"/>
       <c r="Y1" s="8"/>
       <c r="Z1" s="8"/>
       <c r="AA1" s="8"/>
       <c r="AB1" s="8"/>
       <c r="AC1" s="8"/>
       <c r="AD1" s="8"/>
       <c r="AE1" s="8"/>
       <c r="AF1" s="8"/>
       <c r="AG1" s="8"/>
       <c r="AH1" s="8"/>
       <c r="AI1" s="8"/>
       <c r="AJ1" s="8"/>
     </row>
-    <row r="2" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="25" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="B2" s="25" t="s">
-        <v>458</v>
+        <v>848</v>
       </c>
       <c r="C2" s="25" t="s">
-        <v>147</v>
+        <v>849</v>
       </c>
       <c r="D2" s="26" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="E2" s="37" t="s">
-        <v>459</v>
-[...3 lines deleted...]
-      <c r="A3" s="11">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="3" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="161">
+        <v>3114</v>
+      </c>
+      <c r="B3" s="162">
+        <v>45978</v>
+      </c>
+      <c r="C3" s="163" t="s">
+        <v>221</v>
+      </c>
+      <c r="D3" s="153" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" s="164" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="4" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="11">
         <v>3058</v>
-      </c>
-[...15 lines deleted...]
-        <v>3059</v>
       </c>
       <c r="B4" s="24">
         <v>45929</v>
       </c>
       <c r="C4" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D4" s="10" t="s">
-        <v>784</v>
+        <v>851</v>
       </c>
       <c r="E4" s="10" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="5" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="11">
-        <v>3142</v>
+        <v>3059</v>
       </c>
       <c r="B5" s="24">
         <v>45929</v>
       </c>
       <c r="C5" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D5" s="10" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
       <c r="E5" s="10" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="6" spans="1:36" s="36" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="11">
-        <v>3145</v>
+        <v>3142</v>
       </c>
       <c r="B6" s="24">
         <v>45929</v>
       </c>
       <c r="C6" s="23" t="s">
-        <v>154</v>
-[...9 lines deleted...]
-    <row r="7" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>247</v>
+      </c>
+      <c r="D6" s="10" t="s">
+        <v>855</v>
+      </c>
+      <c r="E6" s="10" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="7" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A7" s="11">
-        <v>3146</v>
+        <v>3145</v>
       </c>
       <c r="B7" s="24">
         <v>45929</v>
       </c>
       <c r="C7" s="23" t="s">
-        <v>154</v>
-[...5 lines deleted...]
-        <v>572</v>
+        <v>247</v>
+      </c>
+      <c r="D7" s="118" t="s">
+        <v>857</v>
+      </c>
+      <c r="E7" s="118" t="s">
+        <v>858</v>
       </c>
       <c r="G7" s="36"/>
     </row>
-    <row r="8" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="23">
+    <row r="8" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A8" s="11">
+        <v>3146</v>
+      </c>
+      <c r="B8" s="24">
+        <v>45929</v>
+      </c>
+      <c r="C8" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D8" s="118" t="s">
+        <v>859</v>
+      </c>
+      <c r="E8" s="118" t="s">
+        <v>860</v>
+      </c>
+      <c r="G8" s="36"/>
+    </row>
+    <row r="9" spans="1:36" s="9" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="23">
         <v>3803</v>
-      </c>
-[...15 lines deleted...]
-        <v>2031</v>
       </c>
       <c r="B9" s="24">
         <v>45838</v>
       </c>
       <c r="C9" s="23" t="s">
-        <v>154</v>
+        <v>243</v>
       </c>
       <c r="D9" s="10" t="s">
-        <v>174</v>
+        <v>62</v>
       </c>
       <c r="E9" s="10" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="10" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A10" s="11">
-        <v>3036</v>
+        <v>2031</v>
       </c>
       <c r="B10" s="24">
         <v>45838</v>
       </c>
-      <c r="C10" s="102" t="s">
-[...10 lines deleted...]
-    <row r="11" spans="1:36" s="17" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="C10" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D10" s="10" t="s">
+        <v>862</v>
+      </c>
+      <c r="E10" s="10" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="11" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A11" s="11">
-        <v>3037</v>
+        <v>3036</v>
       </c>
       <c r="B11" s="24">
         <v>45838</v>
       </c>
-      <c r="C11" s="23" t="s">
-[...6 lines deleted...]
-        <v>534</v>
+      <c r="C11" s="102" t="s">
+        <v>247</v>
+      </c>
+      <c r="D11" s="98" t="s">
+        <v>863</v>
+      </c>
+      <c r="E11" s="98" t="s">
+        <v>864</v>
       </c>
       <c r="F11" s="103"/>
     </row>
-    <row r="12" spans="1:36" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:36" s="17" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A12" s="11">
-        <v>3069</v>
+        <v>3037</v>
       </c>
       <c r="B12" s="24">
         <v>45838</v>
       </c>
       <c r="C12" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D12" s="10" t="s">
-        <v>134</v>
+        <v>865</v>
       </c>
       <c r="E12" s="10" t="s">
-        <v>533</v>
+        <v>866</v>
       </c>
       <c r="F12" s="103"/>
     </row>
-    <row r="13" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:36" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A13" s="11">
-        <v>3070</v>
+        <v>3069</v>
       </c>
       <c r="B13" s="24">
         <v>45838</v>
       </c>
       <c r="C13" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D13" s="10" t="s">
-        <v>259</v>
+        <v>204</v>
       </c>
       <c r="E13" s="10" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>867</v>
+      </c>
+      <c r="F13" s="103"/>
+    </row>
+    <row r="14" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A14" s="11">
-        <v>3072</v>
+        <v>3070</v>
       </c>
       <c r="B14" s="24">
         <v>45838</v>
       </c>
       <c r="C14" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D14" s="10" t="s">
-        <v>260</v>
+        <v>868</v>
       </c>
       <c r="E14" s="10" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="15" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A15" s="11">
-        <v>3075</v>
+        <v>3072</v>
       </c>
       <c r="B15" s="24">
         <v>45838</v>
       </c>
       <c r="C15" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D15" s="10" t="s">
-        <v>261</v>
+        <v>870</v>
       </c>
       <c r="E15" s="10" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:36" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="16" spans="1:36" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A16" s="11">
-        <v>3077</v>
+        <v>3075</v>
       </c>
       <c r="B16" s="24">
         <v>45838</v>
       </c>
       <c r="C16" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D16" s="10" t="s">
-        <v>262</v>
+        <v>872</v>
       </c>
       <c r="E16" s="10" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A17" s="11">
-        <v>3079</v>
+        <v>3077</v>
       </c>
       <c r="B17" s="24">
         <v>45838</v>
       </c>
       <c r="C17" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D17" s="10" t="s">
-        <v>263</v>
+        <v>873</v>
       </c>
       <c r="E17" s="10" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A18" s="11">
-        <v>3081</v>
+        <v>3079</v>
       </c>
       <c r="B18" s="24">
         <v>45838</v>
       </c>
       <c r="C18" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D18" s="10" t="s">
-        <v>264</v>
+        <v>874</v>
       </c>
       <c r="E18" s="10" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A19" s="11">
-        <v>3084</v>
+        <v>3081</v>
       </c>
       <c r="B19" s="24">
         <v>45838</v>
       </c>
       <c r="C19" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D19" s="10" t="s">
-        <v>265</v>
+        <v>875</v>
       </c>
       <c r="E19" s="10" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A20" s="11">
-        <v>3086</v>
+        <v>3084</v>
       </c>
       <c r="B20" s="24">
         <v>45838</v>
       </c>
       <c r="C20" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>532</v>
+        <v>876</v>
       </c>
       <c r="E20" s="10" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A21" s="11">
-        <v>3097</v>
+        <v>3086</v>
       </c>
       <c r="B21" s="24">
         <v>45838</v>
       </c>
       <c r="C21" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D21" s="10" t="s">
-        <v>266</v>
+        <v>877</v>
       </c>
       <c r="E21" s="10" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A22" s="11">
-        <v>3102</v>
+        <v>3097</v>
       </c>
       <c r="B22" s="24">
         <v>45838</v>
       </c>
       <c r="C22" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D22" s="10" t="s">
-        <v>267</v>
+        <v>878</v>
       </c>
       <c r="E22" s="10" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A23" s="11">
-        <v>3106</v>
+        <v>3102</v>
       </c>
       <c r="B23" s="24">
         <v>45838</v>
       </c>
       <c r="C23" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D23" s="10" t="s">
-        <v>268</v>
+        <v>880</v>
       </c>
       <c r="E23" s="10" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A24" s="11">
-        <v>3111</v>
+        <v>3106</v>
       </c>
       <c r="B24" s="24">
         <v>45838</v>
       </c>
       <c r="C24" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D24" s="10" t="s">
-        <v>269</v>
+        <v>881</v>
       </c>
       <c r="E24" s="10" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6" s="17" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A25" s="11">
-        <v>3132</v>
+        <v>3111</v>
       </c>
       <c r="B25" s="24">
         <v>45838</v>
       </c>
       <c r="C25" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D25" s="10" t="s">
-        <v>290</v>
+        <v>882</v>
       </c>
       <c r="E25" s="10" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-    <row r="26" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" s="17" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A26" s="11">
-        <v>3149</v>
+        <v>3132</v>
       </c>
       <c r="B26" s="24">
         <v>45838</v>
       </c>
       <c r="C26" s="23" t="s">
-        <v>303</v>
-[...8 lines deleted...]
-    <row r="27" spans="1:6" s="9" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>247</v>
+      </c>
+      <c r="D26" s="10" t="s">
+        <v>883</v>
+      </c>
+      <c r="E26" s="10" t="s">
+        <v>884</v>
+      </c>
+      <c r="F26" s="36"/>
+    </row>
+    <row r="27" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A27" s="11">
-        <v>3150</v>
+        <v>3149</v>
       </c>
       <c r="B27" s="24">
         <v>45838</v>
       </c>
       <c r="C27" s="23" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>230</v>
+      </c>
+      <c r="D27" s="97" t="s">
+        <v>885</v>
       </c>
       <c r="E27" s="97" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" s="9" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A28" s="11">
-        <v>3155</v>
+        <v>3150</v>
       </c>
       <c r="B28" s="24">
         <v>45838</v>
       </c>
       <c r="C28" s="23" t="s">
-        <v>303</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>230</v>
+      </c>
+      <c r="D28" s="104" t="s">
+        <v>887</v>
       </c>
       <c r="E28" s="97" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A29" s="11">
-        <v>3156</v>
+        <v>3155</v>
       </c>
       <c r="B29" s="24">
         <v>45838</v>
       </c>
       <c r="C29" s="23" t="s">
-        <v>303</v>
+        <v>230</v>
       </c>
       <c r="D29" s="97" t="s">
-        <v>309</v>
+        <v>889</v>
       </c>
       <c r="E29" s="97" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A30" s="11">
-        <v>3164</v>
+        <v>3156</v>
       </c>
       <c r="B30" s="24">
         <v>45838</v>
       </c>
       <c r="C30" s="23" t="s">
-        <v>303</v>
+        <v>230</v>
       </c>
       <c r="D30" s="97" t="s">
-        <v>314</v>
+        <v>891</v>
       </c>
       <c r="E30" s="97" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A31" s="11">
-        <v>3165</v>
+        <v>3164</v>
       </c>
       <c r="B31" s="24">
         <v>45838</v>
       </c>
       <c r="C31" s="23" t="s">
-        <v>303</v>
+        <v>230</v>
       </c>
       <c r="D31" s="97" t="s">
-        <v>316</v>
+        <v>893</v>
       </c>
       <c r="E31" s="97" t="s">
-        <v>315</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A32" s="11">
-        <v>3527</v>
+        <v>3165</v>
       </c>
       <c r="B32" s="24">
         <v>45838</v>
       </c>
       <c r="C32" s="23" t="s">
-        <v>154</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>230</v>
+      </c>
+      <c r="D32" s="97" t="s">
+        <v>894</v>
+      </c>
+      <c r="E32" s="97" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="33" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A33" s="11">
-        <v>3528</v>
+        <v>3527</v>
       </c>
       <c r="B33" s="24">
         <v>45838</v>
       </c>
       <c r="C33" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D33" s="10" t="s">
-        <v>364</v>
+        <v>895</v>
       </c>
       <c r="E33" s="10" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:215" s="9" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="34" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A34" s="11">
-        <v>3591</v>
+        <v>3528</v>
       </c>
       <c r="B34" s="24">
         <v>45838</v>
       </c>
       <c r="C34" s="23" t="s">
-        <v>154</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>247</v>
+      </c>
+      <c r="D34" s="10" t="s">
+        <v>896</v>
       </c>
       <c r="E34" s="10" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:215" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="35" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
+        <v>3591</v>
+      </c>
+      <c r="B35" s="24">
+        <v>45838</v>
+      </c>
+      <c r="C35" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D35" s="75" t="s">
+        <v>897</v>
+      </c>
+      <c r="E35" s="10" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="36" spans="1:215" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="11">
         <v>3163</v>
-      </c>
-[...56 lines deleted...]
-        <v>3141</v>
       </c>
       <c r="B36" s="24">
         <v>45643</v>
       </c>
       <c r="C36" s="23" t="s">
-        <v>154</v>
-[...49 lines deleted...]
-    <row r="37" spans="1:215" s="18" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>230</v>
+      </c>
+      <c r="D36" s="97" t="s">
+        <v>88</v>
+      </c>
+      <c r="E36" s="97" t="s">
+        <v>898</v>
+      </c>
+      <c r="F36" s="90"/>
+      <c r="G36" s="36"/>
+      <c r="H36" s="36"/>
+      <c r="I36" s="36"/>
+      <c r="J36" s="36"/>
+      <c r="K36" s="36"/>
+      <c r="L36" s="36"/>
+      <c r="M36" s="36"/>
+      <c r="N36" s="36"/>
+      <c r="O36" s="36"/>
+      <c r="P36" s="36"/>
+      <c r="Q36" s="36"/>
+      <c r="R36" s="36"/>
+      <c r="S36" s="36"/>
+      <c r="T36" s="36"/>
+      <c r="U36" s="36"/>
+      <c r="V36" s="36"/>
+      <c r="W36" s="36"/>
+      <c r="X36" s="36"/>
+      <c r="Y36" s="36"/>
+      <c r="Z36" s="36"/>
+      <c r="AA36" s="36"/>
+      <c r="AB36" s="36"/>
+      <c r="AC36" s="36"/>
+      <c r="AD36" s="36"/>
+      <c r="AE36" s="36"/>
+      <c r="AF36" s="36"/>
+      <c r="AG36" s="36"/>
+      <c r="AH36" s="36"/>
+      <c r="AI36" s="36"/>
+      <c r="AJ36" s="36"/>
+      <c r="AK36" s="36"/>
+      <c r="AL36" s="36"/>
+      <c r="AM36" s="36"/>
+      <c r="AN36" s="36"/>
+      <c r="AO36" s="36"/>
+      <c r="AP36" s="36"/>
+      <c r="AQ36" s="36"/>
+      <c r="AR36" s="36"/>
+      <c r="AS36" s="36"/>
+      <c r="AT36" s="36"/>
+    </row>
+    <row r="37" spans="1:215" s="18" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A37" s="11">
-        <v>3127</v>
+        <v>3141</v>
       </c>
       <c r="B37" s="24">
         <v>45643</v>
       </c>
       <c r="C37" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D37" s="10" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>89</v>
+      </c>
+      <c r="E37" s="10" t="s">
+        <v>281</v>
       </c>
       <c r="F37" s="69"/>
-      <c r="G37" s="7"/>
-[...1 lines deleted...]
-      <c r="I37" s="15"/>
+      <c r="G37" s="14"/>
+      <c r="H37" s="7"/>
+      <c r="I37" s="16"/>
       <c r="J37" s="15"/>
       <c r="K37" s="15"/>
-      <c r="L37" s="7"/>
-[...1 lines deleted...]
-      <c r="N37" s="15"/>
+      <c r="L37" s="14"/>
+      <c r="M37" s="7"/>
+      <c r="N37" s="16"/>
       <c r="O37" s="15"/>
       <c r="P37" s="15"/>
-      <c r="Q37" s="7"/>
-[...1 lines deleted...]
-      <c r="S37" s="15"/>
+      <c r="Q37" s="14"/>
+      <c r="R37" s="7"/>
+      <c r="S37" s="16"/>
       <c r="T37" s="15"/>
       <c r="U37" s="15"/>
-      <c r="V37" s="7"/>
-[...1 lines deleted...]
-      <c r="X37" s="15"/>
+      <c r="V37" s="14"/>
+      <c r="W37" s="7"/>
+      <c r="X37" s="16"/>
       <c r="Y37" s="15"/>
       <c r="Z37" s="15"/>
-      <c r="AA37" s="7"/>
-[...1 lines deleted...]
-      <c r="AC37" s="15"/>
+      <c r="AA37" s="14"/>
+      <c r="AB37" s="7"/>
+      <c r="AC37" s="16"/>
       <c r="AD37" s="15"/>
       <c r="AE37" s="15"/>
-      <c r="AF37" s="7"/>
-[...1 lines deleted...]
-      <c r="AH37" s="15"/>
+      <c r="AF37" s="14"/>
+      <c r="AG37" s="7"/>
+      <c r="AH37" s="16"/>
       <c r="AI37" s="15"/>
       <c r="AJ37" s="15"/>
-      <c r="AK37" s="7"/>
-[...1 lines deleted...]
-      <c r="AM37" s="15"/>
+      <c r="AK37" s="14"/>
+      <c r="AL37" s="7"/>
+      <c r="AM37" s="16"/>
       <c r="AN37" s="15"/>
       <c r="AO37" s="15"/>
-      <c r="AP37" s="7"/>
-[...1 lines deleted...]
-      <c r="AR37" s="15"/>
+      <c r="AP37" s="14"/>
+      <c r="AQ37" s="7"/>
+      <c r="AR37" s="16"/>
       <c r="AS37" s="15"/>
       <c r="AT37" s="15"/>
     </row>
-    <row r="38" spans="1:215" s="17" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:215" s="18" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A38" s="11">
+        <v>3127</v>
+      </c>
+      <c r="B38" s="24">
+        <v>45643</v>
+      </c>
+      <c r="C38" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D38" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="E38" s="98" t="s">
+        <v>899</v>
+      </c>
+      <c r="F38" s="69"/>
+      <c r="G38" s="7"/>
+      <c r="H38" s="16"/>
+      <c r="I38" s="15"/>
+      <c r="J38" s="15"/>
+      <c r="K38" s="15"/>
+      <c r="L38" s="7"/>
+      <c r="M38" s="16"/>
+      <c r="N38" s="15"/>
+      <c r="O38" s="15"/>
+      <c r="P38" s="15"/>
+      <c r="Q38" s="7"/>
+      <c r="R38" s="16"/>
+      <c r="S38" s="15"/>
+      <c r="T38" s="15"/>
+      <c r="U38" s="15"/>
+      <c r="V38" s="7"/>
+      <c r="W38" s="16"/>
+      <c r="X38" s="15"/>
+      <c r="Y38" s="15"/>
+      <c r="Z38" s="15"/>
+      <c r="AA38" s="7"/>
+      <c r="AB38" s="16"/>
+      <c r="AC38" s="15"/>
+      <c r="AD38" s="15"/>
+      <c r="AE38" s="15"/>
+      <c r="AF38" s="7"/>
+      <c r="AG38" s="16"/>
+      <c r="AH38" s="15"/>
+      <c r="AI38" s="15"/>
+      <c r="AJ38" s="15"/>
+      <c r="AK38" s="7"/>
+      <c r="AL38" s="16"/>
+      <c r="AM38" s="15"/>
+      <c r="AN38" s="15"/>
+      <c r="AO38" s="15"/>
+      <c r="AP38" s="7"/>
+      <c r="AQ38" s="16"/>
+      <c r="AR38" s="15"/>
+      <c r="AS38" s="15"/>
+      <c r="AT38" s="15"/>
+    </row>
+    <row r="39" spans="1:215" s="17" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="11">
         <v>2018</v>
       </c>
-      <c r="B38" s="24">
+      <c r="B39" s="24">
         <v>45593</v>
       </c>
-      <c r="C38" s="23" t="s">
-[...11 lines deleted...]
-      <c r="A39" s="87">
+      <c r="C39" s="23" t="s">
+        <v>247</v>
+      </c>
+      <c r="D39" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>330</v>
+      </c>
+      <c r="F39" s="69"/>
+    </row>
+    <row r="40" spans="1:215" s="36" customFormat="1" ht="51" x14ac:dyDescent="0.25">
+      <c r="A40" s="87">
         <v>3175</v>
       </c>
-      <c r="B39" s="88">
+      <c r="B40" s="88">
         <v>45226</v>
       </c>
-      <c r="C39" s="87" t="s">
-[...11 lines deleted...]
-      <c r="A40" s="11">
+      <c r="C40" s="87" t="s">
+        <v>247</v>
+      </c>
+      <c r="D40" s="89" t="s">
+        <v>103</v>
+      </c>
+      <c r="E40" s="89" t="s">
+        <v>900</v>
+      </c>
+      <c r="F40" s="90"/>
+    </row>
+    <row r="41" spans="1:215" s="15" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="11">
         <v>3631</v>
-      </c>
-[...18 lines deleted...]
-        <v>3669</v>
       </c>
       <c r="B41" s="22">
         <v>45047</v>
       </c>
       <c r="C41" s="23" t="s">
-        <v>355</v>
+        <v>221</v>
       </c>
       <c r="D41" s="10" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-    <row r="42" spans="1:215" s="15" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>114</v>
+      </c>
+      <c r="E41" s="86" t="s">
+        <v>661</v>
+      </c>
+      <c r="F41" s="71"/>
+      <c r="G41" s="7"/>
+      <c r="H41" s="16"/>
+    </row>
+    <row r="42" spans="1:215" s="9" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A42" s="11">
+        <v>3669</v>
+      </c>
+      <c r="B42" s="22">
+        <v>45047</v>
+      </c>
+      <c r="C42" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="D42" s="10" t="s">
+        <v>155</v>
+      </c>
+      <c r="E42" s="76" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="43" spans="1:215" s="15" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="11">
         <v>3585</v>
-      </c>
-[...18 lines deleted...]
-        <v>3604</v>
       </c>
       <c r="B43" s="22">
         <v>44907</v>
       </c>
       <c r="C43" s="23" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="E43" s="10" t="s">
-        <v>461</v>
+        <v>606</v>
       </c>
       <c r="F43" s="71"/>
       <c r="G43" s="7"/>
       <c r="H43" s="16"/>
     </row>
-    <row r="44" spans="1:215" s="68" customFormat="1" ht="26.4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:215" s="15" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A44" s="11">
+        <v>3604</v>
+      </c>
+      <c r="B44" s="22">
+        <v>44907</v>
+      </c>
+      <c r="C44" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="D44" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="E44" s="10" t="s">
+        <v>902</v>
+      </c>
+      <c r="F44" s="71"/>
+      <c r="G44" s="7"/>
+      <c r="H44" s="16"/>
+    </row>
+    <row r="45" spans="1:215" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A45" s="11">
         <v>3120</v>
-      </c>
-[...16 lines deleted...]
-        <v>3121</v>
       </c>
       <c r="B45" s="22">
         <v>44886</v>
       </c>
       <c r="C45" s="23" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D45" s="10" t="s">
-        <v>113</v>
+        <v>183</v>
       </c>
       <c r="E45" s="10" t="s">
-        <v>462</v>
+        <v>903</v>
       </c>
       <c r="F45" s="69"/>
     </row>
-    <row r="46" spans="1:215" s="15" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:215" s="68" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
       <c r="A46" s="11">
-        <v>3621</v>
+        <v>3121</v>
       </c>
       <c r="B46" s="22">
         <v>44886</v>
       </c>
       <c r="C46" s="23" t="s">
-        <v>355</v>
+        <v>247</v>
       </c>
       <c r="D46" s="10" t="s">
-        <v>114</v>
+        <v>184</v>
       </c>
       <c r="E46" s="10" t="s">
-        <v>463</v>
-[...5 lines deleted...]
-    <row r="47" spans="1:215" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>903</v>
+      </c>
+      <c r="F46" s="69"/>
+    </row>
+    <row r="47" spans="1:215" s="15" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A47" s="11">
+        <v>3621</v>
+      </c>
+      <c r="B47" s="22">
+        <v>44886</v>
+      </c>
+      <c r="C47" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="D47" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="E47" s="10" t="s">
+        <v>904</v>
+      </c>
+      <c r="F47" s="71"/>
+      <c r="G47" s="7"/>
+      <c r="H47" s="16"/>
+    </row>
+    <row r="48" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="11">
         <v>3570</v>
-      </c>
-[...225 lines deleted...]
-        <v>3571</v>
       </c>
       <c r="B48" s="22">
         <v>44872</v>
       </c>
       <c r="C48" s="23" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="D48" s="10" t="s">
-        <v>120</v>
+        <v>190</v>
       </c>
       <c r="E48" s="67" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="F48" s="29"/>
+        <v>655</v>
+      </c>
+      <c r="F48" s="70"/>
       <c r="G48" s="29"/>
       <c r="H48" s="29"/>
       <c r="I48" s="29"/>
       <c r="J48" s="13"/>
       <c r="K48" s="13"/>
       <c r="L48" s="13"/>
       <c r="M48" s="13"/>
       <c r="N48" s="13"/>
       <c r="O48" s="13"/>
       <c r="P48" s="13"/>
       <c r="Q48" s="13"/>
       <c r="R48" s="13"/>
       <c r="S48" s="13"/>
       <c r="T48" s="13"/>
       <c r="U48" s="13"/>
       <c r="V48" s="13"/>
       <c r="W48" s="13"/>
       <c r="X48" s="13"/>
       <c r="Y48" s="13"/>
       <c r="Z48" s="13"/>
       <c r="AA48" s="13"/>
       <c r="AB48" s="13"/>
       <c r="AC48" s="13"/>
       <c r="AD48" s="13"/>
       <c r="AE48" s="13"/>
@@ -20214,65 +20263,65 @@
       <c r="GJ48" s="13"/>
       <c r="GK48" s="13"/>
       <c r="GL48" s="13"/>
       <c r="GM48" s="13"/>
       <c r="GN48" s="13"/>
       <c r="GO48" s="13"/>
       <c r="GP48" s="13"/>
       <c r="GQ48" s="13"/>
       <c r="GR48" s="13"/>
       <c r="GS48" s="13"/>
       <c r="GT48" s="13"/>
       <c r="GU48" s="13"/>
       <c r="GV48" s="13"/>
       <c r="GW48" s="13"/>
       <c r="GX48" s="13"/>
       <c r="GY48" s="13"/>
       <c r="GZ48" s="13"/>
       <c r="HA48" s="13"/>
       <c r="HB48" s="13"/>
       <c r="HC48" s="13"/>
       <c r="HD48" s="13"/>
       <c r="HE48" s="13"/>
       <c r="HF48" s="13"/>
       <c r="HG48" s="13"/>
     </row>
-    <row r="49" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-        <v>3404</v>
+    <row r="49" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A49" s="11">
+        <v>3571</v>
       </c>
       <c r="B49" s="22">
-        <v>44629</v>
-[...8 lines deleted...]
-        <v>464</v>
+        <v>44872</v>
+      </c>
+      <c r="C49" s="23" t="s">
+        <v>243</v>
+      </c>
+      <c r="D49" s="10" t="s">
+        <v>191</v>
+      </c>
+      <c r="E49" s="67" t="s">
+        <v>556</v>
       </c>
       <c r="F49" s="29"/>
       <c r="G49" s="29"/>
       <c r="H49" s="29"/>
       <c r="I49" s="29"/>
       <c r="J49" s="13"/>
       <c r="K49" s="13"/>
       <c r="L49" s="13"/>
       <c r="M49" s="13"/>
       <c r="N49" s="13"/>
       <c r="O49" s="13"/>
       <c r="P49" s="13"/>
       <c r="Q49" s="13"/>
       <c r="R49" s="13"/>
       <c r="S49" s="13"/>
       <c r="T49" s="13"/>
       <c r="U49" s="13"/>
       <c r="V49" s="13"/>
       <c r="W49" s="13"/>
       <c r="X49" s="13"/>
       <c r="Y49" s="13"/>
       <c r="Z49" s="13"/>
       <c r="AA49" s="13"/>
       <c r="AB49" s="13"/>
       <c r="AC49" s="13"/>
@@ -20441,65 +20490,65 @@
       <c r="GJ49" s="13"/>
       <c r="GK49" s="13"/>
       <c r="GL49" s="13"/>
       <c r="GM49" s="13"/>
       <c r="GN49" s="13"/>
       <c r="GO49" s="13"/>
       <c r="GP49" s="13"/>
       <c r="GQ49" s="13"/>
       <c r="GR49" s="13"/>
       <c r="GS49" s="13"/>
       <c r="GT49" s="13"/>
       <c r="GU49" s="13"/>
       <c r="GV49" s="13"/>
       <c r="GW49" s="13"/>
       <c r="GX49" s="13"/>
       <c r="GY49" s="13"/>
       <c r="GZ49" s="13"/>
       <c r="HA49" s="13"/>
       <c r="HB49" s="13"/>
       <c r="HC49" s="13"/>
       <c r="HD49" s="13"/>
       <c r="HE49" s="13"/>
       <c r="HF49" s="13"/>
       <c r="HG49" s="13"/>
     </row>
-    <row r="50" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A50" s="21">
-        <v>3405</v>
+        <v>3404</v>
       </c>
       <c r="B50" s="22">
         <v>44629</v>
       </c>
       <c r="C50" s="21" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D50" s="19" t="s">
-        <v>140</v>
+        <v>209</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>337</v>
+        <v>905</v>
       </c>
       <c r="F50" s="29"/>
       <c r="G50" s="29"/>
       <c r="H50" s="29"/>
       <c r="I50" s="29"/>
       <c r="J50" s="13"/>
       <c r="K50" s="13"/>
       <c r="L50" s="13"/>
       <c r="M50" s="13"/>
       <c r="N50" s="13"/>
       <c r="O50" s="13"/>
       <c r="P50" s="13"/>
       <c r="Q50" s="13"/>
       <c r="R50" s="13"/>
       <c r="S50" s="13"/>
       <c r="T50" s="13"/>
       <c r="U50" s="13"/>
       <c r="V50" s="13"/>
       <c r="W50" s="13"/>
       <c r="X50" s="13"/>
       <c r="Y50" s="13"/>
       <c r="Z50" s="13"/>
       <c r="AA50" s="13"/>
       <c r="AB50" s="13"/>
       <c r="AC50" s="13"/>
@@ -20668,65 +20717,65 @@
       <c r="GJ50" s="13"/>
       <c r="GK50" s="13"/>
       <c r="GL50" s="13"/>
       <c r="GM50" s="13"/>
       <c r="GN50" s="13"/>
       <c r="GO50" s="13"/>
       <c r="GP50" s="13"/>
       <c r="GQ50" s="13"/>
       <c r="GR50" s="13"/>
       <c r="GS50" s="13"/>
       <c r="GT50" s="13"/>
       <c r="GU50" s="13"/>
       <c r="GV50" s="13"/>
       <c r="GW50" s="13"/>
       <c r="GX50" s="13"/>
       <c r="GY50" s="13"/>
       <c r="GZ50" s="13"/>
       <c r="HA50" s="13"/>
       <c r="HB50" s="13"/>
       <c r="HC50" s="13"/>
       <c r="HD50" s="13"/>
       <c r="HE50" s="13"/>
       <c r="HF50" s="13"/>
       <c r="HG50" s="13"/>
     </row>
-    <row r="51" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A51" s="21">
-        <v>3406</v>
+        <v>3405</v>
       </c>
       <c r="B51" s="22">
         <v>44629</v>
       </c>
       <c r="C51" s="21" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D51" s="19" t="s">
-        <v>141</v>
+        <v>210</v>
       </c>
       <c r="E51" s="19" t="s">
-        <v>465</v>
+        <v>529</v>
       </c>
       <c r="F51" s="29"/>
       <c r="G51" s="29"/>
       <c r="H51" s="29"/>
       <c r="I51" s="29"/>
       <c r="J51" s="13"/>
       <c r="K51" s="13"/>
       <c r="L51" s="13"/>
       <c r="M51" s="13"/>
       <c r="N51" s="13"/>
       <c r="O51" s="13"/>
       <c r="P51" s="13"/>
       <c r="Q51" s="13"/>
       <c r="R51" s="13"/>
       <c r="S51" s="13"/>
       <c r="T51" s="13"/>
       <c r="U51" s="13"/>
       <c r="V51" s="13"/>
       <c r="W51" s="13"/>
       <c r="X51" s="13"/>
       <c r="Y51" s="13"/>
       <c r="Z51" s="13"/>
       <c r="AA51" s="13"/>
       <c r="AB51" s="13"/>
       <c r="AC51" s="13"/>
@@ -20895,65 +20944,65 @@
       <c r="GJ51" s="13"/>
       <c r="GK51" s="13"/>
       <c r="GL51" s="13"/>
       <c r="GM51" s="13"/>
       <c r="GN51" s="13"/>
       <c r="GO51" s="13"/>
       <c r="GP51" s="13"/>
       <c r="GQ51" s="13"/>
       <c r="GR51" s="13"/>
       <c r="GS51" s="13"/>
       <c r="GT51" s="13"/>
       <c r="GU51" s="13"/>
       <c r="GV51" s="13"/>
       <c r="GW51" s="13"/>
       <c r="GX51" s="13"/>
       <c r="GY51" s="13"/>
       <c r="GZ51" s="13"/>
       <c r="HA51" s="13"/>
       <c r="HB51" s="13"/>
       <c r="HC51" s="13"/>
       <c r="HD51" s="13"/>
       <c r="HE51" s="13"/>
       <c r="HF51" s="13"/>
       <c r="HG51" s="13"/>
     </row>
-    <row r="52" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A52" s="21">
-        <v>3407</v>
+        <v>3406</v>
       </c>
       <c r="B52" s="22">
         <v>44629</v>
       </c>
       <c r="C52" s="21" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D52" s="19" t="s">
-        <v>142</v>
+        <v>211</v>
       </c>
       <c r="E52" s="19" t="s">
-        <v>337</v>
+        <v>906</v>
       </c>
       <c r="F52" s="29"/>
       <c r="G52" s="29"/>
       <c r="H52" s="29"/>
       <c r="I52" s="29"/>
       <c r="J52" s="13"/>
       <c r="K52" s="13"/>
       <c r="L52" s="13"/>
       <c r="M52" s="13"/>
       <c r="N52" s="13"/>
       <c r="O52" s="13"/>
       <c r="P52" s="13"/>
       <c r="Q52" s="13"/>
       <c r="R52" s="13"/>
       <c r="S52" s="13"/>
       <c r="T52" s="13"/>
       <c r="U52" s="13"/>
       <c r="V52" s="13"/>
       <c r="W52" s="13"/>
       <c r="X52" s="13"/>
       <c r="Y52" s="13"/>
       <c r="Z52" s="13"/>
       <c r="AA52" s="13"/>
       <c r="AB52" s="13"/>
       <c r="AC52" s="13"/>
@@ -21122,65 +21171,65 @@
       <c r="GJ52" s="13"/>
       <c r="GK52" s="13"/>
       <c r="GL52" s="13"/>
       <c r="GM52" s="13"/>
       <c r="GN52" s="13"/>
       <c r="GO52" s="13"/>
       <c r="GP52" s="13"/>
       <c r="GQ52" s="13"/>
       <c r="GR52" s="13"/>
       <c r="GS52" s="13"/>
       <c r="GT52" s="13"/>
       <c r="GU52" s="13"/>
       <c r="GV52" s="13"/>
       <c r="GW52" s="13"/>
       <c r="GX52" s="13"/>
       <c r="GY52" s="13"/>
       <c r="GZ52" s="13"/>
       <c r="HA52" s="13"/>
       <c r="HB52" s="13"/>
       <c r="HC52" s="13"/>
       <c r="HD52" s="13"/>
       <c r="HE52" s="13"/>
       <c r="HF52" s="13"/>
       <c r="HG52" s="13"/>
     </row>
-    <row r="53" spans="1:215" s="31" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:215" s="34" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A53" s="21">
-        <v>3408</v>
+        <v>3407</v>
       </c>
       <c r="B53" s="22">
         <v>44629</v>
       </c>
       <c r="C53" s="21" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D53" s="19" t="s">
-        <v>143</v>
+        <v>212</v>
       </c>
       <c r="E53" s="19" t="s">
-        <v>466</v>
+        <v>529</v>
       </c>
       <c r="F53" s="29"/>
       <c r="G53" s="29"/>
       <c r="H53" s="29"/>
       <c r="I53" s="29"/>
       <c r="J53" s="13"/>
       <c r="K53" s="13"/>
       <c r="L53" s="13"/>
       <c r="M53" s="13"/>
       <c r="N53" s="13"/>
       <c r="O53" s="13"/>
       <c r="P53" s="13"/>
       <c r="Q53" s="13"/>
       <c r="R53" s="13"/>
       <c r="S53" s="13"/>
       <c r="T53" s="13"/>
       <c r="U53" s="13"/>
       <c r="V53" s="13"/>
       <c r="W53" s="13"/>
       <c r="X53" s="13"/>
       <c r="Y53" s="13"/>
       <c r="Z53" s="13"/>
       <c r="AA53" s="13"/>
       <c r="AB53" s="13"/>
       <c r="AC53" s="13"/>
@@ -21349,1148 +21398,1305 @@
       <c r="GJ53" s="13"/>
       <c r="GK53" s="13"/>
       <c r="GL53" s="13"/>
       <c r="GM53" s="13"/>
       <c r="GN53" s="13"/>
       <c r="GO53" s="13"/>
       <c r="GP53" s="13"/>
       <c r="GQ53" s="13"/>
       <c r="GR53" s="13"/>
       <c r="GS53" s="13"/>
       <c r="GT53" s="13"/>
       <c r="GU53" s="13"/>
       <c r="GV53" s="13"/>
       <c r="GW53" s="13"/>
       <c r="GX53" s="13"/>
       <c r="GY53" s="13"/>
       <c r="GZ53" s="13"/>
       <c r="HA53" s="13"/>
       <c r="HB53" s="13"/>
       <c r="HC53" s="13"/>
       <c r="HD53" s="13"/>
       <c r="HE53" s="13"/>
       <c r="HF53" s="13"/>
       <c r="HG53" s="13"/>
     </row>
-    <row r="54" spans="1:215" s="31" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:215" s="31" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A54" s="21">
-        <v>3409</v>
+        <v>3408</v>
       </c>
       <c r="B54" s="22">
         <v>44629</v>
       </c>
       <c r="C54" s="21" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D54" s="19" t="s">
-        <v>144</v>
+        <v>213</v>
       </c>
       <c r="E54" s="19" t="s">
-        <v>337</v>
+        <v>907</v>
       </c>
       <c r="F54" s="29"/>
       <c r="G54" s="29"/>
       <c r="H54" s="29"/>
       <c r="I54" s="29"/>
-    </row>
-    <row r="55" spans="1:215" s="17" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="J54" s="13"/>
+      <c r="K54" s="13"/>
+      <c r="L54" s="13"/>
+      <c r="M54" s="13"/>
+      <c r="N54" s="13"/>
+      <c r="O54" s="13"/>
+      <c r="P54" s="13"/>
+      <c r="Q54" s="13"/>
+      <c r="R54" s="13"/>
+      <c r="S54" s="13"/>
+      <c r="T54" s="13"/>
+      <c r="U54" s="13"/>
+      <c r="V54" s="13"/>
+      <c r="W54" s="13"/>
+      <c r="X54" s="13"/>
+      <c r="Y54" s="13"/>
+      <c r="Z54" s="13"/>
+      <c r="AA54" s="13"/>
+      <c r="AB54" s="13"/>
+      <c r="AC54" s="13"/>
+      <c r="AD54" s="13"/>
+      <c r="AE54" s="13"/>
+      <c r="AF54" s="13"/>
+      <c r="AG54" s="13"/>
+      <c r="AH54" s="13"/>
+      <c r="AI54" s="13"/>
+      <c r="AJ54" s="13"/>
+      <c r="AK54" s="13"/>
+      <c r="AL54" s="13"/>
+      <c r="AM54" s="13"/>
+      <c r="AN54" s="13"/>
+      <c r="AO54" s="13"/>
+      <c r="AP54" s="13"/>
+      <c r="AQ54" s="13"/>
+      <c r="AR54" s="13"/>
+      <c r="AS54" s="13"/>
+      <c r="AT54" s="13"/>
+      <c r="AU54" s="13"/>
+      <c r="AV54" s="13"/>
+      <c r="AW54" s="13"/>
+      <c r="AX54" s="13"/>
+      <c r="AY54" s="13"/>
+      <c r="AZ54" s="13"/>
+      <c r="BA54" s="13"/>
+      <c r="BB54" s="13"/>
+      <c r="BC54" s="13"/>
+      <c r="BD54" s="13"/>
+      <c r="BE54" s="13"/>
+      <c r="BF54" s="13"/>
+      <c r="BG54" s="13"/>
+      <c r="BH54" s="13"/>
+      <c r="BI54" s="13"/>
+      <c r="BJ54" s="13"/>
+      <c r="BK54" s="13"/>
+      <c r="BL54" s="13"/>
+      <c r="BM54" s="13"/>
+      <c r="BN54" s="13"/>
+      <c r="BO54" s="13"/>
+      <c r="BP54" s="13"/>
+      <c r="BQ54" s="13"/>
+      <c r="BR54" s="13"/>
+      <c r="BS54" s="13"/>
+      <c r="BT54" s="13"/>
+      <c r="BU54" s="13"/>
+      <c r="BV54" s="13"/>
+      <c r="BW54" s="13"/>
+      <c r="BX54" s="13"/>
+      <c r="BY54" s="13"/>
+      <c r="BZ54" s="13"/>
+      <c r="CA54" s="13"/>
+      <c r="CB54" s="13"/>
+      <c r="CC54" s="13"/>
+      <c r="CD54" s="13"/>
+      <c r="CE54" s="13"/>
+      <c r="CF54" s="13"/>
+      <c r="CG54" s="13"/>
+      <c r="CH54" s="13"/>
+      <c r="CI54" s="13"/>
+      <c r="CJ54" s="13"/>
+      <c r="CK54" s="13"/>
+      <c r="CL54" s="13"/>
+      <c r="CM54" s="13"/>
+      <c r="CN54" s="13"/>
+      <c r="CO54" s="13"/>
+      <c r="CP54" s="13"/>
+      <c r="CQ54" s="13"/>
+      <c r="CR54" s="13"/>
+      <c r="CS54" s="13"/>
+      <c r="CT54" s="13"/>
+      <c r="CU54" s="13"/>
+      <c r="CV54" s="13"/>
+      <c r="CW54" s="13"/>
+      <c r="CX54" s="13"/>
+      <c r="CY54" s="13"/>
+      <c r="CZ54" s="13"/>
+      <c r="DA54" s="13"/>
+      <c r="DB54" s="13"/>
+      <c r="DC54" s="13"/>
+      <c r="DD54" s="13"/>
+      <c r="DE54" s="13"/>
+      <c r="DF54" s="13"/>
+      <c r="DG54" s="13"/>
+      <c r="DH54" s="13"/>
+      <c r="DI54" s="13"/>
+      <c r="DJ54" s="13"/>
+      <c r="DK54" s="13"/>
+      <c r="DL54" s="13"/>
+      <c r="DM54" s="13"/>
+      <c r="DN54" s="13"/>
+      <c r="DO54" s="13"/>
+      <c r="DP54" s="13"/>
+      <c r="DQ54" s="13"/>
+      <c r="DR54" s="13"/>
+      <c r="DS54" s="13"/>
+      <c r="DT54" s="13"/>
+      <c r="DU54" s="13"/>
+      <c r="DV54" s="13"/>
+      <c r="DW54" s="13"/>
+      <c r="DX54" s="13"/>
+      <c r="DY54" s="13"/>
+      <c r="DZ54" s="13"/>
+      <c r="EA54" s="13"/>
+      <c r="EB54" s="13"/>
+      <c r="EC54" s="13"/>
+      <c r="ED54" s="13"/>
+      <c r="EE54" s="13"/>
+      <c r="EF54" s="13"/>
+      <c r="EG54" s="13"/>
+      <c r="EH54" s="13"/>
+      <c r="EI54" s="13"/>
+      <c r="EJ54" s="13"/>
+      <c r="EK54" s="13"/>
+      <c r="EL54" s="13"/>
+      <c r="EM54" s="13"/>
+      <c r="EN54" s="13"/>
+      <c r="EO54" s="13"/>
+      <c r="EP54" s="13"/>
+      <c r="EQ54" s="13"/>
+      <c r="ER54" s="13"/>
+      <c r="ES54" s="13"/>
+      <c r="ET54" s="13"/>
+      <c r="EU54" s="13"/>
+      <c r="EV54" s="13"/>
+      <c r="EW54" s="13"/>
+      <c r="EX54" s="13"/>
+      <c r="EY54" s="13"/>
+      <c r="EZ54" s="13"/>
+      <c r="FA54" s="13"/>
+      <c r="FB54" s="13"/>
+      <c r="FC54" s="13"/>
+      <c r="FD54" s="13"/>
+      <c r="FE54" s="13"/>
+      <c r="FF54" s="13"/>
+      <c r="FG54" s="13"/>
+      <c r="FH54" s="13"/>
+      <c r="FI54" s="13"/>
+      <c r="FJ54" s="13"/>
+      <c r="FK54" s="13"/>
+      <c r="FL54" s="13"/>
+      <c r="FM54" s="13"/>
+      <c r="FN54" s="13"/>
+      <c r="FO54" s="13"/>
+      <c r="FP54" s="13"/>
+      <c r="FQ54" s="13"/>
+      <c r="FR54" s="13"/>
+      <c r="FS54" s="13"/>
+      <c r="FT54" s="13"/>
+      <c r="FU54" s="13"/>
+      <c r="FV54" s="13"/>
+      <c r="FW54" s="13"/>
+      <c r="FX54" s="13"/>
+      <c r="FY54" s="13"/>
+      <c r="FZ54" s="13"/>
+      <c r="GA54" s="13"/>
+      <c r="GB54" s="13"/>
+      <c r="GC54" s="13"/>
+      <c r="GD54" s="13"/>
+      <c r="GE54" s="13"/>
+      <c r="GF54" s="13"/>
+      <c r="GG54" s="13"/>
+      <c r="GH54" s="13"/>
+      <c r="GI54" s="13"/>
+      <c r="GJ54" s="13"/>
+      <c r="GK54" s="13"/>
+      <c r="GL54" s="13"/>
+      <c r="GM54" s="13"/>
+      <c r="GN54" s="13"/>
+      <c r="GO54" s="13"/>
+      <c r="GP54" s="13"/>
+      <c r="GQ54" s="13"/>
+      <c r="GR54" s="13"/>
+      <c r="GS54" s="13"/>
+      <c r="GT54" s="13"/>
+      <c r="GU54" s="13"/>
+      <c r="GV54" s="13"/>
+      <c r="GW54" s="13"/>
+      <c r="GX54" s="13"/>
+      <c r="GY54" s="13"/>
+      <c r="GZ54" s="13"/>
+      <c r="HA54" s="13"/>
+      <c r="HB54" s="13"/>
+      <c r="HC54" s="13"/>
+      <c r="HD54" s="13"/>
+      <c r="HE54" s="13"/>
+      <c r="HF54" s="13"/>
+      <c r="HG54" s="13"/>
+    </row>
+    <row r="55" spans="1:215" s="31" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A55" s="21">
+        <v>3409</v>
+      </c>
+      <c r="B55" s="22">
+        <v>44629</v>
+      </c>
+      <c r="C55" s="21" t="s">
+        <v>247</v>
+      </c>
+      <c r="D55" s="19" t="s">
+        <v>214</v>
+      </c>
+      <c r="E55" s="19" t="s">
+        <v>529</v>
+      </c>
+      <c r="F55" s="29"/>
+      <c r="G55" s="29"/>
+      <c r="H55" s="29"/>
+      <c r="I55" s="29"/>
+    </row>
+    <row r="56" spans="1:215" s="17" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="21">
         <v>3424</v>
       </c>
-      <c r="B55" s="20">
+      <c r="B56" s="20">
         <v>44606</v>
       </c>
-      <c r="C55" s="21" t="s">
-[...14 lines deleted...]
-      <c r="A56" s="11">
+      <c r="C56" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="D56" s="19" t="s">
+        <v>908</v>
+      </c>
+      <c r="E56" s="19" t="s">
+        <v>909</v>
+      </c>
+      <c r="F56" s="36"/>
+      <c r="G56" s="36"/>
+      <c r="H56" s="36"/>
+      <c r="I56" s="36"/>
+    </row>
+    <row r="57" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A57" s="11">
         <v>2021</v>
-      </c>
-[...15 lines deleted...]
-        <v>2022</v>
       </c>
       <c r="B57" s="24">
         <v>44585</v>
       </c>
       <c r="C57" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D57" s="10" t="s">
-        <v>471</v>
+        <v>910</v>
       </c>
       <c r="E57" s="10" t="s">
-        <v>470</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="58" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A58" s="11">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="B58" s="24">
         <v>44585</v>
       </c>
       <c r="C58" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D58" s="10" t="s">
-        <v>472</v>
+        <v>912</v>
       </c>
       <c r="E58" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="59" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A59" s="11">
-        <v>2024</v>
+        <v>2023</v>
       </c>
       <c r="B59" s="24">
         <v>44585</v>
       </c>
       <c r="C59" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D59" s="10" t="s">
-        <v>472</v>
+        <v>913</v>
       </c>
       <c r="E59" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="60" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A60" s="11">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B60" s="24">
         <v>44585</v>
       </c>
       <c r="C60" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D60" s="10" t="s">
-        <v>472</v>
+        <v>913</v>
       </c>
       <c r="E60" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="61" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A61" s="11">
-        <v>2026</v>
+        <v>2025</v>
       </c>
       <c r="B61" s="24">
         <v>44585</v>
       </c>
       <c r="C61" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D61" s="10" t="s">
-        <v>472</v>
+        <v>913</v>
       </c>
       <c r="E61" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="62" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A62" s="11">
-        <v>2027</v>
+        <v>2026</v>
       </c>
       <c r="B62" s="24">
         <v>44585</v>
       </c>
       <c r="C62" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D62" s="10" t="s">
-        <v>472</v>
+        <v>913</v>
       </c>
       <c r="E62" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="63" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A63" s="11">
-        <v>2028</v>
+        <v>2027</v>
       </c>
       <c r="B63" s="24">
         <v>44585</v>
       </c>
       <c r="C63" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D63" s="10" t="s">
-        <v>474</v>
+        <v>913</v>
       </c>
       <c r="E63" s="10" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:215" s="28" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="64" spans="1:215" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A64" s="11">
-        <v>2029</v>
+        <v>2028</v>
       </c>
       <c r="B64" s="24">
         <v>44585</v>
       </c>
       <c r="C64" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D64" s="10" t="s">
-        <v>475</v>
+        <v>915</v>
       </c>
       <c r="E64" s="10" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      <c r="A65" s="21">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" s="28" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A65" s="11">
+        <v>2029</v>
+      </c>
+      <c r="B65" s="24">
+        <v>44585</v>
+      </c>
+      <c r="C65" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D65" s="10" t="s">
+        <v>916</v>
+      </c>
+      <c r="E65" s="10" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" s="16" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A66" s="21">
         <v>3419</v>
-      </c>
-[...19 lines deleted...]
-        <v>3420</v>
       </c>
       <c r="B66" s="20">
         <v>44533</v>
       </c>
       <c r="C66" s="21" t="s">
-        <v>355</v>
+        <v>243</v>
       </c>
       <c r="D66" s="19" t="s">
-        <v>479</v>
+        <v>918</v>
       </c>
       <c r="E66" s="19" t="s">
-        <v>347</v>
+        <v>919</v>
       </c>
       <c r="F66" s="28"/>
       <c r="G66" s="28"/>
       <c r="H66" s="28"/>
       <c r="I66" s="28"/>
     </row>
-    <row r="67" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A67" s="11">
+    <row r="67" spans="1:9" s="16" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="A67" s="21">
+        <v>3420</v>
+      </c>
+      <c r="B67" s="20">
+        <v>44533</v>
+      </c>
+      <c r="C67" s="21" t="s">
+        <v>243</v>
+      </c>
+      <c r="D67" s="19" t="s">
+        <v>920</v>
+      </c>
+      <c r="E67" s="19" t="s">
+        <v>921</v>
+      </c>
+      <c r="F67" s="28"/>
+      <c r="G67" s="28"/>
+      <c r="H67" s="28"/>
+      <c r="I67" s="28"/>
+    </row>
+    <row r="68" spans="1:9" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="11">
         <v>2030</v>
-      </c>
-[...15 lines deleted...]
-        <v>3098</v>
       </c>
       <c r="B68" s="24">
         <v>43276</v>
       </c>
       <c r="C68" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D68" s="10" t="s">
-        <v>481</v>
+        <v>922</v>
       </c>
       <c r="E68" s="10" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A69" s="11">
-        <v>3099</v>
+        <v>3098</v>
       </c>
       <c r="B69" s="24">
         <v>43276</v>
       </c>
       <c r="C69" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D69" s="10" t="s">
-        <v>483</v>
+        <v>923</v>
       </c>
       <c r="E69" s="10" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A70" s="11">
-        <v>3103</v>
+        <v>3099</v>
       </c>
       <c r="B70" s="24">
         <v>43276</v>
       </c>
       <c r="C70" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D70" s="10" t="s">
-        <v>485</v>
+        <v>925</v>
       </c>
       <c r="E70" s="10" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A71" s="11">
-        <v>3104</v>
+        <v>3103</v>
       </c>
       <c r="B71" s="24">
         <v>43276</v>
       </c>
       <c r="C71" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D71" s="10" t="s">
-        <v>486</v>
+        <v>927</v>
       </c>
       <c r="E71" s="10" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A72" s="11">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="B72" s="24">
         <v>43276</v>
       </c>
       <c r="C72" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D72" s="10" t="s">
-        <v>487</v>
+        <v>928</v>
       </c>
       <c r="E72" s="10" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="73" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A73" s="11">
-        <v>3108</v>
+        <v>3107</v>
       </c>
       <c r="B73" s="24">
         <v>43276</v>
       </c>
       <c r="C73" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D73" s="10" t="s">
-        <v>488</v>
+        <v>929</v>
       </c>
       <c r="E73" s="10" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A74" s="11">
-        <v>3112</v>
+        <v>3108</v>
       </c>
       <c r="B74" s="24">
         <v>43276</v>
       </c>
       <c r="C74" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D74" s="10" t="s">
-        <v>489</v>
+        <v>930</v>
       </c>
       <c r="E74" s="10" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="75" spans="1:9" s="28" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A75" s="11">
-        <v>3113</v>
+        <v>3112</v>
       </c>
       <c r="B75" s="24">
         <v>43276</v>
       </c>
       <c r="C75" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D75" s="10" t="s">
-        <v>490</v>
+        <v>931</v>
       </c>
       <c r="E75" s="10" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.3">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" s="28" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A76" s="11">
+        <v>3113</v>
+      </c>
+      <c r="B76" s="24">
+        <v>43276</v>
+      </c>
+      <c r="C76" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D76" s="10" t="s">
+        <v>932</v>
+      </c>
+      <c r="E76" s="10" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="11">
         <v>2012</v>
       </c>
-      <c r="B76" s="24">
+      <c r="B77" s="24">
         <v>43185</v>
       </c>
-      <c r="C76" s="11" t="s">
-[...10 lines deleted...]
-      <c r="A77" s="11">
+      <c r="C77" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D77" s="10" t="s">
+        <v>933</v>
+      </c>
+      <c r="E77" s="10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" s="13" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A78" s="11">
         <v>3045</v>
-      </c>
-[...15 lines deleted...]
-        <v>3301</v>
       </c>
       <c r="B78" s="24">
         <v>43021</v>
       </c>
       <c r="C78" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D78" s="10" t="s">
-        <v>494</v>
+        <v>934</v>
       </c>
       <c r="E78" s="10" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:9" s="13" customFormat="1" ht="52.8" x14ac:dyDescent="0.3">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" s="13" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A79" s="11">
-        <v>3302</v>
+        <v>3301</v>
       </c>
       <c r="B79" s="24">
         <v>43021</v>
       </c>
       <c r="C79" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D79" s="10" t="s">
-        <v>496</v>
+        <v>936</v>
       </c>
       <c r="E79" s="10" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:9" s="13" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" s="13" customFormat="1" ht="51" x14ac:dyDescent="0.25">
       <c r="A80" s="11">
-        <v>3303</v>
+        <v>3302</v>
       </c>
       <c r="B80" s="24">
         <v>43021</v>
       </c>
       <c r="C80" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D80" s="10" t="s">
-        <v>498</v>
+        <v>938</v>
       </c>
       <c r="E80" s="10" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:215" s="13" customFormat="1" ht="39.6" x14ac:dyDescent="0.3">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="81" spans="1:215" s="13" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A81" s="11">
-        <v>3304</v>
+        <v>3303</v>
       </c>
       <c r="B81" s="24">
         <v>43021</v>
       </c>
       <c r="C81" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D81" s="10" t="s">
-        <v>500</v>
+        <v>940</v>
       </c>
       <c r="E81" s="10" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="82" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="82" spans="1:215" s="13" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A82" s="11">
+        <v>3304</v>
+      </c>
+      <c r="B82" s="24">
+        <v>43021</v>
+      </c>
+      <c r="C82" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D82" s="10" t="s">
+        <v>942</v>
+      </c>
+      <c r="E82" s="10" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="83" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="11">
         <v>3201</v>
-      </c>
-[...15 lines deleted...]
-        <v>3202</v>
       </c>
       <c r="B83" s="24">
         <v>42886</v>
       </c>
       <c r="C83" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D83" s="10" t="s">
-        <v>504</v>
+        <v>944</v>
       </c>
       <c r="E83" s="10" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="84" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="84" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A84" s="11">
-        <v>3203</v>
+        <v>3202</v>
       </c>
       <c r="B84" s="24">
         <v>42886</v>
       </c>
       <c r="C84" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D84" s="10" t="s">
-        <v>506</v>
+        <v>946</v>
       </c>
       <c r="E84" s="10" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="85" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A85" s="11">
-        <v>3204</v>
+        <v>3203</v>
       </c>
       <c r="B85" s="24">
         <v>42886</v>
       </c>
       <c r="C85" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D85" s="10" t="s">
-        <v>508</v>
+        <v>948</v>
       </c>
       <c r="E85" s="10" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="86" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A86" s="11">
-        <v>3205</v>
+        <v>3204</v>
       </c>
       <c r="B86" s="24">
         <v>42886</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D86" s="10" t="s">
-        <v>510</v>
+        <v>950</v>
       </c>
       <c r="E86" s="10" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:215" s="13" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="87" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A87" s="11">
-        <v>3208</v>
+        <v>3205</v>
       </c>
       <c r="B87" s="24">
         <v>42886</v>
       </c>
       <c r="C87" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D87" s="10" t="s">
-        <v>512</v>
+        <v>952</v>
       </c>
       <c r="E87" s="10" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="88" spans="1:215" s="13" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A88" s="11">
-        <v>3210</v>
+        <v>3208</v>
       </c>
       <c r="B88" s="24">
         <v>42886</v>
       </c>
       <c r="C88" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D88" s="10" t="s">
-        <v>514</v>
+        <v>954</v>
       </c>
       <c r="E88" s="10" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.3">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="89" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A89" s="11">
-        <v>3211</v>
+        <v>3210</v>
       </c>
       <c r="B89" s="24">
         <v>42886</v>
       </c>
       <c r="C89" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D89" s="10" t="s">
-        <v>516</v>
+        <v>956</v>
       </c>
       <c r="E89" s="10" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.3">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="90" spans="1:215" s="13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A90" s="11">
-        <v>3213</v>
+        <v>3211</v>
       </c>
       <c r="B90" s="24">
         <v>42886</v>
       </c>
       <c r="C90" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D90" s="10" t="s">
-        <v>517</v>
+        <v>958</v>
       </c>
       <c r="E90" s="10" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.3">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="91" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A91" s="11">
-        <v>3214</v>
+        <v>3213</v>
       </c>
       <c r="B91" s="24">
         <v>42886</v>
       </c>
       <c r="C91" s="11" t="s">
-        <v>150</v>
+        <v>221</v>
       </c>
       <c r="D91" s="10" t="s">
-        <v>519</v>
+        <v>959</v>
       </c>
       <c r="E91" s="10" t="s">
-        <v>331</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:215" s="29" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="92" spans="1:215" s="29" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A92" s="11">
-        <v>3049</v>
+        <v>3214</v>
       </c>
       <c r="B92" s="24">
         <v>42886</v>
       </c>
       <c r="C92" s="11" t="s">
-        <v>154</v>
+        <v>221</v>
       </c>
       <c r="D92" s="10" t="s">
-        <v>520</v>
+        <v>961</v>
       </c>
       <c r="E92" s="10" t="s">
-        <v>329</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:215" s="29" customFormat="1" ht="26.4" x14ac:dyDescent="0.3">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="93" spans="1:215" s="29" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A93" s="11">
-        <v>3136</v>
+        <v>3049</v>
       </c>
       <c r="B93" s="24">
         <v>42886</v>
       </c>
       <c r="C93" s="11" t="s">
-        <v>154</v>
+        <v>247</v>
       </c>
       <c r="D93" s="10" t="s">
-        <v>521</v>
+        <v>962</v>
       </c>
       <c r="E93" s="10" t="s">
-        <v>246</v>
-[...212 lines deleted...]
-      <c r="I94" s="13"/>
+        <v>963</v>
+      </c>
+    </row>
+    <row r="94" spans="1:215" s="29" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="11">
+        <v>3136</v>
+      </c>
+      <c r="B94" s="24">
+        <v>42886</v>
+      </c>
+      <c r="C94" s="11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D94" s="10" t="s">
+        <v>964</v>
+      </c>
+      <c r="E94" s="10" t="s">
+        <v>369</v>
+      </c>
+      <c r="J94" s="13"/>
+      <c r="K94" s="13"/>
+      <c r="L94" s="13"/>
+      <c r="M94" s="13"/>
+      <c r="N94" s="13"/>
+      <c r="O94" s="13"/>
+      <c r="P94" s="13"/>
+      <c r="Q94" s="13"/>
+      <c r="R94" s="13"/>
+      <c r="S94" s="13"/>
+      <c r="T94" s="13"/>
+      <c r="U94" s="13"/>
+      <c r="V94" s="13"/>
+      <c r="W94" s="13"/>
+      <c r="X94" s="13"/>
+      <c r="Y94" s="13"/>
+      <c r="Z94" s="13"/>
+      <c r="AA94" s="13"/>
+      <c r="AB94" s="13"/>
+      <c r="AC94" s="13"/>
+      <c r="AD94" s="13"/>
+      <c r="AE94" s="13"/>
+      <c r="AF94" s="13"/>
+      <c r="AG94" s="13"/>
+      <c r="AH94" s="13"/>
+      <c r="AI94" s="13"/>
+      <c r="AJ94" s="13"/>
+      <c r="AK94" s="13"/>
+      <c r="AL94" s="13"/>
+      <c r="AM94" s="13"/>
+      <c r="AN94" s="13"/>
+      <c r="AO94" s="13"/>
+      <c r="AP94" s="13"/>
+      <c r="AQ94" s="13"/>
+      <c r="AR94" s="13"/>
+      <c r="AS94" s="13"/>
+      <c r="AT94" s="13"/>
+      <c r="AU94" s="13"/>
+      <c r="AV94" s="13"/>
+      <c r="AW94" s="13"/>
+      <c r="AX94" s="13"/>
+      <c r="AY94" s="13"/>
+      <c r="AZ94" s="13"/>
+      <c r="BA94" s="13"/>
+      <c r="BB94" s="13"/>
+      <c r="BC94" s="13"/>
+      <c r="BD94" s="13"/>
+      <c r="BE94" s="13"/>
+      <c r="BF94" s="13"/>
+      <c r="BG94" s="13"/>
+      <c r="BH94" s="13"/>
+      <c r="BI94" s="13"/>
+      <c r="BJ94" s="13"/>
+      <c r="BK94" s="13"/>
+      <c r="BL94" s="13"/>
+      <c r="BM94" s="13"/>
+      <c r="BN94" s="13"/>
+      <c r="BO94" s="13"/>
+      <c r="BP94" s="13"/>
+      <c r="BQ94" s="13"/>
+      <c r="BR94" s="13"/>
+      <c r="BS94" s="13"/>
+      <c r="BT94" s="13"/>
+      <c r="BU94" s="13"/>
+      <c r="BV94" s="13"/>
+      <c r="BW94" s="13"/>
+      <c r="BX94" s="13"/>
+      <c r="BY94" s="13"/>
+      <c r="BZ94" s="13"/>
+      <c r="CA94" s="13"/>
+      <c r="CB94" s="13"/>
+      <c r="CC94" s="13"/>
+      <c r="CD94" s="13"/>
+      <c r="CE94" s="13"/>
+      <c r="CF94" s="13"/>
+      <c r="CG94" s="13"/>
+      <c r="CH94" s="13"/>
+      <c r="CI94" s="13"/>
+      <c r="CJ94" s="13"/>
+      <c r="CK94" s="13"/>
+      <c r="CL94" s="13"/>
+      <c r="CM94" s="13"/>
+      <c r="CN94" s="13"/>
+      <c r="CO94" s="13"/>
+      <c r="CP94" s="13"/>
+      <c r="CQ94" s="13"/>
+      <c r="CR94" s="13"/>
+      <c r="CS94" s="13"/>
+      <c r="CT94" s="13"/>
+      <c r="CU94" s="13"/>
+      <c r="CV94" s="13"/>
+      <c r="CW94" s="13"/>
+      <c r="CX94" s="13"/>
+      <c r="CY94" s="13"/>
+      <c r="CZ94" s="13"/>
+      <c r="DA94" s="13"/>
+      <c r="DB94" s="13"/>
+      <c r="DC94" s="13"/>
+      <c r="DD94" s="13"/>
+      <c r="DE94" s="13"/>
+      <c r="DF94" s="13"/>
+      <c r="DG94" s="13"/>
+      <c r="DH94" s="13"/>
+      <c r="DI94" s="13"/>
+      <c r="DJ94" s="13"/>
+      <c r="DK94" s="13"/>
+      <c r="DL94" s="13"/>
+      <c r="DM94" s="13"/>
+      <c r="DN94" s="13"/>
+      <c r="DO94" s="13"/>
+      <c r="DP94" s="13"/>
+      <c r="DQ94" s="13"/>
+      <c r="DR94" s="13"/>
+      <c r="DS94" s="13"/>
+      <c r="DT94" s="13"/>
+      <c r="DU94" s="13"/>
+      <c r="DV94" s="13"/>
+      <c r="DW94" s="13"/>
+      <c r="DX94" s="13"/>
+      <c r="DY94" s="13"/>
+      <c r="DZ94" s="13"/>
+      <c r="EA94" s="13"/>
+      <c r="EB94" s="13"/>
+      <c r="EC94" s="13"/>
+      <c r="ED94" s="13"/>
+      <c r="EE94" s="13"/>
+      <c r="EF94" s="13"/>
+      <c r="EG94" s="13"/>
+      <c r="EH94" s="13"/>
+      <c r="EI94" s="13"/>
+      <c r="EJ94" s="13"/>
+      <c r="EK94" s="13"/>
+      <c r="EL94" s="13"/>
+      <c r="EM94" s="13"/>
+      <c r="EN94" s="13"/>
+      <c r="EO94" s="13"/>
+      <c r="EP94" s="13"/>
+      <c r="EQ94" s="13"/>
+      <c r="ER94" s="13"/>
+      <c r="ES94" s="13"/>
+      <c r="ET94" s="13"/>
+      <c r="EU94" s="13"/>
+      <c r="EV94" s="13"/>
+      <c r="EW94" s="13"/>
+      <c r="EX94" s="13"/>
+      <c r="EY94" s="13"/>
+      <c r="EZ94" s="13"/>
+      <c r="FA94" s="13"/>
+      <c r="FB94" s="13"/>
+      <c r="FC94" s="13"/>
+      <c r="FD94" s="13"/>
+      <c r="FE94" s="13"/>
+      <c r="FF94" s="13"/>
+      <c r="FG94" s="13"/>
+      <c r="FH94" s="13"/>
+      <c r="FI94" s="13"/>
+      <c r="FJ94" s="13"/>
+      <c r="FK94" s="13"/>
+      <c r="FL94" s="13"/>
+      <c r="FM94" s="13"/>
+      <c r="FN94" s="13"/>
+      <c r="FO94" s="13"/>
+      <c r="FP94" s="13"/>
+      <c r="FQ94" s="13"/>
+      <c r="FR94" s="13"/>
+      <c r="FS94" s="13"/>
+      <c r="FT94" s="13"/>
+      <c r="FU94" s="13"/>
+      <c r="FV94" s="13"/>
+      <c r="FW94" s="13"/>
+      <c r="FX94" s="13"/>
+      <c r="FY94" s="13"/>
+      <c r="FZ94" s="13"/>
+      <c r="GA94" s="13"/>
+      <c r="GB94" s="13"/>
+      <c r="GC94" s="13"/>
+      <c r="GD94" s="13"/>
+      <c r="GE94" s="13"/>
+      <c r="GF94" s="13"/>
+      <c r="GG94" s="13"/>
+      <c r="GH94" s="13"/>
+      <c r="GI94" s="13"/>
+      <c r="GJ94" s="13"/>
+      <c r="GK94" s="13"/>
+      <c r="GL94" s="13"/>
+      <c r="GM94" s="13"/>
+      <c r="GN94" s="13"/>
+      <c r="GO94" s="13"/>
+      <c r="GP94" s="13"/>
+      <c r="GQ94" s="13"/>
+      <c r="GR94" s="13"/>
+      <c r="GS94" s="13"/>
+      <c r="GT94" s="13"/>
+      <c r="GU94" s="13"/>
+      <c r="GV94" s="13"/>
+      <c r="GW94" s="13"/>
+      <c r="GX94" s="13"/>
+      <c r="GY94" s="13"/>
+      <c r="GZ94" s="13"/>
+      <c r="HA94" s="13"/>
+      <c r="HB94" s="13"/>
+      <c r="HC94" s="13"/>
+      <c r="HD94" s="13"/>
+      <c r="HE94" s="13"/>
+      <c r="HF94" s="13"/>
+      <c r="HG94" s="13"/>
+    </row>
+    <row r="95" spans="1:215" x14ac:dyDescent="0.2">
+      <c r="F95" s="13"/>
+      <c r="G95" s="13"/>
+      <c r="H95" s="13"/>
+      <c r="I95" s="13"/>
     </row>
   </sheetData>
-  <autoFilter ref="A2:E93" xr:uid="{1AC079E7-76E9-404F-95FA-CE19471BF031}">
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:E66">
+  <autoFilter ref="A2:E94" xr:uid="{1AC079E7-76E9-404F-95FA-CE19471BF031}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:E67">
       <sortCondition descending="1" ref="B2"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;"Calibri"&amp;11&amp;K000000_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000Fannie Mae Confidential</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d9f6a769-7763-420e-a6e5-9ff29d5af32a">
-[...3 lines deleted...]
-    <SharedWithUsers xmlns="bce3020c-c450-49a0-95ba-d0219377819c">
+    <SharedWithUsers xmlns="0ccda604-84c4-4124-acaf-14648ff1cd95">
       <UserInfo>
         <DisplayName/>
         <AccountId xsi:nil="true"/>
         <AccountType/>
       </UserInfo>
     </SharedWithUsers>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004F6F169A285F054AAC2086919DEAD5A7" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b2e4a7e8b9a3dfffe03025245c1fc2d8">
-[...2 lines deleted...]
-    <xsd:import namespace="bce3020c-c450-49a0-95ba-d0219377819c"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000C6C5461671BE74AA4580F6DF0DE3AFD" ma:contentTypeVersion="6" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f03305d58f91d5434bec8cb02330eee5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="43537781-fe7c-4155-96bb-fe183af801ac" xmlns:ns3="0ccda604-84c4-4124-acaf-14648ff1cd95" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="14ca3b71b19d01957b68d2dee5d503f5" ns2:_="" ns3:_="">
+    <xsd:import namespace="43537781-fe7c-4155-96bb-fe183af801ac"/>
+    <xsd:import namespace="0ccda604-84c4-4124-acaf-14648ff1cd95"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-[...6 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9f6a769-7763-420e-a6e5-9ff29d5af32a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="43537781-fe7c-4155-96bb-fe183af801ac" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
-[...11 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...33 lines deleted...]
-    <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bce3020c-c450-49a0-95ba-d0219377819c" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="0ccda604-84c4-4124-acaf-14648ff1cd95" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="13" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...9 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -22560,73 +22766,73 @@
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4F30A0A-C4DE-43DD-8FAF-45046390AA31}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0ccda604-84c4-4124-acaf-14648ff1cd95"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="43537781-fe7c-4155-96bb-fe183af801ac"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45191E88-61DE-4677-A08C-14680B747E05}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D34915CC-927A-4CB4-B5CA-8984D4B51110}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="d9f6a769-7763-420e-a6e5-9ff29d5af32a"/>
-    <ds:schemaRef ds:uri="bce3020c-c450-49a0-95ba-d0219377819c"/>
+    <ds:schemaRef ds:uri="43537781-fe7c-4155-96bb-fe183af801ac"/>
+    <ds:schemaRef ds:uri="0ccda604-84c4-4124-acaf-14648ff1cd95"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7CE7E413-A2FC-4700-87D3-05D670C2072B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
@@ -22661,51 +22867,51 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy/>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101004F6F169A285F054AAC2086919DEAD5A7</vt:lpwstr>
+    <vt:lpwstr>0x0101000C6C5461671BE74AA4580F6DF0DE3AFD</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SetDate">
     <vt:lpwstr>2023-04-19T18:58:17Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_Name">
     <vt:lpwstr>Confidential - Internal Distribution</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_SiteId">
     <vt:lpwstr>e6baca02-d986-4077-8053-30de7d5e0d58</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ActionId">
     <vt:lpwstr>746b059f-8b58-4eba-b09f-d69bfde8e214</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_a9455cd2-ef3f-47ad-8dee-f10882ec60d9_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>